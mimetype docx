--- v0 (2025-11-20)
+++ v1 (2026-01-19)
@@ -2912,51 +2912,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_57533672-415e-4ed4-a478-4b67ca978c1e"/>
+      <w:tblStyle w:val="TableGrid_3b2c3c1d-ea6c-43f2-8ae1-972e1a5d1430"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2967,51 +2967,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">20.11.2025 01:55:29 </w:t>
+            <w:t xml:space="preserve">19.01.2026 06:26:21 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3039,51 +3039,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0e29ab21-81af-49d5-98e3-a37233c87fb5"/>
+      <w:tblStyle w:val="TableGrid_98c0ebde-faf5-4b22-9edc-bea4bf69330a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3141,51 +3141,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+            <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3198,59 +3198,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+      <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_335c7a09-a7b2-4b29-b697-73bd18e3e289"/>
+      <w:tblStyle w:val="TableGrid_8bf7db6b-7504-42b0-875a-ad3c099582cf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3261,51 +3261,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_69375cdf-cd38-444d-893c-8522bd0a3e58"/>
+            <w:tblStyle w:val="TableGrid_4d58b8a6-65ad-46eb-b83f-e46c7a1d34dd"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3406,72 +3406,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+            <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_175e11ff-9564-44ab-abf5-f5e171d405da"/>
+            <w:tblStyle w:val="TableGrid_64d6d780-6833-4621-9ef4-4fb8f75c7e0b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2160"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3572,62 +3572,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+            <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+      <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -7558,629 +7558,629 @@
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vanliginnrykk">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15" w:customStyle="1">
-    <w:name w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea" w:customStyle="1">
+    <w:name w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+    <w:basedOn w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1edb99f5-0536-48b6-82f9-3aa3e242b2cd" w:customStyle="1">
-    <w:name w:val="Normal Table_1edb99f5-0536-48b6-82f9-3aa3e242b2cd"/>
+  <w:style w:type="table" w:styleId="NormalTable_6babb2a4-ce86-4cb3-927e-f4e5f5f13438" w:customStyle="1">
+    <w:name w:val="Normal Table_6babb2a4-ce86-4cb3-927e-f4e5f5f13438"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f62420a7-01b7-4d35-bc8f-2ac7f78d1611" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1edb99f5-0536-48b6-82f9-3aa3e242b2cd"/>
+  <w:style w:type="table" w:styleId="TableGrid_8a8aa91c-0475-429c-93d9-7433a505091a" w:customStyle="1">
+    <w:name w:val="Table Grid_8a8aa91c-0475-429c-93d9-7433a505091a"/>
+    <w:basedOn w:val="NormalTable_6babb2a4-ce86-4cb3-927e-f4e5f5f13438"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+    <w:basedOn w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_a82cff28-e6a8-470a-9b75-403e1e811f15"/>
+    <w:basedOn w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fa702efe-a771-4630-849c-828c0e52370c" w:customStyle="1">
-    <w:name w:val="Normal Table_fa702efe-a771-4630-849c-828c0e52370c"/>
+  <w:style w:type="table" w:styleId="NormalTable_36920974-011e-4393-a3a5-7840daffdfb5" w:customStyle="1">
+    <w:name w:val="Normal Table_36920974-011e-4393-a3a5-7840daffdfb5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_945dc11c-a000-45ef-bc75-2c2707ac3a96" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fa702efe-a771-4630-849c-828c0e52370c"/>
+  <w:style w:type="table" w:styleId="TableGrid_807546d6-d928-4ad5-aa5c-f10ae9e7d02b" w:customStyle="1">
+    <w:name w:val="Table Grid_807546d6-d928-4ad5-aa5c-f10ae9e7d02b"/>
+    <w:basedOn w:val="NormalTable_36920974-011e-4393-a3a5-7840daffdfb5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98a699c3-4976-4325-b62a-52f0c4f883d8" w:customStyle="1">
-    <w:name w:val="Normal Table_98a699c3-4976-4325-b62a-52f0c4f883d8"/>
+  <w:style w:type="table" w:styleId="NormalTable_cc15aeb5-8e76-4073-8ed9-c883092f765c" w:customStyle="1">
+    <w:name w:val="Normal Table_cc15aeb5-8e76-4073-8ed9-c883092f765c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d49e1ba3-c498-43cd-8ebd-cb6b169bfffe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_98a699c3-4976-4325-b62a-52f0c4f883d8"/>
+  <w:style w:type="table" w:styleId="TableGrid_fd9bb53e-a0b1-4c9e-b051-65baa171a868" w:customStyle="1">
+    <w:name w:val="Table Grid_fd9bb53e-a0b1-4c9e-b051-65baa171a868"/>
+    <w:basedOn w:val="NormalTable_cc15aeb5-8e76-4073-8ed9-c883092f765c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8591b5a3-088a-46de-ab2d-576a4ad65ad8" w:customStyle="1">
-    <w:name w:val="Normal Table_8591b5a3-088a-46de-ab2d-576a4ad65ad8"/>
+  <w:style w:type="table" w:styleId="NormalTable_ddb24eab-f6a4-41e6-9e95-b851e2901911" w:customStyle="1">
+    <w:name w:val="Normal Table_ddb24eab-f6a4-41e6-9e95-b851e2901911"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2dc78018-125d-437f-8b6c-e747bbb9edce" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8591b5a3-088a-46de-ab2d-576a4ad65ad8"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0e20f02-94a3-4cde-955f-117ac570834f" w:customStyle="1">
+    <w:name w:val="Table Grid_b0e20f02-94a3-4cde-955f-117ac570834f"/>
+    <w:basedOn w:val="NormalTable_ddb24eab-f6a4-41e6-9e95-b851e2901911"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_16884bef-0000-4af9-adc1-5bb611b7cced" w:customStyle="1">
-    <w:name w:val="Normal Table_16884bef-0000-4af9-adc1-5bb611b7cced"/>
+  <w:style w:type="table" w:styleId="NormalTable_16041f12-6777-49dd-aaef-acc4015dfbd7" w:customStyle="1">
+    <w:name w:val="Normal Table_16041f12-6777-49dd-aaef-acc4015dfbd7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6533f78-e14f-4a59-8971-15a6e0a29677" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_16884bef-0000-4af9-adc1-5bb611b7cced"/>
+  <w:style w:type="table" w:styleId="TableGrid_07d5dd3e-50fe-43c4-808a-7d588a1d1b65" w:customStyle="1">
+    <w:name w:val="Table Grid_07d5dd3e-50fe-43c4-808a-7d588a1d1b65"/>
+    <w:basedOn w:val="NormalTable_16041f12-6777-49dd-aaef-acc4015dfbd7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5ff08f8c-6467-44b9-958f-7635574559a3" w:customStyle="1">
-    <w:name w:val="Normal Table_5ff08f8c-6467-44b9-958f-7635574559a3"/>
+  <w:style w:type="table" w:styleId="NormalTable_cb80a8a5-a296-4dd4-8dab-545767ccd646" w:customStyle="1">
+    <w:name w:val="Normal Table_cb80a8a5-a296-4dd4-8dab-545767ccd646"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_57533672-415e-4ed4-a478-4b67ca978c1e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5ff08f8c-6467-44b9-958f-7635574559a3"/>
+  <w:style w:type="table" w:styleId="TableGrid_3b2c3c1d-ea6c-43f2-8ae1-972e1a5d1430" w:customStyle="1">
+    <w:name w:val="Table Grid_3b2c3c1d-ea6c-43f2-8ae1-972e1a5d1430"/>
+    <w:basedOn w:val="NormalTable_cb80a8a5-a296-4dd4-8dab-545767ccd646"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_10141db6-06cc-457a-987c-fdd02d97353b" w:customStyle="1">
-    <w:name w:val="Normal Table_10141db6-06cc-457a-987c-fdd02d97353b"/>
+  <w:style w:type="table" w:styleId="NormalTable_2a76780f-c996-4c57-a5c6-daa874714c5c" w:customStyle="1">
+    <w:name w:val="Normal Table_2a76780f-c996-4c57-a5c6-daa874714c5c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0e29ab21-81af-49d5-98e3-a37233c87fb5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_10141db6-06cc-457a-987c-fdd02d97353b"/>
+  <w:style w:type="table" w:styleId="TableGrid_98c0ebde-faf5-4b22-9edc-bea4bf69330a" w:customStyle="1">
+    <w:name w:val="Table Grid_98c0ebde-faf5-4b22-9edc-bea4bf69330a"/>
+    <w:basedOn w:val="NormalTable_2a76780f-c996-4c57-a5c6-daa874714c5c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4f859312-48f1-44d9-9afc-043aedebd3c3" w:customStyle="1">
-    <w:name w:val="Normal Table_4f859312-48f1-44d9-9afc-043aedebd3c3"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e9bd15c-0bf9-4167-9a5c-47540fdba7a4" w:customStyle="1">
+    <w:name w:val="Normal Table_4e9bd15c-0bf9-4167-9a5c-47540fdba7a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_69375cdf-cd38-444d-893c-8522bd0a3e58" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4f859312-48f1-44d9-9afc-043aedebd3c3"/>
+  <w:style w:type="table" w:styleId="TableGrid_4d58b8a6-65ad-46eb-b83f-e46c7a1d34dd" w:customStyle="1">
+    <w:name w:val="Table Grid_4d58b8a6-65ad-46eb-b83f-e46c7a1d34dd"/>
+    <w:basedOn w:val="NormalTable_4e9bd15c-0bf9-4167-9a5c-47540fdba7a4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65f4cf57-152c-4a65-b1da-ad0ef263dc55" w:customStyle="1">
-    <w:name w:val="Normal Table_65f4cf57-152c-4a65-b1da-ad0ef263dc55"/>
+  <w:style w:type="table" w:styleId="NormalTable_8db08177-c3c6-422a-9762-93c2da82765a" w:customStyle="1">
+    <w:name w:val="Normal Table_8db08177-c3c6-422a-9762-93c2da82765a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_175e11ff-9564-44ab-abf5-f5e171d405da" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65f4cf57-152c-4a65-b1da-ad0ef263dc55"/>
+  <w:style w:type="table" w:styleId="TableGrid_64d6d780-6833-4621-9ef4-4fb8f75c7e0b" w:customStyle="1">
+    <w:name w:val="Table Grid_64d6d780-6833-4621-9ef4-4fb8f75c7e0b"/>
+    <w:basedOn w:val="NormalTable_8db08177-c3c6-422a-9762-93c2da82765a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1a3b1189-3945-4a2c-ad87-2f7c645d9591" w:customStyle="1">
-    <w:name w:val="Normal Table_1a3b1189-3945-4a2c-ad87-2f7c645d9591"/>
+  <w:style w:type="table" w:styleId="NormalTable_37c187fb-051d-43fe-b8a9-9d8d14a194a2" w:customStyle="1">
+    <w:name w:val="Normal Table_37c187fb-051d-43fe-b8a9-9d8d14a194a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_335c7a09-a7b2-4b29-b697-73bd18e3e289" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1a3b1189-3945-4a2c-ad87-2f7c645d9591"/>
+  <w:style w:type="table" w:styleId="TableGrid_8bf7db6b-7504-42b0-875a-ad3c099582cf" w:customStyle="1">
+    <w:name w:val="Table Grid_8bf7db6b-7504-42b0-875a-ad3c099582cf"/>
+    <w:basedOn w:val="NormalTable_37c187fb-051d-43fe-b8a9-9d8d14a194a2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>