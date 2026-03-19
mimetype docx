--- v1 (2026-01-19)
+++ v2 (2026-03-19)
@@ -2912,51 +2912,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3b2c3c1d-ea6c-43f2-8ae1-972e1a5d1430"/>
+      <w:tblStyle w:val="TableGrid_29c977e3-3b66-4423-a9ab-935a3b2b0c2e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2967,51 +2967,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">19.01.2026 06:26:21 </w:t>
+            <w:t xml:space="preserve">19.03.2026 19:57:04 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3039,51 +3039,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_98c0ebde-faf5-4b22-9edc-bea4bf69330a"/>
+      <w:tblStyle w:val="TableGrid_8528ff39-0369-4d83-b9b8-ae7cb7c24383"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3141,51 +3141,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+            <w:pStyle w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3198,59 +3198,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+      <w:pStyle w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8bf7db6b-7504-42b0-875a-ad3c099582cf"/>
+      <w:tblStyle w:val="TableGrid_7395ef4f-939b-4e63-a0dd-62b2c50f3e18"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3261,51 +3261,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4d58b8a6-65ad-46eb-b83f-e46c7a1d34dd"/>
+            <w:tblStyle w:val="TableGrid_bf9cdfa7-99fb-42b9-98e3-a8fd20c5374c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3406,72 +3406,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+            <w:pStyle w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_64d6d780-6833-4621-9ef4-4fb8f75c7e0b"/>
+            <w:tblStyle w:val="TableGrid_9f68b445-7ac9-4227-86cf-7c47f8bcad58"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2160"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3572,62 +3572,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+            <w:pStyle w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+      <w:pStyle w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -7558,629 +7558,629 @@
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vanliginnrykk">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea" w:customStyle="1">
-    <w:name w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+  <w:style w:type="paragraph" w:styleId="Normal_49cc62cd-2768-4252-8745-21b671ae0cde" w:customStyle="1">
+    <w:name w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+    <w:basedOn w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6babb2a4-ce86-4cb3-927e-f4e5f5f13438" w:customStyle="1">
-    <w:name w:val="Normal Table_6babb2a4-ce86-4cb3-927e-f4e5f5f13438"/>
+  <w:style w:type="table" w:styleId="NormalTable_29e20228-6baf-4c61-92a5-eb7063bb923f" w:customStyle="1">
+    <w:name w:val="Normal Table_29e20228-6baf-4c61-92a5-eb7063bb923f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8a8aa91c-0475-429c-93d9-7433a505091a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6babb2a4-ce86-4cb3-927e-f4e5f5f13438"/>
+  <w:style w:type="table" w:styleId="TableGrid_0158e050-cca6-4bae-bb4c-68ea1e32c560" w:customStyle="1">
+    <w:name w:val="Table Grid_0158e050-cca6-4bae-bb4c-68ea1e32c560"/>
+    <w:basedOn w:val="NormalTable_29e20228-6baf-4c61-92a5-eb7063bb923f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+    <w:basedOn w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9755f977-7569-42d5-88d8-ede0d3e6faea"/>
+    <w:basedOn w:val="Normal_49cc62cd-2768-4252-8745-21b671ae0cde"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_36920974-011e-4393-a3a5-7840daffdfb5" w:customStyle="1">
-    <w:name w:val="Normal Table_36920974-011e-4393-a3a5-7840daffdfb5"/>
+  <w:style w:type="table" w:styleId="NormalTable_98a69c44-3c2a-4808-bef6-2a5f80081246" w:customStyle="1">
+    <w:name w:val="Normal Table_98a69c44-3c2a-4808-bef6-2a5f80081246"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_807546d6-d928-4ad5-aa5c-f10ae9e7d02b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_36920974-011e-4393-a3a5-7840daffdfb5"/>
+  <w:style w:type="table" w:styleId="TableGrid_6449d4ca-f15b-4fe2-b2b9-72b51d32eecf" w:customStyle="1">
+    <w:name w:val="Table Grid_6449d4ca-f15b-4fe2-b2b9-72b51d32eecf"/>
+    <w:basedOn w:val="NormalTable_98a69c44-3c2a-4808-bef6-2a5f80081246"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cc15aeb5-8e76-4073-8ed9-c883092f765c" w:customStyle="1">
-    <w:name w:val="Normal Table_cc15aeb5-8e76-4073-8ed9-c883092f765c"/>
+  <w:style w:type="table" w:styleId="NormalTable_08a0ca7d-0b7a-47b5-8211-193b4166493a" w:customStyle="1">
+    <w:name w:val="Normal Table_08a0ca7d-0b7a-47b5-8211-193b4166493a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fd9bb53e-a0b1-4c9e-b051-65baa171a868" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cc15aeb5-8e76-4073-8ed9-c883092f765c"/>
+  <w:style w:type="table" w:styleId="TableGrid_52ac358c-b3e7-4a09-8ccd-54bc6fc23323" w:customStyle="1">
+    <w:name w:val="Table Grid_52ac358c-b3e7-4a09-8ccd-54bc6fc23323"/>
+    <w:basedOn w:val="NormalTable_08a0ca7d-0b7a-47b5-8211-193b4166493a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ddb24eab-f6a4-41e6-9e95-b851e2901911" w:customStyle="1">
-    <w:name w:val="Normal Table_ddb24eab-f6a4-41e6-9e95-b851e2901911"/>
+  <w:style w:type="table" w:styleId="NormalTable_8371c5c8-f43a-4ade-88b9-4aa12c0f2184" w:customStyle="1">
+    <w:name w:val="Normal Table_8371c5c8-f43a-4ade-88b9-4aa12c0f2184"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0e20f02-94a3-4cde-955f-117ac570834f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ddb24eab-f6a4-41e6-9e95-b851e2901911"/>
+  <w:style w:type="table" w:styleId="TableGrid_29243ee5-21e3-44f3-9142-56d2ddfe1a7d" w:customStyle="1">
+    <w:name w:val="Table Grid_29243ee5-21e3-44f3-9142-56d2ddfe1a7d"/>
+    <w:basedOn w:val="NormalTable_8371c5c8-f43a-4ade-88b9-4aa12c0f2184"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_16041f12-6777-49dd-aaef-acc4015dfbd7" w:customStyle="1">
-    <w:name w:val="Normal Table_16041f12-6777-49dd-aaef-acc4015dfbd7"/>
+  <w:style w:type="table" w:styleId="NormalTable_6ce1e36c-f371-40c7-80fd-df0ba8c9df6f" w:customStyle="1">
+    <w:name w:val="Normal Table_6ce1e36c-f371-40c7-80fd-df0ba8c9df6f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_07d5dd3e-50fe-43c4-808a-7d588a1d1b65" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_16041f12-6777-49dd-aaef-acc4015dfbd7"/>
+  <w:style w:type="table" w:styleId="TableGrid_00bfb211-ce2c-4881-9449-36d87478bf0f" w:customStyle="1">
+    <w:name w:val="Table Grid_00bfb211-ce2c-4881-9449-36d87478bf0f"/>
+    <w:basedOn w:val="NormalTable_6ce1e36c-f371-40c7-80fd-df0ba8c9df6f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cb80a8a5-a296-4dd4-8dab-545767ccd646" w:customStyle="1">
-    <w:name w:val="Normal Table_cb80a8a5-a296-4dd4-8dab-545767ccd646"/>
+  <w:style w:type="table" w:styleId="NormalTable_a50c54cd-2077-4357-b9c1-602fa44f37a9" w:customStyle="1">
+    <w:name w:val="Normal Table_a50c54cd-2077-4357-b9c1-602fa44f37a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b2c3c1d-ea6c-43f2-8ae1-972e1a5d1430" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cb80a8a5-a296-4dd4-8dab-545767ccd646"/>
+  <w:style w:type="table" w:styleId="TableGrid_29c977e3-3b66-4423-a9ab-935a3b2b0c2e" w:customStyle="1">
+    <w:name w:val="Table Grid_29c977e3-3b66-4423-a9ab-935a3b2b0c2e"/>
+    <w:basedOn w:val="NormalTable_a50c54cd-2077-4357-b9c1-602fa44f37a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2a76780f-c996-4c57-a5c6-daa874714c5c" w:customStyle="1">
-    <w:name w:val="Normal Table_2a76780f-c996-4c57-a5c6-daa874714c5c"/>
+  <w:style w:type="table" w:styleId="NormalTable_19e54d57-fa57-43c6-bfb9-5ac7fbf7f82a" w:customStyle="1">
+    <w:name w:val="Normal Table_19e54d57-fa57-43c6-bfb9-5ac7fbf7f82a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_98c0ebde-faf5-4b22-9edc-bea4bf69330a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2a76780f-c996-4c57-a5c6-daa874714c5c"/>
+  <w:style w:type="table" w:styleId="TableGrid_8528ff39-0369-4d83-b9b8-ae7cb7c24383" w:customStyle="1">
+    <w:name w:val="Table Grid_8528ff39-0369-4d83-b9b8-ae7cb7c24383"/>
+    <w:basedOn w:val="NormalTable_19e54d57-fa57-43c6-bfb9-5ac7fbf7f82a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4e9bd15c-0bf9-4167-9a5c-47540fdba7a4" w:customStyle="1">
-    <w:name w:val="Normal Table_4e9bd15c-0bf9-4167-9a5c-47540fdba7a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_b80e58bf-4693-4016-a8b9-ca4988458d77" w:customStyle="1">
+    <w:name w:val="Normal Table_b80e58bf-4693-4016-a8b9-ca4988458d77"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4d58b8a6-65ad-46eb-b83f-e46c7a1d34dd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4e9bd15c-0bf9-4167-9a5c-47540fdba7a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_bf9cdfa7-99fb-42b9-98e3-a8fd20c5374c" w:customStyle="1">
+    <w:name w:val="Table Grid_bf9cdfa7-99fb-42b9-98e3-a8fd20c5374c"/>
+    <w:basedOn w:val="NormalTable_b80e58bf-4693-4016-a8b9-ca4988458d77"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8db08177-c3c6-422a-9762-93c2da82765a" w:customStyle="1">
-    <w:name w:val="Normal Table_8db08177-c3c6-422a-9762-93c2da82765a"/>
+  <w:style w:type="table" w:styleId="NormalTable_340aed35-154c-4d61-afe6-033ce0cbcbf5" w:customStyle="1">
+    <w:name w:val="Normal Table_340aed35-154c-4d61-afe6-033ce0cbcbf5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_64d6d780-6833-4621-9ef4-4fb8f75c7e0b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8db08177-c3c6-422a-9762-93c2da82765a"/>
+  <w:style w:type="table" w:styleId="TableGrid_9f68b445-7ac9-4227-86cf-7c47f8bcad58" w:customStyle="1">
+    <w:name w:val="Table Grid_9f68b445-7ac9-4227-86cf-7c47f8bcad58"/>
+    <w:basedOn w:val="NormalTable_340aed35-154c-4d61-afe6-033ce0cbcbf5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37c187fb-051d-43fe-b8a9-9d8d14a194a2" w:customStyle="1">
-    <w:name w:val="Normal Table_37c187fb-051d-43fe-b8a9-9d8d14a194a2"/>
+  <w:style w:type="table" w:styleId="NormalTable_2cafc1db-3fdf-4ce9-9416-546e11568085" w:customStyle="1">
+    <w:name w:val="Normal Table_2cafc1db-3fdf-4ce9-9416-546e11568085"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8bf7db6b-7504-42b0-875a-ad3c099582cf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37c187fb-051d-43fe-b8a9-9d8d14a194a2"/>
+  <w:style w:type="table" w:styleId="TableGrid_7395ef4f-939b-4e63-a0dd-62b2c50f3e18" w:customStyle="1">
+    <w:name w:val="Table Grid_7395ef4f-939b-4e63-a0dd-62b2c50f3e18"/>
+    <w:basedOn w:val="NormalTable_2cafc1db-3fdf-4ce9-9416-546e11568085"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>