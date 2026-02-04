--- v0 (2025-12-12)
+++ v1 (2026-02-04)
@@ -6798,51 +6798,51 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ea1a2c74-cf3a-48fa-b6ed-fb8ec9d60356"/>
+      <w:tblStyle w:val="TableGrid_cda2106f-0916-43f6-a730-085adf09ba19"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7002"/>
       <w:gridCol w:w="7002"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6853,51 +6853,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7002"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">12.12.2025 11:50:44 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7002"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -6925,51 +6925,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_738d6c60-ad48-470e-9254-685b2cc0ef67"/>
+      <w:tblStyle w:val="TableGrid_a0ac178b-1db1-492b-ac68-0147eb4c0669"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9396"/>
       <w:gridCol w:w="3371"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -7027,51 +7027,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+            <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -7084,59 +7084,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+      <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_862c3ef9-c337-4d03-83c1-0e4ab585a051"/>
+      <w:tblStyle w:val="TableGrid_db609483-a086-495f-95cd-0aae39f92b55"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9103"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7147,51 +7147,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9103"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_bf5716c0-714d-4f97-9d91-51c4da7de3cd"/>
+            <w:tblStyle w:val="TableGrid_e6a1b6ba-01bb-4ba8-9f2a-f6e09fdf4b2d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7292,72 +7292,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+            <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d9c374c1-5572-47cd-9504-546e2d736cf9"/>
+            <w:tblStyle w:val="TableGrid_b35488fd-4729-4007-b1ac-bb76c4996ada"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7458,62 +7458,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+            <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+      <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -8446,629 +8446,629 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_d150f8f8-4535-409f-8188-955ab6710e6b" w:customStyle="1">
-    <w:name w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+  <w:style w:type="paragraph" w:styleId="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628" w:customStyle="1">
+    <w:name w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+    <w:basedOn w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e9720532-3ff8-4819-9e1b-86a3cb01a180" w:customStyle="1">
-    <w:name w:val="Normal Table_e9720532-3ff8-4819-9e1b-86a3cb01a180"/>
+  <w:style w:type="table" w:styleId="NormalTable_a05472a4-0b19-48ec-88a7-b893004b2fd2" w:customStyle="1">
+    <w:name w:val="Normal Table_a05472a4-0b19-48ec-88a7-b893004b2fd2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cea49556-9c4f-4b57-88ae-a2d98bc1b4df" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e9720532-3ff8-4819-9e1b-86a3cb01a180"/>
+  <w:style w:type="table" w:styleId="TableGrid_3095d516-f665-446e-a045-1e4e1380cd49" w:customStyle="1">
+    <w:name w:val="Table Grid_3095d516-f665-446e-a045-1e4e1380cd49"/>
+    <w:basedOn w:val="NormalTable_a05472a4-0b19-48ec-88a7-b893004b2fd2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+    <w:basedOn w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_d150f8f8-4535-409f-8188-955ab6710e6b"/>
+    <w:basedOn w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1e7ff76c-b143-47d1-b4d1-11681ccc52d5" w:customStyle="1">
-    <w:name w:val="Normal Table_1e7ff76c-b143-47d1-b4d1-11681ccc52d5"/>
+  <w:style w:type="table" w:styleId="NormalTable_85e770d8-5a5e-4751-bd4f-29505342c6a6" w:customStyle="1">
+    <w:name w:val="Normal Table_85e770d8-5a5e-4751-bd4f-29505342c6a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a6785fe6-c252-4923-a406-a7aa999cb414" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1e7ff76c-b143-47d1-b4d1-11681ccc52d5"/>
+  <w:style w:type="table" w:styleId="TableGrid_b2cb9aa1-518b-42d2-9710-d73207a8eab5" w:customStyle="1">
+    <w:name w:val="Table Grid_b2cb9aa1-518b-42d2-9710-d73207a8eab5"/>
+    <w:basedOn w:val="NormalTable_85e770d8-5a5e-4751-bd4f-29505342c6a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_add1bf16-133e-4ac2-94e4-9b1ac259100c" w:customStyle="1">
-    <w:name w:val="Normal Table_add1bf16-133e-4ac2-94e4-9b1ac259100c"/>
+  <w:style w:type="table" w:styleId="NormalTable_c5cbf21a-c98f-4034-b757-8ddcf08374f8" w:customStyle="1">
+    <w:name w:val="Normal Table_c5cbf21a-c98f-4034-b757-8ddcf08374f8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7a2618b5-cb21-4d53-b889-caf6ca9d301d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_add1bf16-133e-4ac2-94e4-9b1ac259100c"/>
+  <w:style w:type="table" w:styleId="TableGrid_af44576f-2fed-4d08-bb6a-fd52e9cd49f4" w:customStyle="1">
+    <w:name w:val="Table Grid_af44576f-2fed-4d08-bb6a-fd52e9cd49f4"/>
+    <w:basedOn w:val="NormalTable_c5cbf21a-c98f-4034-b757-8ddcf08374f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_df93d224-b042-4592-bd5a-321ed75c7baf" w:customStyle="1">
-    <w:name w:val="Normal Table_df93d224-b042-4592-bd5a-321ed75c7baf"/>
+  <w:style w:type="table" w:styleId="NormalTable_1069accd-798b-4279-9600-f087edfd12cc" w:customStyle="1">
+    <w:name w:val="Normal Table_1069accd-798b-4279-9600-f087edfd12cc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7ddd0404-e71a-43ba-8349-bfc1dc3a9fae" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_df93d224-b042-4592-bd5a-321ed75c7baf"/>
+  <w:style w:type="table" w:styleId="TableGrid_248c219c-b7cb-4b80-850f-efc82f54786a" w:customStyle="1">
+    <w:name w:val="Table Grid_248c219c-b7cb-4b80-850f-efc82f54786a"/>
+    <w:basedOn w:val="NormalTable_1069accd-798b-4279-9600-f087edfd12cc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_16094d4c-8f9a-4df8-bd8f-3090e5d76b6e" w:customStyle="1">
-    <w:name w:val="Normal Table_16094d4c-8f9a-4df8-bd8f-3090e5d76b6e"/>
+  <w:style w:type="table" w:styleId="NormalTable_cd40ad71-7b99-4e1b-907e-4d83c91bfcbf" w:customStyle="1">
+    <w:name w:val="Normal Table_cd40ad71-7b99-4e1b-907e-4d83c91bfcbf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ffedc62-8df8-409d-babf-c2c1352c1b6a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_16094d4c-8f9a-4df8-bd8f-3090e5d76b6e"/>
+  <w:style w:type="table" w:styleId="TableGrid_d55a4a71-6de9-4592-9e5b-3c30428b299c" w:customStyle="1">
+    <w:name w:val="Table Grid_d55a4a71-6de9-4592-9e5b-3c30428b299c"/>
+    <w:basedOn w:val="NormalTable_cd40ad71-7b99-4e1b-907e-4d83c91bfcbf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_01b217f7-3b9c-42af-96c0-e457a5288665" w:customStyle="1">
-    <w:name w:val="Normal Table_01b217f7-3b9c-42af-96c0-e457a5288665"/>
+  <w:style w:type="table" w:styleId="NormalTable_85a63d1a-b52b-4594-928f-e980872395ab" w:customStyle="1">
+    <w:name w:val="Normal Table_85a63d1a-b52b-4594-928f-e980872395ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ea1a2c74-cf3a-48fa-b6ed-fb8ec9d60356" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_01b217f7-3b9c-42af-96c0-e457a5288665"/>
+  <w:style w:type="table" w:styleId="TableGrid_cda2106f-0916-43f6-a730-085adf09ba19" w:customStyle="1">
+    <w:name w:val="Table Grid_cda2106f-0916-43f6-a730-085adf09ba19"/>
+    <w:basedOn w:val="NormalTable_85a63d1a-b52b-4594-928f-e980872395ab"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0cc5b5d8-bdd1-46f1-b5ac-0c3287c083f7" w:customStyle="1">
-    <w:name w:val="Normal Table_0cc5b5d8-bdd1-46f1-b5ac-0c3287c083f7"/>
+  <w:style w:type="table" w:styleId="NormalTable_81df9044-36c4-4e5d-be12-bd8ce9bdfe4a" w:customStyle="1">
+    <w:name w:val="Normal Table_81df9044-36c4-4e5d-be12-bd8ce9bdfe4a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_738d6c60-ad48-470e-9254-685b2cc0ef67" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0cc5b5d8-bdd1-46f1-b5ac-0c3287c083f7"/>
+  <w:style w:type="table" w:styleId="TableGrid_a0ac178b-1db1-492b-ac68-0147eb4c0669" w:customStyle="1">
+    <w:name w:val="Table Grid_a0ac178b-1db1-492b-ac68-0147eb4c0669"/>
+    <w:basedOn w:val="NormalTable_81df9044-36c4-4e5d-be12-bd8ce9bdfe4a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_82cf95db-4198-47c2-95c2-8ca4ea18c3f2" w:customStyle="1">
-    <w:name w:val="Normal Table_82cf95db-4198-47c2-95c2-8ca4ea18c3f2"/>
+  <w:style w:type="table" w:styleId="NormalTable_04d82e63-c00a-4884-b2ee-4838f5efced6" w:customStyle="1">
+    <w:name w:val="Normal Table_04d82e63-c00a-4884-b2ee-4838f5efced6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bf5716c0-714d-4f97-9d91-51c4da7de3cd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_82cf95db-4198-47c2-95c2-8ca4ea18c3f2"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6a1b6ba-01bb-4ba8-9f2a-f6e09fdf4b2d" w:customStyle="1">
+    <w:name w:val="Table Grid_e6a1b6ba-01bb-4ba8-9f2a-f6e09fdf4b2d"/>
+    <w:basedOn w:val="NormalTable_04d82e63-c00a-4884-b2ee-4838f5efced6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee0e4a46-400e-42d0-a4e6-88044acb6a21" w:customStyle="1">
-    <w:name w:val="Normal Table_ee0e4a46-400e-42d0-a4e6-88044acb6a21"/>
+  <w:style w:type="table" w:styleId="NormalTable_10659d61-05dd-40ac-8c6a-d41547417814" w:customStyle="1">
+    <w:name w:val="Normal Table_10659d61-05dd-40ac-8c6a-d41547417814"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d9c374c1-5572-47cd-9504-546e2d736cf9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee0e4a46-400e-42d0-a4e6-88044acb6a21"/>
+  <w:style w:type="table" w:styleId="TableGrid_b35488fd-4729-4007-b1ac-bb76c4996ada" w:customStyle="1">
+    <w:name w:val="Table Grid_b35488fd-4729-4007-b1ac-bb76c4996ada"/>
+    <w:basedOn w:val="NormalTable_10659d61-05dd-40ac-8c6a-d41547417814"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_73ad2576-a892-4702-97ab-1c8fa40422eb" w:customStyle="1">
-    <w:name w:val="Normal Table_73ad2576-a892-4702-97ab-1c8fa40422eb"/>
+  <w:style w:type="table" w:styleId="NormalTable_0456a909-6d3a-4ea9-b01c-449f0a9746c7" w:customStyle="1">
+    <w:name w:val="Normal Table_0456a909-6d3a-4ea9-b01c-449f0a9746c7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_862c3ef9-c337-4d03-83c1-0e4ab585a051" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_73ad2576-a892-4702-97ab-1c8fa40422eb"/>
+  <w:style w:type="table" w:styleId="TableGrid_db609483-a086-495f-95cd-0aae39f92b55" w:customStyle="1">
+    <w:name w:val="Table Grid_db609483-a086-495f-95cd-0aae39f92b55"/>
+    <w:basedOn w:val="NormalTable_0456a909-6d3a-4ea9-b01c-449f0a9746c7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>