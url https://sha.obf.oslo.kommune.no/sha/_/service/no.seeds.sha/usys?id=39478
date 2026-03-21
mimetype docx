--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -6798,51 +6798,51 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cda2106f-0916-43f6-a730-085adf09ba19"/>
+      <w:tblStyle w:val="TableGrid_c3a8c9e4-5e0c-480c-b2a2-6de68069aa9c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7002"/>
       <w:gridCol w:w="7002"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6853,51 +6853,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7002"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:49:41 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7002"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -6925,51 +6925,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a0ac178b-1db1-492b-ac68-0147eb4c0669"/>
+      <w:tblStyle w:val="TableGrid_8e70b6ef-8c1c-4dd4-b11a-254b80eb3a7d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9396"/>
       <w:gridCol w:w="3371"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -7027,51 +7027,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+            <w:pStyle w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -7084,59 +7084,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+      <w:pStyle w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_db609483-a086-495f-95cd-0aae39f92b55"/>
+      <w:tblStyle w:val="TableGrid_91991c9e-1f57-4595-9b61-26f12bed8298"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9103"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7147,51 +7147,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9103"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e6a1b6ba-01bb-4ba8-9f2a-f6e09fdf4b2d"/>
+            <w:tblStyle w:val="TableGrid_f022fdfe-cb8e-432f-aa3f-6dae4b2228a9"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7292,72 +7292,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+            <w:pStyle w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b35488fd-4729-4007-b1ac-bb76c4996ada"/>
+            <w:tblStyle w:val="TableGrid_ef45b9e3-25bf-407d-a519-7c697ea30aca"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7458,62 +7458,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+            <w:pStyle w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+      <w:pStyle w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -8446,629 +8446,629 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628" w:customStyle="1">
-    <w:name w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+  <w:style w:type="paragraph" w:styleId="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d" w:customStyle="1">
+    <w:name w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+    <w:basedOn w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a05472a4-0b19-48ec-88a7-b893004b2fd2" w:customStyle="1">
-    <w:name w:val="Normal Table_a05472a4-0b19-48ec-88a7-b893004b2fd2"/>
+  <w:style w:type="table" w:styleId="NormalTable_37d3ceef-4802-4454-bc60-ea4adf8618d4" w:customStyle="1">
+    <w:name w:val="Normal Table_37d3ceef-4802-4454-bc60-ea4adf8618d4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3095d516-f665-446e-a045-1e4e1380cd49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a05472a4-0b19-48ec-88a7-b893004b2fd2"/>
+  <w:style w:type="table" w:styleId="TableGrid_4e0e55b4-f36d-4939-bb2a-b03e0b37f6f6" w:customStyle="1">
+    <w:name w:val="Table Grid_4e0e55b4-f36d-4939-bb2a-b03e0b37f6f6"/>
+    <w:basedOn w:val="NormalTable_37d3ceef-4802-4454-bc60-ea4adf8618d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+    <w:basedOn w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_8b79e7c5-6cfa-418f-b339-27077b7c7628"/>
+    <w:basedOn w:val="Normal_653f6a00-48be-4edc-81e2-0349d99dcd3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_85e770d8-5a5e-4751-bd4f-29505342c6a6" w:customStyle="1">
-    <w:name w:val="Normal Table_85e770d8-5a5e-4751-bd4f-29505342c6a6"/>
+  <w:style w:type="table" w:styleId="NormalTable_34346671-182f-45f8-872c-904121e9f27d" w:customStyle="1">
+    <w:name w:val="Normal Table_34346671-182f-45f8-872c-904121e9f27d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b2cb9aa1-518b-42d2-9710-d73207a8eab5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_85e770d8-5a5e-4751-bd4f-29505342c6a6"/>
+  <w:style w:type="table" w:styleId="TableGrid_2a083fe5-7298-4dd1-a2d3-975dbf026736" w:customStyle="1">
+    <w:name w:val="Table Grid_2a083fe5-7298-4dd1-a2d3-975dbf026736"/>
+    <w:basedOn w:val="NormalTable_34346671-182f-45f8-872c-904121e9f27d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c5cbf21a-c98f-4034-b757-8ddcf08374f8" w:customStyle="1">
-    <w:name w:val="Normal Table_c5cbf21a-c98f-4034-b757-8ddcf08374f8"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3ed52e3-e865-4978-8a22-990f5c1e8094" w:customStyle="1">
+    <w:name w:val="Normal Table_f3ed52e3-e865-4978-8a22-990f5c1e8094"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_af44576f-2fed-4d08-bb6a-fd52e9cd49f4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c5cbf21a-c98f-4034-b757-8ddcf08374f8"/>
+  <w:style w:type="table" w:styleId="TableGrid_1f5293c0-8d48-4e91-b1bc-a1aa54035b81" w:customStyle="1">
+    <w:name w:val="Table Grid_1f5293c0-8d48-4e91-b1bc-a1aa54035b81"/>
+    <w:basedOn w:val="NormalTable_f3ed52e3-e865-4978-8a22-990f5c1e8094"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1069accd-798b-4279-9600-f087edfd12cc" w:customStyle="1">
-    <w:name w:val="Normal Table_1069accd-798b-4279-9600-f087edfd12cc"/>
+  <w:style w:type="table" w:styleId="NormalTable_7b2e4853-ddf0-4b7a-8913-94138ac0582f" w:customStyle="1">
+    <w:name w:val="Normal Table_7b2e4853-ddf0-4b7a-8913-94138ac0582f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_248c219c-b7cb-4b80-850f-efc82f54786a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1069accd-798b-4279-9600-f087edfd12cc"/>
+  <w:style w:type="table" w:styleId="TableGrid_85ab9c51-b262-425a-8882-508403f92f32" w:customStyle="1">
+    <w:name w:val="Table Grid_85ab9c51-b262-425a-8882-508403f92f32"/>
+    <w:basedOn w:val="NormalTable_7b2e4853-ddf0-4b7a-8913-94138ac0582f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cd40ad71-7b99-4e1b-907e-4d83c91bfcbf" w:customStyle="1">
-    <w:name w:val="Normal Table_cd40ad71-7b99-4e1b-907e-4d83c91bfcbf"/>
+  <w:style w:type="table" w:styleId="NormalTable_88ac9911-b5ab-4695-87c9-8df07462488c" w:customStyle="1">
+    <w:name w:val="Normal Table_88ac9911-b5ab-4695-87c9-8df07462488c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d55a4a71-6de9-4592-9e5b-3c30428b299c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cd40ad71-7b99-4e1b-907e-4d83c91bfcbf"/>
+  <w:style w:type="table" w:styleId="TableGrid_09fe91c1-ca95-4433-ab04-a8f7b308887f" w:customStyle="1">
+    <w:name w:val="Table Grid_09fe91c1-ca95-4433-ab04-a8f7b308887f"/>
+    <w:basedOn w:val="NormalTable_88ac9911-b5ab-4695-87c9-8df07462488c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_85a63d1a-b52b-4594-928f-e980872395ab" w:customStyle="1">
-    <w:name w:val="Normal Table_85a63d1a-b52b-4594-928f-e980872395ab"/>
+  <w:style w:type="table" w:styleId="NormalTable_d23256fb-b678-480e-a2d5-a11047039ce6" w:customStyle="1">
+    <w:name w:val="Normal Table_d23256fb-b678-480e-a2d5-a11047039ce6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cda2106f-0916-43f6-a730-085adf09ba19" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_85a63d1a-b52b-4594-928f-e980872395ab"/>
+  <w:style w:type="table" w:styleId="TableGrid_c3a8c9e4-5e0c-480c-b2a2-6de68069aa9c" w:customStyle="1">
+    <w:name w:val="Table Grid_c3a8c9e4-5e0c-480c-b2a2-6de68069aa9c"/>
+    <w:basedOn w:val="NormalTable_d23256fb-b678-480e-a2d5-a11047039ce6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_81df9044-36c4-4e5d-be12-bd8ce9bdfe4a" w:customStyle="1">
-    <w:name w:val="Normal Table_81df9044-36c4-4e5d-be12-bd8ce9bdfe4a"/>
+  <w:style w:type="table" w:styleId="NormalTable_fca58cc4-c24a-449c-b028-17b11e6d8e51" w:customStyle="1">
+    <w:name w:val="Normal Table_fca58cc4-c24a-449c-b028-17b11e6d8e51"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a0ac178b-1db1-492b-ac68-0147eb4c0669" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_81df9044-36c4-4e5d-be12-bd8ce9bdfe4a"/>
+  <w:style w:type="table" w:styleId="TableGrid_8e70b6ef-8c1c-4dd4-b11a-254b80eb3a7d" w:customStyle="1">
+    <w:name w:val="Table Grid_8e70b6ef-8c1c-4dd4-b11a-254b80eb3a7d"/>
+    <w:basedOn w:val="NormalTable_fca58cc4-c24a-449c-b028-17b11e6d8e51"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_04d82e63-c00a-4884-b2ee-4838f5efced6" w:customStyle="1">
-    <w:name w:val="Normal Table_04d82e63-c00a-4884-b2ee-4838f5efced6"/>
+  <w:style w:type="table" w:styleId="NormalTable_a74cb0bd-a4a8-44df-948d-c37f4473e46b" w:customStyle="1">
+    <w:name w:val="Normal Table_a74cb0bd-a4a8-44df-948d-c37f4473e46b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6a1b6ba-01bb-4ba8-9f2a-f6e09fdf4b2d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_04d82e63-c00a-4884-b2ee-4838f5efced6"/>
+  <w:style w:type="table" w:styleId="TableGrid_f022fdfe-cb8e-432f-aa3f-6dae4b2228a9" w:customStyle="1">
+    <w:name w:val="Table Grid_f022fdfe-cb8e-432f-aa3f-6dae4b2228a9"/>
+    <w:basedOn w:val="NormalTable_a74cb0bd-a4a8-44df-948d-c37f4473e46b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_10659d61-05dd-40ac-8c6a-d41547417814" w:customStyle="1">
-    <w:name w:val="Normal Table_10659d61-05dd-40ac-8c6a-d41547417814"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3cf87df-34a1-4846-8d7e-429bb4d421b0" w:customStyle="1">
+    <w:name w:val="Normal Table_f3cf87df-34a1-4846-8d7e-429bb4d421b0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b35488fd-4729-4007-b1ac-bb76c4996ada" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_10659d61-05dd-40ac-8c6a-d41547417814"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef45b9e3-25bf-407d-a519-7c697ea30aca" w:customStyle="1">
+    <w:name w:val="Table Grid_ef45b9e3-25bf-407d-a519-7c697ea30aca"/>
+    <w:basedOn w:val="NormalTable_f3cf87df-34a1-4846-8d7e-429bb4d421b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0456a909-6d3a-4ea9-b01c-449f0a9746c7" w:customStyle="1">
-    <w:name w:val="Normal Table_0456a909-6d3a-4ea9-b01c-449f0a9746c7"/>
+  <w:style w:type="table" w:styleId="NormalTable_e1c2453f-bf09-40fe-9123-97cd2b44dfc1" w:customStyle="1">
+    <w:name w:val="Normal Table_e1c2453f-bf09-40fe-9123-97cd2b44dfc1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_db609483-a086-495f-95cd-0aae39f92b55" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0456a909-6d3a-4ea9-b01c-449f0a9746c7"/>
+  <w:style w:type="table" w:styleId="TableGrid_91991c9e-1f57-4595-9b61-26f12bed8298" w:customStyle="1">
+    <w:name w:val="Table Grid_91991c9e-1f57-4595-9b61-26f12bed8298"/>
+    <w:basedOn w:val="NormalTable_e1c2453f-bf09-40fe-9123-97cd2b44dfc1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>