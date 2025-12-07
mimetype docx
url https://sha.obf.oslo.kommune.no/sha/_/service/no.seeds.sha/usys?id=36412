--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -683,100 +683,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4bdda7bb-a866-4e6f-ab72-d57f1a6f9027"/>
+      <w:tblStyle w:val="TableGrid_94311738-0b91-4cb9-b2d2-293f14bc545e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4749"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 19:56:19 </w:t>
+            <w:t xml:space="preserve">07.12.2025 22:23:23 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -793,493 +810,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_74eee8ba-8df0-4bc9-9571-20ce94b37af9"/>
+      <w:tblStyle w:val="TableGrid_22a52b1f-7cd3-4e9e-8e51-66e4d63ac752"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6372"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6372"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_c4d643c9-53a7-46a0-8822-d0e6ba3511c2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_78ca3567-a9db-46f7-b13c-364fab5939a4"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 1708. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_12d05469-08d6-444c-894b-5d2f4a9415b6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_ee07aca5-133f-4267-a22f-38b0d4f1ad8e"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Avtale om lån av lagringsplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2286"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_12d05469-08d6-444c-894b-5d2f4a9415b6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_ee07aca5-133f-4267-a22f-38b0d4f1ad8e"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+            <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+      <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_df70a9d7-ffe2-4e60-90c7-bbac1212f878"/>
+      <w:tblStyle w:val="TableGrid_52dee233-277c-4a06-9f74-3f9e11fb9e15"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6173"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6173"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8a07182b-3c5c-47d4-bcfa-e1544a70511c"/>
+            <w:tblStyle w:val="TableGrid_4e087f73-912e-4e60-b1f3-06cc0aace819"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-prosess EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">21.11.2023 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+            <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f2a18d2d-3cd8-475e-8b3a-0d802bff1a0d"/>
+            <w:tblStyle w:val="TableGrid_d1f80615-d552-4598-8af1-6250e613559f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
-            <w:gridCol w:w="2240"/>
+            <w:gridCol w:w="940"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:type="dxa" w:w="2240"/>
+                <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:type="dxa" w:w="2240"/>
+                <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
+                  <w:t xml:space="preserve">Nicolai Bull</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+            <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+      <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="07D9151C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -1944,51 +2063,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -2900,629 +3019,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid3c02a033-ada7-424c-9911-567027f729db" w:customStyle="1">
     <w:name w:val="Table Grid_3c02a033-ada7-424c-9911-567027f729db"/>
     <w:basedOn w:val="NormalTable57aba517-695b-4524-9b6b-fb618bb5844d"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c" w:customStyle="1">
-    <w:name w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+  <w:style w:type="paragraph" w:styleId="Normal_899e45f0-34cd-4000-b022-336d717704e9" w:customStyle="1">
+    <w:name w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_aa909393-f80d-4592-8182-1543abfe0123" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+    <w:basedOn w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9b422656-a611-41c9-b350-1a81ae403da8" w:customStyle="1">
-    <w:name w:val="Normal Table_9b422656-a611-41c9-b350-1a81ae403da8"/>
+  <w:style w:type="table" w:styleId="NormalTable_64b01796-375d-491c-a751-a8b6278d19a3" w:customStyle="1">
+    <w:name w:val="Normal Table_64b01796-375d-491c-a751-a8b6278d19a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dfdfa2a5-2407-4352-978f-47cdca9f5b37" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9b422656-a611-41c9-b350-1a81ae403da8"/>
+  <w:style w:type="table" w:styleId="TableGrid_ded6e37d-98b6-437c-bbf5-2d2d2d796faf" w:customStyle="1">
+    <w:name w:val="Table Grid_ded6e37d-98b6-437c-bbf5-2d2d2d796faf"/>
+    <w:basedOn w:val="NormalTable_64b01796-375d-491c-a751-a8b6278d19a3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_c4d643c9-53a7-46a0-8822-d0e6ba3511c2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_78ca3567-a9db-46f7-b13c-364fab5939a4" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_78ca3567-a9db-46f7-b13c-364fab5939a4"/>
+    <w:basedOn w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_12d05469-08d6-444c-894b-5d2f4a9415b6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7a12bac2-39af-4137-a43a-487cb60fa38c"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_ee07aca5-133f-4267-a22f-38b0d4f1ad8e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_ee07aca5-133f-4267-a22f-38b0d4f1ad8e"/>
+    <w:basedOn w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9a98a09f-f315-4dc0-ad4a-66b7c4697d81" w:customStyle="1">
-    <w:name w:val="Normal Table_9a98a09f-f315-4dc0-ad4a-66b7c4697d81"/>
+  <w:style w:type="table" w:styleId="NormalTable_b0bab2d9-9caf-450c-8aeb-7ab4697ec76d" w:customStyle="1">
+    <w:name w:val="Normal Table_b0bab2d9-9caf-450c-8aeb-7ab4697ec76d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5c1a31e2-6a84-453f-a25d-1899c56df32b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9a98a09f-f315-4dc0-ad4a-66b7c4697d81"/>
+  <w:style w:type="table" w:styleId="TableGrid_f3a833d9-a924-49a1-aa58-97531d7c8a35" w:customStyle="1">
+    <w:name w:val="Table Grid_f3a833d9-a924-49a1-aa58-97531d7c8a35"/>
+    <w:basedOn w:val="NormalTable_b0bab2d9-9caf-450c-8aeb-7ab4697ec76d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_922c0793-a286-494d-8e81-c1c848b2eb91" w:customStyle="1">
-    <w:name w:val="Normal Table_922c0793-a286-494d-8e81-c1c848b2eb91"/>
+  <w:style w:type="table" w:styleId="NormalTable_c72fd981-ee1b-43ca-8cfd-154606c643e8" w:customStyle="1">
+    <w:name w:val="Normal Table_c72fd981-ee1b-43ca-8cfd-154606c643e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ce0aaeb5-8749-4441-abec-f0076c08e504" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_922c0793-a286-494d-8e81-c1c848b2eb91"/>
+  <w:style w:type="table" w:styleId="TableGrid_0206e81c-809a-4e8a-b571-20d719e36641" w:customStyle="1">
+    <w:name w:val="Table Grid_0206e81c-809a-4e8a-b571-20d719e36641"/>
+    <w:basedOn w:val="NormalTable_c72fd981-ee1b-43ca-8cfd-154606c643e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d1a86fd-01a5-4a65-ba06-8642154308cd" w:customStyle="1">
-    <w:name w:val="Normal Table_6d1a86fd-01a5-4a65-ba06-8642154308cd"/>
+  <w:style w:type="table" w:styleId="NormalTable_826bbf4b-cb13-4a22-8981-9c632ec2660c" w:customStyle="1">
+    <w:name w:val="Normal Table_826bbf4b-cb13-4a22-8981-9c632ec2660c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5c025aa2-7fd6-4e0c-91b2-a6530cca4ea9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d1a86fd-01a5-4a65-ba06-8642154308cd"/>
+  <w:style w:type="table" w:styleId="TableGrid_9316feaf-00c8-4425-a9fd-2af548df0028" w:customStyle="1">
+    <w:name w:val="Table Grid_9316feaf-00c8-4425-a9fd-2af548df0028"/>
+    <w:basedOn w:val="NormalTable_826bbf4b-cb13-4a22-8981-9c632ec2660c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_085f65ae-47aa-4a34-b469-c819c10b1f87" w:customStyle="1">
-    <w:name w:val="Normal Table_085f65ae-47aa-4a34-b469-c819c10b1f87"/>
+  <w:style w:type="table" w:styleId="NormalTable_5fdf2a42-c04f-46fd-965f-37dd778b0b03" w:customStyle="1">
+    <w:name w:val="Normal Table_5fdf2a42-c04f-46fd-965f-37dd778b0b03"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_06ea1007-16b6-43c4-9698-3767b61ec1dc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_085f65ae-47aa-4a34-b469-c819c10b1f87"/>
+  <w:style w:type="table" w:styleId="TableGrid_67f5aff7-f050-45f3-8748-f2119b2e2a0e" w:customStyle="1">
+    <w:name w:val="Table Grid_67f5aff7-f050-45f3-8748-f2119b2e2a0e"/>
+    <w:basedOn w:val="NormalTable_5fdf2a42-c04f-46fd-965f-37dd778b0b03"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c9a89143-94ba-4f2e-8821-f3cb6069d1bd" w:customStyle="1">
-    <w:name w:val="Normal Table_c9a89143-94ba-4f2e-8821-f3cb6069d1bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_25a76379-5ce6-4d29-a370-f04bd1640e06" w:customStyle="1">
+    <w:name w:val="Normal Table_25a76379-5ce6-4d29-a370-f04bd1640e06"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4bdda7bb-a866-4e6f-ab72-d57f1a6f9027" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c9a89143-94ba-4f2e-8821-f3cb6069d1bd"/>
+  <w:style w:type="table" w:styleId="TableGrid_94311738-0b91-4cb9-b2d2-293f14bc545e" w:customStyle="1">
+    <w:name w:val="Table Grid_94311738-0b91-4cb9-b2d2-293f14bc545e"/>
+    <w:basedOn w:val="NormalTable_25a76379-5ce6-4d29-a370-f04bd1640e06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e1f536e-d980-4e34-b5c2-f6010ba47ff8" w:customStyle="1">
-    <w:name w:val="Normal Table_7e1f536e-d980-4e34-b5c2-f6010ba47ff8"/>
+  <w:style w:type="table" w:styleId="NormalTable_960ccce7-7b44-4ed1-97a6-2803604127a4" w:customStyle="1">
+    <w:name w:val="Normal Table_960ccce7-7b44-4ed1-97a6-2803604127a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_74eee8ba-8df0-4bc9-9571-20ce94b37af9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e1f536e-d980-4e34-b5c2-f6010ba47ff8"/>
+  <w:style w:type="table" w:styleId="TableGrid_22a52b1f-7cd3-4e9e-8e51-66e4d63ac752" w:customStyle="1">
+    <w:name w:val="Table Grid_22a52b1f-7cd3-4e9e-8e51-66e4d63ac752"/>
+    <w:basedOn w:val="NormalTable_960ccce7-7b44-4ed1-97a6-2803604127a4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d4d929cb-edeb-4a69-b2a2-a29c18532e90" w:customStyle="1">
-    <w:name w:val="Normal Table_d4d929cb-edeb-4a69-b2a2-a29c18532e90"/>
+  <w:style w:type="table" w:styleId="NormalTable_7c6cb449-a911-4508-a2cb-db6174d35670" w:customStyle="1">
+    <w:name w:val="Normal Table_7c6cb449-a911-4508-a2cb-db6174d35670"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8a07182b-3c5c-47d4-bcfa-e1544a70511c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d4d929cb-edeb-4a69-b2a2-a29c18532e90"/>
+  <w:style w:type="table" w:styleId="TableGrid_4e087f73-912e-4e60-b1f3-06cc0aace819" w:customStyle="1">
+    <w:name w:val="Table Grid_4e087f73-912e-4e60-b1f3-06cc0aace819"/>
+    <w:basedOn w:val="NormalTable_7c6cb449-a911-4508-a2cb-db6174d35670"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f4d7b294-381c-44e8-b0e0-779ca7f3a63c" w:customStyle="1">
-    <w:name w:val="Normal Table_f4d7b294-381c-44e8-b0e0-779ca7f3a63c"/>
+  <w:style w:type="table" w:styleId="NormalTable_d15074bb-5f9d-4ec4-828e-473136ef41b0" w:customStyle="1">
+    <w:name w:val="Normal Table_d15074bb-5f9d-4ec4-828e-473136ef41b0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f2a18d2d-3cd8-475e-8b3a-0d802bff1a0d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f4d7b294-381c-44e8-b0e0-779ca7f3a63c"/>
+  <w:style w:type="table" w:styleId="TableGrid_d1f80615-d552-4598-8af1-6250e613559f" w:customStyle="1">
+    <w:name w:val="Table Grid_d1f80615-d552-4598-8af1-6250e613559f"/>
+    <w:basedOn w:val="NormalTable_d15074bb-5f9d-4ec4-828e-473136ef41b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_73082804-98f0-4ba2-b74a-e19bc2d7a6c5" w:customStyle="1">
-    <w:name w:val="Normal Table_73082804-98f0-4ba2-b74a-e19bc2d7a6c5"/>
+  <w:style w:type="table" w:styleId="NormalTable_43a94b2b-4223-4261-8ac1-b1cc4447b595" w:customStyle="1">
+    <w:name w:val="Normal Table_43a94b2b-4223-4261-8ac1-b1cc4447b595"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_df70a9d7-ffe2-4e60-90c7-bbac1212f878" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_73082804-98f0-4ba2-b74a-e19bc2d7a6c5"/>
+  <w:style w:type="table" w:styleId="TableGrid_52dee233-277c-4a06-9f74-3f9e11fb9e15" w:customStyle="1">
+    <w:name w:val="Table Grid_52dee233-277c-4a06-9f74-3f9e11fb9e15"/>
+    <w:basedOn w:val="NormalTable_43a94b2b-4223-4261-8ac1-b1cc4447b595"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>