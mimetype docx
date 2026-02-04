--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -683,117 +683,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_94311738-0b91-4cb9-b2d2-293f14bc545e"/>
+      <w:tblStyle w:val="TableGrid_87abf33b-fe75-4d76-ae0f-b347019c5beb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4749"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 22:23:23 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:56:37 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -810,153 +810,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_22a52b1f-7cd3-4e9e-8e51-66e4d63ac752"/>
+      <w:tblStyle w:val="TableGrid_ff3aed57-12ac-4748-93a6-b769a091c755"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6372"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6372"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_78ca3567-a9db-46f7-b13c-364fab5939a4"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b108eefa-7604-4ef8-a1a7-96956ace1b18"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 1708. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_ee07aca5-133f-4267-a22f-38b0d4f1ad8e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_3b7b09fb-50df-4dc5-acd6-7e81553b2b5c"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Avtale om lån av lagringsplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2286"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_ee07aca5-133f-4267-a22f-38b0d4f1ad8e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_3b7b09fb-50df-4dc5-acd6-7e81553b2b5c"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+            <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -969,59 +969,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+      <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_52dee233-277c-4a06-9f74-3f9e11fb9e15"/>
+      <w:tblStyle w:val="TableGrid_24eb3d7e-4a46-4a74-8325-d8e0f17a9af7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6173"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1032,373 +1032,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6173"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4e087f73-912e-4e60-b1f3-06cc0aace819"/>
+            <w:tblStyle w:val="TableGrid_ad560ec0-0624-49b3-bed2-99ff908a0faf"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-prosess EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">21.11.2023 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+            <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d1f80615-d552-4598-8af1-6250e613559f"/>
+            <w:tblStyle w:val="TableGrid_aa262715-1c69-446c-b016-02d1a68b823b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="940"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Nicolai Bull</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+            <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+      <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="07D9151C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3019,629 +3019,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid3c02a033-ada7-424c-9911-567027f729db" w:customStyle="1">
     <w:name w:val="Table Grid_3c02a033-ada7-424c-9911-567027f729db"/>
     <w:basedOn w:val="NormalTable57aba517-695b-4524-9b6b-fb618bb5844d"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_899e45f0-34cd-4000-b022-336d717704e9" w:customStyle="1">
-    <w:name w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be" w:customStyle="1">
+    <w:name w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1d8244b-286e-4ee0-9cdc-5feb6cd0bad5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+    <w:basedOn w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_64b01796-375d-491c-a751-a8b6278d19a3" w:customStyle="1">
-    <w:name w:val="Normal Table_64b01796-375d-491c-a751-a8b6278d19a3"/>
+  <w:style w:type="table" w:styleId="NormalTable_1afdbc75-d908-490c-9c49-73175579b982" w:customStyle="1">
+    <w:name w:val="Normal Table_1afdbc75-d908-490c-9c49-73175579b982"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ded6e37d-98b6-437c-bbf5-2d2d2d796faf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_64b01796-375d-491c-a751-a8b6278d19a3"/>
+  <w:style w:type="table" w:styleId="TableGrid_5a21b63f-b82b-42ef-afe5-f72f807ed7d2" w:customStyle="1">
+    <w:name w:val="Table Grid_5a21b63f-b82b-42ef-afe5-f72f807ed7d2"/>
+    <w:basedOn w:val="NormalTable_1afdbc75-d908-490c-9c49-73175579b982"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_78ca3567-a9db-46f7-b13c-364fab5939a4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_b108eefa-7604-4ef8-a1a7-96956ace1b18" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b108eefa-7604-4ef8-a1a7-96956ace1b18"/>
+    <w:basedOn w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_ee07aca5-133f-4267-a22f-38b0d4f1ad8e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_899e45f0-34cd-4000-b022-336d717704e9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_3b7b09fb-50df-4dc5-acd6-7e81553b2b5c" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_3b7b09fb-50df-4dc5-acd6-7e81553b2b5c"/>
+    <w:basedOn w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b0bab2d9-9caf-450c-8aeb-7ab4697ec76d" w:customStyle="1">
-    <w:name w:val="Normal Table_b0bab2d9-9caf-450c-8aeb-7ab4697ec76d"/>
+  <w:style w:type="table" w:styleId="NormalTable_cbed874f-0ac1-4530-982b-97824a9e2e65" w:customStyle="1">
+    <w:name w:val="Normal Table_cbed874f-0ac1-4530-982b-97824a9e2e65"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f3a833d9-a924-49a1-aa58-97531d7c8a35" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b0bab2d9-9caf-450c-8aeb-7ab4697ec76d"/>
+  <w:style w:type="table" w:styleId="TableGrid_b05aee6a-ae24-4d50-9c75-18754f2f1e96" w:customStyle="1">
+    <w:name w:val="Table Grid_b05aee6a-ae24-4d50-9c75-18754f2f1e96"/>
+    <w:basedOn w:val="NormalTable_cbed874f-0ac1-4530-982b-97824a9e2e65"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c72fd981-ee1b-43ca-8cfd-154606c643e8" w:customStyle="1">
-    <w:name w:val="Normal Table_c72fd981-ee1b-43ca-8cfd-154606c643e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_33358fc9-df59-4de9-92f3-62a4cf28492f" w:customStyle="1">
+    <w:name w:val="Normal Table_33358fc9-df59-4de9-92f3-62a4cf28492f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0206e81c-809a-4e8a-b571-20d719e36641" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c72fd981-ee1b-43ca-8cfd-154606c643e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_715b393b-a049-44f3-90c3-6f6e819f154e" w:customStyle="1">
+    <w:name w:val="Table Grid_715b393b-a049-44f3-90c3-6f6e819f154e"/>
+    <w:basedOn w:val="NormalTable_33358fc9-df59-4de9-92f3-62a4cf28492f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_826bbf4b-cb13-4a22-8981-9c632ec2660c" w:customStyle="1">
-    <w:name w:val="Normal Table_826bbf4b-cb13-4a22-8981-9c632ec2660c"/>
+  <w:style w:type="table" w:styleId="NormalTable_a2b26053-a0c5-4842-a674-3522cfe29d21" w:customStyle="1">
+    <w:name w:val="Normal Table_a2b26053-a0c5-4842-a674-3522cfe29d21"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9316feaf-00c8-4425-a9fd-2af548df0028" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_826bbf4b-cb13-4a22-8981-9c632ec2660c"/>
+  <w:style w:type="table" w:styleId="TableGrid_73436510-1a9d-46a3-aa51-2291e71633e1" w:customStyle="1">
+    <w:name w:val="Table Grid_73436510-1a9d-46a3-aa51-2291e71633e1"/>
+    <w:basedOn w:val="NormalTable_a2b26053-a0c5-4842-a674-3522cfe29d21"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5fdf2a42-c04f-46fd-965f-37dd778b0b03" w:customStyle="1">
-    <w:name w:val="Normal Table_5fdf2a42-c04f-46fd-965f-37dd778b0b03"/>
+  <w:style w:type="table" w:styleId="NormalTable_46c923a6-5150-4d48-a6c5-2b4b8e3a2a51" w:customStyle="1">
+    <w:name w:val="Normal Table_46c923a6-5150-4d48-a6c5-2b4b8e3a2a51"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_67f5aff7-f050-45f3-8748-f2119b2e2a0e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5fdf2a42-c04f-46fd-965f-37dd778b0b03"/>
+  <w:style w:type="table" w:styleId="TableGrid_b8638244-8a4c-4e25-a454-b1b28c218e9c" w:customStyle="1">
+    <w:name w:val="Table Grid_b8638244-8a4c-4e25-a454-b1b28c218e9c"/>
+    <w:basedOn w:val="NormalTable_46c923a6-5150-4d48-a6c5-2b4b8e3a2a51"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_25a76379-5ce6-4d29-a370-f04bd1640e06" w:customStyle="1">
-    <w:name w:val="Normal Table_25a76379-5ce6-4d29-a370-f04bd1640e06"/>
+  <w:style w:type="table" w:styleId="NormalTable_b5b8686a-cbf3-44d3-8a39-c25421e1d5ce" w:customStyle="1">
+    <w:name w:val="Normal Table_b5b8686a-cbf3-44d3-8a39-c25421e1d5ce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_94311738-0b91-4cb9-b2d2-293f14bc545e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_25a76379-5ce6-4d29-a370-f04bd1640e06"/>
+  <w:style w:type="table" w:styleId="TableGrid_87abf33b-fe75-4d76-ae0f-b347019c5beb" w:customStyle="1">
+    <w:name w:val="Table Grid_87abf33b-fe75-4d76-ae0f-b347019c5beb"/>
+    <w:basedOn w:val="NormalTable_b5b8686a-cbf3-44d3-8a39-c25421e1d5ce"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_960ccce7-7b44-4ed1-97a6-2803604127a4" w:customStyle="1">
-    <w:name w:val="Normal Table_960ccce7-7b44-4ed1-97a6-2803604127a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_d1c60704-6b10-4f18-ad02-602cbe5407b2" w:customStyle="1">
+    <w:name w:val="Normal Table_d1c60704-6b10-4f18-ad02-602cbe5407b2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_22a52b1f-7cd3-4e9e-8e51-66e4d63ac752" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_960ccce7-7b44-4ed1-97a6-2803604127a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_ff3aed57-12ac-4748-93a6-b769a091c755" w:customStyle="1">
+    <w:name w:val="Table Grid_ff3aed57-12ac-4748-93a6-b769a091c755"/>
+    <w:basedOn w:val="NormalTable_d1c60704-6b10-4f18-ad02-602cbe5407b2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7c6cb449-a911-4508-a2cb-db6174d35670" w:customStyle="1">
-    <w:name w:val="Normal Table_7c6cb449-a911-4508-a2cb-db6174d35670"/>
+  <w:style w:type="table" w:styleId="NormalTable_6bbdabbe-aaf4-458d-ad49-a75204b41916" w:customStyle="1">
+    <w:name w:val="Normal Table_6bbdabbe-aaf4-458d-ad49-a75204b41916"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4e087f73-912e-4e60-b1f3-06cc0aace819" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7c6cb449-a911-4508-a2cb-db6174d35670"/>
+  <w:style w:type="table" w:styleId="TableGrid_ad560ec0-0624-49b3-bed2-99ff908a0faf" w:customStyle="1">
+    <w:name w:val="Table Grid_ad560ec0-0624-49b3-bed2-99ff908a0faf"/>
+    <w:basedOn w:val="NormalTable_6bbdabbe-aaf4-458d-ad49-a75204b41916"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d15074bb-5f9d-4ec4-828e-473136ef41b0" w:customStyle="1">
-    <w:name w:val="Normal Table_d15074bb-5f9d-4ec4-828e-473136ef41b0"/>
+  <w:style w:type="table" w:styleId="NormalTable_f8beb575-b132-48a3-937d-1e8229fd5f01" w:customStyle="1">
+    <w:name w:val="Normal Table_f8beb575-b132-48a3-937d-1e8229fd5f01"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d1f80615-d552-4598-8af1-6250e613559f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d15074bb-5f9d-4ec4-828e-473136ef41b0"/>
+  <w:style w:type="table" w:styleId="TableGrid_aa262715-1c69-446c-b016-02d1a68b823b" w:customStyle="1">
+    <w:name w:val="Table Grid_aa262715-1c69-446c-b016-02d1a68b823b"/>
+    <w:basedOn w:val="NormalTable_f8beb575-b132-48a3-937d-1e8229fd5f01"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_43a94b2b-4223-4261-8ac1-b1cc4447b595" w:customStyle="1">
-    <w:name w:val="Normal Table_43a94b2b-4223-4261-8ac1-b1cc4447b595"/>
+  <w:style w:type="table" w:styleId="NormalTable_644ccf5a-d337-4e36-89e9-a4bdd7b1fcdf" w:customStyle="1">
+    <w:name w:val="Normal Table_644ccf5a-d337-4e36-89e9-a4bdd7b1fcdf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_52dee233-277c-4a06-9f74-3f9e11fb9e15" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_43a94b2b-4223-4261-8ac1-b1cc4447b595"/>
+  <w:style w:type="table" w:styleId="TableGrid_24eb3d7e-4a46-4a74-8325-d8e0f17a9af7" w:customStyle="1">
+    <w:name w:val="Table Grid_24eb3d7e-4a46-4a74-8325-d8e0f17a9af7"/>
+    <w:basedOn w:val="NormalTable_644ccf5a-d337-4e36-89e9-a4bdd7b1fcdf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>