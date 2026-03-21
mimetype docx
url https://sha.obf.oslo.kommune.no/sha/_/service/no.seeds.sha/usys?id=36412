--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -683,117 +683,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_87abf33b-fe75-4d76-ae0f-b347019c5beb"/>
+      <w:tblStyle w:val="TableGrid_a1f1a117-1f45-4a3d-b30f-eff0d44b0000"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4749"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:56:37 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:49:10 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -810,153 +810,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ff3aed57-12ac-4748-93a6-b769a091c755"/>
+      <w:tblStyle w:val="TableGrid_0f643e1b-3cb2-495c-ac1a-34a9d6678c7c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6372"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6372"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b108eefa-7604-4ef8-a1a7-96956ace1b18"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_0514033f-9e8d-4993-a179-4eecef56c942"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 1708. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_3b7b09fb-50df-4dc5-acd6-7e81553b2b5c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_09d0594c-71d1-4678-b2f1-73f286596f5e"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Avtale om lån av lagringsplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2286"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_3b7b09fb-50df-4dc5-acd6-7e81553b2b5c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_09d0594c-71d1-4678-b2f1-73f286596f5e"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+            <w:pStyle w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -969,59 +969,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+      <w:pStyle w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_24eb3d7e-4a46-4a74-8325-d8e0f17a9af7"/>
+      <w:tblStyle w:val="TableGrid_a73bc153-d60f-4425-931b-56b7009c0326"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6173"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1032,373 +1032,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6173"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ad560ec0-0624-49b3-bed2-99ff908a0faf"/>
+            <w:tblStyle w:val="TableGrid_2b0b220e-1efb-4589-b799-d16bb02e04d6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-prosess EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">21.11.2023 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+            <w:pStyle w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_aa262715-1c69-446c-b016-02d1a68b823b"/>
+            <w:tblStyle w:val="TableGrid_c8d9dad0-583d-4905-8637-8377a892a00f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="940"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Nicolai Bull</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+            <w:pStyle w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+      <w:pStyle w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="07D9151C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3019,629 +3019,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid3c02a033-ada7-424c-9911-567027f729db" w:customStyle="1">
     <w:name w:val="Table Grid_3c02a033-ada7-424c-9911-567027f729db"/>
     <w:basedOn w:val="NormalTable57aba517-695b-4524-9b6b-fb618bb5844d"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be" w:customStyle="1">
-    <w:name w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e" w:customStyle="1">
+    <w:name w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_5bbf9e87-b567-4691-97c0-72038c68c843" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8b2fcc65-cabe-4c04-b76d-3da5194e211f"/>
+    <w:basedOn w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1afdbc75-d908-490c-9c49-73175579b982" w:customStyle="1">
-    <w:name w:val="Normal Table_1afdbc75-d908-490c-9c49-73175579b982"/>
+  <w:style w:type="table" w:styleId="NormalTable_a3607679-8138-4385-b417-c1dd81f27820" w:customStyle="1">
+    <w:name w:val="Normal Table_a3607679-8138-4385-b417-c1dd81f27820"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5a21b63f-b82b-42ef-afe5-f72f807ed7d2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1afdbc75-d908-490c-9c49-73175579b982"/>
+  <w:style w:type="table" w:styleId="TableGrid_9a379eff-afbd-486b-8cad-621d89ddc04e" w:customStyle="1">
+    <w:name w:val="Table Grid_9a379eff-afbd-486b-8cad-621d89ddc04e"/>
+    <w:basedOn w:val="NormalTable_a3607679-8138-4385-b417-c1dd81f27820"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_b108eefa-7604-4ef8-a1a7-96956ace1b18" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_0514033f-9e8d-4993-a179-4eecef56c942" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_0514033f-9e8d-4993-a179-4eecef56c942"/>
+    <w:basedOn w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_3b7b09fb-50df-4dc5-acd6-7e81553b2b5c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_1affde64-3b3f-4a39-9510-eaede4c2d8be"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_09d0594c-71d1-4678-b2f1-73f286596f5e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_09d0594c-71d1-4678-b2f1-73f286596f5e"/>
+    <w:basedOn w:val="Normal_1347fc97-8223-410e-b6a7-415d42fcb59e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cbed874f-0ac1-4530-982b-97824a9e2e65" w:customStyle="1">
-    <w:name w:val="Normal Table_cbed874f-0ac1-4530-982b-97824a9e2e65"/>
+  <w:style w:type="table" w:styleId="NormalTable_8fd097af-7ad1-4424-8c0d-9b354b0c8232" w:customStyle="1">
+    <w:name w:val="Normal Table_8fd097af-7ad1-4424-8c0d-9b354b0c8232"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b05aee6a-ae24-4d50-9c75-18754f2f1e96" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cbed874f-0ac1-4530-982b-97824a9e2e65"/>
+  <w:style w:type="table" w:styleId="TableGrid_beb413ee-b2a9-473b-ad2a-130e82d0fa62" w:customStyle="1">
+    <w:name w:val="Table Grid_beb413ee-b2a9-473b-ad2a-130e82d0fa62"/>
+    <w:basedOn w:val="NormalTable_8fd097af-7ad1-4424-8c0d-9b354b0c8232"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_33358fc9-df59-4de9-92f3-62a4cf28492f" w:customStyle="1">
-    <w:name w:val="Normal Table_33358fc9-df59-4de9-92f3-62a4cf28492f"/>
+  <w:style w:type="table" w:styleId="NormalTable_8f11caac-8e44-4bc8-9b8f-05806889e53b" w:customStyle="1">
+    <w:name w:val="Normal Table_8f11caac-8e44-4bc8-9b8f-05806889e53b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_715b393b-a049-44f3-90c3-6f6e819f154e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_33358fc9-df59-4de9-92f3-62a4cf28492f"/>
+  <w:style w:type="table" w:styleId="TableGrid_aabedd8e-5fff-4a6d-acb7-ea8672fe013e" w:customStyle="1">
+    <w:name w:val="Table Grid_aabedd8e-5fff-4a6d-acb7-ea8672fe013e"/>
+    <w:basedOn w:val="NormalTable_8f11caac-8e44-4bc8-9b8f-05806889e53b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a2b26053-a0c5-4842-a674-3522cfe29d21" w:customStyle="1">
-    <w:name w:val="Normal Table_a2b26053-a0c5-4842-a674-3522cfe29d21"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a765c3e-2810-4fff-af73-7d200804ae58" w:customStyle="1">
+    <w:name w:val="Normal Table_7a765c3e-2810-4fff-af73-7d200804ae58"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_73436510-1a9d-46a3-aa51-2291e71633e1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a2b26053-a0c5-4842-a674-3522cfe29d21"/>
+  <w:style w:type="table" w:styleId="TableGrid_92cb95ab-3b60-4f3e-9565-4215ad75a1ec" w:customStyle="1">
+    <w:name w:val="Table Grid_92cb95ab-3b60-4f3e-9565-4215ad75a1ec"/>
+    <w:basedOn w:val="NormalTable_7a765c3e-2810-4fff-af73-7d200804ae58"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_46c923a6-5150-4d48-a6c5-2b4b8e3a2a51" w:customStyle="1">
-    <w:name w:val="Normal Table_46c923a6-5150-4d48-a6c5-2b4b8e3a2a51"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3ebbfe9-e9e3-48b1-8665-9ffbdcf88623" w:customStyle="1">
+    <w:name w:val="Normal Table_f3ebbfe9-e9e3-48b1-8665-9ffbdcf88623"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b8638244-8a4c-4e25-a454-b1b28c218e9c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_46c923a6-5150-4d48-a6c5-2b4b8e3a2a51"/>
+  <w:style w:type="table" w:styleId="TableGrid_e01a40d3-9bdc-45d0-b4ee-575d863530fc" w:customStyle="1">
+    <w:name w:val="Table Grid_e01a40d3-9bdc-45d0-b4ee-575d863530fc"/>
+    <w:basedOn w:val="NormalTable_f3ebbfe9-e9e3-48b1-8665-9ffbdcf88623"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b5b8686a-cbf3-44d3-8a39-c25421e1d5ce" w:customStyle="1">
-    <w:name w:val="Normal Table_b5b8686a-cbf3-44d3-8a39-c25421e1d5ce"/>
+  <w:style w:type="table" w:styleId="NormalTable_6691db1a-575f-4247-b9ed-619b11140348" w:customStyle="1">
+    <w:name w:val="Normal Table_6691db1a-575f-4247-b9ed-619b11140348"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_87abf33b-fe75-4d76-ae0f-b347019c5beb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b5b8686a-cbf3-44d3-8a39-c25421e1d5ce"/>
+  <w:style w:type="table" w:styleId="TableGrid_a1f1a117-1f45-4a3d-b30f-eff0d44b0000" w:customStyle="1">
+    <w:name w:val="Table Grid_a1f1a117-1f45-4a3d-b30f-eff0d44b0000"/>
+    <w:basedOn w:val="NormalTable_6691db1a-575f-4247-b9ed-619b11140348"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d1c60704-6b10-4f18-ad02-602cbe5407b2" w:customStyle="1">
-    <w:name w:val="Normal Table_d1c60704-6b10-4f18-ad02-602cbe5407b2"/>
+  <w:style w:type="table" w:styleId="NormalTable_dfbb6cf8-19ea-4dfa-a71d-b9f924e2965f" w:customStyle="1">
+    <w:name w:val="Normal Table_dfbb6cf8-19ea-4dfa-a71d-b9f924e2965f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ff3aed57-12ac-4748-93a6-b769a091c755" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d1c60704-6b10-4f18-ad02-602cbe5407b2"/>
+  <w:style w:type="table" w:styleId="TableGrid_0f643e1b-3cb2-495c-ac1a-34a9d6678c7c" w:customStyle="1">
+    <w:name w:val="Table Grid_0f643e1b-3cb2-495c-ac1a-34a9d6678c7c"/>
+    <w:basedOn w:val="NormalTable_dfbb6cf8-19ea-4dfa-a71d-b9f924e2965f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6bbdabbe-aaf4-458d-ad49-a75204b41916" w:customStyle="1">
-    <w:name w:val="Normal Table_6bbdabbe-aaf4-458d-ad49-a75204b41916"/>
+  <w:style w:type="table" w:styleId="NormalTable_710d48f9-b73d-46b5-b6dc-ad971a0a1331" w:customStyle="1">
+    <w:name w:val="Normal Table_710d48f9-b73d-46b5-b6dc-ad971a0a1331"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ad560ec0-0624-49b3-bed2-99ff908a0faf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6bbdabbe-aaf4-458d-ad49-a75204b41916"/>
+  <w:style w:type="table" w:styleId="TableGrid_2b0b220e-1efb-4589-b799-d16bb02e04d6" w:customStyle="1">
+    <w:name w:val="Table Grid_2b0b220e-1efb-4589-b799-d16bb02e04d6"/>
+    <w:basedOn w:val="NormalTable_710d48f9-b73d-46b5-b6dc-ad971a0a1331"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f8beb575-b132-48a3-937d-1e8229fd5f01" w:customStyle="1">
-    <w:name w:val="Normal Table_f8beb575-b132-48a3-937d-1e8229fd5f01"/>
+  <w:style w:type="table" w:styleId="NormalTable_11a5ab52-8120-45b1-8157-8a0ad7f58b84" w:customStyle="1">
+    <w:name w:val="Normal Table_11a5ab52-8120-45b1-8157-8a0ad7f58b84"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aa262715-1c69-446c-b016-02d1a68b823b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f8beb575-b132-48a3-937d-1e8229fd5f01"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8d9dad0-583d-4905-8637-8377a892a00f" w:customStyle="1">
+    <w:name w:val="Table Grid_c8d9dad0-583d-4905-8637-8377a892a00f"/>
+    <w:basedOn w:val="NormalTable_11a5ab52-8120-45b1-8157-8a0ad7f58b84"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_644ccf5a-d337-4e36-89e9-a4bdd7b1fcdf" w:customStyle="1">
-    <w:name w:val="Normal Table_644ccf5a-d337-4e36-89e9-a4bdd7b1fcdf"/>
+  <w:style w:type="table" w:styleId="NormalTable_9028dbf5-dfe4-435e-bece-ff1e0d3bdc58" w:customStyle="1">
+    <w:name w:val="Normal Table_9028dbf5-dfe4-435e-bece-ff1e0d3bdc58"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_24eb3d7e-4a46-4a74-8325-d8e0f17a9af7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_644ccf5a-d337-4e36-89e9-a4bdd7b1fcdf"/>
+  <w:style w:type="table" w:styleId="TableGrid_a73bc153-d60f-4425-931b-56b7009c0326" w:customStyle="1">
+    <w:name w:val="Table Grid_a73bc153-d60f-4425-931b-56b7009c0326"/>
+    <w:basedOn w:val="NormalTable_9028dbf5-dfe4-435e-bece-ff1e0d3bdc58"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>