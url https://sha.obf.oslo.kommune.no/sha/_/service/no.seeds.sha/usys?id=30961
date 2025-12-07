--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1797,100 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_661b4bc1-741e-4093-8a82-2cd62d55a31d"/>
+      <w:tblStyle w:val="TableGrid_3f943972-ff9f-4009-a53c-4e5fe146edcc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:43:04 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:26:50 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1907,493 +1924,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ba790c1b-3079-485d-82a9-24076188db46"/>
+      <w:tblStyle w:val="TableGrid_5d6a6979-4b80-48f6-93b0-729d283d51e4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_11bc4b64-2e55-442a-aa1a-750963030834"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_50b66069-8421-4a3b-b83c-49dc6be2f9a6"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_dcbdc282-090f-4f01-96f2-9ef376c8e0b0"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_2f6770e8-942c-4a2d-89a4-61430c6436dd"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_dcbdc282-090f-4f01-96f2-9ef376c8e0b0"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_2f6770e8-942c-4a2d-89a4-61430c6436dd"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+            <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+      <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_79b3820c-6f05-4d46-9ea1-30780066eb4e"/>
+      <w:tblStyle w:val="TableGrid_f9d45796-ff40-4862-ae5a-edbb017cecdc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d153e687-1aba-4ee7-b17b-445d97d7262e"/>
+            <w:tblStyle w:val="TableGrid_278f60f9-e12d-4614-91a2-109ef1cea650"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+            <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_57319ec5-a162-4c78-897c-217abfc5a805"/>
+            <w:tblStyle w:val="TableGrid_dc4d7adc-2e99-4c6c-bddb-049863187377"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+            <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+      <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2492,51 +2611,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -4452,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2" w:customStyle="1">
-    <w:name w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+  <w:style w:type="paragraph" w:styleId="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911" w:customStyle="1">
+    <w:name w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_55b4434e-bdaf-4080-b079-3674423653b8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+    <w:basedOn w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d652801d-4767-43d9-866f-ad90fcfb7b58" w:customStyle="1">
-    <w:name w:val="Normal Table_d652801d-4767-43d9-866f-ad90fcfb7b58"/>
+  <w:style w:type="table" w:styleId="NormalTable_d6fdab5f-ca9a-4e36-9806-0c3d88c1def4" w:customStyle="1">
+    <w:name w:val="Normal Table_d6fdab5f-ca9a-4e36-9806-0c3d88c1def4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_785a141c-cafc-4b64-83f7-e48e7eb6d71f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d652801d-4767-43d9-866f-ad90fcfb7b58"/>
+  <w:style w:type="table" w:styleId="TableGrid_952cb79e-0c0d-47c4-8961-e1d2a0cc556a" w:customStyle="1">
+    <w:name w:val="Table Grid_952cb79e-0c0d-47c4-8961-e1d2a0cc556a"/>
+    <w:basedOn w:val="NormalTable_d6fdab5f-ca9a-4e36-9806-0c3d88c1def4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_11bc4b64-2e55-442a-aa1a-750963030834" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_50b66069-8421-4a3b-b83c-49dc6be2f9a6" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_50b66069-8421-4a3b-b83c-49dc6be2f9a6"/>
+    <w:basedOn w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_dcbdc282-090f-4f01-96f2-9ef376c8e0b0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_86673ac7-ed39-4aed-afb0-6233d3b6a1c2"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_2f6770e8-942c-4a2d-89a4-61430c6436dd" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_2f6770e8-942c-4a2d-89a4-61430c6436dd"/>
+    <w:basedOn w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5fcbd657-ba3e-4da4-a606-86e42ca48242" w:customStyle="1">
-    <w:name w:val="Normal Table_5fcbd657-ba3e-4da4-a606-86e42ca48242"/>
+  <w:style w:type="table" w:styleId="NormalTable_fa75b34a-4b3b-484b-ae96-185500263c78" w:customStyle="1">
+    <w:name w:val="Normal Table_fa75b34a-4b3b-484b-ae96-185500263c78"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_77a575ba-3a8a-44e2-9af7-12a21389f0d7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5fcbd657-ba3e-4da4-a606-86e42ca48242"/>
+  <w:style w:type="table" w:styleId="TableGrid_49e051ff-5953-4eea-a5d7-980cfcca1941" w:customStyle="1">
+    <w:name w:val="Table Grid_49e051ff-5953-4eea-a5d7-980cfcca1941"/>
+    <w:basedOn w:val="NormalTable_fa75b34a-4b3b-484b-ae96-185500263c78"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c65a2486-ef31-466d-b33b-cf1511da7e3c" w:customStyle="1">
-    <w:name w:val="Normal Table_c65a2486-ef31-466d-b33b-cf1511da7e3c"/>
+  <w:style w:type="table" w:styleId="NormalTable_69b65db3-f69f-48f4-8fe7-47c518267c96" w:customStyle="1">
+    <w:name w:val="Normal Table_69b65db3-f69f-48f4-8fe7-47c518267c96"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8bea66a7-c9d7-493b-a98e-27f9b88bd524" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c65a2486-ef31-466d-b33b-cf1511da7e3c"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2b3dd6d-0d36-4231-ba28-ea66e7b50d7c" w:customStyle="1">
+    <w:name w:val="Table Grid_d2b3dd6d-0d36-4231-ba28-ea66e7b50d7c"/>
+    <w:basedOn w:val="NormalTable_69b65db3-f69f-48f4-8fe7-47c518267c96"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f317f413-ddc0-410d-8b68-dce8dd4fb5d8" w:customStyle="1">
-    <w:name w:val="Normal Table_f317f413-ddc0-410d-8b68-dce8dd4fb5d8"/>
+  <w:style w:type="table" w:styleId="NormalTable_a4e247e0-3d23-457d-ad9c-716e973269c9" w:customStyle="1">
+    <w:name w:val="Normal Table_a4e247e0-3d23-457d-ad9c-716e973269c9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f6f44206-8bf4-4def-a5ee-b48d8bf2406b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f317f413-ddc0-410d-8b68-dce8dd4fb5d8"/>
+  <w:style w:type="table" w:styleId="TableGrid_a5ebaf2f-4c52-4e3b-8a5a-f9e25662dd7f" w:customStyle="1">
+    <w:name w:val="Table Grid_a5ebaf2f-4c52-4e3b-8a5a-f9e25662dd7f"/>
+    <w:basedOn w:val="NormalTable_a4e247e0-3d23-457d-ad9c-716e973269c9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d0eaff3f-5ff0-4184-9e51-46fea4add788" w:customStyle="1">
-    <w:name w:val="Normal Table_d0eaff3f-5ff0-4184-9e51-46fea4add788"/>
+  <w:style w:type="table" w:styleId="NormalTable_617a97b3-3718-47fb-a6bb-8793da564a14" w:customStyle="1">
+    <w:name w:val="Normal Table_617a97b3-3718-47fb-a6bb-8793da564a14"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_702c3d93-418c-4634-9e98-7b0d838002d7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d0eaff3f-5ff0-4184-9e51-46fea4add788"/>
+  <w:style w:type="table" w:styleId="TableGrid_20c2b6a4-24b0-42e7-9daa-6de7675c58be" w:customStyle="1">
+    <w:name w:val="Table Grid_20c2b6a4-24b0-42e7-9daa-6de7675c58be"/>
+    <w:basedOn w:val="NormalTable_617a97b3-3718-47fb-a6bb-8793da564a14"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_859b0d39-0066-4266-9942-4cf3a84847f7" w:customStyle="1">
-    <w:name w:val="Normal Table_859b0d39-0066-4266-9942-4cf3a84847f7"/>
+  <w:style w:type="table" w:styleId="NormalTable_1f02ee58-de0b-4d8b-b0ed-803b661ed99d" w:customStyle="1">
+    <w:name w:val="Normal Table_1f02ee58-de0b-4d8b-b0ed-803b661ed99d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_661b4bc1-741e-4093-8a82-2cd62d55a31d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_859b0d39-0066-4266-9942-4cf3a84847f7"/>
+  <w:style w:type="table" w:styleId="TableGrid_3f943972-ff9f-4009-a53c-4e5fe146edcc" w:customStyle="1">
+    <w:name w:val="Table Grid_3f943972-ff9f-4009-a53c-4e5fe146edcc"/>
+    <w:basedOn w:val="NormalTable_1f02ee58-de0b-4d8b-b0ed-803b661ed99d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_18ef323d-8170-4da8-ba9f-d9ee749415e7" w:customStyle="1">
-    <w:name w:val="Normal Table_18ef323d-8170-4da8-ba9f-d9ee749415e7"/>
+  <w:style w:type="table" w:styleId="NormalTable_43bd387d-aba2-41d2-83dd-5aa087cac2d3" w:customStyle="1">
+    <w:name w:val="Normal Table_43bd387d-aba2-41d2-83dd-5aa087cac2d3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba790c1b-3079-485d-82a9-24076188db46" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_18ef323d-8170-4da8-ba9f-d9ee749415e7"/>
+  <w:style w:type="table" w:styleId="TableGrid_5d6a6979-4b80-48f6-93b0-729d283d51e4" w:customStyle="1">
+    <w:name w:val="Table Grid_5d6a6979-4b80-48f6-93b0-729d283d51e4"/>
+    <w:basedOn w:val="NormalTable_43bd387d-aba2-41d2-83dd-5aa087cac2d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6ce9a4fe-0d95-4aad-8ce0-1bf6ab50ef7f" w:customStyle="1">
-    <w:name w:val="Normal Table_6ce9a4fe-0d95-4aad-8ce0-1bf6ab50ef7f"/>
+  <w:style w:type="table" w:styleId="NormalTable_4d59f0a9-f82b-40d8-bf10-f7f0a7627a63" w:customStyle="1">
+    <w:name w:val="Normal Table_4d59f0a9-f82b-40d8-bf10-f7f0a7627a63"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d153e687-1aba-4ee7-b17b-445d97d7262e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6ce9a4fe-0d95-4aad-8ce0-1bf6ab50ef7f"/>
+  <w:style w:type="table" w:styleId="TableGrid_278f60f9-e12d-4614-91a2-109ef1cea650" w:customStyle="1">
+    <w:name w:val="Table Grid_278f60f9-e12d-4614-91a2-109ef1cea650"/>
+    <w:basedOn w:val="NormalTable_4d59f0a9-f82b-40d8-bf10-f7f0a7627a63"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7f3fe30e-6a03-4957-a5bf-c15ba61e3c50" w:customStyle="1">
-    <w:name w:val="Normal Table_7f3fe30e-6a03-4957-a5bf-c15ba61e3c50"/>
+  <w:style w:type="table" w:styleId="NormalTable_42bdcfae-161e-4553-a8a2-adcacf4c0dc8" w:customStyle="1">
+    <w:name w:val="Normal Table_42bdcfae-161e-4553-a8a2-adcacf4c0dc8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_57319ec5-a162-4c78-897c-217abfc5a805" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7f3fe30e-6a03-4957-a5bf-c15ba61e3c50"/>
+  <w:style w:type="table" w:styleId="TableGrid_dc4d7adc-2e99-4c6c-bddb-049863187377" w:customStyle="1">
+    <w:name w:val="Table Grid_dc4d7adc-2e99-4c6c-bddb-049863187377"/>
+    <w:basedOn w:val="NormalTable_42bdcfae-161e-4553-a8a2-adcacf4c0dc8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9cba9008-f0ed-4e43-92c3-757a4481712f" w:customStyle="1">
-    <w:name w:val="Normal Table_9cba9008-f0ed-4e43-92c3-757a4481712f"/>
+  <w:style w:type="table" w:styleId="NormalTable_e6a807b3-641f-4ff5-b209-462a2685b30b" w:customStyle="1">
+    <w:name w:val="Normal Table_e6a807b3-641f-4ff5-b209-462a2685b30b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_79b3820c-6f05-4d46-9ea1-30780066eb4e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9cba9008-f0ed-4e43-92c3-757a4481712f"/>
+  <w:style w:type="table" w:styleId="TableGrid_f9d45796-ff40-4862-ae5a-edbb017cecdc" w:customStyle="1">
+    <w:name w:val="Table Grid_f9d45796-ff40-4862-ae5a-edbb017cecdc"/>
+    <w:basedOn w:val="NormalTable_e6a807b3-641f-4ff5-b209-462a2685b30b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>