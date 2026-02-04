--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -1797,117 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3f943972-ff9f-4009-a53c-4e5fe146edcc"/>
+      <w:tblStyle w:val="TableGrid_03d7bd6a-4345-4b1f-8657-b20ba8c7a292"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:26:50 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:53:20 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1924,153 +1924,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5d6a6979-4b80-48f6-93b0-729d283d51e4"/>
+      <w:tblStyle w:val="TableGrid_7b97d9f5-4438-4387-9975-06fbec5e9706"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_50b66069-8421-4a3b-b83c-49dc6be2f9a6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ce4fe610-feb3-4874-9dde-f7429a37277e"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_2f6770e8-942c-4a2d-89a4-61430c6436dd"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d9db7e98-8907-458e-8a50-c57778d3b59a"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_2f6770e8-942c-4a2d-89a4-61430c6436dd"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d9db7e98-8907-458e-8a50-c57778d3b59a"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+            <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2083,59 +2083,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+      <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f9d45796-ff40-4862-ae5a-edbb017cecdc"/>
+      <w:tblStyle w:val="TableGrid_799903b5-c7bd-4428-8e46-bdface2a4a04"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2146,373 +2146,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_278f60f9-e12d-4614-91a2-109ef1cea650"/>
+            <w:tblStyle w:val="TableGrid_783426ce-809e-481b-abbc-ae8a75514593"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+            <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_dc4d7adc-2e99-4c6c-bddb-049863187377"/>
+            <w:tblStyle w:val="TableGrid_6af45439-09cc-4bd4-abc1-e9574430a732"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+            <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+      <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4571,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911" w:customStyle="1">
-    <w:name w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4" w:customStyle="1">
+    <w:name w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_805d9727-353c-4181-8a04-2d416a5049d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+    <w:basedOn w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d6fdab5f-ca9a-4e36-9806-0c3d88c1def4" w:customStyle="1">
-    <w:name w:val="Normal Table_d6fdab5f-ca9a-4e36-9806-0c3d88c1def4"/>
+  <w:style w:type="table" w:styleId="NormalTable_bad403bc-8777-41c2-909d-0a42ae57e534" w:customStyle="1">
+    <w:name w:val="Normal Table_bad403bc-8777-41c2-909d-0a42ae57e534"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_952cb79e-0c0d-47c4-8961-e1d2a0cc556a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d6fdab5f-ca9a-4e36-9806-0c3d88c1def4"/>
+  <w:style w:type="table" w:styleId="TableGrid_fbeb6f84-bf68-412c-9800-0c5384688b88" w:customStyle="1">
+    <w:name w:val="Table Grid_fbeb6f84-bf68-412c-9800-0c5384688b88"/>
+    <w:basedOn w:val="NormalTable_bad403bc-8777-41c2-909d-0a42ae57e534"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_50b66069-8421-4a3b-b83c-49dc6be2f9a6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_ce4fe610-feb3-4874-9dde-f7429a37277e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ce4fe610-feb3-4874-9dde-f7429a37277e"/>
+    <w:basedOn w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_2f6770e8-942c-4a2d-89a4-61430c6436dd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_62ee8c24-e1b9-4138-a5cb-c21814160911"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_d9db7e98-8907-458e-8a50-c57778d3b59a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d9db7e98-8907-458e-8a50-c57778d3b59a"/>
+    <w:basedOn w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fa75b34a-4b3b-484b-ae96-185500263c78" w:customStyle="1">
-    <w:name w:val="Normal Table_fa75b34a-4b3b-484b-ae96-185500263c78"/>
+  <w:style w:type="table" w:styleId="NormalTable_f389e292-cac7-43d3-889b-ddb18bfaeb7a" w:customStyle="1">
+    <w:name w:val="Normal Table_f389e292-cac7-43d3-889b-ddb18bfaeb7a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_49e051ff-5953-4eea-a5d7-980cfcca1941" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fa75b34a-4b3b-484b-ae96-185500263c78"/>
+  <w:style w:type="table" w:styleId="TableGrid_52edbd11-d00d-4ce4-87de-7e8420e79d15" w:customStyle="1">
+    <w:name w:val="Table Grid_52edbd11-d00d-4ce4-87de-7e8420e79d15"/>
+    <w:basedOn w:val="NormalTable_f389e292-cac7-43d3-889b-ddb18bfaeb7a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_69b65db3-f69f-48f4-8fe7-47c518267c96" w:customStyle="1">
-    <w:name w:val="Normal Table_69b65db3-f69f-48f4-8fe7-47c518267c96"/>
+  <w:style w:type="table" w:styleId="NormalTable_3d14056a-73b9-44f3-88b1-47c7315bfd99" w:customStyle="1">
+    <w:name w:val="Normal Table_3d14056a-73b9-44f3-88b1-47c7315bfd99"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d2b3dd6d-0d36-4231-ba28-ea66e7b50d7c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_69b65db3-f69f-48f4-8fe7-47c518267c96"/>
+  <w:style w:type="table" w:styleId="TableGrid_d103965a-9e06-4ce0-a53a-c3ed87d405db" w:customStyle="1">
+    <w:name w:val="Table Grid_d103965a-9e06-4ce0-a53a-c3ed87d405db"/>
+    <w:basedOn w:val="NormalTable_3d14056a-73b9-44f3-88b1-47c7315bfd99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a4e247e0-3d23-457d-ad9c-716e973269c9" w:customStyle="1">
-    <w:name w:val="Normal Table_a4e247e0-3d23-457d-ad9c-716e973269c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca6f4475-af0d-4748-b4a5-e0f9d2b29c2e" w:customStyle="1">
+    <w:name w:val="Normal Table_ca6f4475-af0d-4748-b4a5-e0f9d2b29c2e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a5ebaf2f-4c52-4e3b-8a5a-f9e25662dd7f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a4e247e0-3d23-457d-ad9c-716e973269c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_5c3b055b-0f5a-476c-89ae-1d1d9bac0be9" w:customStyle="1">
+    <w:name w:val="Table Grid_5c3b055b-0f5a-476c-89ae-1d1d9bac0be9"/>
+    <w:basedOn w:val="NormalTable_ca6f4475-af0d-4748-b4a5-e0f9d2b29c2e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_617a97b3-3718-47fb-a6bb-8793da564a14" w:customStyle="1">
-    <w:name w:val="Normal Table_617a97b3-3718-47fb-a6bb-8793da564a14"/>
+  <w:style w:type="table" w:styleId="NormalTable_430f1569-dfee-480d-a9ad-e30c037a72cf" w:customStyle="1">
+    <w:name w:val="Normal Table_430f1569-dfee-480d-a9ad-e30c037a72cf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20c2b6a4-24b0-42e7-9daa-6de7675c58be" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_617a97b3-3718-47fb-a6bb-8793da564a14"/>
+  <w:style w:type="table" w:styleId="TableGrid_9244d020-ca07-4ad8-b71f-9f0487b1637f" w:customStyle="1">
+    <w:name w:val="Table Grid_9244d020-ca07-4ad8-b71f-9f0487b1637f"/>
+    <w:basedOn w:val="NormalTable_430f1569-dfee-480d-a9ad-e30c037a72cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1f02ee58-de0b-4d8b-b0ed-803b661ed99d" w:customStyle="1">
-    <w:name w:val="Normal Table_1f02ee58-de0b-4d8b-b0ed-803b661ed99d"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee757686-fe21-4cbc-a4b4-8ab8bcc3ac86" w:customStyle="1">
+    <w:name w:val="Normal Table_ee757686-fe21-4cbc-a4b4-8ab8bcc3ac86"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3f943972-ff9f-4009-a53c-4e5fe146edcc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1f02ee58-de0b-4d8b-b0ed-803b661ed99d"/>
+  <w:style w:type="table" w:styleId="TableGrid_03d7bd6a-4345-4b1f-8657-b20ba8c7a292" w:customStyle="1">
+    <w:name w:val="Table Grid_03d7bd6a-4345-4b1f-8657-b20ba8c7a292"/>
+    <w:basedOn w:val="NormalTable_ee757686-fe21-4cbc-a4b4-8ab8bcc3ac86"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_43bd387d-aba2-41d2-83dd-5aa087cac2d3" w:customStyle="1">
-    <w:name w:val="Normal Table_43bd387d-aba2-41d2-83dd-5aa087cac2d3"/>
+  <w:style w:type="table" w:styleId="NormalTable_008e8f2c-87f2-4a91-a31f-471058452204" w:customStyle="1">
+    <w:name w:val="Normal Table_008e8f2c-87f2-4a91-a31f-471058452204"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5d6a6979-4b80-48f6-93b0-729d283d51e4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_43bd387d-aba2-41d2-83dd-5aa087cac2d3"/>
+  <w:style w:type="table" w:styleId="TableGrid_7b97d9f5-4438-4387-9975-06fbec5e9706" w:customStyle="1">
+    <w:name w:val="Table Grid_7b97d9f5-4438-4387-9975-06fbec5e9706"/>
+    <w:basedOn w:val="NormalTable_008e8f2c-87f2-4a91-a31f-471058452204"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4d59f0a9-f82b-40d8-bf10-f7f0a7627a63" w:customStyle="1">
-    <w:name w:val="Normal Table_4d59f0a9-f82b-40d8-bf10-f7f0a7627a63"/>
+  <w:style w:type="table" w:styleId="NormalTable_5f9ab1a3-a866-4d18-a608-85cb3981d94e" w:customStyle="1">
+    <w:name w:val="Normal Table_5f9ab1a3-a866-4d18-a608-85cb3981d94e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_278f60f9-e12d-4614-91a2-109ef1cea650" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4d59f0a9-f82b-40d8-bf10-f7f0a7627a63"/>
+  <w:style w:type="table" w:styleId="TableGrid_783426ce-809e-481b-abbc-ae8a75514593" w:customStyle="1">
+    <w:name w:val="Table Grid_783426ce-809e-481b-abbc-ae8a75514593"/>
+    <w:basedOn w:val="NormalTable_5f9ab1a3-a866-4d18-a608-85cb3981d94e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_42bdcfae-161e-4553-a8a2-adcacf4c0dc8" w:customStyle="1">
-    <w:name w:val="Normal Table_42bdcfae-161e-4553-a8a2-adcacf4c0dc8"/>
+  <w:style w:type="table" w:styleId="NormalTable_1784a8a7-5693-4526-97c8-b429a3ef6c3a" w:customStyle="1">
+    <w:name w:val="Normal Table_1784a8a7-5693-4526-97c8-b429a3ef6c3a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc4d7adc-2e99-4c6c-bddb-049863187377" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_42bdcfae-161e-4553-a8a2-adcacf4c0dc8"/>
+  <w:style w:type="table" w:styleId="TableGrid_6af45439-09cc-4bd4-abc1-e9574430a732" w:customStyle="1">
+    <w:name w:val="Table Grid_6af45439-09cc-4bd4-abc1-e9574430a732"/>
+    <w:basedOn w:val="NormalTable_1784a8a7-5693-4526-97c8-b429a3ef6c3a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e6a807b3-641f-4ff5-b209-462a2685b30b" w:customStyle="1">
-    <w:name w:val="Normal Table_e6a807b3-641f-4ff5-b209-462a2685b30b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4dad07e3-a2c4-44eb-905d-6f2dc53beb53" w:customStyle="1">
+    <w:name w:val="Normal Table_4dad07e3-a2c4-44eb-905d-6f2dc53beb53"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f9d45796-ff40-4862-ae5a-edbb017cecdc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e6a807b3-641f-4ff5-b209-462a2685b30b"/>
+  <w:style w:type="table" w:styleId="TableGrid_799903b5-c7bd-4428-8e46-bdface2a4a04" w:customStyle="1">
+    <w:name w:val="Table Grid_799903b5-c7bd-4428-8e46-bdface2a4a04"/>
+    <w:basedOn w:val="NormalTable_4dad07e3-a2c4-44eb-905d-6f2dc53beb53"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>