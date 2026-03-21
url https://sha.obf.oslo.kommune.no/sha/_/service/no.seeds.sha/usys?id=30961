--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -386,51 +386,87 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eks.: Lusetjern skole - bygg G – ombygning (sett inn prosjektnummer) </w:t>
+              <w:t xml:space="preserve">Eks.: Lusetjern skole - bygg G </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leverandør -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ombygning (sett inn prosjektnummer) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
@@ -440,60 +476,51 @@
               <w:t xml:space="preserve">Hvilken innregistreringsløsning skal benyttes (HMSREG app, infobric, etc)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">Skal det brukes rundell</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> må leverandør oppgi hvilket system de skal bruke.</w:t>
+              <w:t xml:space="preserve">Skal det brukes rundell må leverandør oppgi hvilket system de skal bruke.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
@@ -626,60 +653,51 @@
               </w:rPr>
               <w:t xml:space="preserve">fornavn.etternavn@obf.oslo.kommune.no</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">mobilnr</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">:</w:t>
+              <w:t xml:space="preserve">mobilnr:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
@@ -714,60 +732,51 @@
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">fornavn.etternavn@obf.oslo.kommune.no</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">mobilnr</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">:</w:t>
+              <w:t xml:space="preserve">mobilnr:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
@@ -1513,60 +1522,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ved fravik</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> fra Oslomodellen, angi andel lærlinger %</w:t>
+              <w:t xml:space="preserve">Ved fravik fra Oslomodellen, angi andel lærlinger %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4531"/>
@@ -1797,117 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_03d7bd6a-4345-4b1f-8657-b20ba8c7a292"/>
+      <w:tblStyle w:val="TableGrid_48522d69-705a-43ed-85a4-432cec2e6ff4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:53:20 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:49:02 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1924,153 +1924,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7b97d9f5-4438-4387-9975-06fbec5e9706"/>
+      <w:tblStyle w:val="TableGrid_03077e69-4243-49d6-91e0-78f00da52af4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ce4fe610-feb3-4874-9dde-f7429a37277e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_18ab55bd-b9bf-45ed-8d84-167d10433621"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d9db7e98-8907-458e-8a50-c57778d3b59a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e68fb177-3da4-4a8c-bd18-43c49ca73aea"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
+            <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt eller kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d9db7e98-8907-458e-8a50-c57778d3b59a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e68fb177-3da4-4a8c-bd18-43c49ca73aea"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+            <w:pStyle w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2083,59 +2083,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+      <w:pStyle w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_799903b5-c7bd-4428-8e46-bdface2a4a04"/>
+      <w:tblStyle w:val="TableGrid_e032f69d-1c22-4b23-9892-7f303532646e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2146,373 +2146,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_783426ce-809e-481b-abbc-ae8a75514593"/>
+            <w:tblStyle w:val="TableGrid_9d6026b0-d45b-49f7-a288-d39d820c81ff"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
+                  <w:t xml:space="preserve">16.03.2026 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+            <w:pStyle w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6af45439-09cc-4bd4-abc1-e9574430a732"/>
+            <w:tblStyle w:val="TableGrid_a732b1f4-c379-4513-aa82-d805e15a39da"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+            <w:pStyle w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+      <w:pStyle w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2608,51 +2608,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -4571,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4" w:customStyle="1">
-    <w:name w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+  <w:style w:type="paragraph" w:styleId="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18" w:customStyle="1">
+    <w:name w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_a68d8192-68c7-4d08-a24e-43a84a5859e3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f214c86f-1d6f-45ba-b739-289c35aa6687"/>
+    <w:basedOn w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bad403bc-8777-41c2-909d-0a42ae57e534" w:customStyle="1">
-    <w:name w:val="Normal Table_bad403bc-8777-41c2-909d-0a42ae57e534"/>
+  <w:style w:type="table" w:styleId="NormalTable_86ca2fe8-1f80-46c9-825c-3523dac86127" w:customStyle="1">
+    <w:name w:val="Normal Table_86ca2fe8-1f80-46c9-825c-3523dac86127"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fbeb6f84-bf68-412c-9800-0c5384688b88" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bad403bc-8777-41c2-909d-0a42ae57e534"/>
+  <w:style w:type="table" w:styleId="TableGrid_0bf2b9d6-32ed-4135-9611-b850648b8c13" w:customStyle="1">
+    <w:name w:val="Table Grid_0bf2b9d6-32ed-4135-9611-b850648b8c13"/>
+    <w:basedOn w:val="NormalTable_86ca2fe8-1f80-46c9-825c-3523dac86127"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_ce4fe610-feb3-4874-9dde-f7429a37277e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_18ab55bd-b9bf-45ed-8d84-167d10433621" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_18ab55bd-b9bf-45ed-8d84-167d10433621"/>
+    <w:basedOn w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_d9db7e98-8907-458e-8a50-c57778d3b59a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7cf802f1-3114-4aa3-b8d1-b6aa4c95f4f4"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_e68fb177-3da4-4a8c-bd18-43c49ca73aea" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e68fb177-3da4-4a8c-bd18-43c49ca73aea"/>
+    <w:basedOn w:val="Normal_0e5437cf-7f0c-4ef4-83f4-d300a162aa18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f389e292-cac7-43d3-889b-ddb18bfaeb7a" w:customStyle="1">
-    <w:name w:val="Normal Table_f389e292-cac7-43d3-889b-ddb18bfaeb7a"/>
+  <w:style w:type="table" w:styleId="NormalTable_186950d2-b8a2-4a75-868f-62182939a79b" w:customStyle="1">
+    <w:name w:val="Normal Table_186950d2-b8a2-4a75-868f-62182939a79b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_52edbd11-d00d-4ce4-87de-7e8420e79d15" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f389e292-cac7-43d3-889b-ddb18bfaeb7a"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0794626-e112-452c-ae7f-87a00f15529a" w:customStyle="1">
+    <w:name w:val="Table Grid_b0794626-e112-452c-ae7f-87a00f15529a"/>
+    <w:basedOn w:val="NormalTable_186950d2-b8a2-4a75-868f-62182939a79b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3d14056a-73b9-44f3-88b1-47c7315bfd99" w:customStyle="1">
-    <w:name w:val="Normal Table_3d14056a-73b9-44f3-88b1-47c7315bfd99"/>
+  <w:style w:type="table" w:styleId="NormalTable_9761485e-f50f-437c-9e75-f840ccfd108a" w:customStyle="1">
+    <w:name w:val="Normal Table_9761485e-f50f-437c-9e75-f840ccfd108a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d103965a-9e06-4ce0-a53a-c3ed87d405db" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3d14056a-73b9-44f3-88b1-47c7315bfd99"/>
+  <w:style w:type="table" w:styleId="TableGrid_62af1cdc-29ff-42e0-a813-5fee83be89c7" w:customStyle="1">
+    <w:name w:val="Table Grid_62af1cdc-29ff-42e0-a813-5fee83be89c7"/>
+    <w:basedOn w:val="NormalTable_9761485e-f50f-437c-9e75-f840ccfd108a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ca6f4475-af0d-4748-b4a5-e0f9d2b29c2e" w:customStyle="1">
-    <w:name w:val="Normal Table_ca6f4475-af0d-4748-b4a5-e0f9d2b29c2e"/>
+  <w:style w:type="table" w:styleId="NormalTable_74d4cacd-d898-4001-aac4-f423a73a16b9" w:customStyle="1">
+    <w:name w:val="Normal Table_74d4cacd-d898-4001-aac4-f423a73a16b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5c3b055b-0f5a-476c-89ae-1d1d9bac0be9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ca6f4475-af0d-4748-b4a5-e0f9d2b29c2e"/>
+  <w:style w:type="table" w:styleId="TableGrid_457811f1-db14-42fc-911a-01cb2e9e3628" w:customStyle="1">
+    <w:name w:val="Table Grid_457811f1-db14-42fc-911a-01cb2e9e3628"/>
+    <w:basedOn w:val="NormalTable_74d4cacd-d898-4001-aac4-f423a73a16b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_430f1569-dfee-480d-a9ad-e30c037a72cf" w:customStyle="1">
-    <w:name w:val="Normal Table_430f1569-dfee-480d-a9ad-e30c037a72cf"/>
+  <w:style w:type="table" w:styleId="NormalTable_529d8077-6d51-4af2-934e-4abde957aedb" w:customStyle="1">
+    <w:name w:val="Normal Table_529d8077-6d51-4af2-934e-4abde957aedb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9244d020-ca07-4ad8-b71f-9f0487b1637f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_430f1569-dfee-480d-a9ad-e30c037a72cf"/>
+  <w:style w:type="table" w:styleId="TableGrid_94c38da6-c793-41fa-9646-791d7981a54f" w:customStyle="1">
+    <w:name w:val="Table Grid_94c38da6-c793-41fa-9646-791d7981a54f"/>
+    <w:basedOn w:val="NormalTable_529d8077-6d51-4af2-934e-4abde957aedb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee757686-fe21-4cbc-a4b4-8ab8bcc3ac86" w:customStyle="1">
-    <w:name w:val="Normal Table_ee757686-fe21-4cbc-a4b4-8ab8bcc3ac86"/>
+  <w:style w:type="table" w:styleId="NormalTable_c6c3e2c6-0f0f-4897-9a4d-4e0453ee645c" w:customStyle="1">
+    <w:name w:val="Normal Table_c6c3e2c6-0f0f-4897-9a4d-4e0453ee645c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_03d7bd6a-4345-4b1f-8657-b20ba8c7a292" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee757686-fe21-4cbc-a4b4-8ab8bcc3ac86"/>
+  <w:style w:type="table" w:styleId="TableGrid_48522d69-705a-43ed-85a4-432cec2e6ff4" w:customStyle="1">
+    <w:name w:val="Table Grid_48522d69-705a-43ed-85a4-432cec2e6ff4"/>
+    <w:basedOn w:val="NormalTable_c6c3e2c6-0f0f-4897-9a4d-4e0453ee645c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_008e8f2c-87f2-4a91-a31f-471058452204" w:customStyle="1">
-    <w:name w:val="Normal Table_008e8f2c-87f2-4a91-a31f-471058452204"/>
+  <w:style w:type="table" w:styleId="NormalTable_8ce3eb0a-0c41-41c8-a36c-7f47599fa089" w:customStyle="1">
+    <w:name w:val="Normal Table_8ce3eb0a-0c41-41c8-a36c-7f47599fa089"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7b97d9f5-4438-4387-9975-06fbec5e9706" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_008e8f2c-87f2-4a91-a31f-471058452204"/>
+  <w:style w:type="table" w:styleId="TableGrid_03077e69-4243-49d6-91e0-78f00da52af4" w:customStyle="1">
+    <w:name w:val="Table Grid_03077e69-4243-49d6-91e0-78f00da52af4"/>
+    <w:basedOn w:val="NormalTable_8ce3eb0a-0c41-41c8-a36c-7f47599fa089"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5f9ab1a3-a866-4d18-a608-85cb3981d94e" w:customStyle="1">
-    <w:name w:val="Normal Table_5f9ab1a3-a866-4d18-a608-85cb3981d94e"/>
+  <w:style w:type="table" w:styleId="NormalTable_21147afa-65fb-4a64-aae3-b11cc4944cde" w:customStyle="1">
+    <w:name w:val="Normal Table_21147afa-65fb-4a64-aae3-b11cc4944cde"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_783426ce-809e-481b-abbc-ae8a75514593" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5f9ab1a3-a866-4d18-a608-85cb3981d94e"/>
+  <w:style w:type="table" w:styleId="TableGrid_9d6026b0-d45b-49f7-a288-d39d820c81ff" w:customStyle="1">
+    <w:name w:val="Table Grid_9d6026b0-d45b-49f7-a288-d39d820c81ff"/>
+    <w:basedOn w:val="NormalTable_21147afa-65fb-4a64-aae3-b11cc4944cde"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1784a8a7-5693-4526-97c8-b429a3ef6c3a" w:customStyle="1">
-    <w:name w:val="Normal Table_1784a8a7-5693-4526-97c8-b429a3ef6c3a"/>
+  <w:style w:type="table" w:styleId="NormalTable_ec6a3683-7840-43d6-9c11-2da4fa6fc39a" w:customStyle="1">
+    <w:name w:val="Normal Table_ec6a3683-7840-43d6-9c11-2da4fa6fc39a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6af45439-09cc-4bd4-abc1-e9574430a732" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1784a8a7-5693-4526-97c8-b429a3ef6c3a"/>
+  <w:style w:type="table" w:styleId="TableGrid_a732b1f4-c379-4513-aa82-d805e15a39da" w:customStyle="1">
+    <w:name w:val="Table Grid_a732b1f4-c379-4513-aa82-d805e15a39da"/>
+    <w:basedOn w:val="NormalTable_ec6a3683-7840-43d6-9c11-2da4fa6fc39a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4dad07e3-a2c4-44eb-905d-6f2dc53beb53" w:customStyle="1">
-    <w:name w:val="Normal Table_4dad07e3-a2c4-44eb-905d-6f2dc53beb53"/>
+  <w:style w:type="table" w:styleId="NormalTable_923dfcb7-982c-4581-8374-17174878aad1" w:customStyle="1">
+    <w:name w:val="Normal Table_923dfcb7-982c-4581-8374-17174878aad1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_799903b5-c7bd-4428-8e46-bdface2a4a04" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4dad07e3-a2c4-44eb-905d-6f2dc53beb53"/>
+  <w:style w:type="table" w:styleId="TableGrid_e032f69d-1c22-4b23-9892-7f303532646e" w:customStyle="1">
+    <w:name w:val="Table Grid_e032f69d-1c22-4b23-9892-7f303532646e"/>
+    <w:basedOn w:val="NormalTable_923dfcb7-982c-4581-8374-17174878aad1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -5477,52 +5477,52 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
   <a:extraClrSchemeLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>501</Words>
-  <Characters>2660</Characters>
+  <Words>502</Words>
+  <Characters>2665</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <Company>Omsorgsbygg Oslo KF</Company>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Otto Steinskog</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_Enabled" pid="2">
     <vt:lpstr>true</vt:lpstr>
   </property>