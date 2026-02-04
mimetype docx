--- v0 (2025-11-20)
+++ v1 (2026-02-04)
@@ -1554,117 +1554,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_04a90064-4555-489b-91da-4ba8b50f577c"/>
+      <w:tblStyle w:val="TableGrid_cfb74797-51e5-477b-a6a2-d3b9bdb33b1a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">20.11.2025 01:52:51 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:56 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1681,153 +1681,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6b1a5338-cbac-4ade-a328-417806f4ab6a"/>
+      <w:tblStyle w:val="TableGrid_eeb466a6-9022-4cfc-8170-cf5a16b62b65"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_a41d4aa6-38f5-4112-9433-59f22b0e4baa"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_e5e03673-fce5-47d2-a71d-31d8d77eaddf"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 678. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3bd191f-1308-4698-a83d-a3ed7a60c5da"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_37adb3e3-b564-409e-af7f-358c54fcdca1"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Sjekkliste om asbest</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3bd191f-1308-4698-a83d-a3ed7a60c5da"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_37adb3e3-b564-409e-af7f-358c54fcdca1"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+            <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1840,59 +1840,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+      <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d89c7e3d-fd8c-40d6-acba-e292544cf215"/>
+      <w:tblStyle w:val="TableGrid_29534081-e64b-4ffe-add1-ffe043da24e4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1903,373 +1903,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_167d36f0-6389-4c0c-b14a-5d8a589110c1"/>
+            <w:tblStyle w:val="TableGrid_ebec0308-915e-491e-adca-2956232eb43a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA - Beredskap, tilsyn og kontroll</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.09.2025 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+            <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c083c314-eefd-460b-af33-e33fe00894b0"/>
+            <w:tblStyle w:val="TableGrid_f1daae58-0c33-4827-bd7a-a90fc27794a2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+            <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+      <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -3149,629 +3149,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrida84e1ab4-ab4b-4445-b35e-4a1212b526fb" w:customStyle="1">
     <w:name w:val="Table Grid_a84e1ab4-ab4b-4445-b35e-4a1212b526fb"/>
     <w:basedOn w:val="NormalTable31a4a410-17ba-47b5-8602-3c2bcc05efe9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7" w:customStyle="1">
-    <w:name w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+  <w:style w:type="paragraph" w:styleId="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a" w:customStyle="1">
+    <w:name w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_7e2d1241-9d8a-464b-9491-ede1115fe53a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+    <w:basedOn w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65ce0a33-cc4b-41d0-8222-a6d446f28180" w:customStyle="1">
-    <w:name w:val="Normal Table_65ce0a33-cc4b-41d0-8222-a6d446f28180"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c6634f4-87eb-4b8f-9521-6820e2ff8fce" w:customStyle="1">
+    <w:name w:val="Normal Table_0c6634f4-87eb-4b8f-9521-6820e2ff8fce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2ad199a8-60e4-44c4-9d41-7df529884ee1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65ce0a33-cc4b-41d0-8222-a6d446f28180"/>
+  <w:style w:type="table" w:styleId="TableGrid_0e71fdb6-e99f-4a23-b57a-daa3d9ea3f6d" w:customStyle="1">
+    <w:name w:val="Table Grid_0e71fdb6-e99f-4a23-b57a-daa3d9ea3f6d"/>
+    <w:basedOn w:val="NormalTable_0c6634f4-87eb-4b8f-9521-6820e2ff8fce"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_a41d4aa6-38f5-4112-9433-59f22b0e4baa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_e5e03673-fce5-47d2-a71d-31d8d77eaddf" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_e5e03673-fce5-47d2-a71d-31d8d77eaddf"/>
+    <w:basedOn w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b3bd191f-1308-4698-a83d-a3ed7a60c5da" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_95f0ff53-3048-4253-b2b2-73b9d60866a7"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_37adb3e3-b564-409e-af7f-358c54fcdca1" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_37adb3e3-b564-409e-af7f-358c54fcdca1"/>
+    <w:basedOn w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_56e3b310-20cb-434d-9c52-0e21dfd92698" w:customStyle="1">
-    <w:name w:val="Normal Table_56e3b310-20cb-434d-9c52-0e21dfd92698"/>
+  <w:style w:type="table" w:styleId="NormalTable_014fc8b9-7869-483d-9bd0-b58c03f07e6a" w:customStyle="1">
+    <w:name w:val="Normal Table_014fc8b9-7869-483d-9bd0-b58c03f07e6a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b2c98d9-2069-4da4-8e5b-9b09d82afc30" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_56e3b310-20cb-434d-9c52-0e21dfd92698"/>
+  <w:style w:type="table" w:styleId="TableGrid_9eb28209-31ab-4199-8ee4-ed960d3046d8" w:customStyle="1">
+    <w:name w:val="Table Grid_9eb28209-31ab-4199-8ee4-ed960d3046d8"/>
+    <w:basedOn w:val="NormalTable_014fc8b9-7869-483d-9bd0-b58c03f07e6a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_002e42e7-2d3e-498b-8ce2-9adca5574bc9" w:customStyle="1">
-    <w:name w:val="Normal Table_002e42e7-2d3e-498b-8ce2-9adca5574bc9"/>
+  <w:style w:type="table" w:styleId="NormalTable_965cfda3-fe2f-45eb-8fb4-ba3db398d4e5" w:customStyle="1">
+    <w:name w:val="Normal Table_965cfda3-fe2f-45eb-8fb4-ba3db398d4e5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a8de174b-a476-46d5-bdb7-ef01b7ff6cbc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_002e42e7-2d3e-498b-8ce2-9adca5574bc9"/>
+  <w:style w:type="table" w:styleId="TableGrid_c9ba4daa-75ff-45c9-b1f9-f3a4d4b57705" w:customStyle="1">
+    <w:name w:val="Table Grid_c9ba4daa-75ff-45c9-b1f9-f3a4d4b57705"/>
+    <w:basedOn w:val="NormalTable_965cfda3-fe2f-45eb-8fb4-ba3db398d4e5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e7cff092-75cf-4627-a352-f446bdbf625d" w:customStyle="1">
-    <w:name w:val="Normal Table_e7cff092-75cf-4627-a352-f446bdbf625d"/>
+  <w:style w:type="table" w:styleId="NormalTable_87ed1a66-4f17-4f7b-957a-a40931711c1a" w:customStyle="1">
+    <w:name w:val="Normal Table_87ed1a66-4f17-4f7b-957a-a40931711c1a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_33c6cac9-6b16-421f-80f9-f267399d8ff6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e7cff092-75cf-4627-a352-f446bdbf625d"/>
+  <w:style w:type="table" w:styleId="TableGrid_c135d945-2eec-4514-9ab6-df69ce55ce4c" w:customStyle="1">
+    <w:name w:val="Table Grid_c135d945-2eec-4514-9ab6-df69ce55ce4c"/>
+    <w:basedOn w:val="NormalTable_87ed1a66-4f17-4f7b-957a-a40931711c1a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9f29d786-ef03-45f0-88ce-a1f81c22a326" w:customStyle="1">
-    <w:name w:val="Normal Table_9f29d786-ef03-45f0-88ce-a1f81c22a326"/>
+  <w:style w:type="table" w:styleId="NormalTable_7ee76170-ba80-48b1-901a-647ead648373" w:customStyle="1">
+    <w:name w:val="Normal Table_7ee76170-ba80-48b1-901a-647ead648373"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fb7947ac-178b-479e-8384-22a2eaab14b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9f29d786-ef03-45f0-88ce-a1f81c22a326"/>
+  <w:style w:type="table" w:styleId="TableGrid_2648091f-daf4-4e87-bb3b-9c54597c47a9" w:customStyle="1">
+    <w:name w:val="Table Grid_2648091f-daf4-4e87-bb3b-9c54597c47a9"/>
+    <w:basedOn w:val="NormalTable_7ee76170-ba80-48b1-901a-647ead648373"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_426a3418-88e0-4b91-ab14-dd0bef50a21c" w:customStyle="1">
-    <w:name w:val="Normal Table_426a3418-88e0-4b91-ab14-dd0bef50a21c"/>
+  <w:style w:type="table" w:styleId="NormalTable_10dbccfc-ee0a-456c-b585-fc6ecbed11af" w:customStyle="1">
+    <w:name w:val="Normal Table_10dbccfc-ee0a-456c-b585-fc6ecbed11af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_04a90064-4555-489b-91da-4ba8b50f577c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_426a3418-88e0-4b91-ab14-dd0bef50a21c"/>
+  <w:style w:type="table" w:styleId="TableGrid_cfb74797-51e5-477b-a6a2-d3b9bdb33b1a" w:customStyle="1">
+    <w:name w:val="Table Grid_cfb74797-51e5-477b-a6a2-d3b9bdb33b1a"/>
+    <w:basedOn w:val="NormalTable_10dbccfc-ee0a-456c-b585-fc6ecbed11af"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ab097157-4634-4b91-a7cd-b9115c9eadcd" w:customStyle="1">
-    <w:name w:val="Normal Table_ab097157-4634-4b91-a7cd-b9115c9eadcd"/>
+  <w:style w:type="table" w:styleId="NormalTable_2a56d512-6771-4f8d-8bc8-9d354ab070a7" w:customStyle="1">
+    <w:name w:val="Normal Table_2a56d512-6771-4f8d-8bc8-9d354ab070a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6b1a5338-cbac-4ade-a328-417806f4ab6a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ab097157-4634-4b91-a7cd-b9115c9eadcd"/>
+  <w:style w:type="table" w:styleId="TableGrid_eeb466a6-9022-4cfc-8170-cf5a16b62b65" w:customStyle="1">
+    <w:name w:val="Table Grid_eeb466a6-9022-4cfc-8170-cf5a16b62b65"/>
+    <w:basedOn w:val="NormalTable_2a56d512-6771-4f8d-8bc8-9d354ab070a7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5d428df3-250c-44b1-8fbb-f0fba1793ad1" w:customStyle="1">
-    <w:name w:val="Normal Table_5d428df3-250c-44b1-8fbb-f0fba1793ad1"/>
+  <w:style w:type="table" w:styleId="NormalTable_29761186-3d0b-4709-82da-e7f29388d8d1" w:customStyle="1">
+    <w:name w:val="Normal Table_29761186-3d0b-4709-82da-e7f29388d8d1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_167d36f0-6389-4c0c-b14a-5d8a589110c1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5d428df3-250c-44b1-8fbb-f0fba1793ad1"/>
+  <w:style w:type="table" w:styleId="TableGrid_ebec0308-915e-491e-adca-2956232eb43a" w:customStyle="1">
+    <w:name w:val="Table Grid_ebec0308-915e-491e-adca-2956232eb43a"/>
+    <w:basedOn w:val="NormalTable_29761186-3d0b-4709-82da-e7f29388d8d1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3c60ecb1-05aa-478b-8c75-394b79d0da17" w:customStyle="1">
-    <w:name w:val="Normal Table_3c60ecb1-05aa-478b-8c75-394b79d0da17"/>
+  <w:style w:type="table" w:styleId="NormalTable_7d5ad8ff-715b-4852-8965-a1c0b5585767" w:customStyle="1">
+    <w:name w:val="Normal Table_7d5ad8ff-715b-4852-8965-a1c0b5585767"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c083c314-eefd-460b-af33-e33fe00894b0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3c60ecb1-05aa-478b-8c75-394b79d0da17"/>
+  <w:style w:type="table" w:styleId="TableGrid_f1daae58-0c33-4827-bd7a-a90fc27794a2" w:customStyle="1">
+    <w:name w:val="Table Grid_f1daae58-0c33-4827-bd7a-a90fc27794a2"/>
+    <w:basedOn w:val="NormalTable_7d5ad8ff-715b-4852-8965-a1c0b5585767"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1bb778ec-de18-43f7-ac43-e8c75185ec0c" w:customStyle="1">
-    <w:name w:val="Normal Table_1bb778ec-de18-43f7-ac43-e8c75185ec0c"/>
+  <w:style w:type="table" w:styleId="NormalTable_458e04c7-7773-4dbc-979b-780e94a71968" w:customStyle="1">
+    <w:name w:val="Normal Table_458e04c7-7773-4dbc-979b-780e94a71968"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d89c7e3d-fd8c-40d6-acba-e292544cf215" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1bb778ec-de18-43f7-ac43-e8c75185ec0c"/>
+  <w:style w:type="table" w:styleId="TableGrid_29534081-e64b-4ffe-add1-ffe043da24e4" w:customStyle="1">
+    <w:name w:val="Table Grid_29534081-e64b-4ffe-add1-ffe043da24e4"/>
+    <w:basedOn w:val="NormalTable_458e04c7-7773-4dbc-979b-780e94a71968"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>