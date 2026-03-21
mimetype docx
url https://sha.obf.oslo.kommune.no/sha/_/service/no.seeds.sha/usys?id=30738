--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -1554,117 +1554,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cfb74797-51e5-477b-a6a2-d3b9bdb33b1a"/>
+      <w:tblStyle w:val="TableGrid_45dee5da-29bf-48dd-9e22-2cd9f0330ef4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:56 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:47:49 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1681,153 +1681,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_eeb466a6-9022-4cfc-8170-cf5a16b62b65"/>
+      <w:tblStyle w:val="TableGrid_55c13810-24f9-4a9d-bd25-b60e45290ef7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_e5e03673-fce5-47d2-a71d-31d8d77eaddf"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b8ae2696-b3c5-4203-9c71-7cc467c82257"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 678. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_37adb3e3-b564-409e-af7f-358c54fcdca1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_35d2b75a-cca6-44c9-a788-04fe083a8780"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Sjekkliste om asbest</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_37adb3e3-b564-409e-af7f-358c54fcdca1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_35d2b75a-cca6-44c9-a788-04fe083a8780"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+            <w:pStyle w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1840,59 +1840,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+      <w:pStyle w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_29534081-e64b-4ffe-add1-ffe043da24e4"/>
+      <w:tblStyle w:val="TableGrid_11fb2829-8c54-4c89-ae7a-7e290decb2bf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1903,373 +1903,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ebec0308-915e-491e-adca-2956232eb43a"/>
+            <w:tblStyle w:val="TableGrid_c1c350b6-e2f3-4c9a-8de9-96120f96f0a3"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA - Beredskap, tilsyn og kontroll</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.09.2025 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+            <w:pStyle w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f1daae58-0c33-4827-bd7a-a90fc27794a2"/>
+            <w:tblStyle w:val="TableGrid_d6f3dead-2747-42c7-a570-7f110e0b6837"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+            <w:pStyle w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+      <w:pStyle w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -3149,629 +3149,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrida84e1ab4-ab4b-4445-b35e-4a1212b526fb" w:customStyle="1">
     <w:name w:val="Table Grid_a84e1ab4-ab4b-4445-b35e-4a1212b526fb"/>
     <w:basedOn w:val="NormalTable31a4a410-17ba-47b5-8602-3c2bcc05efe9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a" w:customStyle="1">
-    <w:name w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e" w:customStyle="1">
+    <w:name w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_31f83bae-e479-498f-a309-09c124107316" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_08d6760b-44d2-4a03-afe3-69bd4394bab7"/>
+    <w:basedOn w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0c6634f4-87eb-4b8f-9521-6820e2ff8fce" w:customStyle="1">
-    <w:name w:val="Normal Table_0c6634f4-87eb-4b8f-9521-6820e2ff8fce"/>
+  <w:style w:type="table" w:styleId="NormalTable_859dcb8e-3f73-4332-b33d-63cf6c29c050" w:customStyle="1">
+    <w:name w:val="Normal Table_859dcb8e-3f73-4332-b33d-63cf6c29c050"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0e71fdb6-e99f-4a23-b57a-daa3d9ea3f6d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0c6634f4-87eb-4b8f-9521-6820e2ff8fce"/>
+  <w:style w:type="table" w:styleId="TableGrid_5d9a142e-0f7b-4e4b-abb4-7b4a0cb19cdb" w:customStyle="1">
+    <w:name w:val="Table Grid_5d9a142e-0f7b-4e4b-abb4-7b4a0cb19cdb"/>
+    <w:basedOn w:val="NormalTable_859dcb8e-3f73-4332-b33d-63cf6c29c050"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_e5e03673-fce5-47d2-a71d-31d8d77eaddf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_b8ae2696-b3c5-4203-9c71-7cc467c82257" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b8ae2696-b3c5-4203-9c71-7cc467c82257"/>
+    <w:basedOn w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_37adb3e3-b564-409e-af7f-358c54fcdca1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_f68f392d-aeec-4e59-80ab-475bd34a753a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_35d2b75a-cca6-44c9-a788-04fe083a8780" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_35d2b75a-cca6-44c9-a788-04fe083a8780"/>
+    <w:basedOn w:val="Normal_af458a6c-2d9d-4835-ad51-98bf66c1fa0e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_014fc8b9-7869-483d-9bd0-b58c03f07e6a" w:customStyle="1">
-    <w:name w:val="Normal Table_014fc8b9-7869-483d-9bd0-b58c03f07e6a"/>
+  <w:style w:type="table" w:styleId="NormalTable_76097cf0-2b44-4328-8090-2eb5c2dbe4b3" w:customStyle="1">
+    <w:name w:val="Normal Table_76097cf0-2b44-4328-8090-2eb5c2dbe4b3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9eb28209-31ab-4199-8ee4-ed960d3046d8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_014fc8b9-7869-483d-9bd0-b58c03f07e6a"/>
+  <w:style w:type="table" w:styleId="TableGrid_142737ca-312c-42cc-8495-fe4e1704809f" w:customStyle="1">
+    <w:name w:val="Table Grid_142737ca-312c-42cc-8495-fe4e1704809f"/>
+    <w:basedOn w:val="NormalTable_76097cf0-2b44-4328-8090-2eb5c2dbe4b3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_965cfda3-fe2f-45eb-8fb4-ba3db398d4e5" w:customStyle="1">
-    <w:name w:val="Normal Table_965cfda3-fe2f-45eb-8fb4-ba3db398d4e5"/>
+  <w:style w:type="table" w:styleId="NormalTable_99f3730b-e6c0-479c-b08f-88763348cb47" w:customStyle="1">
+    <w:name w:val="Normal Table_99f3730b-e6c0-479c-b08f-88763348cb47"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c9ba4daa-75ff-45c9-b1f9-f3a4d4b57705" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_965cfda3-fe2f-45eb-8fb4-ba3db398d4e5"/>
+  <w:style w:type="table" w:styleId="TableGrid_a357d30c-43b4-489c-8cef-bc66738b018c" w:customStyle="1">
+    <w:name w:val="Table Grid_a357d30c-43b4-489c-8cef-bc66738b018c"/>
+    <w:basedOn w:val="NormalTable_99f3730b-e6c0-479c-b08f-88763348cb47"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87ed1a66-4f17-4f7b-957a-a40931711c1a" w:customStyle="1">
-    <w:name w:val="Normal Table_87ed1a66-4f17-4f7b-957a-a40931711c1a"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e45b4d7-3571-4a77-ae55-53db45d3f767" w:customStyle="1">
+    <w:name w:val="Normal Table_4e45b4d7-3571-4a77-ae55-53db45d3f767"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c135d945-2eec-4514-9ab6-df69ce55ce4c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87ed1a66-4f17-4f7b-957a-a40931711c1a"/>
+  <w:style w:type="table" w:styleId="TableGrid_f11c48ef-a800-494e-bc7a-9ff5895a0e51" w:customStyle="1">
+    <w:name w:val="Table Grid_f11c48ef-a800-494e-bc7a-9ff5895a0e51"/>
+    <w:basedOn w:val="NormalTable_4e45b4d7-3571-4a77-ae55-53db45d3f767"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7ee76170-ba80-48b1-901a-647ead648373" w:customStyle="1">
-    <w:name w:val="Normal Table_7ee76170-ba80-48b1-901a-647ead648373"/>
+  <w:style w:type="table" w:styleId="NormalTable_562966b3-8e8f-4960-9139-fcfd87c3d6f5" w:customStyle="1">
+    <w:name w:val="Normal Table_562966b3-8e8f-4960-9139-fcfd87c3d6f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2648091f-daf4-4e87-bb3b-9c54597c47a9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7ee76170-ba80-48b1-901a-647ead648373"/>
+  <w:style w:type="table" w:styleId="TableGrid_de36e992-1a1f-4d51-9475-60521a0e38d8" w:customStyle="1">
+    <w:name w:val="Table Grid_de36e992-1a1f-4d51-9475-60521a0e38d8"/>
+    <w:basedOn w:val="NormalTable_562966b3-8e8f-4960-9139-fcfd87c3d6f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_10dbccfc-ee0a-456c-b585-fc6ecbed11af" w:customStyle="1">
-    <w:name w:val="Normal Table_10dbccfc-ee0a-456c-b585-fc6ecbed11af"/>
+  <w:style w:type="table" w:styleId="NormalTable_8bbec06b-6f70-4223-9bbd-e6c45d25cd0c" w:customStyle="1">
+    <w:name w:val="Normal Table_8bbec06b-6f70-4223-9bbd-e6c45d25cd0c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cfb74797-51e5-477b-a6a2-d3b9bdb33b1a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_10dbccfc-ee0a-456c-b585-fc6ecbed11af"/>
+  <w:style w:type="table" w:styleId="TableGrid_45dee5da-29bf-48dd-9e22-2cd9f0330ef4" w:customStyle="1">
+    <w:name w:val="Table Grid_45dee5da-29bf-48dd-9e22-2cd9f0330ef4"/>
+    <w:basedOn w:val="NormalTable_8bbec06b-6f70-4223-9bbd-e6c45d25cd0c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2a56d512-6771-4f8d-8bc8-9d354ab070a7" w:customStyle="1">
-    <w:name w:val="Normal Table_2a56d512-6771-4f8d-8bc8-9d354ab070a7"/>
+  <w:style w:type="table" w:styleId="NormalTable_170590f3-7d0c-4a42-bd77-aa8ebb6b7e37" w:customStyle="1">
+    <w:name w:val="Normal Table_170590f3-7d0c-4a42-bd77-aa8ebb6b7e37"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eeb466a6-9022-4cfc-8170-cf5a16b62b65" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2a56d512-6771-4f8d-8bc8-9d354ab070a7"/>
+  <w:style w:type="table" w:styleId="TableGrid_55c13810-24f9-4a9d-bd25-b60e45290ef7" w:customStyle="1">
+    <w:name w:val="Table Grid_55c13810-24f9-4a9d-bd25-b60e45290ef7"/>
+    <w:basedOn w:val="NormalTable_170590f3-7d0c-4a42-bd77-aa8ebb6b7e37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_29761186-3d0b-4709-82da-e7f29388d8d1" w:customStyle="1">
-    <w:name w:val="Normal Table_29761186-3d0b-4709-82da-e7f29388d8d1"/>
+  <w:style w:type="table" w:styleId="NormalTable_95339481-ca89-45f0-aa3b-d26e683b0fc8" w:customStyle="1">
+    <w:name w:val="Normal Table_95339481-ca89-45f0-aa3b-d26e683b0fc8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ebec0308-915e-491e-adca-2956232eb43a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_29761186-3d0b-4709-82da-e7f29388d8d1"/>
+  <w:style w:type="table" w:styleId="TableGrid_c1c350b6-e2f3-4c9a-8de9-96120f96f0a3" w:customStyle="1">
+    <w:name w:val="Table Grid_c1c350b6-e2f3-4c9a-8de9-96120f96f0a3"/>
+    <w:basedOn w:val="NormalTable_95339481-ca89-45f0-aa3b-d26e683b0fc8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7d5ad8ff-715b-4852-8965-a1c0b5585767" w:customStyle="1">
-    <w:name w:val="Normal Table_7d5ad8ff-715b-4852-8965-a1c0b5585767"/>
+  <w:style w:type="table" w:styleId="NormalTable_1450b8a3-dd56-45c8-b4f7-3f577ac6aee9" w:customStyle="1">
+    <w:name w:val="Normal Table_1450b8a3-dd56-45c8-b4f7-3f577ac6aee9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f1daae58-0c33-4827-bd7a-a90fc27794a2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7d5ad8ff-715b-4852-8965-a1c0b5585767"/>
+  <w:style w:type="table" w:styleId="TableGrid_d6f3dead-2747-42c7-a570-7f110e0b6837" w:customStyle="1">
+    <w:name w:val="Table Grid_d6f3dead-2747-42c7-a570-7f110e0b6837"/>
+    <w:basedOn w:val="NormalTable_1450b8a3-dd56-45c8-b4f7-3f577ac6aee9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_458e04c7-7773-4dbc-979b-780e94a71968" w:customStyle="1">
-    <w:name w:val="Normal Table_458e04c7-7773-4dbc-979b-780e94a71968"/>
+  <w:style w:type="table" w:styleId="NormalTable_6e82daef-7768-451c-abf7-d44fa18e530a" w:customStyle="1">
+    <w:name w:val="Normal Table_6e82daef-7768-451c-abf7-d44fa18e530a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_29534081-e64b-4ffe-add1-ffe043da24e4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_458e04c7-7773-4dbc-979b-780e94a71968"/>
+  <w:style w:type="table" w:styleId="TableGrid_11fb2829-8c54-4c89-ae7a-7e290decb2bf" w:customStyle="1">
+    <w:name w:val="Table Grid_11fb2829-8c54-4c89-ae7a-7e290decb2bf"/>
+    <w:basedOn w:val="NormalTable_6e82daef-7768-451c-abf7-d44fa18e530a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>