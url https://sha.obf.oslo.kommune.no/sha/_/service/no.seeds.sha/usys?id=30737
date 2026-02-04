--- v0 (2025-11-20)
+++ v1 (2026-02-04)
@@ -16707,117 +16707,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b956635f-cfa9-4f0a-91d2-f377ef935d81"/>
+      <w:tblStyle w:val="TableGrid_7e077003-71e8-467c-b1d4-d3495e88bf48"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7285"/>
       <w:gridCol w:w="7285"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7285"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">20.11.2025 01:51:55 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7285"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -16834,153 +16834,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0704322d-e21c-4239-8331-b6ca0de2112f"/>
+      <w:tblStyle w:val="TableGrid_956cefa4-4ff8-43fe-9c31-fb2ebecf5e90"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9776"/>
       <w:gridCol w:w="3507"/>
       <w:gridCol w:w="1287"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9776"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_80613355-a146-4d78-bef0-2ceb9f581c0f"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_48f82fe2-374c-4fde-bca5-091299585dea"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 677. Versjonsnummer: 8</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_15b645da-4c55-4438-9657-f170e0a01a83"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b25de414-0459-400b-95cc-fa7efa0af56e"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Sjekkliste for SHA inspeksjoner vedlikehold</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3507"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_15b645da-4c55-4438-9657-f170e0a01a83"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b25de414-0459-400b-95cc-fa7efa0af56e"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1287"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+            <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -16993,59 +16993,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+      <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7f4a0792-e66e-4538-96e2-503441a9c79a"/>
+      <w:tblStyle w:val="TableGrid_397ac7ba-e74b-4a78-832b-4e58da10ce9d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9471"/>
       <w:gridCol w:w="5099"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -17056,373 +17056,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9471"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_cfbee9af-3f46-4289-90b3-b57c50c053f6"/>
+            <w:tblStyle w:val="TableGrid_27779aef-cd94-47bc-b39a-a9a56546e418"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA - Beredskap, tilsyn og kontroll</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.09.2025 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+            <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5099"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7b7c6d05-ef7c-4fcf-a9fa-c7e23b6b0e82"/>
+            <w:tblStyle w:val="TableGrid_44157935-faa7-49d4-bc1a-6a9fd7ac12ca"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+            <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+      <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -21626,629 +21626,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid6b26472f-5857-4a8c-9cf2-2fa7758c6212" w:customStyle="1">
     <w:name w:val="Table Grid_6b26472f-5857-4a8c-9cf2-2fa7758c6212"/>
     <w:basedOn w:val="NormalTable120b76ba-58a8-4db5-b4e6-23d4c33f9354"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d" w:customStyle="1">
-    <w:name w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55" w:customStyle="1">
+    <w:name w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_a866b180-394e-42dd-9cbf-8381eb300f73" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+    <w:basedOn w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a7b4b402-7ef7-4bc5-bb81-eed93ef398f9" w:customStyle="1">
-    <w:name w:val="Normal Table_a7b4b402-7ef7-4bc5-bb81-eed93ef398f9"/>
+  <w:style w:type="table" w:styleId="NormalTable_99767ea1-4218-45f1-8389-2ad191ccfc88" w:customStyle="1">
+    <w:name w:val="Normal Table_99767ea1-4218-45f1-8389-2ad191ccfc88"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_af814a22-3ccb-4e04-b26c-e9278bde2216" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a7b4b402-7ef7-4bc5-bb81-eed93ef398f9"/>
+  <w:style w:type="table" w:styleId="TableGrid_4a54e03d-1afc-4020-8997-ad78ce6b196e" w:customStyle="1">
+    <w:name w:val="Table Grid_4a54e03d-1afc-4020-8997-ad78ce6b196e"/>
+    <w:basedOn w:val="NormalTable_99767ea1-4218-45f1-8389-2ad191ccfc88"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_80613355-a146-4d78-bef0-2ceb9f581c0f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_48f82fe2-374c-4fde-bca5-091299585dea" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_48f82fe2-374c-4fde-bca5-091299585dea"/>
+    <w:basedOn w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_15b645da-4c55-4438-9657-f170e0a01a83" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_380eea9f-2dfc-4790-98df-69d5f4f1c92d"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b25de414-0459-400b-95cc-fa7efa0af56e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b25de414-0459-400b-95cc-fa7efa0af56e"/>
+    <w:basedOn w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e2bb886d-3ade-4049-b640-8b423c29c4c5" w:customStyle="1">
-    <w:name w:val="Normal Table_e2bb886d-3ade-4049-b640-8b423c29c4c5"/>
+  <w:style w:type="table" w:styleId="NormalTable_10d1e91a-fc70-4b7e-a864-0cc8479f29c3" w:customStyle="1">
+    <w:name w:val="Normal Table_10d1e91a-fc70-4b7e-a864-0cc8479f29c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_04412427-3753-44aa-b36e-b182d99ea045" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e2bb886d-3ade-4049-b640-8b423c29c4c5"/>
+  <w:style w:type="table" w:styleId="TableGrid_7c9a2a72-d542-4351-b6e9-d57aa72ca469" w:customStyle="1">
+    <w:name w:val="Table Grid_7c9a2a72-d542-4351-b6e9-d57aa72ca469"/>
+    <w:basedOn w:val="NormalTable_10d1e91a-fc70-4b7e-a864-0cc8479f29c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ed429028-5654-462a-a1c0-430b926cbe40" w:customStyle="1">
-    <w:name w:val="Normal Table_ed429028-5654-462a-a1c0-430b926cbe40"/>
+  <w:style w:type="table" w:styleId="NormalTable_f5fe3b75-0a23-43b9-8a5b-d80e0ba40e03" w:customStyle="1">
+    <w:name w:val="Normal Table_f5fe3b75-0a23-43b9-8a5b-d80e0ba40e03"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6b4ddf14-5b3d-4253-ae6a-14dcb70ea9aa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ed429028-5654-462a-a1c0-430b926cbe40"/>
+  <w:style w:type="table" w:styleId="TableGrid_74610c93-6eb9-4443-bff5-c019e83aa526" w:customStyle="1">
+    <w:name w:val="Table Grid_74610c93-6eb9-4443-bff5-c019e83aa526"/>
+    <w:basedOn w:val="NormalTable_f5fe3b75-0a23-43b9-8a5b-d80e0ba40e03"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_00d984a4-e49f-44bb-b3eb-a5a1dc687985" w:customStyle="1">
-    <w:name w:val="Normal Table_00d984a4-e49f-44bb-b3eb-a5a1dc687985"/>
+  <w:style w:type="table" w:styleId="NormalTable_115e6f9a-de58-4f27-9bc0-07ddb741711a" w:customStyle="1">
+    <w:name w:val="Normal Table_115e6f9a-de58-4f27-9bc0-07ddb741711a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_800dd809-f43b-480b-b0cf-c9c5de7a6c44" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_00d984a4-e49f-44bb-b3eb-a5a1dc687985"/>
+  <w:style w:type="table" w:styleId="TableGrid_09a699b0-ce6d-46fa-948c-034901915b3a" w:customStyle="1">
+    <w:name w:val="Table Grid_09a699b0-ce6d-46fa-948c-034901915b3a"/>
+    <w:basedOn w:val="NormalTable_115e6f9a-de58-4f27-9bc0-07ddb741711a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_46752b38-29ae-4ec1-9da5-bfb1390acb0b" w:customStyle="1">
-    <w:name w:val="Normal Table_46752b38-29ae-4ec1-9da5-bfb1390acb0b"/>
+  <w:style w:type="table" w:styleId="NormalTable_e0198593-deac-4426-bc9a-6179d139b310" w:customStyle="1">
+    <w:name w:val="Normal Table_e0198593-deac-4426-bc9a-6179d139b310"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_714cfb4b-cfdc-4174-9636-d9c268bb7199" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_46752b38-29ae-4ec1-9da5-bfb1390acb0b"/>
+  <w:style w:type="table" w:styleId="TableGrid_b34745cd-5e09-4056-9481-ee3c4b34141b" w:customStyle="1">
+    <w:name w:val="Table Grid_b34745cd-5e09-4056-9481-ee3c4b34141b"/>
+    <w:basedOn w:val="NormalTable_e0198593-deac-4426-bc9a-6179d139b310"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_558ad83b-249e-449f-8892-7f48a8a3bdd8" w:customStyle="1">
-    <w:name w:val="Normal Table_558ad83b-249e-449f-8892-7f48a8a3bdd8"/>
+  <w:style w:type="table" w:styleId="NormalTable_c9a77515-f8db-47b2-b469-9de2a44b802b" w:customStyle="1">
+    <w:name w:val="Normal Table_c9a77515-f8db-47b2-b469-9de2a44b802b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b956635f-cfa9-4f0a-91d2-f377ef935d81" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_558ad83b-249e-449f-8892-7f48a8a3bdd8"/>
+  <w:style w:type="table" w:styleId="TableGrid_7e077003-71e8-467c-b1d4-d3495e88bf48" w:customStyle="1">
+    <w:name w:val="Table Grid_7e077003-71e8-467c-b1d4-d3495e88bf48"/>
+    <w:basedOn w:val="NormalTable_c9a77515-f8db-47b2-b469-9de2a44b802b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eebee18d-834e-4307-b2c1-58c6658a0d52" w:customStyle="1">
-    <w:name w:val="Normal Table_eebee18d-834e-4307-b2c1-58c6658a0d52"/>
+  <w:style w:type="table" w:styleId="NormalTable_e5170aba-0714-4fdd-a3c9-0a30f67bb062" w:customStyle="1">
+    <w:name w:val="Normal Table_e5170aba-0714-4fdd-a3c9-0a30f67bb062"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0704322d-e21c-4239-8331-b6ca0de2112f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eebee18d-834e-4307-b2c1-58c6658a0d52"/>
+  <w:style w:type="table" w:styleId="TableGrid_956cefa4-4ff8-43fe-9c31-fb2ebecf5e90" w:customStyle="1">
+    <w:name w:val="Table Grid_956cefa4-4ff8-43fe-9c31-fb2ebecf5e90"/>
+    <w:basedOn w:val="NormalTable_e5170aba-0714-4fdd-a3c9-0a30f67bb062"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a7cecefa-5672-47e1-99fe-fa7efa769c8a" w:customStyle="1">
-    <w:name w:val="Normal Table_a7cecefa-5672-47e1-99fe-fa7efa769c8a"/>
+  <w:style w:type="table" w:styleId="NormalTable_916f1664-6e04-45f2-9452-b87016658509" w:customStyle="1">
+    <w:name w:val="Normal Table_916f1664-6e04-45f2-9452-b87016658509"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cfbee9af-3f46-4289-90b3-b57c50c053f6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a7cecefa-5672-47e1-99fe-fa7efa769c8a"/>
+  <w:style w:type="table" w:styleId="TableGrid_27779aef-cd94-47bc-b39a-a9a56546e418" w:customStyle="1">
+    <w:name w:val="Table Grid_27779aef-cd94-47bc-b39a-a9a56546e418"/>
+    <w:basedOn w:val="NormalTable_916f1664-6e04-45f2-9452-b87016658509"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2fff9385-6eca-42f2-bde1-b60b77f532e8" w:customStyle="1">
-    <w:name w:val="Normal Table_2fff9385-6eca-42f2-bde1-b60b77f532e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_b9a3c776-657f-488e-a60c-7d208809f648" w:customStyle="1">
+    <w:name w:val="Normal Table_b9a3c776-657f-488e-a60c-7d208809f648"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7b7c6d05-ef7c-4fcf-a9fa-c7e23b6b0e82" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2fff9385-6eca-42f2-bde1-b60b77f532e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_44157935-faa7-49d4-bc1a-6a9fd7ac12ca" w:customStyle="1">
+    <w:name w:val="Table Grid_44157935-faa7-49d4-bc1a-6a9fd7ac12ca"/>
+    <w:basedOn w:val="NormalTable_b9a3c776-657f-488e-a60c-7d208809f648"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_48a9851d-627f-4ee8-81c1-469b04189a36" w:customStyle="1">
-    <w:name w:val="Normal Table_48a9851d-627f-4ee8-81c1-469b04189a36"/>
+  <w:style w:type="table" w:styleId="NormalTable_6f649a98-a41d-4c1b-9ff4-ac96433495ff" w:customStyle="1">
+    <w:name w:val="Normal Table_6f649a98-a41d-4c1b-9ff4-ac96433495ff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7f4a0792-e66e-4538-96e2-503441a9c79a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_48a9851d-627f-4ee8-81c1-469b04189a36"/>
+  <w:style w:type="table" w:styleId="TableGrid_397ac7ba-e74b-4a78-832b-4e58da10ce9d" w:customStyle="1">
+    <w:name w:val="Table Grid_397ac7ba-e74b-4a78-832b-4e58da10ce9d"/>
+    <w:basedOn w:val="NormalTable_6f649a98-a41d-4c1b-9ff4-ac96433495ff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>