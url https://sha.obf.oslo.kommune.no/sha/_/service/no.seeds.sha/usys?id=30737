--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -16707,117 +16707,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7e077003-71e8-467c-b1d4-d3495e88bf48"/>
+      <w:tblStyle w:val="TableGrid_9b5c8996-b13f-4f8a-9745-7db661f70c05"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7285"/>
       <w:gridCol w:w="7285"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7285"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:43:08 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7285"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -16834,153 +16834,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_956cefa4-4ff8-43fe-9c31-fb2ebecf5e90"/>
+      <w:tblStyle w:val="TableGrid_114053f1-7301-467d-a7f1-974a505782a8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9776"/>
       <w:gridCol w:w="3507"/>
       <w:gridCol w:w="1287"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9776"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_48f82fe2-374c-4fde-bca5-091299585dea"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_a300bcf6-4cac-4cef-a4de-571bd20982a4"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 677. Versjonsnummer: 8</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b25de414-0459-400b-95cc-fa7efa0af56e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6b765aa9-ebce-4704-8f67-032d88e4a48f"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Sjekkliste for SHA inspeksjoner vedlikehold</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3507"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b25de414-0459-400b-95cc-fa7efa0af56e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6b765aa9-ebce-4704-8f67-032d88e4a48f"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1287"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+            <w:pStyle w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -16993,59 +16993,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+      <w:pStyle w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_397ac7ba-e74b-4a78-832b-4e58da10ce9d"/>
+      <w:tblStyle w:val="TableGrid_d2a45997-8e3d-4792-9071-e7b9d3512e0c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9471"/>
       <w:gridCol w:w="5099"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -17056,373 +17056,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9471"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_27779aef-cd94-47bc-b39a-a9a56546e418"/>
+            <w:tblStyle w:val="TableGrid_facd3c11-30db-4d0e-ba6c-ff94e8404cd4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA - Beredskap, tilsyn og kontroll</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.09.2025 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+            <w:pStyle w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5099"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_44157935-faa7-49d4-bc1a-6a9fd7ac12ca"/>
+            <w:tblStyle w:val="TableGrid_0e0e9c9e-d892-43c5-a1a1-2c0c01da9001"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+            <w:pStyle w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+      <w:pStyle w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -21626,629 +21626,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid6b26472f-5857-4a8c-9cf2-2fa7758c6212" w:customStyle="1">
     <w:name w:val="Table Grid_6b26472f-5857-4a8c-9cf2-2fa7758c6212"/>
     <w:basedOn w:val="NormalTable120b76ba-58a8-4db5-b4e6-23d4c33f9354"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55" w:customStyle="1">
-    <w:name w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+  <w:style w:type="paragraph" w:styleId="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2" w:customStyle="1">
+    <w:name w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_56d09e89-8fcd-452d-9b93-df6b660829cf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70e03a68-d596-43d0-adf6-e6ed6db16c45"/>
+    <w:basedOn w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_99767ea1-4218-45f1-8389-2ad191ccfc88" w:customStyle="1">
-    <w:name w:val="Normal Table_99767ea1-4218-45f1-8389-2ad191ccfc88"/>
+  <w:style w:type="table" w:styleId="NormalTable_f36d527f-ab08-43dd-80a9-413414452aaa" w:customStyle="1">
+    <w:name w:val="Normal Table_f36d527f-ab08-43dd-80a9-413414452aaa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4a54e03d-1afc-4020-8997-ad78ce6b196e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_99767ea1-4218-45f1-8389-2ad191ccfc88"/>
+  <w:style w:type="table" w:styleId="TableGrid_d69d259c-94ff-4c32-a14c-d386acc3f660" w:customStyle="1">
+    <w:name w:val="Table Grid_d69d259c-94ff-4c32-a14c-d386acc3f660"/>
+    <w:basedOn w:val="NormalTable_f36d527f-ab08-43dd-80a9-413414452aaa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_48f82fe2-374c-4fde-bca5-091299585dea" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_a300bcf6-4cac-4cef-a4de-571bd20982a4" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_a300bcf6-4cac-4cef-a4de-571bd20982a4"/>
+    <w:basedOn w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b25de414-0459-400b-95cc-fa7efa0af56e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_8e1a7c36-a825-4f0a-8a2e-8c9a4403bf55"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_6b765aa9-ebce-4704-8f67-032d88e4a48f" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6b765aa9-ebce-4704-8f67-032d88e4a48f"/>
+    <w:basedOn w:val="Normal_83b2306b-e72d-44c9-9708-02edb47ac4d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_10d1e91a-fc70-4b7e-a864-0cc8479f29c3" w:customStyle="1">
-    <w:name w:val="Normal Table_10d1e91a-fc70-4b7e-a864-0cc8479f29c3"/>
+  <w:style w:type="table" w:styleId="NormalTable_178c9bc2-f8f6-41c7-8c1d-17af8d590106" w:customStyle="1">
+    <w:name w:val="Normal Table_178c9bc2-f8f6-41c7-8c1d-17af8d590106"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7c9a2a72-d542-4351-b6e9-d57aa72ca469" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_10d1e91a-fc70-4b7e-a864-0cc8479f29c3"/>
+  <w:style w:type="table" w:styleId="TableGrid_2ccfd1fb-c1e9-481c-9656-1f5f018b4d2d" w:customStyle="1">
+    <w:name w:val="Table Grid_2ccfd1fb-c1e9-481c-9656-1f5f018b4d2d"/>
+    <w:basedOn w:val="NormalTable_178c9bc2-f8f6-41c7-8c1d-17af8d590106"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f5fe3b75-0a23-43b9-8a5b-d80e0ba40e03" w:customStyle="1">
-    <w:name w:val="Normal Table_f5fe3b75-0a23-43b9-8a5b-d80e0ba40e03"/>
+  <w:style w:type="table" w:styleId="NormalTable_0d999023-e42e-439e-bc36-daacdf18718f" w:customStyle="1">
+    <w:name w:val="Normal Table_0d999023-e42e-439e-bc36-daacdf18718f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_74610c93-6eb9-4443-bff5-c019e83aa526" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f5fe3b75-0a23-43b9-8a5b-d80e0ba40e03"/>
+  <w:style w:type="table" w:styleId="TableGrid_b471c008-ddf6-422d-8679-3870ee980b8f" w:customStyle="1">
+    <w:name w:val="Table Grid_b471c008-ddf6-422d-8679-3870ee980b8f"/>
+    <w:basedOn w:val="NormalTable_0d999023-e42e-439e-bc36-daacdf18718f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_115e6f9a-de58-4f27-9bc0-07ddb741711a" w:customStyle="1">
-    <w:name w:val="Normal Table_115e6f9a-de58-4f27-9bc0-07ddb741711a"/>
+  <w:style w:type="table" w:styleId="NormalTable_55a6136a-cefe-4307-9cc0-b97d1195bd9e" w:customStyle="1">
+    <w:name w:val="Normal Table_55a6136a-cefe-4307-9cc0-b97d1195bd9e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_09a699b0-ce6d-46fa-948c-034901915b3a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_115e6f9a-de58-4f27-9bc0-07ddb741711a"/>
+  <w:style w:type="table" w:styleId="TableGrid_a57be3c5-76f8-4a67-8321-9fcdc20e2f36" w:customStyle="1">
+    <w:name w:val="Table Grid_a57be3c5-76f8-4a67-8321-9fcdc20e2f36"/>
+    <w:basedOn w:val="NormalTable_55a6136a-cefe-4307-9cc0-b97d1195bd9e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e0198593-deac-4426-bc9a-6179d139b310" w:customStyle="1">
-    <w:name w:val="Normal Table_e0198593-deac-4426-bc9a-6179d139b310"/>
+  <w:style w:type="table" w:styleId="NormalTable_47de293f-5896-47f5-95ad-79e75394c545" w:customStyle="1">
+    <w:name w:val="Normal Table_47de293f-5896-47f5-95ad-79e75394c545"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b34745cd-5e09-4056-9481-ee3c4b34141b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e0198593-deac-4426-bc9a-6179d139b310"/>
+  <w:style w:type="table" w:styleId="TableGrid_07cc4a52-ee3d-4377-8e0b-e418053f097f" w:customStyle="1">
+    <w:name w:val="Table Grid_07cc4a52-ee3d-4377-8e0b-e418053f097f"/>
+    <w:basedOn w:val="NormalTable_47de293f-5896-47f5-95ad-79e75394c545"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c9a77515-f8db-47b2-b469-9de2a44b802b" w:customStyle="1">
-    <w:name w:val="Normal Table_c9a77515-f8db-47b2-b469-9de2a44b802b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4034bb52-192b-4de1-9cc5-a28dd5eff630" w:customStyle="1">
+    <w:name w:val="Normal Table_4034bb52-192b-4de1-9cc5-a28dd5eff630"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7e077003-71e8-467c-b1d4-d3495e88bf48" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c9a77515-f8db-47b2-b469-9de2a44b802b"/>
+  <w:style w:type="table" w:styleId="TableGrid_9b5c8996-b13f-4f8a-9745-7db661f70c05" w:customStyle="1">
+    <w:name w:val="Table Grid_9b5c8996-b13f-4f8a-9745-7db661f70c05"/>
+    <w:basedOn w:val="NormalTable_4034bb52-192b-4de1-9cc5-a28dd5eff630"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e5170aba-0714-4fdd-a3c9-0a30f67bb062" w:customStyle="1">
-    <w:name w:val="Normal Table_e5170aba-0714-4fdd-a3c9-0a30f67bb062"/>
+  <w:style w:type="table" w:styleId="NormalTable_bfc12fc7-f64a-44d1-97c7-18b184fc66b4" w:customStyle="1">
+    <w:name w:val="Normal Table_bfc12fc7-f64a-44d1-97c7-18b184fc66b4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_956cefa4-4ff8-43fe-9c31-fb2ebecf5e90" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e5170aba-0714-4fdd-a3c9-0a30f67bb062"/>
+  <w:style w:type="table" w:styleId="TableGrid_114053f1-7301-467d-a7f1-974a505782a8" w:customStyle="1">
+    <w:name w:val="Table Grid_114053f1-7301-467d-a7f1-974a505782a8"/>
+    <w:basedOn w:val="NormalTable_bfc12fc7-f64a-44d1-97c7-18b184fc66b4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_916f1664-6e04-45f2-9452-b87016658509" w:customStyle="1">
-    <w:name w:val="Normal Table_916f1664-6e04-45f2-9452-b87016658509"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1842dcb-89a7-480f-99f6-bd1e54ab49e8" w:customStyle="1">
+    <w:name w:val="Normal Table_c1842dcb-89a7-480f-99f6-bd1e54ab49e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_27779aef-cd94-47bc-b39a-a9a56546e418" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_916f1664-6e04-45f2-9452-b87016658509"/>
+  <w:style w:type="table" w:styleId="TableGrid_facd3c11-30db-4d0e-ba6c-ff94e8404cd4" w:customStyle="1">
+    <w:name w:val="Table Grid_facd3c11-30db-4d0e-ba6c-ff94e8404cd4"/>
+    <w:basedOn w:val="NormalTable_c1842dcb-89a7-480f-99f6-bd1e54ab49e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b9a3c776-657f-488e-a60c-7d208809f648" w:customStyle="1">
-    <w:name w:val="Normal Table_b9a3c776-657f-488e-a60c-7d208809f648"/>
+  <w:style w:type="table" w:styleId="NormalTable_b2cd9a2a-4632-49c9-a74e-15533646d7e3" w:customStyle="1">
+    <w:name w:val="Normal Table_b2cd9a2a-4632-49c9-a74e-15533646d7e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_44157935-faa7-49d4-bc1a-6a9fd7ac12ca" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b9a3c776-657f-488e-a60c-7d208809f648"/>
+  <w:style w:type="table" w:styleId="TableGrid_0e0e9c9e-d892-43c5-a1a1-2c0c01da9001" w:customStyle="1">
+    <w:name w:val="Table Grid_0e0e9c9e-d892-43c5-a1a1-2c0c01da9001"/>
+    <w:basedOn w:val="NormalTable_b2cd9a2a-4632-49c9-a74e-15533646d7e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6f649a98-a41d-4c1b-9ff4-ac96433495ff" w:customStyle="1">
-    <w:name w:val="Normal Table_6f649a98-a41d-4c1b-9ff4-ac96433495ff"/>
+  <w:style w:type="table" w:styleId="NormalTable_4b49d162-4f3b-4c37-94bc-22dbc8e9da9d" w:customStyle="1">
+    <w:name w:val="Normal Table_4b49d162-4f3b-4c37-94bc-22dbc8e9da9d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_397ac7ba-e74b-4a78-832b-4e58da10ce9d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6f649a98-a41d-4c1b-9ff4-ac96433495ff"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2a45997-8e3d-4792-9071-e7b9d3512e0c" w:customStyle="1">
+    <w:name w:val="Table Grid_d2a45997-8e3d-4792-9071-e7b9d3512e0c"/>
+    <w:basedOn w:val="NormalTable_4b49d162-4f3b-4c37-94bc-22dbc8e9da9d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>