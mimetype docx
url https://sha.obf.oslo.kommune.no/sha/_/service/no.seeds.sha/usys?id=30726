--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -5832,100 +5832,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
     <w:embedBold r:id="rId4" w:fontKey="{CB7BC17C-92A8-4AA5-A652-66B1E83703F1}"/>
   </w:font>
   <w:font w:name="TheSansOffice">
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId5" w:fontKey="{45760AC4-C5E7-4AFC-B357-30FEEC9A58F4}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_45b4a1db-b5ca-431c-bf35-beb874c74106"/>
+      <w:tblStyle w:val="TableGrid_a3ef2b05-111c-47cc-ae84-5b0f937607db"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:43:07 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:27:53 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -5942,493 +5959,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_df2e2495-cc72-486c-9337-e03dc6bd5b08"/>
+      <w:tblStyle w:val="TableGrid_6eb6179c-d55a-41a0-a7da-c43cd68139a3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_cc287cfa-a169-44b9-9ca7-012e187451e9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_c0946f37-6e71-4e4a-a7eb-2738862438bc"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 666. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_5315f35d-ac95-4981-8acc-2a22a46b183d"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6e06bca8-02bd-4818-9e10-d57946fd64a4"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">SHA- plan forenklet</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_5315f35d-ac95-4981-8acc-2a22a46b183d"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6e06bca8-02bd-4818-9e10-d57946fd64a4"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+            <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+      <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6f50a001-2ed5-4d4c-8f47-1aa262fc096e"/>
+      <w:tblStyle w:val="TableGrid_7b1d9200-d567-42e1-820f-a07726630061"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ece85edf-a7b4-47d7-ac91-1bb488f7ccc2"/>
+            <w:tblStyle w:val="TableGrid_248ad6ed-5d2b-40f9-a4e7-75aa991706ef"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.02.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+            <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_67fbc5d3-1b6e-4567-ac29-eb97dd37a307"/>
+            <w:tblStyle w:val="TableGrid_359eed95-1e79-4c2c-9795-d498b16b25ea"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+            <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+      <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift1"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
@@ -7461,51 +7580,51 @@
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:embedTrueTypeFonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -9029,629 +9148,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Merknadstekst" w:customStyle="1">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="MerknadstekstTegn"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="MerknadstekstTegn" w:customStyle="1">
     <w:name w:val="Merknadstekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="annotationtext"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299" w:customStyle="1">
-    <w:name w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+  <w:style w:type="paragraph" w:styleId="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae" w:customStyle="1">
+    <w:name w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_a6fd78d4-bf45-4dd5-9181-85ea26f4db4a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+    <w:basedOn w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_239b7067-433a-4c42-834a-da9a0ccf32b1" w:customStyle="1">
-    <w:name w:val="Normal Table_239b7067-433a-4c42-834a-da9a0ccf32b1"/>
+  <w:style w:type="table" w:styleId="NormalTable_a957922e-415a-45dd-a2f4-9eeb2ca794f5" w:customStyle="1">
+    <w:name w:val="Normal Table_a957922e-415a-45dd-a2f4-9eeb2ca794f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_03d79d38-ecf1-47d7-bbff-30f447d7d360" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_239b7067-433a-4c42-834a-da9a0ccf32b1"/>
+  <w:style w:type="table" w:styleId="TableGrid_623984cf-9cec-4969-8610-823bac295684" w:customStyle="1">
+    <w:name w:val="Table Grid_623984cf-9cec-4969-8610-823bac295684"/>
+    <w:basedOn w:val="NormalTable_a957922e-415a-45dd-a2f4-9eeb2ca794f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_cc287cfa-a169-44b9-9ca7-012e187451e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_c0946f37-6e71-4e4a-a7eb-2738862438bc" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_c0946f37-6e71-4e4a-a7eb-2738862438bc"/>
+    <w:basedOn w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_5315f35d-ac95-4981-8acc-2a22a46b183d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c3bf469f-6b75-4872-9b0f-10b9fe739299"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_6e06bca8-02bd-4818-9e10-d57946fd64a4" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6e06bca8-02bd-4818-9e10-d57946fd64a4"/>
+    <w:basedOn w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f476f207-d638-4b12-ab1c-dc07f3280447" w:customStyle="1">
-    <w:name w:val="Normal Table_f476f207-d638-4b12-ab1c-dc07f3280447"/>
+  <w:style w:type="table" w:styleId="NormalTable_08e73c12-6cb0-45a6-9bab-565003daa7ca" w:customStyle="1">
+    <w:name w:val="Normal Table_08e73c12-6cb0-45a6-9bab-565003daa7ca"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_58e4200b-fc36-42d8-ad82-9a536b7937be" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f476f207-d638-4b12-ab1c-dc07f3280447"/>
+  <w:style w:type="table" w:styleId="TableGrid_28c53801-ad5d-450d-8b67-f1c92069c176" w:customStyle="1">
+    <w:name w:val="Table Grid_28c53801-ad5d-450d-8b67-f1c92069c176"/>
+    <w:basedOn w:val="NormalTable_08e73c12-6cb0-45a6-9bab-565003daa7ca"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_85c46df2-f55a-4121-b0bd-e0ff3bd27e1a" w:customStyle="1">
-    <w:name w:val="Normal Table_85c46df2-f55a-4121-b0bd-e0ff3bd27e1a"/>
+  <w:style w:type="table" w:styleId="NormalTable_45e39bfe-94e3-40f5-91eb-df98b6cf6209" w:customStyle="1">
+    <w:name w:val="Normal Table_45e39bfe-94e3-40f5-91eb-df98b6cf6209"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4dcfd218-1ac3-4491-8a24-294de3e24595" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_85c46df2-f55a-4121-b0bd-e0ff3bd27e1a"/>
+  <w:style w:type="table" w:styleId="TableGrid_41aed9e8-7e3b-4d5e-b7df-eba7e0d4802b" w:customStyle="1">
+    <w:name w:val="Table Grid_41aed9e8-7e3b-4d5e-b7df-eba7e0d4802b"/>
+    <w:basedOn w:val="NormalTable_45e39bfe-94e3-40f5-91eb-df98b6cf6209"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_be846853-e936-4e97-96e2-0d242d591e0f" w:customStyle="1">
-    <w:name w:val="Normal Table_be846853-e936-4e97-96e2-0d242d591e0f"/>
+  <w:style w:type="table" w:styleId="NormalTable_96cbb7d9-efa9-41d6-9457-3f432d367443" w:customStyle="1">
+    <w:name w:val="Normal Table_96cbb7d9-efa9-41d6-9457-3f432d367443"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b902d2c3-3247-4271-a969-7af0f1009394" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_be846853-e936-4e97-96e2-0d242d591e0f"/>
+  <w:style w:type="table" w:styleId="TableGrid_f247e6b0-dfe0-4995-9662-e6ae79819773" w:customStyle="1">
+    <w:name w:val="Table Grid_f247e6b0-dfe0-4995-9662-e6ae79819773"/>
+    <w:basedOn w:val="NormalTable_96cbb7d9-efa9-41d6-9457-3f432d367443"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ed6706b8-b843-4ced-b34f-f9120c5330a8" w:customStyle="1">
-    <w:name w:val="Normal Table_ed6706b8-b843-4ced-b34f-f9120c5330a8"/>
+  <w:style w:type="table" w:styleId="NormalTable_b9519181-2290-489a-9c3a-c5391c1f8bb0" w:customStyle="1">
+    <w:name w:val="Normal Table_b9519181-2290-489a-9c3a-c5391c1f8bb0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ea549d18-ebf6-49ba-abaa-9995fcd641be" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ed6706b8-b843-4ced-b34f-f9120c5330a8"/>
+  <w:style w:type="table" w:styleId="TableGrid_b21adafa-3846-41d3-a310-2f20bf6cf24f" w:customStyle="1">
+    <w:name w:val="Table Grid_b21adafa-3846-41d3-a310-2f20bf6cf24f"/>
+    <w:basedOn w:val="NormalTable_b9519181-2290-489a-9c3a-c5391c1f8bb0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c556d708-65d2-4c44-8848-0ee1bf7969f6" w:customStyle="1">
-    <w:name w:val="Normal Table_c556d708-65d2-4c44-8848-0ee1bf7969f6"/>
+  <w:style w:type="table" w:styleId="NormalTable_36fbfd0d-37af-44dc-8a08-4c7928114ecf" w:customStyle="1">
+    <w:name w:val="Normal Table_36fbfd0d-37af-44dc-8a08-4c7928114ecf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45b4a1db-b5ca-431c-bf35-beb874c74106" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c556d708-65d2-4c44-8848-0ee1bf7969f6"/>
+  <w:style w:type="table" w:styleId="TableGrid_a3ef2b05-111c-47cc-ae84-5b0f937607db" w:customStyle="1">
+    <w:name w:val="Table Grid_a3ef2b05-111c-47cc-ae84-5b0f937607db"/>
+    <w:basedOn w:val="NormalTable_36fbfd0d-37af-44dc-8a08-4c7928114ecf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d758e82b-19aa-4a1f-a638-97c415703273" w:customStyle="1">
-    <w:name w:val="Normal Table_d758e82b-19aa-4a1f-a638-97c415703273"/>
+  <w:style w:type="table" w:styleId="NormalTable_65e884f5-be7e-405b-8b39-afd8b986d54b" w:customStyle="1">
+    <w:name w:val="Normal Table_65e884f5-be7e-405b-8b39-afd8b986d54b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_df2e2495-cc72-486c-9337-e03dc6bd5b08" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d758e82b-19aa-4a1f-a638-97c415703273"/>
+  <w:style w:type="table" w:styleId="TableGrid_6eb6179c-d55a-41a0-a7da-c43cd68139a3" w:customStyle="1">
+    <w:name w:val="Table Grid_6eb6179c-d55a-41a0-a7da-c43cd68139a3"/>
+    <w:basedOn w:val="NormalTable_65e884f5-be7e-405b-8b39-afd8b986d54b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8336fa6b-2fb7-46a5-ae1b-fec486a1580d" w:customStyle="1">
-    <w:name w:val="Normal Table_8336fa6b-2fb7-46a5-ae1b-fec486a1580d"/>
+  <w:style w:type="table" w:styleId="NormalTable_7865eb7b-e663-4b44-9dae-de6336b96854" w:customStyle="1">
+    <w:name w:val="Normal Table_7865eb7b-e663-4b44-9dae-de6336b96854"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ece85edf-a7b4-47d7-ac91-1bb488f7ccc2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8336fa6b-2fb7-46a5-ae1b-fec486a1580d"/>
+  <w:style w:type="table" w:styleId="TableGrid_248ad6ed-5d2b-40f9-a4e7-75aa991706ef" w:customStyle="1">
+    <w:name w:val="Table Grid_248ad6ed-5d2b-40f9-a4e7-75aa991706ef"/>
+    <w:basedOn w:val="NormalTable_7865eb7b-e663-4b44-9dae-de6336b96854"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9f89202e-7899-4fab-b9c4-aaf6b74e5960" w:customStyle="1">
-    <w:name w:val="Normal Table_9f89202e-7899-4fab-b9c4-aaf6b74e5960"/>
+  <w:style w:type="table" w:styleId="NormalTable_1b7395da-74e4-4cef-9026-34d1f57a5423" w:customStyle="1">
+    <w:name w:val="Normal Table_1b7395da-74e4-4cef-9026-34d1f57a5423"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_67fbc5d3-1b6e-4567-ac29-eb97dd37a307" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9f89202e-7899-4fab-b9c4-aaf6b74e5960"/>
+  <w:style w:type="table" w:styleId="TableGrid_359eed95-1e79-4c2c-9795-d498b16b25ea" w:customStyle="1">
+    <w:name w:val="Table Grid_359eed95-1e79-4c2c-9795-d498b16b25ea"/>
+    <w:basedOn w:val="NormalTable_1b7395da-74e4-4cef-9026-34d1f57a5423"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f2fe8889-95b4-438f-af2c-6721d09b705e" w:customStyle="1">
-    <w:name w:val="Normal Table_f2fe8889-95b4-438f-af2c-6721d09b705e"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca374b67-5b20-4c14-a302-03e77f4e0607" w:customStyle="1">
+    <w:name w:val="Normal Table_ca374b67-5b20-4c14-a302-03e77f4e0607"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6f50a001-2ed5-4d4c-8f47-1aa262fc096e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f2fe8889-95b4-438f-af2c-6721d09b705e"/>
+  <w:style w:type="table" w:styleId="TableGrid_7b1d9200-d567-42e1-820f-a07726630061" w:customStyle="1">
+    <w:name w:val="Table Grid_7b1d9200-d567-42e1-820f-a07726630061"/>
+    <w:basedOn w:val="NormalTable_ca374b67-5b20-4c14-a302-03e77f4e0607"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>