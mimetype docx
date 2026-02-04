--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -5832,117 +5832,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
     <w:embedBold r:id="rId4" w:fontKey="{CB7BC17C-92A8-4AA5-A652-66B1E83703F1}"/>
   </w:font>
   <w:font w:name="TheSansOffice">
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId5" w:fontKey="{45760AC4-C5E7-4AFC-B357-30FEEC9A58F4}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a3ef2b05-111c-47cc-ae84-5b0f937607db"/>
+      <w:tblStyle w:val="TableGrid_d65591e1-26a7-4658-a575-da525b476fba"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:27:53 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:47 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -5959,153 +5959,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6eb6179c-d55a-41a0-a7da-c43cd68139a3"/>
+      <w:tblStyle w:val="TableGrid_74a3bf09-4837-4567-b077-b4ec7fa3090d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_c0946f37-6e71-4e4a-a7eb-2738862438bc"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_befc21b1-2611-4daa-b2d1-f9d79cebd5bd"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 666. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6e06bca8-02bd-4818-9e10-d57946fd64a4"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_673430df-e772-446b-875b-7358dc57362e"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">SHA- plan forenklet</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6e06bca8-02bd-4818-9e10-d57946fd64a4"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_673430df-e772-446b-875b-7358dc57362e"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+            <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6118,59 +6118,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+      <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7b1d9200-d567-42e1-820f-a07726630061"/>
+      <w:tblStyle w:val="TableGrid_00796c77-5ecd-42b6-bede-7deff909ff0c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6181,373 +6181,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_248ad6ed-5d2b-40f9-a4e7-75aa991706ef"/>
+            <w:tblStyle w:val="TableGrid_74a427e1-91aa-41e1-995b-32c8d308298e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.02.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+            <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_359eed95-1e79-4c2c-9795-d498b16b25ea"/>
+            <w:tblStyle w:val="TableGrid_ef01a531-ca3c-419e-928e-0d59cb5e2e98"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+            <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+      <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift1"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
@@ -9148,629 +9148,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Merknadstekst" w:customStyle="1">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="MerknadstekstTegn"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="MerknadstekstTegn" w:customStyle="1">
     <w:name w:val="Merknadstekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="annotationtext"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae" w:customStyle="1">
-    <w:name w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+  <w:style w:type="paragraph" w:styleId="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a" w:customStyle="1">
+    <w:name w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_47ce9f41-0449-4747-95d3-55353acd8ea1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+    <w:basedOn w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a957922e-415a-45dd-a2f4-9eeb2ca794f5" w:customStyle="1">
-    <w:name w:val="Normal Table_a957922e-415a-45dd-a2f4-9eeb2ca794f5"/>
+  <w:style w:type="table" w:styleId="NormalTable_b697c580-c7f2-4b34-8f3b-c88ddb8700e8" w:customStyle="1">
+    <w:name w:val="Normal Table_b697c580-c7f2-4b34-8f3b-c88ddb8700e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_623984cf-9cec-4969-8610-823bac295684" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a957922e-415a-45dd-a2f4-9eeb2ca794f5"/>
+  <w:style w:type="table" w:styleId="TableGrid_ba91f22a-daea-4232-a30c-9835e9c36621" w:customStyle="1">
+    <w:name w:val="Table Grid_ba91f22a-daea-4232-a30c-9835e9c36621"/>
+    <w:basedOn w:val="NormalTable_b697c580-c7f2-4b34-8f3b-c88ddb8700e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_c0946f37-6e71-4e4a-a7eb-2738862438bc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_befc21b1-2611-4daa-b2d1-f9d79cebd5bd" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_befc21b1-2611-4daa-b2d1-f9d79cebd5bd"/>
+    <w:basedOn w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_6e06bca8-02bd-4818-9e10-d57946fd64a4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_e0cef6b7-1d82-4118-83b3-4022f6e61fae"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_673430df-e772-446b-875b-7358dc57362e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_673430df-e772-446b-875b-7358dc57362e"/>
+    <w:basedOn w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08e73c12-6cb0-45a6-9bab-565003daa7ca" w:customStyle="1">
-    <w:name w:val="Normal Table_08e73c12-6cb0-45a6-9bab-565003daa7ca"/>
+  <w:style w:type="table" w:styleId="NormalTable_d98e3266-b80d-4894-b1a0-0aa3826aff9c" w:customStyle="1">
+    <w:name w:val="Normal Table_d98e3266-b80d-4894-b1a0-0aa3826aff9c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_28c53801-ad5d-450d-8b67-f1c92069c176" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08e73c12-6cb0-45a6-9bab-565003daa7ca"/>
+  <w:style w:type="table" w:styleId="TableGrid_ba80a200-fc6e-4360-bfa5-f0504941cc9c" w:customStyle="1">
+    <w:name w:val="Table Grid_ba80a200-fc6e-4360-bfa5-f0504941cc9c"/>
+    <w:basedOn w:val="NormalTable_d98e3266-b80d-4894-b1a0-0aa3826aff9c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_45e39bfe-94e3-40f5-91eb-df98b6cf6209" w:customStyle="1">
-    <w:name w:val="Normal Table_45e39bfe-94e3-40f5-91eb-df98b6cf6209"/>
+  <w:style w:type="table" w:styleId="NormalTable_ed778e85-8d17-45a4-bc94-fd3ffe95e554" w:customStyle="1">
+    <w:name w:val="Normal Table_ed778e85-8d17-45a4-bc94-fd3ffe95e554"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_41aed9e8-7e3b-4d5e-b7df-eba7e0d4802b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_45e39bfe-94e3-40f5-91eb-df98b6cf6209"/>
+  <w:style w:type="table" w:styleId="TableGrid_697b8eda-1933-4eb7-b108-7bb3928a87e9" w:customStyle="1">
+    <w:name w:val="Table Grid_697b8eda-1933-4eb7-b108-7bb3928a87e9"/>
+    <w:basedOn w:val="NormalTable_ed778e85-8d17-45a4-bc94-fd3ffe95e554"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_96cbb7d9-efa9-41d6-9457-3f432d367443" w:customStyle="1">
-    <w:name w:val="Normal Table_96cbb7d9-efa9-41d6-9457-3f432d367443"/>
+  <w:style w:type="table" w:styleId="NormalTable_c542cf84-a4d6-4c79-b418-b874550c894b" w:customStyle="1">
+    <w:name w:val="Normal Table_c542cf84-a4d6-4c79-b418-b874550c894b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f247e6b0-dfe0-4995-9662-e6ae79819773" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_96cbb7d9-efa9-41d6-9457-3f432d367443"/>
+  <w:style w:type="table" w:styleId="TableGrid_c53eefd6-26c9-4de8-a033-68a4cd4bb6ac" w:customStyle="1">
+    <w:name w:val="Table Grid_c53eefd6-26c9-4de8-a033-68a4cd4bb6ac"/>
+    <w:basedOn w:val="NormalTable_c542cf84-a4d6-4c79-b418-b874550c894b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b9519181-2290-489a-9c3a-c5391c1f8bb0" w:customStyle="1">
-    <w:name w:val="Normal Table_b9519181-2290-489a-9c3a-c5391c1f8bb0"/>
+  <w:style w:type="table" w:styleId="NormalTable_29638b9f-2d1f-4841-a6a6-6125cd654fc4" w:customStyle="1">
+    <w:name w:val="Normal Table_29638b9f-2d1f-4841-a6a6-6125cd654fc4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b21adafa-3846-41d3-a310-2f20bf6cf24f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b9519181-2290-489a-9c3a-c5391c1f8bb0"/>
+  <w:style w:type="table" w:styleId="TableGrid_878d3c53-9017-4c42-98d5-02ba0bc69c05" w:customStyle="1">
+    <w:name w:val="Table Grid_878d3c53-9017-4c42-98d5-02ba0bc69c05"/>
+    <w:basedOn w:val="NormalTable_29638b9f-2d1f-4841-a6a6-6125cd654fc4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_36fbfd0d-37af-44dc-8a08-4c7928114ecf" w:customStyle="1">
-    <w:name w:val="Normal Table_36fbfd0d-37af-44dc-8a08-4c7928114ecf"/>
+  <w:style w:type="table" w:styleId="NormalTable_9f6a109b-9b10-4537-b17a-5075af585928" w:customStyle="1">
+    <w:name w:val="Normal Table_9f6a109b-9b10-4537-b17a-5075af585928"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a3ef2b05-111c-47cc-ae84-5b0f937607db" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_36fbfd0d-37af-44dc-8a08-4c7928114ecf"/>
+  <w:style w:type="table" w:styleId="TableGrid_d65591e1-26a7-4658-a575-da525b476fba" w:customStyle="1">
+    <w:name w:val="Table Grid_d65591e1-26a7-4658-a575-da525b476fba"/>
+    <w:basedOn w:val="NormalTable_9f6a109b-9b10-4537-b17a-5075af585928"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65e884f5-be7e-405b-8b39-afd8b986d54b" w:customStyle="1">
-    <w:name w:val="Normal Table_65e884f5-be7e-405b-8b39-afd8b986d54b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4c69b1aa-62e5-4b5e-a039-9a60b9f95405" w:customStyle="1">
+    <w:name w:val="Normal Table_4c69b1aa-62e5-4b5e-a039-9a60b9f95405"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6eb6179c-d55a-41a0-a7da-c43cd68139a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65e884f5-be7e-405b-8b39-afd8b986d54b"/>
+  <w:style w:type="table" w:styleId="TableGrid_74a3bf09-4837-4567-b077-b4ec7fa3090d" w:customStyle="1">
+    <w:name w:val="Table Grid_74a3bf09-4837-4567-b077-b4ec7fa3090d"/>
+    <w:basedOn w:val="NormalTable_4c69b1aa-62e5-4b5e-a039-9a60b9f95405"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7865eb7b-e663-4b44-9dae-de6336b96854" w:customStyle="1">
-    <w:name w:val="Normal Table_7865eb7b-e663-4b44-9dae-de6336b96854"/>
+  <w:style w:type="table" w:styleId="NormalTable_616468d3-9b6d-4c47-9bfd-53dec7efcaa6" w:customStyle="1">
+    <w:name w:val="Normal Table_616468d3-9b6d-4c47-9bfd-53dec7efcaa6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_248ad6ed-5d2b-40f9-a4e7-75aa991706ef" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7865eb7b-e663-4b44-9dae-de6336b96854"/>
+  <w:style w:type="table" w:styleId="TableGrid_74a427e1-91aa-41e1-995b-32c8d308298e" w:customStyle="1">
+    <w:name w:val="Table Grid_74a427e1-91aa-41e1-995b-32c8d308298e"/>
+    <w:basedOn w:val="NormalTable_616468d3-9b6d-4c47-9bfd-53dec7efcaa6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1b7395da-74e4-4cef-9026-34d1f57a5423" w:customStyle="1">
-    <w:name w:val="Normal Table_1b7395da-74e4-4cef-9026-34d1f57a5423"/>
+  <w:style w:type="table" w:styleId="NormalTable_3ca0a11c-94d2-4bb6-b39d-50d4e104ad42" w:customStyle="1">
+    <w:name w:val="Normal Table_3ca0a11c-94d2-4bb6-b39d-50d4e104ad42"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_359eed95-1e79-4c2c-9795-d498b16b25ea" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1b7395da-74e4-4cef-9026-34d1f57a5423"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef01a531-ca3c-419e-928e-0d59cb5e2e98" w:customStyle="1">
+    <w:name w:val="Table Grid_ef01a531-ca3c-419e-928e-0d59cb5e2e98"/>
+    <w:basedOn w:val="NormalTable_3ca0a11c-94d2-4bb6-b39d-50d4e104ad42"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ca374b67-5b20-4c14-a302-03e77f4e0607" w:customStyle="1">
-    <w:name w:val="Normal Table_ca374b67-5b20-4c14-a302-03e77f4e0607"/>
+  <w:style w:type="table" w:styleId="NormalTable_3862dc6e-02a6-4eb1-b445-6b6eb83a6e8b" w:customStyle="1">
+    <w:name w:val="Normal Table_3862dc6e-02a6-4eb1-b445-6b6eb83a6e8b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7b1d9200-d567-42e1-820f-a07726630061" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ca374b67-5b20-4c14-a302-03e77f4e0607"/>
+  <w:style w:type="table" w:styleId="TableGrid_00796c77-5ecd-42b6-bede-7deff909ff0c" w:customStyle="1">
+    <w:name w:val="Table Grid_00796c77-5ecd-42b6-bede-7deff909ff0c"/>
+    <w:basedOn w:val="NormalTable_3862dc6e-02a6-4eb1-b445-6b6eb83a6e8b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>