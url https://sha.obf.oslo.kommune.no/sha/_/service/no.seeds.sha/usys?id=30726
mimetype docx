--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -5832,117 +5832,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
     <w:embedBold r:id="rId4" w:fontKey="{CB7BC17C-92A8-4AA5-A652-66B1E83703F1}"/>
   </w:font>
   <w:font w:name="TheSansOffice">
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId5" w:fontKey="{45760AC4-C5E7-4AFC-B357-30FEEC9A58F4}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d65591e1-26a7-4658-a575-da525b476fba"/>
+      <w:tblStyle w:val="TableGrid_c7a097fa-18b0-4d30-91be-3f3f236ef66a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:47 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:48:19 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -5959,153 +5959,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_74a3bf09-4837-4567-b077-b4ec7fa3090d"/>
+      <w:tblStyle w:val="TableGrid_ddd6cfb6-dbf6-4213-806d-dd5142308f41"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_befc21b1-2611-4daa-b2d1-f9d79cebd5bd"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_56f2ab32-1f4b-4cd8-8164-54ae3cf4a378"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 666. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_673430df-e772-446b-875b-7358dc57362e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fc69bd88-3fa9-4b32-bbc7-8b38451d113c"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">SHA- plan forenklet</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_673430df-e772-446b-875b-7358dc57362e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fc69bd88-3fa9-4b32-bbc7-8b38451d113c"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+            <w:pStyle w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6118,59 +6118,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+      <w:pStyle w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_00796c77-5ecd-42b6-bede-7deff909ff0c"/>
+      <w:tblStyle w:val="TableGrid_2e6c856a-9633-4e9d-800f-ed115d40d5bd"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6181,373 +6181,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_74a427e1-91aa-41e1-995b-32c8d308298e"/>
+            <w:tblStyle w:val="TableGrid_151b001f-39a5-4b2e-8830-2d3fb8cfdfd4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.02.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+            <w:pStyle w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ef01a531-ca3c-419e-928e-0d59cb5e2e98"/>
+            <w:tblStyle w:val="TableGrid_fba51c3e-b8e9-49d7-bb3a-21abf6dfca6e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+            <w:pStyle w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+      <w:pStyle w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift1"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
@@ -9148,629 +9148,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Merknadstekst" w:customStyle="1">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="MerknadstekstTegn"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="MerknadstekstTegn" w:customStyle="1">
     <w:name w:val="Merknadstekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="annotationtext"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a" w:customStyle="1">
-    <w:name w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_d565e000-64be-4818-9c49-45db882cb604" w:customStyle="1">
+    <w:name w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_e5e94f61-acac-437c-8ea8-e1822b3e076a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5775cb01-6e55-4e9a-ad42-0d440e5ae17e"/>
+    <w:basedOn w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b697c580-c7f2-4b34-8f3b-c88ddb8700e8" w:customStyle="1">
-    <w:name w:val="Normal Table_b697c580-c7f2-4b34-8f3b-c88ddb8700e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_be3fb811-63bb-46be-a1af-191d6190297d" w:customStyle="1">
+    <w:name w:val="Normal Table_be3fb811-63bb-46be-a1af-191d6190297d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba91f22a-daea-4232-a30c-9835e9c36621" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b697c580-c7f2-4b34-8f3b-c88ddb8700e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_a681f207-f4a9-4053-9c87-5d8e40cc2f8a" w:customStyle="1">
+    <w:name w:val="Table Grid_a681f207-f4a9-4053-9c87-5d8e40cc2f8a"/>
+    <w:basedOn w:val="NormalTable_be3fb811-63bb-46be-a1af-191d6190297d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_befc21b1-2611-4daa-b2d1-f9d79cebd5bd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_56f2ab32-1f4b-4cd8-8164-54ae3cf4a378" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_56f2ab32-1f4b-4cd8-8164-54ae3cf4a378"/>
+    <w:basedOn w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_673430df-e772-446b-875b-7358dc57362e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_fd184243-2d50-40f5-a17a-60c81f97f57a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_fc69bd88-3fa9-4b32-bbc7-8b38451d113c" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fc69bd88-3fa9-4b32-bbc7-8b38451d113c"/>
+    <w:basedOn w:val="Normal_d565e000-64be-4818-9c49-45db882cb604"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d98e3266-b80d-4894-b1a0-0aa3826aff9c" w:customStyle="1">
-    <w:name w:val="Normal Table_d98e3266-b80d-4894-b1a0-0aa3826aff9c"/>
+  <w:style w:type="table" w:styleId="NormalTable_6e78ad70-90d8-4f5b-b4bc-dc974b2c8962" w:customStyle="1">
+    <w:name w:val="Normal Table_6e78ad70-90d8-4f5b-b4bc-dc974b2c8962"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba80a200-fc6e-4360-bfa5-f0504941cc9c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d98e3266-b80d-4894-b1a0-0aa3826aff9c"/>
+  <w:style w:type="table" w:styleId="TableGrid_3449eb88-034e-4cc6-ae03-4bfb9f11ebe9" w:customStyle="1">
+    <w:name w:val="Table Grid_3449eb88-034e-4cc6-ae03-4bfb9f11ebe9"/>
+    <w:basedOn w:val="NormalTable_6e78ad70-90d8-4f5b-b4bc-dc974b2c8962"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ed778e85-8d17-45a4-bc94-fd3ffe95e554" w:customStyle="1">
-    <w:name w:val="Normal Table_ed778e85-8d17-45a4-bc94-fd3ffe95e554"/>
+  <w:style w:type="table" w:styleId="NormalTable_305103c2-ad90-4c79-84d6-6acad59a767d" w:customStyle="1">
+    <w:name w:val="Normal Table_305103c2-ad90-4c79-84d6-6acad59a767d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_697b8eda-1933-4eb7-b108-7bb3928a87e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ed778e85-8d17-45a4-bc94-fd3ffe95e554"/>
+  <w:style w:type="table" w:styleId="TableGrid_8822a2df-b952-421e-b472-4478479ef50b" w:customStyle="1">
+    <w:name w:val="Table Grid_8822a2df-b952-421e-b472-4478479ef50b"/>
+    <w:basedOn w:val="NormalTable_305103c2-ad90-4c79-84d6-6acad59a767d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c542cf84-a4d6-4c79-b418-b874550c894b" w:customStyle="1">
-    <w:name w:val="Normal Table_c542cf84-a4d6-4c79-b418-b874550c894b"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f212702-05c5-45de-aac2-289fd26128a8" w:customStyle="1">
+    <w:name w:val="Normal Table_3f212702-05c5-45de-aac2-289fd26128a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c53eefd6-26c9-4de8-a033-68a4cd4bb6ac" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c542cf84-a4d6-4c79-b418-b874550c894b"/>
+  <w:style w:type="table" w:styleId="TableGrid_5b7e6af2-31ec-4f8b-a4b4-3525b0e40dc5" w:customStyle="1">
+    <w:name w:val="Table Grid_5b7e6af2-31ec-4f8b-a4b4-3525b0e40dc5"/>
+    <w:basedOn w:val="NormalTable_3f212702-05c5-45de-aac2-289fd26128a8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_29638b9f-2d1f-4841-a6a6-6125cd654fc4" w:customStyle="1">
-    <w:name w:val="Normal Table_29638b9f-2d1f-4841-a6a6-6125cd654fc4"/>
+  <w:style w:type="table" w:styleId="NormalTable_08247e1e-1a66-4edb-8d8c-1a8511698ada" w:customStyle="1">
+    <w:name w:val="Normal Table_08247e1e-1a66-4edb-8d8c-1a8511698ada"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_878d3c53-9017-4c42-98d5-02ba0bc69c05" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_29638b9f-2d1f-4841-a6a6-6125cd654fc4"/>
+  <w:style w:type="table" w:styleId="TableGrid_080e4c25-da5e-4455-811f-0f175f7bfd9b" w:customStyle="1">
+    <w:name w:val="Table Grid_080e4c25-da5e-4455-811f-0f175f7bfd9b"/>
+    <w:basedOn w:val="NormalTable_08247e1e-1a66-4edb-8d8c-1a8511698ada"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9f6a109b-9b10-4537-b17a-5075af585928" w:customStyle="1">
-    <w:name w:val="Normal Table_9f6a109b-9b10-4537-b17a-5075af585928"/>
+  <w:style w:type="table" w:styleId="NormalTable_d516db56-c4d2-4395-a643-db2378564a8c" w:customStyle="1">
+    <w:name w:val="Normal Table_d516db56-c4d2-4395-a643-db2378564a8c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d65591e1-26a7-4658-a575-da525b476fba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9f6a109b-9b10-4537-b17a-5075af585928"/>
+  <w:style w:type="table" w:styleId="TableGrid_c7a097fa-18b0-4d30-91be-3f3f236ef66a" w:customStyle="1">
+    <w:name w:val="Table Grid_c7a097fa-18b0-4d30-91be-3f3f236ef66a"/>
+    <w:basedOn w:val="NormalTable_d516db56-c4d2-4395-a643-db2378564a8c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4c69b1aa-62e5-4b5e-a039-9a60b9f95405" w:customStyle="1">
-    <w:name w:val="Normal Table_4c69b1aa-62e5-4b5e-a039-9a60b9f95405"/>
+  <w:style w:type="table" w:styleId="NormalTable_d142bf98-d923-4d50-a978-9988cccc6b88" w:customStyle="1">
+    <w:name w:val="Normal Table_d142bf98-d923-4d50-a978-9988cccc6b88"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_74a3bf09-4837-4567-b077-b4ec7fa3090d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4c69b1aa-62e5-4b5e-a039-9a60b9f95405"/>
+  <w:style w:type="table" w:styleId="TableGrid_ddd6cfb6-dbf6-4213-806d-dd5142308f41" w:customStyle="1">
+    <w:name w:val="Table Grid_ddd6cfb6-dbf6-4213-806d-dd5142308f41"/>
+    <w:basedOn w:val="NormalTable_d142bf98-d923-4d50-a978-9988cccc6b88"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_616468d3-9b6d-4c47-9bfd-53dec7efcaa6" w:customStyle="1">
-    <w:name w:val="Normal Table_616468d3-9b6d-4c47-9bfd-53dec7efcaa6"/>
+  <w:style w:type="table" w:styleId="NormalTable_b82c19ac-ae68-457c-82e7-a961bb774365" w:customStyle="1">
+    <w:name w:val="Normal Table_b82c19ac-ae68-457c-82e7-a961bb774365"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_74a427e1-91aa-41e1-995b-32c8d308298e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_616468d3-9b6d-4c47-9bfd-53dec7efcaa6"/>
+  <w:style w:type="table" w:styleId="TableGrid_151b001f-39a5-4b2e-8830-2d3fb8cfdfd4" w:customStyle="1">
+    <w:name w:val="Table Grid_151b001f-39a5-4b2e-8830-2d3fb8cfdfd4"/>
+    <w:basedOn w:val="NormalTable_b82c19ac-ae68-457c-82e7-a961bb774365"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3ca0a11c-94d2-4bb6-b39d-50d4e104ad42" w:customStyle="1">
-    <w:name w:val="Normal Table_3ca0a11c-94d2-4bb6-b39d-50d4e104ad42"/>
+  <w:style w:type="table" w:styleId="NormalTable_9a15f6c0-82e3-445c-af03-372e52913e79" w:customStyle="1">
+    <w:name w:val="Normal Table_9a15f6c0-82e3-445c-af03-372e52913e79"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef01a531-ca3c-419e-928e-0d59cb5e2e98" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3ca0a11c-94d2-4bb6-b39d-50d4e104ad42"/>
+  <w:style w:type="table" w:styleId="TableGrid_fba51c3e-b8e9-49d7-bb3a-21abf6dfca6e" w:customStyle="1">
+    <w:name w:val="Table Grid_fba51c3e-b8e9-49d7-bb3a-21abf6dfca6e"/>
+    <w:basedOn w:val="NormalTable_9a15f6c0-82e3-445c-af03-372e52913e79"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3862dc6e-02a6-4eb1-b445-6b6eb83a6e8b" w:customStyle="1">
-    <w:name w:val="Normal Table_3862dc6e-02a6-4eb1-b445-6b6eb83a6e8b"/>
+  <w:style w:type="table" w:styleId="NormalTable_1daf6c43-f569-4550-aecd-08ee83f683b7" w:customStyle="1">
+    <w:name w:val="Normal Table_1daf6c43-f569-4550-aecd-08ee83f683b7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_00796c77-5ecd-42b6-bede-7deff909ff0c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3862dc6e-02a6-4eb1-b445-6b6eb83a6e8b"/>
+  <w:style w:type="table" w:styleId="TableGrid_2e6c856a-9633-4e9d-800f-ed115d40d5bd" w:customStyle="1">
+    <w:name w:val="Table Grid_2e6c856a-9633-4e9d-800f-ed115d40d5bd"/>
+    <w:basedOn w:val="NormalTable_1daf6c43-f569-4550-aecd-08ee83f683b7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>