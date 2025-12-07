--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -6068,100 +6068,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId1" w:fontKey="{D8679CD9-FFD2-4F37-9759-E5CFA33268F0}"/>
     <w:embedBold r:id="rId2" w:fontKey="{7BB57053-52DA-42D7-9652-D48D6920D770}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId3" w:fontKey="{369CD428-0873-4B64-A206-EEC29079182D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d5fec89c-faae-4639-9c2a-b8c403d10517"/>
+      <w:tblStyle w:val="TableGrid_5579ed92-cf9f-49de-b9a7-cb0d17d6ed88"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:42:58 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:26:41 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6178,493 +6195,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8aaab2e4-44d8-4d46-875e-58f5f2d5e38a"/>
+      <w:tblStyle w:val="TableGrid_195d0484-32f3-4359-8544-eb33d2eedbb7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2321"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_37ac2ebc-ecf9-4fa0-ac74-63c88ba3c5fc"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_66590f49-b3da-4bc8-8144-44e6702d9027"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 665. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0dda8372-ed19-42a6-9242-8c7e58d74e72"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_11bd0129-cd3a-4c1c-99ac-8706d09b1a49"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">665 SHA perm - Arkivnøkkel EIE og VED</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0dda8372-ed19-42a6-9242-8c7e58d74e72"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_11bd0129-cd3a-4c1c-99ac-8706d09b1a49"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+            <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+      <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6523e84c-717b-4103-90ac-39b0ccf9248b"/>
+      <w:tblStyle w:val="TableGrid_d40b8512-708e-41f6-b90b-28c177cac947"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3374"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_340abb7d-b98e-4a77-9753-d1b778677a31"/>
+            <w:tblStyle w:val="TableGrid_e33d9d4d-4647-4680-a138-7da7d26e81c9"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">22.01.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+            <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3374"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_674b4e12-9792-483d-ab22-1c0174cf20ae"/>
+            <w:tblStyle w:val="TableGrid_fc28154b-6b2d-4a45-b669-8e464d43c377"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+            <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+      <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift2"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="5.%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:hint="default"/>
         <w:b/>
@@ -7092,51 +7211,51 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:embedTrueTypeFonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:hideSpellingErrors xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:hideGrammaticalErrors xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -8316,629 +8435,629 @@
   <w:style w:type="table" w:styleId="TableGrid04347c3b-e19e-40e6-a8eb-06d0d3f02548" w:customStyle="1">
     <w:name w:val="Table Grid_04347c3b-e19e-40e6-a8eb-06d0d3f02548"/>
     <w:basedOn w:val="NormalTable3bf65d50-10a1-46db-b3a3-6672460a4691"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582" w:customStyle="1">
-    <w:name w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+  <w:style w:type="paragraph" w:styleId="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d" w:customStyle="1">
+    <w:name w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_02cbfccd-2126-4f2e-a01d-7965d4a4aa56" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+    <w:basedOn w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dd9f2acc-5440-41ee-801d-b31ba6fb2b53" w:customStyle="1">
-    <w:name w:val="Normal Table_dd9f2acc-5440-41ee-801d-b31ba6fb2b53"/>
+  <w:style w:type="table" w:styleId="NormalTable_21debec3-9271-4227-9c6b-9efeeb0241b9" w:customStyle="1">
+    <w:name w:val="Normal Table_21debec3-9271-4227-9c6b-9efeeb0241b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7e50963b-0c3a-47f8-aba1-9fcf7389a3eb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dd9f2acc-5440-41ee-801d-b31ba6fb2b53"/>
+  <w:style w:type="table" w:styleId="TableGrid_3840d5d1-4841-4563-b6db-5f557a163a94" w:customStyle="1">
+    <w:name w:val="Table Grid_3840d5d1-4841-4563-b6db-5f557a163a94"/>
+    <w:basedOn w:val="NormalTable_21debec3-9271-4227-9c6b-9efeeb0241b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_37ac2ebc-ecf9-4fa0-ac74-63c88ba3c5fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_66590f49-b3da-4bc8-8144-44e6702d9027" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_66590f49-b3da-4bc8-8144-44e6702d9027"/>
+    <w:basedOn w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_0dda8372-ed19-42a6-9242-8c7e58d74e72" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_caab3d02-ebd5-468f-bf8d-66cf2a46c582"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_11bd0129-cd3a-4c1c-99ac-8706d09b1a49" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_11bd0129-cd3a-4c1c-99ac-8706d09b1a49"/>
+    <w:basedOn w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_96aface6-c8cd-4167-9dae-53c9d3b9d2d4" w:customStyle="1">
-    <w:name w:val="Normal Table_96aface6-c8cd-4167-9dae-53c9d3b9d2d4"/>
+  <w:style w:type="table" w:styleId="NormalTable_ce4b0073-ed57-4563-b083-997d8b94160b" w:customStyle="1">
+    <w:name w:val="Normal Table_ce4b0073-ed57-4563-b083-997d8b94160b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_64147ad9-c95d-49b6-8e60-ab9b2fec8b08" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_96aface6-c8cd-4167-9dae-53c9d3b9d2d4"/>
+  <w:style w:type="table" w:styleId="TableGrid_cab481e6-ef3b-49ae-b091-858f291ae527" w:customStyle="1">
+    <w:name w:val="Table Grid_cab481e6-ef3b-49ae-b091-858f291ae527"/>
+    <w:basedOn w:val="NormalTable_ce4b0073-ed57-4563-b083-997d8b94160b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee44c17e-8f23-487d-ae1b-d56873e4b229" w:customStyle="1">
-    <w:name w:val="Normal Table_ee44c17e-8f23-487d-ae1b-d56873e4b229"/>
+  <w:style w:type="table" w:styleId="NormalTable_1d461c64-8ac6-472d-be0c-cbd6ba475233" w:customStyle="1">
+    <w:name w:val="Normal Table_1d461c64-8ac6-472d-be0c-cbd6ba475233"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6badb247-4ae0-4421-8aa1-9252a6ed25b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee44c17e-8f23-487d-ae1b-d56873e4b229"/>
+  <w:style w:type="table" w:styleId="TableGrid_47e85ed2-f4c6-4ee9-87b4-f25496d5d76f" w:customStyle="1">
+    <w:name w:val="Table Grid_47e85ed2-f4c6-4ee9-87b4-f25496d5d76f"/>
+    <w:basedOn w:val="NormalTable_1d461c64-8ac6-472d-be0c-cbd6ba475233"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eab28c98-e221-4064-825d-6c7135bc2443" w:customStyle="1">
-    <w:name w:val="Normal Table_eab28c98-e221-4064-825d-6c7135bc2443"/>
+  <w:style w:type="table" w:styleId="NormalTable_0bcb5eae-b045-4002-84c0-5cdbda9c49d9" w:customStyle="1">
+    <w:name w:val="Normal Table_0bcb5eae-b045-4002-84c0-5cdbda9c49d9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_55445496-4962-47a7-89a5-72def727ea0b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eab28c98-e221-4064-825d-6c7135bc2443"/>
+  <w:style w:type="table" w:styleId="TableGrid_cb968216-5a7b-4adc-881b-e75f970c6f69" w:customStyle="1">
+    <w:name w:val="Table Grid_cb968216-5a7b-4adc-881b-e75f970c6f69"/>
+    <w:basedOn w:val="NormalTable_0bcb5eae-b045-4002-84c0-5cdbda9c49d9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8b9c27d5-fa22-46eb-8823-a2a82a5f74c9" w:customStyle="1">
-    <w:name w:val="Normal Table_8b9c27d5-fa22-46eb-8823-a2a82a5f74c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_179e9a4e-ef08-4687-9379-65dd00162929" w:customStyle="1">
+    <w:name w:val="Normal Table_179e9a4e-ef08-4687-9379-65dd00162929"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_673a702b-c661-45c9-bb7e-428119795fe8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8b9c27d5-fa22-46eb-8823-a2a82a5f74c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_456d522d-358e-4b59-9b03-f84598b4b516" w:customStyle="1">
+    <w:name w:val="Table Grid_456d522d-358e-4b59-9b03-f84598b4b516"/>
+    <w:basedOn w:val="NormalTable_179e9a4e-ef08-4687-9379-65dd00162929"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9a3e2a10-7073-4056-8a6a-3957c5b83e44" w:customStyle="1">
-    <w:name w:val="Normal Table_9a3e2a10-7073-4056-8a6a-3957c5b83e44"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f91faa1-dfa9-43e3-8133-8301c154e647" w:customStyle="1">
+    <w:name w:val="Normal Table_0f91faa1-dfa9-43e3-8133-8301c154e647"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5fec89c-faae-4639-9c2a-b8c403d10517" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9a3e2a10-7073-4056-8a6a-3957c5b83e44"/>
+  <w:style w:type="table" w:styleId="TableGrid_5579ed92-cf9f-49de-b9a7-cb0d17d6ed88" w:customStyle="1">
+    <w:name w:val="Table Grid_5579ed92-cf9f-49de-b9a7-cb0d17d6ed88"/>
+    <w:basedOn w:val="NormalTable_0f91faa1-dfa9-43e3-8133-8301c154e647"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_313996a1-bef8-48b0-ad48-5c06104f3543" w:customStyle="1">
-    <w:name w:val="Normal Table_313996a1-bef8-48b0-ad48-5c06104f3543"/>
+  <w:style w:type="table" w:styleId="NormalTable_5200e15c-6406-485e-84ea-cc6d832e8050" w:customStyle="1">
+    <w:name w:val="Normal Table_5200e15c-6406-485e-84ea-cc6d832e8050"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8aaab2e4-44d8-4d46-875e-58f5f2d5e38a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_313996a1-bef8-48b0-ad48-5c06104f3543"/>
+  <w:style w:type="table" w:styleId="TableGrid_195d0484-32f3-4359-8544-eb33d2eedbb7" w:customStyle="1">
+    <w:name w:val="Table Grid_195d0484-32f3-4359-8544-eb33d2eedbb7"/>
+    <w:basedOn w:val="NormalTable_5200e15c-6406-485e-84ea-cc6d832e8050"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7c9f8c34-fc0a-4fb5-8426-c5eaa9774f5b" w:customStyle="1">
-    <w:name w:val="Normal Table_7c9f8c34-fc0a-4fb5-8426-c5eaa9774f5b"/>
+  <w:style w:type="table" w:styleId="NormalTable_409ccb62-14f4-4e3a-8868-644b00ea245e" w:customStyle="1">
+    <w:name w:val="Normal Table_409ccb62-14f4-4e3a-8868-644b00ea245e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_340abb7d-b98e-4a77-9753-d1b778677a31" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7c9f8c34-fc0a-4fb5-8426-c5eaa9774f5b"/>
+  <w:style w:type="table" w:styleId="TableGrid_e33d9d4d-4647-4680-a138-7da7d26e81c9" w:customStyle="1">
+    <w:name w:val="Table Grid_e33d9d4d-4647-4680-a138-7da7d26e81c9"/>
+    <w:basedOn w:val="NormalTable_409ccb62-14f4-4e3a-8868-644b00ea245e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0d6675f3-2680-445e-803e-4368220c0d06" w:customStyle="1">
-    <w:name w:val="Normal Table_0d6675f3-2680-445e-803e-4368220c0d06"/>
+  <w:style w:type="table" w:styleId="NormalTable_8efbff15-b311-4baa-935d-9405c2a3ad9e" w:customStyle="1">
+    <w:name w:val="Normal Table_8efbff15-b311-4baa-935d-9405c2a3ad9e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_674b4e12-9792-483d-ab22-1c0174cf20ae" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0d6675f3-2680-445e-803e-4368220c0d06"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc28154b-6b2d-4a45-b669-8e464d43c377" w:customStyle="1">
+    <w:name w:val="Table Grid_fc28154b-6b2d-4a45-b669-8e464d43c377"/>
+    <w:basedOn w:val="NormalTable_8efbff15-b311-4baa-935d-9405c2a3ad9e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b3c51a9c-0b37-4343-8a76-40e5716af058" w:customStyle="1">
-    <w:name w:val="Normal Table_b3c51a9c-0b37-4343-8a76-40e5716af058"/>
+  <w:style w:type="table" w:styleId="NormalTable_a6e17c2a-5de7-49b4-a07f-4de1d867637c" w:customStyle="1">
+    <w:name w:val="Normal Table_a6e17c2a-5de7-49b4-a07f-4de1d867637c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6523e84c-717b-4103-90ac-39b0ccf9248b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b3c51a9c-0b37-4343-8a76-40e5716af058"/>
+  <w:style w:type="table" w:styleId="TableGrid_d40b8512-708e-41f6-b90b-28c177cac947" w:customStyle="1">
+    <w:name w:val="Table Grid_d40b8512-708e-41f6-b90b-28c177cac947"/>
+    <w:basedOn w:val="NormalTable_a6e17c2a-5de7-49b4-a07f-4de1d867637c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>