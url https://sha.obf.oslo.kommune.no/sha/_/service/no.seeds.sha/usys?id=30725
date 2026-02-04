--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -6068,117 +6068,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId1" w:fontKey="{D8679CD9-FFD2-4F37-9759-E5CFA33268F0}"/>
     <w:embedBold r:id="rId2" w:fontKey="{7BB57053-52DA-42D7-9652-D48D6920D770}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId3" w:fontKey="{369CD428-0873-4B64-A206-EEC29079182D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5579ed92-cf9f-49de-b9a7-cb0d17d6ed88"/>
+      <w:tblStyle w:val="TableGrid_181c95f1-984d-43c9-b685-329caef08637"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:26:41 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:46 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6195,153 +6195,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_195d0484-32f3-4359-8544-eb33d2eedbb7"/>
+      <w:tblStyle w:val="TableGrid_e3b5daf5-2ef8-4d49-abf5-1a6473a3a006"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2321"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_66590f49-b3da-4bc8-8144-44e6702d9027"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_4b64a339-5b65-48cc-92a4-d61bb67da9ad"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 665. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_11bd0129-cd3a-4c1c-99ac-8706d09b1a49"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c9cf5f2e-475f-4c6b-b2f6-199b7813cde3"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">665 SHA perm - Arkivnøkkel EIE og VED</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_11bd0129-cd3a-4c1c-99ac-8706d09b1a49"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c9cf5f2e-475f-4c6b-b2f6-199b7813cde3"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+            <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6354,59 +6354,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+      <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d40b8512-708e-41f6-b90b-28c177cac947"/>
+      <w:tblStyle w:val="TableGrid_891eb3d3-ee01-44d3-be21-6cb36a10f382"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3374"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6417,373 +6417,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e33d9d4d-4647-4680-a138-7da7d26e81c9"/>
+            <w:tblStyle w:val="TableGrid_090a59f8-c212-494f-9ba4-ad6220dd0fe8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">22.01.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+            <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3374"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_fc28154b-6b2d-4a45-b669-8e464d43c377"/>
+            <w:tblStyle w:val="TableGrid_68313126-20c1-4771-8945-bf92ab943620"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+            <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+      <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift2"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="5.%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:hint="default"/>
         <w:b/>
@@ -8435,629 +8435,629 @@
   <w:style w:type="table" w:styleId="TableGrid04347c3b-e19e-40e6-a8eb-06d0d3f02548" w:customStyle="1">
     <w:name w:val="Table Grid_04347c3b-e19e-40e6-a8eb-06d0d3f02548"/>
     <w:basedOn w:val="NormalTable3bf65d50-10a1-46db-b3a3-6672460a4691"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d" w:customStyle="1">
-    <w:name w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c" w:customStyle="1">
+    <w:name w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_07f1e654-e0d0-4017-b92a-f52de638ce87" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+    <w:basedOn w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_21debec3-9271-4227-9c6b-9efeeb0241b9" w:customStyle="1">
-    <w:name w:val="Normal Table_21debec3-9271-4227-9c6b-9efeeb0241b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_06da9f27-a315-474d-9828-113e37153c97" w:customStyle="1">
+    <w:name w:val="Normal Table_06da9f27-a315-474d-9828-113e37153c97"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3840d5d1-4841-4563-b6db-5f557a163a94" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_21debec3-9271-4227-9c6b-9efeeb0241b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_d5aeb67e-88c1-4392-803d-1dbc7c9b5a57" w:customStyle="1">
+    <w:name w:val="Table Grid_d5aeb67e-88c1-4392-803d-1dbc7c9b5a57"/>
+    <w:basedOn w:val="NormalTable_06da9f27-a315-474d-9828-113e37153c97"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_66590f49-b3da-4bc8-8144-44e6702d9027" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_4b64a339-5b65-48cc-92a4-d61bb67da9ad" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_4b64a339-5b65-48cc-92a4-d61bb67da9ad"/>
+    <w:basedOn w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_11bd0129-cd3a-4c1c-99ac-8706d09b1a49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4a17e58a-ce29-40d8-ba7e-7763c73ef11d"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_c9cf5f2e-475f-4c6b-b2f6-199b7813cde3" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c9cf5f2e-475f-4c6b-b2f6-199b7813cde3"/>
+    <w:basedOn w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ce4b0073-ed57-4563-b083-997d8b94160b" w:customStyle="1">
-    <w:name w:val="Normal Table_ce4b0073-ed57-4563-b083-997d8b94160b"/>
+  <w:style w:type="table" w:styleId="NormalTable_97f3641f-9fe3-4049-921f-a931ef53d77e" w:customStyle="1">
+    <w:name w:val="Normal Table_97f3641f-9fe3-4049-921f-a931ef53d77e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cab481e6-ef3b-49ae-b091-858f291ae527" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ce4b0073-ed57-4563-b083-997d8b94160b"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6c43c24-065e-4e47-aa47-0e8f6e0858d8" w:customStyle="1">
+    <w:name w:val="Table Grid_e6c43c24-065e-4e47-aa47-0e8f6e0858d8"/>
+    <w:basedOn w:val="NormalTable_97f3641f-9fe3-4049-921f-a931ef53d77e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1d461c64-8ac6-472d-be0c-cbd6ba475233" w:customStyle="1">
-    <w:name w:val="Normal Table_1d461c64-8ac6-472d-be0c-cbd6ba475233"/>
+  <w:style w:type="table" w:styleId="NormalTable_88e81a6f-9693-4541-8c13-a54b0f4e5a1e" w:customStyle="1">
+    <w:name w:val="Normal Table_88e81a6f-9693-4541-8c13-a54b0f4e5a1e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_47e85ed2-f4c6-4ee9-87b4-f25496d5d76f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1d461c64-8ac6-472d-be0c-cbd6ba475233"/>
+  <w:style w:type="table" w:styleId="TableGrid_9d8a12c8-b81a-4244-bcf7-804032c0a8dc" w:customStyle="1">
+    <w:name w:val="Table Grid_9d8a12c8-b81a-4244-bcf7-804032c0a8dc"/>
+    <w:basedOn w:val="NormalTable_88e81a6f-9693-4541-8c13-a54b0f4e5a1e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0bcb5eae-b045-4002-84c0-5cdbda9c49d9" w:customStyle="1">
-    <w:name w:val="Normal Table_0bcb5eae-b045-4002-84c0-5cdbda9c49d9"/>
+  <w:style w:type="table" w:styleId="NormalTable_b916d94f-7d39-4ca8-8ec6-1d68cd23614c" w:customStyle="1">
+    <w:name w:val="Normal Table_b916d94f-7d39-4ca8-8ec6-1d68cd23614c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cb968216-5a7b-4adc-881b-e75f970c6f69" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0bcb5eae-b045-4002-84c0-5cdbda9c49d9"/>
+  <w:style w:type="table" w:styleId="TableGrid_2eb9af34-415f-4878-b2fa-4a1873c3f340" w:customStyle="1">
+    <w:name w:val="Table Grid_2eb9af34-415f-4878-b2fa-4a1873c3f340"/>
+    <w:basedOn w:val="NormalTable_b916d94f-7d39-4ca8-8ec6-1d68cd23614c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_179e9a4e-ef08-4687-9379-65dd00162929" w:customStyle="1">
-    <w:name w:val="Normal Table_179e9a4e-ef08-4687-9379-65dd00162929"/>
+  <w:style w:type="table" w:styleId="NormalTable_dd41ac1d-88a7-4ade-9f33-0dd38385a0c5" w:customStyle="1">
+    <w:name w:val="Normal Table_dd41ac1d-88a7-4ade-9f33-0dd38385a0c5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_456d522d-358e-4b59-9b03-f84598b4b516" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_179e9a4e-ef08-4687-9379-65dd00162929"/>
+  <w:style w:type="table" w:styleId="TableGrid_fac94aa9-f57b-47af-8f59-f9986bc09eb1" w:customStyle="1">
+    <w:name w:val="Table Grid_fac94aa9-f57b-47af-8f59-f9986bc09eb1"/>
+    <w:basedOn w:val="NormalTable_dd41ac1d-88a7-4ade-9f33-0dd38385a0c5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0f91faa1-dfa9-43e3-8133-8301c154e647" w:customStyle="1">
-    <w:name w:val="Normal Table_0f91faa1-dfa9-43e3-8133-8301c154e647"/>
+  <w:style w:type="table" w:styleId="NormalTable_05b94d2b-3682-4425-81e5-478b4e9defe7" w:customStyle="1">
+    <w:name w:val="Normal Table_05b94d2b-3682-4425-81e5-478b4e9defe7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5579ed92-cf9f-49de-b9a7-cb0d17d6ed88" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0f91faa1-dfa9-43e3-8133-8301c154e647"/>
+  <w:style w:type="table" w:styleId="TableGrid_181c95f1-984d-43c9-b685-329caef08637" w:customStyle="1">
+    <w:name w:val="Table Grid_181c95f1-984d-43c9-b685-329caef08637"/>
+    <w:basedOn w:val="NormalTable_05b94d2b-3682-4425-81e5-478b4e9defe7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5200e15c-6406-485e-84ea-cc6d832e8050" w:customStyle="1">
-    <w:name w:val="Normal Table_5200e15c-6406-485e-84ea-cc6d832e8050"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc04b70a-85b3-45ac-b59b-7f1ef08c427e" w:customStyle="1">
+    <w:name w:val="Normal Table_fc04b70a-85b3-45ac-b59b-7f1ef08c427e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_195d0484-32f3-4359-8544-eb33d2eedbb7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5200e15c-6406-485e-84ea-cc6d832e8050"/>
+  <w:style w:type="table" w:styleId="TableGrid_e3b5daf5-2ef8-4d49-abf5-1a6473a3a006" w:customStyle="1">
+    <w:name w:val="Table Grid_e3b5daf5-2ef8-4d49-abf5-1a6473a3a006"/>
+    <w:basedOn w:val="NormalTable_fc04b70a-85b3-45ac-b59b-7f1ef08c427e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_409ccb62-14f4-4e3a-8868-644b00ea245e" w:customStyle="1">
-    <w:name w:val="Normal Table_409ccb62-14f4-4e3a-8868-644b00ea245e"/>
+  <w:style w:type="table" w:styleId="NormalTable_b013f1dd-1ca6-4b31-b11c-9d9c6de16285" w:customStyle="1">
+    <w:name w:val="Normal Table_b013f1dd-1ca6-4b31-b11c-9d9c6de16285"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e33d9d4d-4647-4680-a138-7da7d26e81c9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_409ccb62-14f4-4e3a-8868-644b00ea245e"/>
+  <w:style w:type="table" w:styleId="TableGrid_090a59f8-c212-494f-9ba4-ad6220dd0fe8" w:customStyle="1">
+    <w:name w:val="Table Grid_090a59f8-c212-494f-9ba4-ad6220dd0fe8"/>
+    <w:basedOn w:val="NormalTable_b013f1dd-1ca6-4b31-b11c-9d9c6de16285"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8efbff15-b311-4baa-935d-9405c2a3ad9e" w:customStyle="1">
-    <w:name w:val="Normal Table_8efbff15-b311-4baa-935d-9405c2a3ad9e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f6c385e9-9ea8-4be0-9d33-6754f8c4c679" w:customStyle="1">
+    <w:name w:val="Normal Table_f6c385e9-9ea8-4be0-9d33-6754f8c4c679"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc28154b-6b2d-4a45-b669-8e464d43c377" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8efbff15-b311-4baa-935d-9405c2a3ad9e"/>
+  <w:style w:type="table" w:styleId="TableGrid_68313126-20c1-4771-8945-bf92ab943620" w:customStyle="1">
+    <w:name w:val="Table Grid_68313126-20c1-4771-8945-bf92ab943620"/>
+    <w:basedOn w:val="NormalTable_f6c385e9-9ea8-4be0-9d33-6754f8c4c679"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a6e17c2a-5de7-49b4-a07f-4de1d867637c" w:customStyle="1">
-    <w:name w:val="Normal Table_a6e17c2a-5de7-49b4-a07f-4de1d867637c"/>
+  <w:style w:type="table" w:styleId="NormalTable_bf74c244-4362-42a9-b798-d509d1cb36bb" w:customStyle="1">
+    <w:name w:val="Normal Table_bf74c244-4362-42a9-b798-d509d1cb36bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d40b8512-708e-41f6-b90b-28c177cac947" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a6e17c2a-5de7-49b4-a07f-4de1d867637c"/>
+  <w:style w:type="table" w:styleId="TableGrid_891eb3d3-ee01-44d3-be21-6cb36a10f382" w:customStyle="1">
+    <w:name w:val="Table Grid_891eb3d3-ee01-44d3-be21-6cb36a10f382"/>
+    <w:basedOn w:val="NormalTable_bf74c244-4362-42a9-b798-d509d1cb36bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>