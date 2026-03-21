--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6068,117 +6068,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId1" w:fontKey="{D8679CD9-FFD2-4F37-9759-E5CFA33268F0}"/>
     <w:embedBold r:id="rId2" w:fontKey="{7BB57053-52DA-42D7-9652-D48D6920D770}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId3" w:fontKey="{369CD428-0873-4B64-A206-EEC29079182D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_181c95f1-984d-43c9-b685-329caef08637"/>
+      <w:tblStyle w:val="TableGrid_a9d8aed8-50fc-4d13-81e9-df9ba5dd8f55"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:46 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:48:16 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6195,153 +6195,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e3b5daf5-2ef8-4d49-abf5-1a6473a3a006"/>
+      <w:tblStyle w:val="TableGrid_2adfd418-f04c-4dab-b621-b5be791262db"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2321"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_4b64a339-5b65-48cc-92a4-d61bb67da9ad"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_127bcdd9-05f7-4326-8c53-fe374124f1f6"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 665. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c9cf5f2e-475f-4c6b-b2f6-199b7813cde3"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e4707797-780a-4890-804c-2db077bae03e"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">665 SHA perm - Arkivnøkkel EIE og VED</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c9cf5f2e-475f-4c6b-b2f6-199b7813cde3"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e4707797-780a-4890-804c-2db077bae03e"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+            <w:pStyle w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6354,59 +6354,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+      <w:pStyle w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_891eb3d3-ee01-44d3-be21-6cb36a10f382"/>
+      <w:tblStyle w:val="TableGrid_33f879d6-8ebc-4af7-bd58-ce656676db6f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3374"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6417,373 +6417,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_090a59f8-c212-494f-9ba4-ad6220dd0fe8"/>
+            <w:tblStyle w:val="TableGrid_413aa9ba-73f8-4050-a0e1-b0a2cc1fdbff"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">22.01.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+            <w:pStyle w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3374"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_68313126-20c1-4771-8945-bf92ab943620"/>
+            <w:tblStyle w:val="TableGrid_68c0cd79-7225-4d7f-ac8c-cbbbebd6dfcd"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+            <w:pStyle w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+      <w:pStyle w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift2"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="5.%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:hint="default"/>
         <w:b/>
@@ -8435,629 +8435,629 @@
   <w:style w:type="table" w:styleId="TableGrid04347c3b-e19e-40e6-a8eb-06d0d3f02548" w:customStyle="1">
     <w:name w:val="Table Grid_04347c3b-e19e-40e6-a8eb-06d0d3f02548"/>
     <w:basedOn w:val="NormalTable3bf65d50-10a1-46db-b3a3-6672460a4691"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c" w:customStyle="1">
-    <w:name w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+  <w:style w:type="paragraph" w:styleId="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a" w:customStyle="1">
+    <w:name w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_c79f1572-7070-4b6c-9290-40a2fd18ec90" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3a627622-c2b1-40ce-8170-b2ce26d97323"/>
+    <w:basedOn w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_06da9f27-a315-474d-9828-113e37153c97" w:customStyle="1">
-    <w:name w:val="Normal Table_06da9f27-a315-474d-9828-113e37153c97"/>
+  <w:style w:type="table" w:styleId="NormalTable_d3b59d0e-79ce-42ed-bb22-44e8e49ec14f" w:customStyle="1">
+    <w:name w:val="Normal Table_d3b59d0e-79ce-42ed-bb22-44e8e49ec14f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5aeb67e-88c1-4392-803d-1dbc7c9b5a57" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_06da9f27-a315-474d-9828-113e37153c97"/>
+  <w:style w:type="table" w:styleId="TableGrid_a5fdd868-6e65-4290-a825-7924da0ac24e" w:customStyle="1">
+    <w:name w:val="Table Grid_a5fdd868-6e65-4290-a825-7924da0ac24e"/>
+    <w:basedOn w:val="NormalTable_d3b59d0e-79ce-42ed-bb22-44e8e49ec14f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_4b64a339-5b65-48cc-92a4-d61bb67da9ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_127bcdd9-05f7-4326-8c53-fe374124f1f6" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_127bcdd9-05f7-4326-8c53-fe374124f1f6"/>
+    <w:basedOn w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_c9cf5f2e-475f-4c6b-b2f6-199b7813cde3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_bb154602-8982-4751-a2b0-3c8e2acaaa0c"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_e4707797-780a-4890-804c-2db077bae03e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e4707797-780a-4890-804c-2db077bae03e"/>
+    <w:basedOn w:val="Normal_8a2e21ae-30bc-4459-9d07-eeea7e1a672a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_97f3641f-9fe3-4049-921f-a931ef53d77e" w:customStyle="1">
-    <w:name w:val="Normal Table_97f3641f-9fe3-4049-921f-a931ef53d77e"/>
+  <w:style w:type="table" w:styleId="NormalTable_e3c779ac-d931-4440-b893-735f6de9ba2e" w:customStyle="1">
+    <w:name w:val="Normal Table_e3c779ac-d931-4440-b893-735f6de9ba2e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6c43c24-065e-4e47-aa47-0e8f6e0858d8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_97f3641f-9fe3-4049-921f-a931ef53d77e"/>
+  <w:style w:type="table" w:styleId="TableGrid_4f656418-298d-4f86-ad6c-b11e4a237d75" w:customStyle="1">
+    <w:name w:val="Table Grid_4f656418-298d-4f86-ad6c-b11e4a237d75"/>
+    <w:basedOn w:val="NormalTable_e3c779ac-d931-4440-b893-735f6de9ba2e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_88e81a6f-9693-4541-8c13-a54b0f4e5a1e" w:customStyle="1">
-    <w:name w:val="Normal Table_88e81a6f-9693-4541-8c13-a54b0f4e5a1e"/>
+  <w:style w:type="table" w:styleId="NormalTable_65d916ce-b693-4616-a3e4-4674bc6637de" w:customStyle="1">
+    <w:name w:val="Normal Table_65d916ce-b693-4616-a3e4-4674bc6637de"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9d8a12c8-b81a-4244-bcf7-804032c0a8dc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_88e81a6f-9693-4541-8c13-a54b0f4e5a1e"/>
+  <w:style w:type="table" w:styleId="TableGrid_f4e05707-dc74-4648-b7bc-55639ac3bf77" w:customStyle="1">
+    <w:name w:val="Table Grid_f4e05707-dc74-4648-b7bc-55639ac3bf77"/>
+    <w:basedOn w:val="NormalTable_65d916ce-b693-4616-a3e4-4674bc6637de"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b916d94f-7d39-4ca8-8ec6-1d68cd23614c" w:customStyle="1">
-    <w:name w:val="Normal Table_b916d94f-7d39-4ca8-8ec6-1d68cd23614c"/>
+  <w:style w:type="table" w:styleId="NormalTable_db115c17-5e56-489c-8f56-f5b43b2a3e1f" w:customStyle="1">
+    <w:name w:val="Normal Table_db115c17-5e56-489c-8f56-f5b43b2a3e1f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2eb9af34-415f-4878-b2fa-4a1873c3f340" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b916d94f-7d39-4ca8-8ec6-1d68cd23614c"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc10a846-aeb5-45d9-87e3-67239012e7fb" w:customStyle="1">
+    <w:name w:val="Table Grid_fc10a846-aeb5-45d9-87e3-67239012e7fb"/>
+    <w:basedOn w:val="NormalTable_db115c17-5e56-489c-8f56-f5b43b2a3e1f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dd41ac1d-88a7-4ade-9f33-0dd38385a0c5" w:customStyle="1">
-    <w:name w:val="Normal Table_dd41ac1d-88a7-4ade-9f33-0dd38385a0c5"/>
+  <w:style w:type="table" w:styleId="NormalTable_9263f301-d6a7-45b4-a477-8bc6998d69e8" w:customStyle="1">
+    <w:name w:val="Normal Table_9263f301-d6a7-45b4-a477-8bc6998d69e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fac94aa9-f57b-47af-8f59-f9986bc09eb1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dd41ac1d-88a7-4ade-9f33-0dd38385a0c5"/>
+  <w:style w:type="table" w:styleId="TableGrid_1c1236e6-3b5b-4f51-9258-d70ab7b31db0" w:customStyle="1">
+    <w:name w:val="Table Grid_1c1236e6-3b5b-4f51-9258-d70ab7b31db0"/>
+    <w:basedOn w:val="NormalTable_9263f301-d6a7-45b4-a477-8bc6998d69e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_05b94d2b-3682-4425-81e5-478b4e9defe7" w:customStyle="1">
-    <w:name w:val="Normal Table_05b94d2b-3682-4425-81e5-478b4e9defe7"/>
+  <w:style w:type="table" w:styleId="NormalTable_70c24c35-af23-407b-b07b-2f313ed510ad" w:customStyle="1">
+    <w:name w:val="Normal Table_70c24c35-af23-407b-b07b-2f313ed510ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_181c95f1-984d-43c9-b685-329caef08637" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_05b94d2b-3682-4425-81e5-478b4e9defe7"/>
+  <w:style w:type="table" w:styleId="TableGrid_a9d8aed8-50fc-4d13-81e9-df9ba5dd8f55" w:customStyle="1">
+    <w:name w:val="Table Grid_a9d8aed8-50fc-4d13-81e9-df9ba5dd8f55"/>
+    <w:basedOn w:val="NormalTable_70c24c35-af23-407b-b07b-2f313ed510ad"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc04b70a-85b3-45ac-b59b-7f1ef08c427e" w:customStyle="1">
-    <w:name w:val="Normal Table_fc04b70a-85b3-45ac-b59b-7f1ef08c427e"/>
+  <w:style w:type="table" w:styleId="NormalTable_de86fa12-4d9b-40c8-acb7-3383a6fb15f1" w:customStyle="1">
+    <w:name w:val="Normal Table_de86fa12-4d9b-40c8-acb7-3383a6fb15f1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e3b5daf5-2ef8-4d49-abf5-1a6473a3a006" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc04b70a-85b3-45ac-b59b-7f1ef08c427e"/>
+  <w:style w:type="table" w:styleId="TableGrid_2adfd418-f04c-4dab-b621-b5be791262db" w:customStyle="1">
+    <w:name w:val="Table Grid_2adfd418-f04c-4dab-b621-b5be791262db"/>
+    <w:basedOn w:val="NormalTable_de86fa12-4d9b-40c8-acb7-3383a6fb15f1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b013f1dd-1ca6-4b31-b11c-9d9c6de16285" w:customStyle="1">
-    <w:name w:val="Normal Table_b013f1dd-1ca6-4b31-b11c-9d9c6de16285"/>
+  <w:style w:type="table" w:styleId="NormalTable_b7bf2a52-f19c-44d1-bc03-e921881c97d1" w:customStyle="1">
+    <w:name w:val="Normal Table_b7bf2a52-f19c-44d1-bc03-e921881c97d1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_090a59f8-c212-494f-9ba4-ad6220dd0fe8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b013f1dd-1ca6-4b31-b11c-9d9c6de16285"/>
+  <w:style w:type="table" w:styleId="TableGrid_413aa9ba-73f8-4050-a0e1-b0a2cc1fdbff" w:customStyle="1">
+    <w:name w:val="Table Grid_413aa9ba-73f8-4050-a0e1-b0a2cc1fdbff"/>
+    <w:basedOn w:val="NormalTable_b7bf2a52-f19c-44d1-bc03-e921881c97d1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f6c385e9-9ea8-4be0-9d33-6754f8c4c679" w:customStyle="1">
-    <w:name w:val="Normal Table_f6c385e9-9ea8-4be0-9d33-6754f8c4c679"/>
+  <w:style w:type="table" w:styleId="NormalTable_33f540b0-5f2b-42ff-8baa-26b983f4defd" w:customStyle="1">
+    <w:name w:val="Normal Table_33f540b0-5f2b-42ff-8baa-26b983f4defd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_68313126-20c1-4771-8945-bf92ab943620" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f6c385e9-9ea8-4be0-9d33-6754f8c4c679"/>
+  <w:style w:type="table" w:styleId="TableGrid_68c0cd79-7225-4d7f-ac8c-cbbbebd6dfcd" w:customStyle="1">
+    <w:name w:val="Table Grid_68c0cd79-7225-4d7f-ac8c-cbbbebd6dfcd"/>
+    <w:basedOn w:val="NormalTable_33f540b0-5f2b-42ff-8baa-26b983f4defd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bf74c244-4362-42a9-b798-d509d1cb36bb" w:customStyle="1">
-    <w:name w:val="Normal Table_bf74c244-4362-42a9-b798-d509d1cb36bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_97712aac-9987-4da7-9522-59970caf17a0" w:customStyle="1">
+    <w:name w:val="Normal Table_97712aac-9987-4da7-9522-59970caf17a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_891eb3d3-ee01-44d3-be21-6cb36a10f382" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bf74c244-4362-42a9-b798-d509d1cb36bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_33f879d6-8ebc-4af7-bd58-ce656676db6f" w:customStyle="1">
+    <w:name w:val="Table Grid_33f879d6-8ebc-4af7-bd58-ce656676db6f"/>
+    <w:basedOn w:val="NormalTable_97712aac-9987-4da7-9522-59970caf17a0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>