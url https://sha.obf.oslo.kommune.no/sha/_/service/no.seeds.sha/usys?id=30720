--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1062,89 +1062,106 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_917272f6-e6da-46ca-a115-e4c3b4001ed8"/>
+      <w:tblStyle w:val="TableGrid_0cc812df-5ae8-4545-a563-78e3fa88d027"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 19:46:19 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:25:54 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1172,74 +1189,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0e68a9f5-e29b-4d42-bf27-36193d69228e"/>
+      <w:tblStyle w:val="TableGrid_7bbf83b2-f1f6-4b48-95eb-e60519b44a30"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 660. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -1257,423 +1291,508 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+            <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+      <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f33aba27-b4db-4c68-9513-aee704e75022"/>
+      <w:tblStyle w:val="TableGrid_b9d6c90e-b63f-49c0-87b3-70be05a5b896"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1ec82b91-b516-44bd-b5e5-93f2419edff4"/>
+            <w:tblStyle w:val="TableGrid_a9f3ea15-2ecb-44d8-965e-0dcb5c92695b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / Oppfølging av HMSREG for EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">01.09.2021 (Åse-Lill Madland)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+            <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a5eef5d4-ed13-4206-b409-0ebd5c140883"/>
+            <w:tblStyle w:val="TableGrid_20ae8250-c6d1-4a7a-b96b-668c89481bb7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1000"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1000"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1000"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Magne Ness</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+            <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+      <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -2155,629 +2274,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5" w:customStyle="1">
-    <w:name w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+  <w:style w:type="paragraph" w:styleId="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1" w:customStyle="1">
+    <w:name w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+    <w:basedOn w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8e8e9071-1e9c-49f7-aa34-43faef821996" w:customStyle="1">
-    <w:name w:val="Normal Table_8e8e9071-1e9c-49f7-aa34-43faef821996"/>
+  <w:style w:type="table" w:styleId="NormalTable_de7257c5-7cb0-4faf-86f8-9868e7287388" w:customStyle="1">
+    <w:name w:val="Normal Table_de7257c5-7cb0-4faf-86f8-9868e7287388"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6c35965-4ecb-4b2d-a37a-9c5a4d81de5c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8e8e9071-1e9c-49f7-aa34-43faef821996"/>
+  <w:style w:type="table" w:styleId="TableGrid_c144121d-ca32-4de4-93bd-0e03980cfa20" w:customStyle="1">
+    <w:name w:val="Table Grid_c144121d-ca32-4de4-93bd-0e03980cfa20"/>
+    <w:basedOn w:val="NormalTable_de7257c5-7cb0-4faf-86f8-9868e7287388"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+    <w:basedOn w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_f3f907a5-b322-4218-815d-c6fdec3a91a5"/>
+    <w:basedOn w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6f20b79d-edf6-40e8-bef5-bbb4807c0ed4" w:customStyle="1">
-    <w:name w:val="Normal Table_6f20b79d-edf6-40e8-bef5-bbb4807c0ed4"/>
+  <w:style w:type="table" w:styleId="NormalTable_bd754cbf-cff5-4090-a1ae-d6ad70f116ea" w:customStyle="1">
+    <w:name w:val="Normal Table_bd754cbf-cff5-4090-a1ae-d6ad70f116ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4ea39f11-81c2-456f-bbae-3723c213bdd7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6f20b79d-edf6-40e8-bef5-bbb4807c0ed4"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ca6a0dd-3fb2-4c5d-a525-54bccd713ada" w:customStyle="1">
+    <w:name w:val="Table Grid_9ca6a0dd-3fb2-4c5d-a525-54bccd713ada"/>
+    <w:basedOn w:val="NormalTable_bd754cbf-cff5-4090-a1ae-d6ad70f116ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a2585d54-3ba6-4e53-b60a-45396225e385" w:customStyle="1">
-    <w:name w:val="Normal Table_a2585d54-3ba6-4e53-b60a-45396225e385"/>
+  <w:style w:type="table" w:styleId="NormalTable_ea56bb77-949b-410e-9631-1b9a0eda7604" w:customStyle="1">
+    <w:name w:val="Normal Table_ea56bb77-949b-410e-9631-1b9a0eda7604"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5b084e7e-7596-4afc-83d8-c740afc31896" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a2585d54-3ba6-4e53-b60a-45396225e385"/>
+  <w:style w:type="table" w:styleId="TableGrid_e43cc0e2-f800-43e3-835b-1eee3d1b593b" w:customStyle="1">
+    <w:name w:val="Table Grid_e43cc0e2-f800-43e3-835b-1eee3d1b593b"/>
+    <w:basedOn w:val="NormalTable_ea56bb77-949b-410e-9631-1b9a0eda7604"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_33930721-395b-4670-8bc8-b7a3a5b0a9bd" w:customStyle="1">
-    <w:name w:val="Normal Table_33930721-395b-4670-8bc8-b7a3a5b0a9bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_dbe67501-3584-4300-a89a-ae7bdeed3b11" w:customStyle="1">
+    <w:name w:val="Normal Table_dbe67501-3584-4300-a89a-ae7bdeed3b11"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ae84bab3-526b-48b1-91b7-cce73b03f52c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_33930721-395b-4670-8bc8-b7a3a5b0a9bd"/>
+  <w:style w:type="table" w:styleId="TableGrid_a8256842-6d62-4c83-956e-1ab1f214c2eb" w:customStyle="1">
+    <w:name w:val="Table Grid_a8256842-6d62-4c83-956e-1ab1f214c2eb"/>
+    <w:basedOn w:val="NormalTable_dbe67501-3584-4300-a89a-ae7bdeed3b11"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e0d010fb-349e-46f2-ba62-973dae8fe9bb" w:customStyle="1">
-    <w:name w:val="Normal Table_e0d010fb-349e-46f2-ba62-973dae8fe9bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_8ee950c5-d392-4324-9512-420d265afac9" w:customStyle="1">
+    <w:name w:val="Normal Table_8ee950c5-d392-4324-9512-420d265afac9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6a50caeb-4552-4a9f-8791-f1443c84772c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e0d010fb-349e-46f2-ba62-973dae8fe9bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_8ef13105-0093-401e-9d1b-4217ae4aa186" w:customStyle="1">
+    <w:name w:val="Table Grid_8ef13105-0093-401e-9d1b-4217ae4aa186"/>
+    <w:basedOn w:val="NormalTable_8ee950c5-d392-4324-9512-420d265afac9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fd0b210b-25d3-4b46-b2c9-aebdcf45ea5f" w:customStyle="1">
-    <w:name w:val="Normal Table_fd0b210b-25d3-4b46-b2c9-aebdcf45ea5f"/>
+  <w:style w:type="table" w:styleId="NormalTable_08549c5d-347d-4c8a-9e25-36375ef4797b" w:customStyle="1">
+    <w:name w:val="Normal Table_08549c5d-347d-4c8a-9e25-36375ef4797b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_917272f6-e6da-46ca-a115-e4c3b4001ed8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fd0b210b-25d3-4b46-b2c9-aebdcf45ea5f"/>
+  <w:style w:type="table" w:styleId="TableGrid_0cc812df-5ae8-4545-a563-78e3fa88d027" w:customStyle="1">
+    <w:name w:val="Table Grid_0cc812df-5ae8-4545-a563-78e3fa88d027"/>
+    <w:basedOn w:val="NormalTable_08549c5d-347d-4c8a-9e25-36375ef4797b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_62ce86df-547a-4abb-8b54-71371a550831" w:customStyle="1">
-    <w:name w:val="Normal Table_62ce86df-547a-4abb-8b54-71371a550831"/>
+  <w:style w:type="table" w:styleId="NormalTable_cb7a65aa-0435-4721-82cb-b7000012e109" w:customStyle="1">
+    <w:name w:val="Normal Table_cb7a65aa-0435-4721-82cb-b7000012e109"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0e68a9f5-e29b-4d42-bf27-36193d69228e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_62ce86df-547a-4abb-8b54-71371a550831"/>
+  <w:style w:type="table" w:styleId="TableGrid_7bbf83b2-f1f6-4b48-95eb-e60519b44a30" w:customStyle="1">
+    <w:name w:val="Table Grid_7bbf83b2-f1f6-4b48-95eb-e60519b44a30"/>
+    <w:basedOn w:val="NormalTable_cb7a65aa-0435-4721-82cb-b7000012e109"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_30896ce3-790e-4a22-afc0-89b94d76f497" w:customStyle="1">
-    <w:name w:val="Normal Table_30896ce3-790e-4a22-afc0-89b94d76f497"/>
+  <w:style w:type="table" w:styleId="NormalTable_353e84b7-8756-47c7-8b10-dada2efa2f03" w:customStyle="1">
+    <w:name w:val="Normal Table_353e84b7-8756-47c7-8b10-dada2efa2f03"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1ec82b91-b516-44bd-b5e5-93f2419edff4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_30896ce3-790e-4a22-afc0-89b94d76f497"/>
+  <w:style w:type="table" w:styleId="TableGrid_a9f3ea15-2ecb-44d8-965e-0dcb5c92695b" w:customStyle="1">
+    <w:name w:val="Table Grid_a9f3ea15-2ecb-44d8-965e-0dcb5c92695b"/>
+    <w:basedOn w:val="NormalTable_353e84b7-8756-47c7-8b10-dada2efa2f03"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a6340018-1b44-41b1-baec-992ab2257d42" w:customStyle="1">
-    <w:name w:val="Normal Table_a6340018-1b44-41b1-baec-992ab2257d42"/>
+  <w:style w:type="table" w:styleId="NormalTable_57653289-7f91-4957-8bc0-a0705372f4b2" w:customStyle="1">
+    <w:name w:val="Normal Table_57653289-7f91-4957-8bc0-a0705372f4b2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a5eef5d4-ed13-4206-b409-0ebd5c140883" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a6340018-1b44-41b1-baec-992ab2257d42"/>
+  <w:style w:type="table" w:styleId="TableGrid_20ae8250-c6d1-4a7a-b96b-668c89481bb7" w:customStyle="1">
+    <w:name w:val="Table Grid_20ae8250-c6d1-4a7a-b96b-668c89481bb7"/>
+    <w:basedOn w:val="NormalTable_57653289-7f91-4957-8bc0-a0705372f4b2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aacbcb47-da12-4676-b8b1-cdadd3d69746" w:customStyle="1">
-    <w:name w:val="Normal Table_aacbcb47-da12-4676-b8b1-cdadd3d69746"/>
+  <w:style w:type="table" w:styleId="NormalTable_b1539a7b-2c69-4ef7-8df2-9e1d4b816706" w:customStyle="1">
+    <w:name w:val="Normal Table_b1539a7b-2c69-4ef7-8df2-9e1d4b816706"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f33aba27-b4db-4c68-9513-aee704e75022" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aacbcb47-da12-4676-b8b1-cdadd3d69746"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9d6c90e-b63f-49c0-87b3-70be05a5b896" w:customStyle="1">
+    <w:name w:val="Table Grid_b9d6c90e-b63f-49c0-87b3-70be05a5b896"/>
+    <w:basedOn w:val="NormalTable_b1539a7b-2c69-4ef7-8df2-9e1d4b816706"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>