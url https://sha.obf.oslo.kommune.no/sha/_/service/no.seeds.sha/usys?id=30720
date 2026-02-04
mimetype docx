--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -1062,51 +1062,51 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0cc812df-5ae8-4545-a563-78e3fa88d027"/>
+      <w:tblStyle w:val="TableGrid_25eb525f-cd69-4ddd-a379-2578fb9125aa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1117,51 +1117,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:25:54 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:55 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1189,51 +1189,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7bbf83b2-f1f6-4b48-95eb-e60519b44a30"/>
+      <w:tblStyle w:val="TableGrid_5a2e441a-8fb5-4cfe-951b-1d64affe2b6f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -1291,51 +1291,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+            <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1348,59 +1348,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+      <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b9d6c90e-b63f-49c0-87b3-70be05a5b896"/>
+      <w:tblStyle w:val="TableGrid_5065c240-44bf-4495-bc52-8c4b20366537"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1411,51 +1411,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a9f3ea15-2ecb-44d8-965e-0dcb5c92695b"/>
+            <w:tblStyle w:val="TableGrid_08c35921-1689-4bd9-aa99-b2d72bfcf9e9"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1556,72 +1556,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">01.09.2021 (Åse-Lill Madland)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+            <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_20ae8250-c6d1-4a7a-b96b-668c89481bb7"/>
+            <w:tblStyle w:val="TableGrid_37e169c2-3333-4593-87ff-c0acb1d26a8e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1000"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1722,62 +1722,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1000"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Magne Ness</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+            <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+      <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -2274,629 +2274,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1" w:customStyle="1">
-    <w:name w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_335b36e8-17a3-4481-93c6-cca731816a73" w:customStyle="1">
+    <w:name w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+    <w:basedOn w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_de7257c5-7cb0-4faf-86f8-9868e7287388" w:customStyle="1">
-    <w:name w:val="Normal Table_de7257c5-7cb0-4faf-86f8-9868e7287388"/>
+  <w:style w:type="table" w:styleId="NormalTable_00422233-a4e9-470f-92f9-3aaed0acacd4" w:customStyle="1">
+    <w:name w:val="Normal Table_00422233-a4e9-470f-92f9-3aaed0acacd4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c144121d-ca32-4de4-93bd-0e03980cfa20" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_de7257c5-7cb0-4faf-86f8-9868e7287388"/>
+  <w:style w:type="table" w:styleId="TableGrid_e9f3129a-d322-4dde-827a-8d27bf313111" w:customStyle="1">
+    <w:name w:val="Table Grid_e9f3129a-d322-4dde-827a-8d27bf313111"/>
+    <w:basedOn w:val="NormalTable_00422233-a4e9-470f-92f9-3aaed0acacd4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+    <w:basedOn w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_34958f53-0d64-416d-a1d0-a658bf2429c1"/>
+    <w:basedOn w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bd754cbf-cff5-4090-a1ae-d6ad70f116ea" w:customStyle="1">
-    <w:name w:val="Normal Table_bd754cbf-cff5-4090-a1ae-d6ad70f116ea"/>
+  <w:style w:type="table" w:styleId="NormalTable_cb8850a5-4743-42ea-829b-a6552a49695c" w:customStyle="1">
+    <w:name w:val="Normal Table_cb8850a5-4743-42ea-829b-a6552a49695c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ca6a0dd-3fb2-4c5d-a525-54bccd713ada" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bd754cbf-cff5-4090-a1ae-d6ad70f116ea"/>
+  <w:style w:type="table" w:styleId="TableGrid_3c98b901-8c9a-4cd5-b4be-dec1ff331b22" w:customStyle="1">
+    <w:name w:val="Table Grid_3c98b901-8c9a-4cd5-b4be-dec1ff331b22"/>
+    <w:basedOn w:val="NormalTable_cb8850a5-4743-42ea-829b-a6552a49695c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ea56bb77-949b-410e-9631-1b9a0eda7604" w:customStyle="1">
-    <w:name w:val="Normal Table_ea56bb77-949b-410e-9631-1b9a0eda7604"/>
+  <w:style w:type="table" w:styleId="NormalTable_d4f06f77-2301-4415-b557-1e07b694300b" w:customStyle="1">
+    <w:name w:val="Normal Table_d4f06f77-2301-4415-b557-1e07b694300b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e43cc0e2-f800-43e3-835b-1eee3d1b593b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ea56bb77-949b-410e-9631-1b9a0eda7604"/>
+  <w:style w:type="table" w:styleId="TableGrid_7c97fb16-ac86-4a91-9fff-781b5e1280af" w:customStyle="1">
+    <w:name w:val="Table Grid_7c97fb16-ac86-4a91-9fff-781b5e1280af"/>
+    <w:basedOn w:val="NormalTable_d4f06f77-2301-4415-b557-1e07b694300b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dbe67501-3584-4300-a89a-ae7bdeed3b11" w:customStyle="1">
-    <w:name w:val="Normal Table_dbe67501-3584-4300-a89a-ae7bdeed3b11"/>
+  <w:style w:type="table" w:styleId="NormalTable_487e4c93-9705-4237-980a-fe9d4886d823" w:customStyle="1">
+    <w:name w:val="Normal Table_487e4c93-9705-4237-980a-fe9d4886d823"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a8256842-6d62-4c83-956e-1ab1f214c2eb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dbe67501-3584-4300-a89a-ae7bdeed3b11"/>
+  <w:style w:type="table" w:styleId="TableGrid_646f2926-b563-426b-9182-0fe7996116fe" w:customStyle="1">
+    <w:name w:val="Table Grid_646f2926-b563-426b-9182-0fe7996116fe"/>
+    <w:basedOn w:val="NormalTable_487e4c93-9705-4237-980a-fe9d4886d823"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ee950c5-d392-4324-9512-420d265afac9" w:customStyle="1">
-    <w:name w:val="Normal Table_8ee950c5-d392-4324-9512-420d265afac9"/>
+  <w:style w:type="table" w:styleId="NormalTable_8644f61d-72ac-4a0d-924f-ce3aec013f35" w:customStyle="1">
+    <w:name w:val="Normal Table_8644f61d-72ac-4a0d-924f-ce3aec013f35"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8ef13105-0093-401e-9d1b-4217ae4aa186" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ee950c5-d392-4324-9512-420d265afac9"/>
+  <w:style w:type="table" w:styleId="TableGrid_699ef1e6-9e36-42a3-a300-15c07d5bd833" w:customStyle="1">
+    <w:name w:val="Table Grid_699ef1e6-9e36-42a3-a300-15c07d5bd833"/>
+    <w:basedOn w:val="NormalTable_8644f61d-72ac-4a0d-924f-ce3aec013f35"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08549c5d-347d-4c8a-9e25-36375ef4797b" w:customStyle="1">
-    <w:name w:val="Normal Table_08549c5d-347d-4c8a-9e25-36375ef4797b"/>
+  <w:style w:type="table" w:styleId="NormalTable_793a99fb-275f-4ef7-a6ac-ea9118a5e32f" w:customStyle="1">
+    <w:name w:val="Normal Table_793a99fb-275f-4ef7-a6ac-ea9118a5e32f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0cc812df-5ae8-4545-a563-78e3fa88d027" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08549c5d-347d-4c8a-9e25-36375ef4797b"/>
+  <w:style w:type="table" w:styleId="TableGrid_25eb525f-cd69-4ddd-a379-2578fb9125aa" w:customStyle="1">
+    <w:name w:val="Table Grid_25eb525f-cd69-4ddd-a379-2578fb9125aa"/>
+    <w:basedOn w:val="NormalTable_793a99fb-275f-4ef7-a6ac-ea9118a5e32f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cb7a65aa-0435-4721-82cb-b7000012e109" w:customStyle="1">
-    <w:name w:val="Normal Table_cb7a65aa-0435-4721-82cb-b7000012e109"/>
+  <w:style w:type="table" w:styleId="NormalTable_654a9719-50d9-4409-8dc5-e70be67f8585" w:customStyle="1">
+    <w:name w:val="Normal Table_654a9719-50d9-4409-8dc5-e70be67f8585"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7bbf83b2-f1f6-4b48-95eb-e60519b44a30" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cb7a65aa-0435-4721-82cb-b7000012e109"/>
+  <w:style w:type="table" w:styleId="TableGrid_5a2e441a-8fb5-4cfe-951b-1d64affe2b6f" w:customStyle="1">
+    <w:name w:val="Table Grid_5a2e441a-8fb5-4cfe-951b-1d64affe2b6f"/>
+    <w:basedOn w:val="NormalTable_654a9719-50d9-4409-8dc5-e70be67f8585"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_353e84b7-8756-47c7-8b10-dada2efa2f03" w:customStyle="1">
-    <w:name w:val="Normal Table_353e84b7-8756-47c7-8b10-dada2efa2f03"/>
+  <w:style w:type="table" w:styleId="NormalTable_179fb3a1-3cd4-4556-a95a-953afd313a49" w:customStyle="1">
+    <w:name w:val="Normal Table_179fb3a1-3cd4-4556-a95a-953afd313a49"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a9f3ea15-2ecb-44d8-965e-0dcb5c92695b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_353e84b7-8756-47c7-8b10-dada2efa2f03"/>
+  <w:style w:type="table" w:styleId="TableGrid_08c35921-1689-4bd9-aa99-b2d72bfcf9e9" w:customStyle="1">
+    <w:name w:val="Table Grid_08c35921-1689-4bd9-aa99-b2d72bfcf9e9"/>
+    <w:basedOn w:val="NormalTable_179fb3a1-3cd4-4556-a95a-953afd313a49"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_57653289-7f91-4957-8bc0-a0705372f4b2" w:customStyle="1">
-    <w:name w:val="Normal Table_57653289-7f91-4957-8bc0-a0705372f4b2"/>
+  <w:style w:type="table" w:styleId="NormalTable_2a564932-a391-4f96-b53b-f1ef2a217c1d" w:customStyle="1">
+    <w:name w:val="Normal Table_2a564932-a391-4f96-b53b-f1ef2a217c1d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20ae8250-c6d1-4a7a-b96b-668c89481bb7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_57653289-7f91-4957-8bc0-a0705372f4b2"/>
+  <w:style w:type="table" w:styleId="TableGrid_37e169c2-3333-4593-87ff-c0acb1d26a8e" w:customStyle="1">
+    <w:name w:val="Table Grid_37e169c2-3333-4593-87ff-c0acb1d26a8e"/>
+    <w:basedOn w:val="NormalTable_2a564932-a391-4f96-b53b-f1ef2a217c1d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b1539a7b-2c69-4ef7-8df2-9e1d4b816706" w:customStyle="1">
-    <w:name w:val="Normal Table_b1539a7b-2c69-4ef7-8df2-9e1d4b816706"/>
+  <w:style w:type="table" w:styleId="NormalTable_2031ff70-7828-4af7-8c61-d4ea56ada2db" w:customStyle="1">
+    <w:name w:val="Normal Table_2031ff70-7828-4af7-8c61-d4ea56ada2db"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b9d6c90e-b63f-49c0-87b3-70be05a5b896" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b1539a7b-2c69-4ef7-8df2-9e1d4b816706"/>
+  <w:style w:type="table" w:styleId="TableGrid_5065c240-44bf-4495-bc52-8c4b20366537" w:customStyle="1">
+    <w:name w:val="Table Grid_5065c240-44bf-4495-bc52-8c4b20366537"/>
+    <w:basedOn w:val="NormalTable_2031ff70-7828-4af7-8c61-d4ea56ada2db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>