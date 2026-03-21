--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1062,51 +1062,51 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_25eb525f-cd69-4ddd-a379-2578fb9125aa"/>
+      <w:tblStyle w:val="TableGrid_ed965a88-1194-41f8-9543-06b51c1a42a7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1117,51 +1117,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:55 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:47:47 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1189,51 +1189,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5a2e441a-8fb5-4cfe-951b-1d64affe2b6f"/>
+      <w:tblStyle w:val="TableGrid_e90b1aee-d75e-460f-8c95-453458667e98"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -1291,51 +1291,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+            <w:pStyle w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1348,59 +1348,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+      <w:pStyle w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5065c240-44bf-4495-bc52-8c4b20366537"/>
+      <w:tblStyle w:val="TableGrid_ba793873-2b0f-4bf5-b603-b8f2a48ed60d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1411,51 +1411,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_08c35921-1689-4bd9-aa99-b2d72bfcf9e9"/>
+            <w:tblStyle w:val="TableGrid_41581874-6c54-45b4-98f2-8fa03f17b4b2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1556,72 +1556,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">01.09.2021 (Åse-Lill Madland)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+            <w:pStyle w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_37e169c2-3333-4593-87ff-c0acb1d26a8e"/>
+            <w:tblStyle w:val="TableGrid_4b07f385-0bb9-4332-9848-5a7e9fb47679"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1000"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1722,62 +1722,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1000"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Magne Ness</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+            <w:pStyle w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+      <w:pStyle w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -2274,629 +2274,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_335b36e8-17a3-4481-93c6-cca731816a73" w:customStyle="1">
-    <w:name w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+  <w:style w:type="paragraph" w:styleId="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145" w:customStyle="1">
+    <w:name w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+    <w:basedOn w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_00422233-a4e9-470f-92f9-3aaed0acacd4" w:customStyle="1">
-    <w:name w:val="Normal Table_00422233-a4e9-470f-92f9-3aaed0acacd4"/>
+  <w:style w:type="table" w:styleId="NormalTable_f4c86bd6-2c3f-4942-85ff-1ac083a91c21" w:customStyle="1">
+    <w:name w:val="Normal Table_f4c86bd6-2c3f-4942-85ff-1ac083a91c21"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e9f3129a-d322-4dde-827a-8d27bf313111" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_00422233-a4e9-470f-92f9-3aaed0acacd4"/>
+  <w:style w:type="table" w:styleId="TableGrid_7d968ac1-60c9-4f64-a5e3-6bd6197af056" w:customStyle="1">
+    <w:name w:val="Table Grid_7d968ac1-60c9-4f64-a5e3-6bd6197af056"/>
+    <w:basedOn w:val="NormalTable_f4c86bd6-2c3f-4942-85ff-1ac083a91c21"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+    <w:basedOn w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_335b36e8-17a3-4481-93c6-cca731816a73"/>
+    <w:basedOn w:val="Normal_fdc4e6c0-ce0b-4b3b-9343-43eafbaec145"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cb8850a5-4743-42ea-829b-a6552a49695c" w:customStyle="1">
-    <w:name w:val="Normal Table_cb8850a5-4743-42ea-829b-a6552a49695c"/>
+  <w:style w:type="table" w:styleId="NormalTable_00342216-11a8-4eee-ac99-4ffc2050b816" w:customStyle="1">
+    <w:name w:val="Normal Table_00342216-11a8-4eee-ac99-4ffc2050b816"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3c98b901-8c9a-4cd5-b4be-dec1ff331b22" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cb8850a5-4743-42ea-829b-a6552a49695c"/>
+  <w:style w:type="table" w:styleId="TableGrid_a58c4691-9638-4431-b7c2-dac7d1efa1d6" w:customStyle="1">
+    <w:name w:val="Table Grid_a58c4691-9638-4431-b7c2-dac7d1efa1d6"/>
+    <w:basedOn w:val="NormalTable_00342216-11a8-4eee-ac99-4ffc2050b816"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d4f06f77-2301-4415-b557-1e07b694300b" w:customStyle="1">
-    <w:name w:val="Normal Table_d4f06f77-2301-4415-b557-1e07b694300b"/>
+  <w:style w:type="table" w:styleId="NormalTable_684fa274-f71a-4c57-948e-3d9b1cf1b83e" w:customStyle="1">
+    <w:name w:val="Normal Table_684fa274-f71a-4c57-948e-3d9b1cf1b83e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7c97fb16-ac86-4a91-9fff-781b5e1280af" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d4f06f77-2301-4415-b557-1e07b694300b"/>
+  <w:style w:type="table" w:styleId="TableGrid_42ea3695-90ea-4a3f-986b-389be10120a6" w:customStyle="1">
+    <w:name w:val="Table Grid_42ea3695-90ea-4a3f-986b-389be10120a6"/>
+    <w:basedOn w:val="NormalTable_684fa274-f71a-4c57-948e-3d9b1cf1b83e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_487e4c93-9705-4237-980a-fe9d4886d823" w:customStyle="1">
-    <w:name w:val="Normal Table_487e4c93-9705-4237-980a-fe9d4886d823"/>
+  <w:style w:type="table" w:styleId="NormalTable_9df99999-86e3-4bb1-8a3b-3a57515ff1b0" w:customStyle="1">
+    <w:name w:val="Normal Table_9df99999-86e3-4bb1-8a3b-3a57515ff1b0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_646f2926-b563-426b-9182-0fe7996116fe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_487e4c93-9705-4237-980a-fe9d4886d823"/>
+  <w:style w:type="table" w:styleId="TableGrid_8513edbd-1ed2-4dbe-bb99-517c07941161" w:customStyle="1">
+    <w:name w:val="Table Grid_8513edbd-1ed2-4dbe-bb99-517c07941161"/>
+    <w:basedOn w:val="NormalTable_9df99999-86e3-4bb1-8a3b-3a57515ff1b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8644f61d-72ac-4a0d-924f-ce3aec013f35" w:customStyle="1">
-    <w:name w:val="Normal Table_8644f61d-72ac-4a0d-924f-ce3aec013f35"/>
+  <w:style w:type="table" w:styleId="NormalTable_9563ff89-8167-4446-a75b-fee53efd0985" w:customStyle="1">
+    <w:name w:val="Normal Table_9563ff89-8167-4446-a75b-fee53efd0985"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_699ef1e6-9e36-42a3-a300-15c07d5bd833" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8644f61d-72ac-4a0d-924f-ce3aec013f35"/>
+  <w:style w:type="table" w:styleId="TableGrid_bc47eb8f-bf52-4cf8-9e61-5fb3b425da0d" w:customStyle="1">
+    <w:name w:val="Table Grid_bc47eb8f-bf52-4cf8-9e61-5fb3b425da0d"/>
+    <w:basedOn w:val="NormalTable_9563ff89-8167-4446-a75b-fee53efd0985"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_793a99fb-275f-4ef7-a6ac-ea9118a5e32f" w:customStyle="1">
-    <w:name w:val="Normal Table_793a99fb-275f-4ef7-a6ac-ea9118a5e32f"/>
+  <w:style w:type="table" w:styleId="NormalTable_6ce2511b-c010-42ab-80f9-5198941ea786" w:customStyle="1">
+    <w:name w:val="Normal Table_6ce2511b-c010-42ab-80f9-5198941ea786"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_25eb525f-cd69-4ddd-a379-2578fb9125aa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_793a99fb-275f-4ef7-a6ac-ea9118a5e32f"/>
+  <w:style w:type="table" w:styleId="TableGrid_ed965a88-1194-41f8-9543-06b51c1a42a7" w:customStyle="1">
+    <w:name w:val="Table Grid_ed965a88-1194-41f8-9543-06b51c1a42a7"/>
+    <w:basedOn w:val="NormalTable_6ce2511b-c010-42ab-80f9-5198941ea786"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_654a9719-50d9-4409-8dc5-e70be67f8585" w:customStyle="1">
-    <w:name w:val="Normal Table_654a9719-50d9-4409-8dc5-e70be67f8585"/>
+  <w:style w:type="table" w:styleId="NormalTable_415494e5-fa78-4e59-8b74-6d54122c6fa9" w:customStyle="1">
+    <w:name w:val="Normal Table_415494e5-fa78-4e59-8b74-6d54122c6fa9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5a2e441a-8fb5-4cfe-951b-1d64affe2b6f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_654a9719-50d9-4409-8dc5-e70be67f8585"/>
+  <w:style w:type="table" w:styleId="TableGrid_e90b1aee-d75e-460f-8c95-453458667e98" w:customStyle="1">
+    <w:name w:val="Table Grid_e90b1aee-d75e-460f-8c95-453458667e98"/>
+    <w:basedOn w:val="NormalTable_415494e5-fa78-4e59-8b74-6d54122c6fa9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_179fb3a1-3cd4-4556-a95a-953afd313a49" w:customStyle="1">
-    <w:name w:val="Normal Table_179fb3a1-3cd4-4556-a95a-953afd313a49"/>
+  <w:style w:type="table" w:styleId="NormalTable_921a4b90-755c-4e83-9d95-1e429088f339" w:customStyle="1">
+    <w:name w:val="Normal Table_921a4b90-755c-4e83-9d95-1e429088f339"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_08c35921-1689-4bd9-aa99-b2d72bfcf9e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_179fb3a1-3cd4-4556-a95a-953afd313a49"/>
+  <w:style w:type="table" w:styleId="TableGrid_41581874-6c54-45b4-98f2-8fa03f17b4b2" w:customStyle="1">
+    <w:name w:val="Table Grid_41581874-6c54-45b4-98f2-8fa03f17b4b2"/>
+    <w:basedOn w:val="NormalTable_921a4b90-755c-4e83-9d95-1e429088f339"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2a564932-a391-4f96-b53b-f1ef2a217c1d" w:customStyle="1">
-    <w:name w:val="Normal Table_2a564932-a391-4f96-b53b-f1ef2a217c1d"/>
+  <w:style w:type="table" w:styleId="NormalTable_3836f699-e9e2-4326-a7e9-b319e9b96fe0" w:customStyle="1">
+    <w:name w:val="Normal Table_3836f699-e9e2-4326-a7e9-b319e9b96fe0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_37e169c2-3333-4593-87ff-c0acb1d26a8e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2a564932-a391-4f96-b53b-f1ef2a217c1d"/>
+  <w:style w:type="table" w:styleId="TableGrid_4b07f385-0bb9-4332-9848-5a7e9fb47679" w:customStyle="1">
+    <w:name w:val="Table Grid_4b07f385-0bb9-4332-9848-5a7e9fb47679"/>
+    <w:basedOn w:val="NormalTable_3836f699-e9e2-4326-a7e9-b319e9b96fe0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2031ff70-7828-4af7-8c61-d4ea56ada2db" w:customStyle="1">
-    <w:name w:val="Normal Table_2031ff70-7828-4af7-8c61-d4ea56ada2db"/>
+  <w:style w:type="table" w:styleId="NormalTable_b8c82ae4-d405-4b86-a533-2cfb77bbd5c0" w:customStyle="1">
+    <w:name w:val="Normal Table_b8c82ae4-d405-4b86-a533-2cfb77bbd5c0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5065c240-44bf-4495-bc52-8c4b20366537" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2031ff70-7828-4af7-8c61-d4ea56ada2db"/>
+  <w:style w:type="table" w:styleId="TableGrid_ba793873-2b0f-4bf5-b603-b8f2a48ed60d" w:customStyle="1">
+    <w:name w:val="Table Grid_ba793873-2b0f-4bf5-b603-b8f2a48ed60d"/>
+    <w:basedOn w:val="NormalTable_b8c82ae4-d405-4b86-a533-2cfb77bbd5c0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>