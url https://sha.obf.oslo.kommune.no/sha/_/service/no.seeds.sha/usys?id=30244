--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -4529,89 +4529,106 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_45837e30-4012-40e9-98a1-a14a124ced6f"/>
+      <w:tblStyle w:val="TableGrid_94b14747-ebd3-47d1-be50-436b4b375824"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:46:50 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:28:52 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4639,74 +4656,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0522edd7-cd01-49c3-9dd0-10ae3b2326b5"/>
+      <w:tblStyle w:val="TableGrid_f0679cea-9643-4aec-b71f-7ccb60a54dc5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 194. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -4724,408 +4758,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+            <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+      <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2de8fbc1-97da-4f81-9555-ccd6ca46e406"/>
+      <w:tblStyle w:val="TableGrid_8063e73d-1bd1-4a01-bf54-cbe272b85e02"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_02b7962e-5b9c-4d2a-8dc9-d965871628c9"/>
+            <w:tblStyle w:val="TableGrid_1728d0e9-373a-476b-9d85-c15448d76cbf"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">18.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+            <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_fa68a7a3-1dc4-48fb-8a31-02200976384a"/>
+            <w:tblStyle w:val="TableGrid_9ad0a7a7-819b-491c-bc91-ef53aac76ea0"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+            <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+      <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5380,51 +5499,51 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5968,629 +6087,629 @@
     <w:name w:val="Default"/>
     <w:pPr>
       <w:autoSpaceDE w:val="false"/>
       <w:autoSpaceDN w:val="false"/>
       <w:adjustRightInd w:val="false"/>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:cs="TheSansOffice"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270" w:customStyle="1">
-    <w:name w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+  <w:style w:type="paragraph" w:styleId="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963" w:customStyle="1">
+    <w:name w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+    <w:basedOn w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ebe3ae47-5d71-4519-b843-203639179f1a" w:customStyle="1">
-    <w:name w:val="Normal Table_ebe3ae47-5d71-4519-b843-203639179f1a"/>
+  <w:style w:type="table" w:styleId="NormalTable_d8ec6577-c738-4988-8191-cd7bb8af0e32" w:customStyle="1">
+    <w:name w:val="Normal Table_d8ec6577-c738-4988-8191-cd7bb8af0e32"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_ebe3ae47-5d71-4519-b843-203639179f1a"/>
+    <w:basedOn w:val="NormalTable_d8ec6577-c738-4988-8191-cd7bb8af0e32"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+    <w:basedOn w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_6305d458-d73e-4a3e-b8f2-46949eca4270"/>
+    <w:basedOn w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_68c1fb38-bfb0-4f6c-b250-31caecdab799" w:customStyle="1">
-    <w:name w:val="Normal Table_68c1fb38-bfb0-4f6c-b250-31caecdab799"/>
+  <w:style w:type="table" w:styleId="NormalTable_eddd89d4-f363-487b-8d18-c8a46fd659b9" w:customStyle="1">
+    <w:name w:val="Normal Table_eddd89d4-f363-487b-8d18-c8a46fd659b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3c83fa0d-8af4-4001-84fe-6f54742419e3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_68c1fb38-bfb0-4f6c-b250-31caecdab799"/>
+  <w:style w:type="table" w:styleId="TableGrid_36783a61-1539-4fb7-8ba4-3cd2399bcaac" w:customStyle="1">
+    <w:name w:val="Table Grid_36783a61-1539-4fb7-8ba4-3cd2399bcaac"/>
+    <w:basedOn w:val="NormalTable_eddd89d4-f363-487b-8d18-c8a46fd659b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7b0c2139-2722-4b74-a70f-b7c189d52c60" w:customStyle="1">
-    <w:name w:val="Normal Table_7b0c2139-2722-4b74-a70f-b7c189d52c60"/>
+  <w:style w:type="table" w:styleId="NormalTable_8dea97ac-bb8a-4f6b-9d0f-f9aa6ce5a63c" w:customStyle="1">
+    <w:name w:val="Normal Table_8dea97ac-bb8a-4f6b-9d0f-f9aa6ce5a63c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3030f670-eb89-4188-9cbc-ea01b09ee9a1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7b0c2139-2722-4b74-a70f-b7c189d52c60"/>
+  <w:style w:type="table" w:styleId="TableGrid_f1b633ba-6b9c-4e27-a1c3-644013c75e10" w:customStyle="1">
+    <w:name w:val="Table Grid_f1b633ba-6b9c-4e27-a1c3-644013c75e10"/>
+    <w:basedOn w:val="NormalTable_8dea97ac-bb8a-4f6b-9d0f-f9aa6ce5a63c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_63bbf51b-c73f-4593-9669-d66ff01bdbaf" w:customStyle="1">
-    <w:name w:val="Normal Table_63bbf51b-c73f-4593-9669-d66ff01bdbaf"/>
+  <w:style w:type="table" w:styleId="NormalTable_b0ede12f-4dc9-4626-8137-a12b30cf8725" w:customStyle="1">
+    <w:name w:val="Normal Table_b0ede12f-4dc9-4626-8137-a12b30cf8725"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c693eecb-eee5-4bbd-b141-a9262f0a286e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_63bbf51b-c73f-4593-9669-d66ff01bdbaf"/>
+  <w:style w:type="table" w:styleId="TableGrid_a0b93b43-a67b-4231-9c5f-827025cbf52c" w:customStyle="1">
+    <w:name w:val="Table Grid_a0b93b43-a67b-4231-9c5f-827025cbf52c"/>
+    <w:basedOn w:val="NormalTable_b0ede12f-4dc9-4626-8137-a12b30cf8725"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bc90fc69-ef15-480d-a460-784ac6095f5f" w:customStyle="1">
-    <w:name w:val="Normal Table_bc90fc69-ef15-480d-a460-784ac6095f5f"/>
+  <w:style w:type="table" w:styleId="NormalTable_d7210614-3d92-4edd-9457-09cacedfcc95" w:customStyle="1">
+    <w:name w:val="Normal Table_d7210614-3d92-4edd-9457-09cacedfcc95"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a49f6e1f-2bbc-4876-b91d-096cde468ac6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bc90fc69-ef15-480d-a460-784ac6095f5f"/>
+  <w:style w:type="table" w:styleId="TableGrid_e26a3135-58f2-484b-b6c6-1b8945345d25" w:customStyle="1">
+    <w:name w:val="Table Grid_e26a3135-58f2-484b-b6c6-1b8945345d25"/>
+    <w:basedOn w:val="NormalTable_d7210614-3d92-4edd-9457-09cacedfcc95"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0aeb1369-e14c-4e04-8109-7b6a8c44734f" w:customStyle="1">
-    <w:name w:val="Normal Table_0aeb1369-e14c-4e04-8109-7b6a8c44734f"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3959808-489e-4442-921e-93d98d9bd0c9" w:customStyle="1">
+    <w:name w:val="Normal Table_f3959808-489e-4442-921e-93d98d9bd0c9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45837e30-4012-40e9-98a1-a14a124ced6f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0aeb1369-e14c-4e04-8109-7b6a8c44734f"/>
+  <w:style w:type="table" w:styleId="TableGrid_94b14747-ebd3-47d1-be50-436b4b375824" w:customStyle="1">
+    <w:name w:val="Table Grid_94b14747-ebd3-47d1-be50-436b4b375824"/>
+    <w:basedOn w:val="NormalTable_f3959808-489e-4442-921e-93d98d9bd0c9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7187f231-1ffa-4b7e-9c20-c0d713468cfb" w:customStyle="1">
-    <w:name w:val="Normal Table_7187f231-1ffa-4b7e-9c20-c0d713468cfb"/>
+  <w:style w:type="table" w:styleId="NormalTable_923a376e-5b02-4f8a-82e1-da044906de71" w:customStyle="1">
+    <w:name w:val="Normal Table_923a376e-5b02-4f8a-82e1-da044906de71"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0522edd7-cd01-49c3-9dd0-10ae3b2326b5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7187f231-1ffa-4b7e-9c20-c0d713468cfb"/>
+  <w:style w:type="table" w:styleId="TableGrid_f0679cea-9643-4aec-b71f-7ccb60a54dc5" w:customStyle="1">
+    <w:name w:val="Table Grid_f0679cea-9643-4aec-b71f-7ccb60a54dc5"/>
+    <w:basedOn w:val="NormalTable_923a376e-5b02-4f8a-82e1-da044906de71"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3beac237-3474-4a65-8478-e37613314b91" w:customStyle="1">
-    <w:name w:val="Normal Table_3beac237-3474-4a65-8478-e37613314b91"/>
+  <w:style w:type="table" w:styleId="NormalTable_b60fa430-dcd5-45fd-b43d-7edfba62f3c9" w:customStyle="1">
+    <w:name w:val="Normal Table_b60fa430-dcd5-45fd-b43d-7edfba62f3c9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_02b7962e-5b9c-4d2a-8dc9-d965871628c9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3beac237-3474-4a65-8478-e37613314b91"/>
+  <w:style w:type="table" w:styleId="TableGrid_1728d0e9-373a-476b-9d85-c15448d76cbf" w:customStyle="1">
+    <w:name w:val="Table Grid_1728d0e9-373a-476b-9d85-c15448d76cbf"/>
+    <w:basedOn w:val="NormalTable_b60fa430-dcd5-45fd-b43d-7edfba62f3c9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ce9d115-9a53-43d9-b451-e24907931faf" w:customStyle="1">
-    <w:name w:val="Normal Table_8ce9d115-9a53-43d9-b451-e24907931faf"/>
+  <w:style w:type="table" w:styleId="NormalTable_cc23997a-b5bb-4ad8-b04d-6adff3dca0a8" w:customStyle="1">
+    <w:name w:val="Normal Table_cc23997a-b5bb-4ad8-b04d-6adff3dca0a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa68a7a3-1dc4-48fb-8a31-02200976384a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ce9d115-9a53-43d9-b451-e24907931faf"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ad0a7a7-819b-491c-bc91-ef53aac76ea0" w:customStyle="1">
+    <w:name w:val="Table Grid_9ad0a7a7-819b-491c-bc91-ef53aac76ea0"/>
+    <w:basedOn w:val="NormalTable_cc23997a-b5bb-4ad8-b04d-6adff3dca0a8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_608b15b4-447e-4912-b7ce-6f962fecab5a" w:customStyle="1">
-    <w:name w:val="Normal Table_608b15b4-447e-4912-b7ce-6f962fecab5a"/>
+  <w:style w:type="table" w:styleId="NormalTable_d1eeed70-b0fe-4614-be13-08cea5e23450" w:customStyle="1">
+    <w:name w:val="Normal Table_d1eeed70-b0fe-4614-be13-08cea5e23450"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2de8fbc1-97da-4f81-9555-ccd6ca46e406" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_608b15b4-447e-4912-b7ce-6f962fecab5a"/>
+  <w:style w:type="table" w:styleId="TableGrid_8063e73d-1bd1-4a01-bf54-cbe272b85e02" w:customStyle="1">
+    <w:name w:val="Table Grid_8063e73d-1bd1-4a01-bf54-cbe272b85e02"/>
+    <w:basedOn w:val="NormalTable_d1eeed70-b0fe-4614-be13-08cea5e23450"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>