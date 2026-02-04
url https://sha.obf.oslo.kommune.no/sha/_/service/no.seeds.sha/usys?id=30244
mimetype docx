--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -4529,51 +4529,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_94b14747-ebd3-47d1-be50-436b4b375824"/>
+      <w:tblStyle w:val="TableGrid_24fc2639-e2c2-4ed9-a3c1-153bdf7b1830"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4584,51 +4584,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:28:52 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:41 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4656,51 +4656,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f0679cea-9643-4aec-b71f-7ccb60a54dc5"/>
+      <w:tblStyle w:val="TableGrid_2f84a25f-4d6f-49ca-b54b-27caacacae3a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4758,51 +4758,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+            <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4815,59 +4815,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+      <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8063e73d-1bd1-4a01-bf54-cbe272b85e02"/>
+      <w:tblStyle w:val="TableGrid_ef5c1d1d-3cd0-40f0-a2fe-4ea764254f93"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4878,51 +4878,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1728d0e9-373a-476b-9d85-c15448d76cbf"/>
+            <w:tblStyle w:val="TableGrid_ece6b503-6bbb-4da3-92a0-6969f290b47f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5023,72 +5023,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">18.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+            <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9ad0a7a7-819b-491c-bc91-ef53aac76ea0"/>
+            <w:tblStyle w:val="TableGrid_222aae12-9f35-46b7-a7d4-8b5b8f8fed8b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5189,62 +5189,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+            <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+      <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6087,629 +6087,629 @@
     <w:name w:val="Default"/>
     <w:pPr>
       <w:autoSpaceDE w:val="false"/>
       <w:autoSpaceDN w:val="false"/>
       <w:adjustRightInd w:val="false"/>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:cs="TheSansOffice"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963" w:customStyle="1">
-    <w:name w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+  <w:style w:type="paragraph" w:styleId="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb" w:customStyle="1">
+    <w:name w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+    <w:basedOn w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d8ec6577-c738-4988-8191-cd7bb8af0e32" w:customStyle="1">
-    <w:name w:val="Normal Table_d8ec6577-c738-4988-8191-cd7bb8af0e32"/>
+  <w:style w:type="table" w:styleId="NormalTable_69da93ad-96c9-4b3d-a469-283bcc12fed5" w:customStyle="1">
+    <w:name w:val="Normal Table_69da93ad-96c9-4b3d-a469-283bcc12fed5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_d8ec6577-c738-4988-8191-cd7bb8af0e32"/>
+    <w:basedOn w:val="NormalTable_69da93ad-96c9-4b3d-a469-283bcc12fed5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+    <w:basedOn w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_3b7259b6-0ccc-4f1b-9ec9-cf798261f963"/>
+    <w:basedOn w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eddd89d4-f363-487b-8d18-c8a46fd659b9" w:customStyle="1">
-    <w:name w:val="Normal Table_eddd89d4-f363-487b-8d18-c8a46fd659b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_b56dba9e-1bbf-41fb-94b9-e428c1fd608a" w:customStyle="1">
+    <w:name w:val="Normal Table_b56dba9e-1bbf-41fb-94b9-e428c1fd608a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_36783a61-1539-4fb7-8ba4-3cd2399bcaac" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eddd89d4-f363-487b-8d18-c8a46fd659b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_f6dcc5d6-dca1-4026-befb-2dab53dfa404" w:customStyle="1">
+    <w:name w:val="Table Grid_f6dcc5d6-dca1-4026-befb-2dab53dfa404"/>
+    <w:basedOn w:val="NormalTable_b56dba9e-1bbf-41fb-94b9-e428c1fd608a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8dea97ac-bb8a-4f6b-9d0f-f9aa6ce5a63c" w:customStyle="1">
-    <w:name w:val="Normal Table_8dea97ac-bb8a-4f6b-9d0f-f9aa6ce5a63c"/>
+  <w:style w:type="table" w:styleId="NormalTable_475a88e8-eccf-4f9d-b989-4f7f0097c9e3" w:customStyle="1">
+    <w:name w:val="Normal Table_475a88e8-eccf-4f9d-b989-4f7f0097c9e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f1b633ba-6b9c-4e27-a1c3-644013c75e10" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8dea97ac-bb8a-4f6b-9d0f-f9aa6ce5a63c"/>
+  <w:style w:type="table" w:styleId="TableGrid_1b8d3367-90ef-4e99-8579-8c1f20b1f5d9" w:customStyle="1">
+    <w:name w:val="Table Grid_1b8d3367-90ef-4e99-8579-8c1f20b1f5d9"/>
+    <w:basedOn w:val="NormalTable_475a88e8-eccf-4f9d-b989-4f7f0097c9e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b0ede12f-4dc9-4626-8137-a12b30cf8725" w:customStyle="1">
-    <w:name w:val="Normal Table_b0ede12f-4dc9-4626-8137-a12b30cf8725"/>
+  <w:style w:type="table" w:styleId="NormalTable_8fef6060-7183-41f3-bde6-04f3fb201d2a" w:customStyle="1">
+    <w:name w:val="Normal Table_8fef6060-7183-41f3-bde6-04f3fb201d2a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a0b93b43-a67b-4231-9c5f-827025cbf52c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b0ede12f-4dc9-4626-8137-a12b30cf8725"/>
+  <w:style w:type="table" w:styleId="TableGrid_9a8be586-117f-480d-97ef-a71050d02ae1" w:customStyle="1">
+    <w:name w:val="Table Grid_9a8be586-117f-480d-97ef-a71050d02ae1"/>
+    <w:basedOn w:val="NormalTable_8fef6060-7183-41f3-bde6-04f3fb201d2a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d7210614-3d92-4edd-9457-09cacedfcc95" w:customStyle="1">
-    <w:name w:val="Normal Table_d7210614-3d92-4edd-9457-09cacedfcc95"/>
+  <w:style w:type="table" w:styleId="NormalTable_154e604a-3050-4d0f-8fdd-6e127b85c909" w:customStyle="1">
+    <w:name w:val="Normal Table_154e604a-3050-4d0f-8fdd-6e127b85c909"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e26a3135-58f2-484b-b6c6-1b8945345d25" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d7210614-3d92-4edd-9457-09cacedfcc95"/>
+  <w:style w:type="table" w:styleId="TableGrid_6a3ad36e-1b5a-417a-b3c8-1f8580751711" w:customStyle="1">
+    <w:name w:val="Table Grid_6a3ad36e-1b5a-417a-b3c8-1f8580751711"/>
+    <w:basedOn w:val="NormalTable_154e604a-3050-4d0f-8fdd-6e127b85c909"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f3959808-489e-4442-921e-93d98d9bd0c9" w:customStyle="1">
-    <w:name w:val="Normal Table_f3959808-489e-4442-921e-93d98d9bd0c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_841f4580-6fdd-47c6-b91b-a946eeff7d48" w:customStyle="1">
+    <w:name w:val="Normal Table_841f4580-6fdd-47c6-b91b-a946eeff7d48"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_94b14747-ebd3-47d1-be50-436b4b375824" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f3959808-489e-4442-921e-93d98d9bd0c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_24fc2639-e2c2-4ed9-a3c1-153bdf7b1830" w:customStyle="1">
+    <w:name w:val="Table Grid_24fc2639-e2c2-4ed9-a3c1-153bdf7b1830"/>
+    <w:basedOn w:val="NormalTable_841f4580-6fdd-47c6-b91b-a946eeff7d48"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_923a376e-5b02-4f8a-82e1-da044906de71" w:customStyle="1">
-    <w:name w:val="Normal Table_923a376e-5b02-4f8a-82e1-da044906de71"/>
+  <w:style w:type="table" w:styleId="NormalTable_693d5ea6-a857-4c5f-b3b1-a3c4665e2786" w:customStyle="1">
+    <w:name w:val="Normal Table_693d5ea6-a857-4c5f-b3b1-a3c4665e2786"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f0679cea-9643-4aec-b71f-7ccb60a54dc5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_923a376e-5b02-4f8a-82e1-da044906de71"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f84a25f-4d6f-49ca-b54b-27caacacae3a" w:customStyle="1">
+    <w:name w:val="Table Grid_2f84a25f-4d6f-49ca-b54b-27caacacae3a"/>
+    <w:basedOn w:val="NormalTable_693d5ea6-a857-4c5f-b3b1-a3c4665e2786"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b60fa430-dcd5-45fd-b43d-7edfba62f3c9" w:customStyle="1">
-    <w:name w:val="Normal Table_b60fa430-dcd5-45fd-b43d-7edfba62f3c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_6734fcb9-9f2e-480f-b7a5-c82faf6d80d3" w:customStyle="1">
+    <w:name w:val="Normal Table_6734fcb9-9f2e-480f-b7a5-c82faf6d80d3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1728d0e9-373a-476b-9d85-c15448d76cbf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b60fa430-dcd5-45fd-b43d-7edfba62f3c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_ece6b503-6bbb-4da3-92a0-6969f290b47f" w:customStyle="1">
+    <w:name w:val="Table Grid_ece6b503-6bbb-4da3-92a0-6969f290b47f"/>
+    <w:basedOn w:val="NormalTable_6734fcb9-9f2e-480f-b7a5-c82faf6d80d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cc23997a-b5bb-4ad8-b04d-6adff3dca0a8" w:customStyle="1">
-    <w:name w:val="Normal Table_cc23997a-b5bb-4ad8-b04d-6adff3dca0a8"/>
+  <w:style w:type="table" w:styleId="NormalTable_8960d774-d847-4416-9e21-1346ea63315e" w:customStyle="1">
+    <w:name w:val="Normal Table_8960d774-d847-4416-9e21-1346ea63315e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ad0a7a7-819b-491c-bc91-ef53aac76ea0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cc23997a-b5bb-4ad8-b04d-6adff3dca0a8"/>
+  <w:style w:type="table" w:styleId="TableGrid_222aae12-9f35-46b7-a7d4-8b5b8f8fed8b" w:customStyle="1">
+    <w:name w:val="Table Grid_222aae12-9f35-46b7-a7d4-8b5b8f8fed8b"/>
+    <w:basedOn w:val="NormalTable_8960d774-d847-4416-9e21-1346ea63315e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d1eeed70-b0fe-4614-be13-08cea5e23450" w:customStyle="1">
-    <w:name w:val="Normal Table_d1eeed70-b0fe-4614-be13-08cea5e23450"/>
+  <w:style w:type="table" w:styleId="NormalTable_88159577-0d26-47ad-b4c7-8abb4093fad0" w:customStyle="1">
+    <w:name w:val="Normal Table_88159577-0d26-47ad-b4c7-8abb4093fad0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8063e73d-1bd1-4a01-bf54-cbe272b85e02" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d1eeed70-b0fe-4614-be13-08cea5e23450"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef5c1d1d-3cd0-40f0-a2fe-4ea764254f93" w:customStyle="1">
+    <w:name w:val="Table Grid_ef5c1d1d-3cd0-40f0-a2fe-4ea764254f93"/>
+    <w:basedOn w:val="NormalTable_88159577-0d26-47ad-b4c7-8abb4093fad0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>