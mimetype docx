--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -4529,51 +4529,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_24fc2639-e2c2-4ed9-a3c1-153bdf7b1830"/>
+      <w:tblStyle w:val="TableGrid_57a2bf5b-7a7e-43dd-b651-53485aeac799"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4584,51 +4584,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:41 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:06 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4656,51 +4656,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2f84a25f-4d6f-49ca-b54b-27caacacae3a"/>
+      <w:tblStyle w:val="TableGrid_1dd592e3-c4ff-48bb-b0e3-2ecb27522a99"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4758,51 +4758,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+            <w:pStyle w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4815,59 +4815,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+      <w:pStyle w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ef5c1d1d-3cd0-40f0-a2fe-4ea764254f93"/>
+      <w:tblStyle w:val="TableGrid_6d1014b2-a32c-462a-809a-1a91ee964622"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4878,51 +4878,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ece6b503-6bbb-4da3-92a0-6969f290b47f"/>
+            <w:tblStyle w:val="TableGrid_a6036ad9-d720-40e9-8931-12df8d599508"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5023,72 +5023,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">18.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+            <w:pStyle w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_222aae12-9f35-46b7-a7d4-8b5b8f8fed8b"/>
+            <w:tblStyle w:val="TableGrid_056c2ef7-a135-44c0-b19e-0160bef4bb51"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5189,62 +5189,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+            <w:pStyle w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+      <w:pStyle w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6087,629 +6087,629 @@
     <w:name w:val="Default"/>
     <w:pPr>
       <w:autoSpaceDE w:val="false"/>
       <w:autoSpaceDN w:val="false"/>
       <w:adjustRightInd w:val="false"/>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:cs="TheSansOffice"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb" w:customStyle="1">
-    <w:name w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d" w:customStyle="1">
+    <w:name w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+    <w:basedOn w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_69da93ad-96c9-4b3d-a469-283bcc12fed5" w:customStyle="1">
-    <w:name w:val="Normal Table_69da93ad-96c9-4b3d-a469-283bcc12fed5"/>
+  <w:style w:type="table" w:styleId="NormalTable_8f766b36-b76b-466d-9e5f-cff7080c0780" w:customStyle="1">
+    <w:name w:val="Normal Table_8f766b36-b76b-466d-9e5f-cff7080c0780"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_69da93ad-96c9-4b3d-a469-283bcc12fed5"/>
+    <w:basedOn w:val="NormalTable_8f766b36-b76b-466d-9e5f-cff7080c0780"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+    <w:basedOn w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_2c5787a7-0172-45e8-a499-2c917fb05cfb"/>
+    <w:basedOn w:val="Normal_1c1aecba-32da-4d25-9ff1-14f251011f2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b56dba9e-1bbf-41fb-94b9-e428c1fd608a" w:customStyle="1">
-    <w:name w:val="Normal Table_b56dba9e-1bbf-41fb-94b9-e428c1fd608a"/>
+  <w:style w:type="table" w:styleId="NormalTable_4f87cf04-dd2c-4478-9e1c-3445bece00d7" w:customStyle="1">
+    <w:name w:val="Normal Table_4f87cf04-dd2c-4478-9e1c-3445bece00d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f6dcc5d6-dca1-4026-befb-2dab53dfa404" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b56dba9e-1bbf-41fb-94b9-e428c1fd608a"/>
+  <w:style w:type="table" w:styleId="TableGrid_9509fc54-d797-4199-b764-01c14fcf5790" w:customStyle="1">
+    <w:name w:val="Table Grid_9509fc54-d797-4199-b764-01c14fcf5790"/>
+    <w:basedOn w:val="NormalTable_4f87cf04-dd2c-4478-9e1c-3445bece00d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_475a88e8-eccf-4f9d-b989-4f7f0097c9e3" w:customStyle="1">
-    <w:name w:val="Normal Table_475a88e8-eccf-4f9d-b989-4f7f0097c9e3"/>
+  <w:style w:type="table" w:styleId="NormalTable_990a326f-800f-43d0-9acf-17b5d40fec9e" w:customStyle="1">
+    <w:name w:val="Normal Table_990a326f-800f-43d0-9acf-17b5d40fec9e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1b8d3367-90ef-4e99-8579-8c1f20b1f5d9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_475a88e8-eccf-4f9d-b989-4f7f0097c9e3"/>
+  <w:style w:type="table" w:styleId="TableGrid_ab08571f-263b-4dcc-bb9c-c625f3b0750a" w:customStyle="1">
+    <w:name w:val="Table Grid_ab08571f-263b-4dcc-bb9c-c625f3b0750a"/>
+    <w:basedOn w:val="NormalTable_990a326f-800f-43d0-9acf-17b5d40fec9e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8fef6060-7183-41f3-bde6-04f3fb201d2a" w:customStyle="1">
-    <w:name w:val="Normal Table_8fef6060-7183-41f3-bde6-04f3fb201d2a"/>
+  <w:style w:type="table" w:styleId="NormalTable_271a6e5f-114a-4cdf-b113-7f1e17968063" w:customStyle="1">
+    <w:name w:val="Normal Table_271a6e5f-114a-4cdf-b113-7f1e17968063"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9a8be586-117f-480d-97ef-a71050d02ae1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8fef6060-7183-41f3-bde6-04f3fb201d2a"/>
+  <w:style w:type="table" w:styleId="TableGrid_93b92ab8-0794-43cf-81db-5e97ad9cf2da" w:customStyle="1">
+    <w:name w:val="Table Grid_93b92ab8-0794-43cf-81db-5e97ad9cf2da"/>
+    <w:basedOn w:val="NormalTable_271a6e5f-114a-4cdf-b113-7f1e17968063"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_154e604a-3050-4d0f-8fdd-6e127b85c909" w:customStyle="1">
-    <w:name w:val="Normal Table_154e604a-3050-4d0f-8fdd-6e127b85c909"/>
+  <w:style w:type="table" w:styleId="NormalTable_1351e6eb-eba9-48e7-a3a4-f0ca899df5b6" w:customStyle="1">
+    <w:name w:val="Normal Table_1351e6eb-eba9-48e7-a3a4-f0ca899df5b6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6a3ad36e-1b5a-417a-b3c8-1f8580751711" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_154e604a-3050-4d0f-8fdd-6e127b85c909"/>
+  <w:style w:type="table" w:styleId="TableGrid_419083a8-875b-477d-be9d-8642b09c610e" w:customStyle="1">
+    <w:name w:val="Table Grid_419083a8-875b-477d-be9d-8642b09c610e"/>
+    <w:basedOn w:val="NormalTable_1351e6eb-eba9-48e7-a3a4-f0ca899df5b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_841f4580-6fdd-47c6-b91b-a946eeff7d48" w:customStyle="1">
-    <w:name w:val="Normal Table_841f4580-6fdd-47c6-b91b-a946eeff7d48"/>
+  <w:style w:type="table" w:styleId="NormalTable_c3093e2c-1d3c-4131-84a3-165af11f77b1" w:customStyle="1">
+    <w:name w:val="Normal Table_c3093e2c-1d3c-4131-84a3-165af11f77b1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_24fc2639-e2c2-4ed9-a3c1-153bdf7b1830" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_841f4580-6fdd-47c6-b91b-a946eeff7d48"/>
+  <w:style w:type="table" w:styleId="TableGrid_57a2bf5b-7a7e-43dd-b651-53485aeac799" w:customStyle="1">
+    <w:name w:val="Table Grid_57a2bf5b-7a7e-43dd-b651-53485aeac799"/>
+    <w:basedOn w:val="NormalTable_c3093e2c-1d3c-4131-84a3-165af11f77b1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_693d5ea6-a857-4c5f-b3b1-a3c4665e2786" w:customStyle="1">
-    <w:name w:val="Normal Table_693d5ea6-a857-4c5f-b3b1-a3c4665e2786"/>
+  <w:style w:type="table" w:styleId="NormalTable_44060ecc-885b-4c05-8c04-cc1c35182b12" w:customStyle="1">
+    <w:name w:val="Normal Table_44060ecc-885b-4c05-8c04-cc1c35182b12"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2f84a25f-4d6f-49ca-b54b-27caacacae3a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_693d5ea6-a857-4c5f-b3b1-a3c4665e2786"/>
+  <w:style w:type="table" w:styleId="TableGrid_1dd592e3-c4ff-48bb-b0e3-2ecb27522a99" w:customStyle="1">
+    <w:name w:val="Table Grid_1dd592e3-c4ff-48bb-b0e3-2ecb27522a99"/>
+    <w:basedOn w:val="NormalTable_44060ecc-885b-4c05-8c04-cc1c35182b12"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6734fcb9-9f2e-480f-b7a5-c82faf6d80d3" w:customStyle="1">
-    <w:name w:val="Normal Table_6734fcb9-9f2e-480f-b7a5-c82faf6d80d3"/>
+  <w:style w:type="table" w:styleId="NormalTable_998a7193-b238-413e-8c9b-efcc7082639e" w:customStyle="1">
+    <w:name w:val="Normal Table_998a7193-b238-413e-8c9b-efcc7082639e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ece6b503-6bbb-4da3-92a0-6969f290b47f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6734fcb9-9f2e-480f-b7a5-c82faf6d80d3"/>
+  <w:style w:type="table" w:styleId="TableGrid_a6036ad9-d720-40e9-8931-12df8d599508" w:customStyle="1">
+    <w:name w:val="Table Grid_a6036ad9-d720-40e9-8931-12df8d599508"/>
+    <w:basedOn w:val="NormalTable_998a7193-b238-413e-8c9b-efcc7082639e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8960d774-d847-4416-9e21-1346ea63315e" w:customStyle="1">
-    <w:name w:val="Normal Table_8960d774-d847-4416-9e21-1346ea63315e"/>
+  <w:style w:type="table" w:styleId="NormalTable_5d305632-be1e-435b-b8ff-64008efa0d6b" w:customStyle="1">
+    <w:name w:val="Normal Table_5d305632-be1e-435b-b8ff-64008efa0d6b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_222aae12-9f35-46b7-a7d4-8b5b8f8fed8b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8960d774-d847-4416-9e21-1346ea63315e"/>
+  <w:style w:type="table" w:styleId="TableGrid_056c2ef7-a135-44c0-b19e-0160bef4bb51" w:customStyle="1">
+    <w:name w:val="Table Grid_056c2ef7-a135-44c0-b19e-0160bef4bb51"/>
+    <w:basedOn w:val="NormalTable_5d305632-be1e-435b-b8ff-64008efa0d6b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_88159577-0d26-47ad-b4c7-8abb4093fad0" w:customStyle="1">
-    <w:name w:val="Normal Table_88159577-0d26-47ad-b4c7-8abb4093fad0"/>
+  <w:style w:type="table" w:styleId="NormalTable_4fe1e907-e050-471e-a1e6-53597b0034ff" w:customStyle="1">
+    <w:name w:val="Normal Table_4fe1e907-e050-471e-a1e6-53597b0034ff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef5c1d1d-3cd0-40f0-a2fe-4ea764254f93" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_88159577-0d26-47ad-b4c7-8abb4093fad0"/>
+  <w:style w:type="table" w:styleId="TableGrid_6d1014b2-a32c-462a-809a-1a91ee964622" w:customStyle="1">
+    <w:name w:val="Table Grid_6d1014b2-a32c-462a-809a-1a91ee964622"/>
+    <w:basedOn w:val="NormalTable_4fe1e907-e050-471e-a1e6-53597b0034ff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>