--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -13811,89 +13811,106 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_199fe08f-9a15-4a3a-b39e-2e259d0a6415"/>
+      <w:tblStyle w:val="TableGrid_e6b76cad-fda4-4f62-9134-2e88be535609"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:47:36 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13921,74 +13938,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_74cfd4c1-ecad-4307-9a3f-a8e53f3427b1"/>
+      <w:tblStyle w:val="TableGrid_8a8fe9c5-e3a4-4970-9f71-052cc9e7471f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 144. Versjonsnummer: 4</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -14006,408 +14040,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+            <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+      <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_94e253b2-ecb8-4b40-92a5-6e5af37777ad"/>
+      <w:tblStyle w:val="TableGrid_508d458c-0a1c-422f-8f53-ed5a1cf522d3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0179bf9a-28c2-46b5-af6e-fdb2e8f5f9aa"/>
+            <w:tblStyle w:val="TableGrid_63e67f22-4904-45b9-baf1-4bd5284d5b38"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+            <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_80fd7cb5-34ff-42d2-a563-ebfe4c20c241"/>
+            <w:tblStyle w:val="TableGrid_f35b65d7-c298-4cb4-895c-ebfd616f85df"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+            <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+      <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -14984,51 +15103,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -15567,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6" w:customStyle="1">
-    <w:name w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+  <w:style w:type="paragraph" w:styleId="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd" w:customStyle="1">
+    <w:name w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+    <w:basedOn w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9c7eef99-ac19-45f1-a989-eaae0d93ee58" w:customStyle="1">
-    <w:name w:val="Normal Table_9c7eef99-ac19-45f1-a989-eaae0d93ee58"/>
+  <w:style w:type="table" w:styleId="NormalTable_33f69f5a-55db-4a48-acae-f08704cd16cc" w:customStyle="1">
+    <w:name w:val="Normal Table_33f69f5a-55db-4a48-acae-f08704cd16cc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1f5f5ffb-826b-4804-b8e4-2ca3aeafb891" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9c7eef99-ac19-45f1-a989-eaae0d93ee58"/>
+  <w:style w:type="table" w:styleId="TableGrid_e2b53143-3181-4dc5-a7a1-714834ff4191" w:customStyle="1">
+    <w:name w:val="Table Grid_e2b53143-3181-4dc5-a7a1-714834ff4191"/>
+    <w:basedOn w:val="NormalTable_33f69f5a-55db-4a48-acae-f08704cd16cc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+    <w:basedOn w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c0d48915-e9e4-4ede-91ab-6e63be4a96a6"/>
+    <w:basedOn w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_626c3393-607d-471e-bc7a-c6d38e323b82" w:customStyle="1">
-    <w:name w:val="Normal Table_626c3393-607d-471e-bc7a-c6d38e323b82"/>
+  <w:style w:type="table" w:styleId="NormalTable_551b5575-c157-4f38-9931-d62ddd3cb26d" w:customStyle="1">
+    <w:name w:val="Normal Table_551b5575-c157-4f38-9931-d62ddd3cb26d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0dda5415-3005-47b1-be7f-c9c700d10f10" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_626c3393-607d-471e-bc7a-c6d38e323b82"/>
+  <w:style w:type="table" w:styleId="TableGrid_7a85f836-7af4-4089-beb0-3e60fa7b625c" w:customStyle="1">
+    <w:name w:val="Table Grid_7a85f836-7af4-4089-beb0-3e60fa7b625c"/>
+    <w:basedOn w:val="NormalTable_551b5575-c157-4f38-9931-d62ddd3cb26d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9cd02849-6485-478b-abdb-96b3b3567499" w:customStyle="1">
-    <w:name w:val="Normal Table_9cd02849-6485-478b-abdb-96b3b3567499"/>
+  <w:style w:type="table" w:styleId="NormalTable_6b068b9c-efca-4085-9246-6e133f742708" w:customStyle="1">
+    <w:name w:val="Normal Table_6b068b9c-efca-4085-9246-6e133f742708"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_76c4abe2-01a7-4320-9a50-246294b19b7b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9cd02849-6485-478b-abdb-96b3b3567499"/>
+  <w:style w:type="table" w:styleId="TableGrid_45c96297-4bee-4060-8536-8421b9096800" w:customStyle="1">
+    <w:name w:val="Table Grid_45c96297-4bee-4060-8536-8421b9096800"/>
+    <w:basedOn w:val="NormalTable_6b068b9c-efca-4085-9246-6e133f742708"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_31529aa3-3d0b-465d-82b7-b7f69c2820a4" w:customStyle="1">
-    <w:name w:val="Normal Table_31529aa3-3d0b-465d-82b7-b7f69c2820a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_cee447ae-5713-467b-9c39-29638d5ecb5d" w:customStyle="1">
+    <w:name w:val="Normal Table_cee447ae-5713-467b-9c39-29638d5ecb5d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b4bf11af-3fb9-4bed-9e9b-ce388b17d0c5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_31529aa3-3d0b-465d-82b7-b7f69c2820a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_9036769c-a294-442d-9617-350ee21c7f13" w:customStyle="1">
+    <w:name w:val="Table Grid_9036769c-a294-442d-9617-350ee21c7f13"/>
+    <w:basedOn w:val="NormalTable_cee447ae-5713-467b-9c39-29638d5ecb5d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4a6f6ecd-42c7-4e5a-a7e8-08212bceb1b5" w:customStyle="1">
-    <w:name w:val="Normal Table_4a6f6ecd-42c7-4e5a-a7e8-08212bceb1b5"/>
+  <w:style w:type="table" w:styleId="NormalTable_730d210e-8904-4edb-b268-fc6f3bf8104a" w:customStyle="1">
+    <w:name w:val="Normal Table_730d210e-8904-4edb-b268-fc6f3bf8104a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_db7f64c8-6060-40bf-aaf0-421c7416265b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4a6f6ecd-42c7-4e5a-a7e8-08212bceb1b5"/>
+  <w:style w:type="table" w:styleId="TableGrid_72f9e72c-299c-41e7-a364-9ca8ce6c8de5" w:customStyle="1">
+    <w:name w:val="Table Grid_72f9e72c-299c-41e7-a364-9ca8ce6c8de5"/>
+    <w:basedOn w:val="NormalTable_730d210e-8904-4edb-b268-fc6f3bf8104a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2d720455-420e-4dd4-b8e4-68caef7b12b6" w:customStyle="1">
-    <w:name w:val="Normal Table_2d720455-420e-4dd4-b8e4-68caef7b12b6"/>
+  <w:style w:type="table" w:styleId="NormalTable_f02af294-4b60-4b91-8c71-e2a7a43aca6f" w:customStyle="1">
+    <w:name w:val="Normal Table_f02af294-4b60-4b91-8c71-e2a7a43aca6f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_199fe08f-9a15-4a3a-b39e-2e259d0a6415" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2d720455-420e-4dd4-b8e4-68caef7b12b6"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6b76cad-fda4-4f62-9134-2e88be535609" w:customStyle="1">
+    <w:name w:val="Table Grid_e6b76cad-fda4-4f62-9134-2e88be535609"/>
+    <w:basedOn w:val="NormalTable_f02af294-4b60-4b91-8c71-e2a7a43aca6f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98a77e67-c409-4e0d-ac5f-a71a9bd0eb09" w:customStyle="1">
-    <w:name w:val="Normal Table_98a77e67-c409-4e0d-ac5f-a71a9bd0eb09"/>
+  <w:style w:type="table" w:styleId="NormalTable_e56d3468-1002-4614-aed9-2a50ccafaeae" w:customStyle="1">
+    <w:name w:val="Normal Table_e56d3468-1002-4614-aed9-2a50ccafaeae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_74cfd4c1-ecad-4307-9a3f-a8e53f3427b1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_98a77e67-c409-4e0d-ac5f-a71a9bd0eb09"/>
+  <w:style w:type="table" w:styleId="TableGrid_8a8fe9c5-e3a4-4970-9f71-052cc9e7471f" w:customStyle="1">
+    <w:name w:val="Table Grid_8a8fe9c5-e3a4-4970-9f71-052cc9e7471f"/>
+    <w:basedOn w:val="NormalTable_e56d3468-1002-4614-aed9-2a50ccafaeae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bfbb94e5-ab26-44a5-92bb-9dfc99bd3083" w:customStyle="1">
-    <w:name w:val="Normal Table_bfbb94e5-ab26-44a5-92bb-9dfc99bd3083"/>
+  <w:style w:type="table" w:styleId="NormalTable_e7716087-b255-41f8-ab46-effb9750ec36" w:customStyle="1">
+    <w:name w:val="Normal Table_e7716087-b255-41f8-ab46-effb9750ec36"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0179bf9a-28c2-46b5-af6e-fdb2e8f5f9aa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bfbb94e5-ab26-44a5-92bb-9dfc99bd3083"/>
+  <w:style w:type="table" w:styleId="TableGrid_63e67f22-4904-45b9-baf1-4bd5284d5b38" w:customStyle="1">
+    <w:name w:val="Table Grid_63e67f22-4904-45b9-baf1-4bd5284d5b38"/>
+    <w:basedOn w:val="NormalTable_e7716087-b255-41f8-ab46-effb9750ec36"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_086bf680-6b11-4374-becb-85899ad9f137" w:customStyle="1">
-    <w:name w:val="Normal Table_086bf680-6b11-4374-becb-85899ad9f137"/>
+  <w:style w:type="table" w:styleId="NormalTable_6385e400-4dd1-4bef-bf90-0ab2dc16e315" w:customStyle="1">
+    <w:name w:val="Normal Table_6385e400-4dd1-4bef-bf90-0ab2dc16e315"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_80fd7cb5-34ff-42d2-a563-ebfe4c20c241" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_086bf680-6b11-4374-becb-85899ad9f137"/>
+  <w:style w:type="table" w:styleId="TableGrid_f35b65d7-c298-4cb4-895c-ebfd616f85df" w:customStyle="1">
+    <w:name w:val="Table Grid_f35b65d7-c298-4cb4-895c-ebfd616f85df"/>
+    <w:basedOn w:val="NormalTable_6385e400-4dd1-4bef-bf90-0ab2dc16e315"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0cd5e776-01dc-4f90-b4a8-5f25566d7f2d" w:customStyle="1">
-    <w:name w:val="Normal Table_0cd5e776-01dc-4f90-b4a8-5f25566d7f2d"/>
+  <w:style w:type="table" w:styleId="NormalTable_45c9d0d0-eb2c-4641-98d1-577d828c5cc9" w:customStyle="1">
+    <w:name w:val="Normal Table_45c9d0d0-eb2c-4641-98d1-577d828c5cc9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_94e253b2-ecb8-4b40-92a5-6e5af37777ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0cd5e776-01dc-4f90-b4a8-5f25566d7f2d"/>
+  <w:style w:type="table" w:styleId="TableGrid_508d458c-0a1c-422f-8f53-ed5a1cf522d3" w:customStyle="1">
+    <w:name w:val="Table Grid_508d458c-0a1c-422f-8f53-ed5a1cf522d3"/>
+    <w:basedOn w:val="NormalTable_45c9d0d0-eb2c-4641-98d1-577d828c5cc9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>