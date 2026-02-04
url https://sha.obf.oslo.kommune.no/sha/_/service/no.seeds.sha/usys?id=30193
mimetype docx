--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -13811,51 +13811,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e6b76cad-fda4-4f62-9134-2e88be535609"/>
+      <w:tblStyle w:val="TableGrid_12a64ce0-65a5-4ac5-a088-a8c1c0eb1ab3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -13866,51 +13866,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:38 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13938,51 +13938,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8a8fe9c5-e3a4-4970-9f71-052cc9e7471f"/>
+      <w:tblStyle w:val="TableGrid_18fa4aed-bb6e-44b8-a3b0-50982e49b50b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14040,51 +14040,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+            <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14097,59 +14097,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+      <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_508d458c-0a1c-422f-8f53-ed5a1cf522d3"/>
+      <w:tblStyle w:val="TableGrid_81011ba4-a9a6-4fa9-a746-2c4fa6142abe"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14160,51 +14160,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_63e67f22-4904-45b9-baf1-4bd5284d5b38"/>
+            <w:tblStyle w:val="TableGrid_aaf967f6-72d2-4e12-89d9-081ec900864d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14305,72 +14305,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+            <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f35b65d7-c298-4cb4-895c-ebfd616f85df"/>
+            <w:tblStyle w:val="TableGrid_c4abc9cd-730a-47d1-aa4a-2d0b71d6f05f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14471,62 +14471,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+            <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+      <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15686,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd" w:customStyle="1">
-    <w:name w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+  <w:style w:type="paragraph" w:styleId="Normal_34cc1db8-06a4-4854-bae3-069682445fcf" w:customStyle="1">
+    <w:name w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+    <w:basedOn w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_33f69f5a-55db-4a48-acae-f08704cd16cc" w:customStyle="1">
-    <w:name w:val="Normal Table_33f69f5a-55db-4a48-acae-f08704cd16cc"/>
+  <w:style w:type="table" w:styleId="NormalTable_e11f33e0-6fa9-4b75-b00b-6ab5dce8e369" w:customStyle="1">
+    <w:name w:val="Normal Table_e11f33e0-6fa9-4b75-b00b-6ab5dce8e369"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e2b53143-3181-4dc5-a7a1-714834ff4191" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_33f69f5a-55db-4a48-acae-f08704cd16cc"/>
+  <w:style w:type="table" w:styleId="TableGrid_ab1adff8-5358-4272-b1aa-f07584e67fb8" w:customStyle="1">
+    <w:name w:val="Table Grid_ab1adff8-5358-4272-b1aa-f07584e67fb8"/>
+    <w:basedOn w:val="NormalTable_e11f33e0-6fa9-4b75-b00b-6ab5dce8e369"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+    <w:basedOn w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_5921d6f6-946a-4742-bd62-b31ac7afccdd"/>
+    <w:basedOn w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_551b5575-c157-4f38-9931-d62ddd3cb26d" w:customStyle="1">
-    <w:name w:val="Normal Table_551b5575-c157-4f38-9931-d62ddd3cb26d"/>
+  <w:style w:type="table" w:styleId="NormalTable_c06a5d3c-a9f4-4710-bb4d-8efd7ea38a1b" w:customStyle="1">
+    <w:name w:val="Normal Table_c06a5d3c-a9f4-4710-bb4d-8efd7ea38a1b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7a85f836-7af4-4089-beb0-3e60fa7b625c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_551b5575-c157-4f38-9931-d62ddd3cb26d"/>
+  <w:style w:type="table" w:styleId="TableGrid_52926ea5-b55f-47bb-a346-522edcb47f19" w:customStyle="1">
+    <w:name w:val="Table Grid_52926ea5-b55f-47bb-a346-522edcb47f19"/>
+    <w:basedOn w:val="NormalTable_c06a5d3c-a9f4-4710-bb4d-8efd7ea38a1b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6b068b9c-efca-4085-9246-6e133f742708" w:customStyle="1">
-    <w:name w:val="Normal Table_6b068b9c-efca-4085-9246-6e133f742708"/>
+  <w:style w:type="table" w:styleId="NormalTable_b8d3ece4-2917-4835-8ae5-d4d90854b74d" w:customStyle="1">
+    <w:name w:val="Normal Table_b8d3ece4-2917-4835-8ae5-d4d90854b74d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45c96297-4bee-4060-8536-8421b9096800" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6b068b9c-efca-4085-9246-6e133f742708"/>
+  <w:style w:type="table" w:styleId="TableGrid_18cc19e0-0334-4865-a17f-559a4cf8493f" w:customStyle="1">
+    <w:name w:val="Table Grid_18cc19e0-0334-4865-a17f-559a4cf8493f"/>
+    <w:basedOn w:val="NormalTable_b8d3ece4-2917-4835-8ae5-d4d90854b74d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cee447ae-5713-467b-9c39-29638d5ecb5d" w:customStyle="1">
-    <w:name w:val="Normal Table_cee447ae-5713-467b-9c39-29638d5ecb5d"/>
+  <w:style w:type="table" w:styleId="NormalTable_d198420c-b2ec-4c75-829f-192fc35de9d9" w:customStyle="1">
+    <w:name w:val="Normal Table_d198420c-b2ec-4c75-829f-192fc35de9d9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9036769c-a294-442d-9617-350ee21c7f13" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cee447ae-5713-467b-9c39-29638d5ecb5d"/>
+  <w:style w:type="table" w:styleId="TableGrid_a8f25920-a16e-40d9-b142-b337feceaf89" w:customStyle="1">
+    <w:name w:val="Table Grid_a8f25920-a16e-40d9-b142-b337feceaf89"/>
+    <w:basedOn w:val="NormalTable_d198420c-b2ec-4c75-829f-192fc35de9d9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_730d210e-8904-4edb-b268-fc6f3bf8104a" w:customStyle="1">
-    <w:name w:val="Normal Table_730d210e-8904-4edb-b268-fc6f3bf8104a"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a3541d3-eb7f-4203-ad84-d739b088d41c" w:customStyle="1">
+    <w:name w:val="Normal Table_7a3541d3-eb7f-4203-ad84-d739b088d41c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_72f9e72c-299c-41e7-a364-9ca8ce6c8de5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_730d210e-8904-4edb-b268-fc6f3bf8104a"/>
+  <w:style w:type="table" w:styleId="TableGrid_761d6cc2-95a0-4586-8a94-080dbd524694" w:customStyle="1">
+    <w:name w:val="Table Grid_761d6cc2-95a0-4586-8a94-080dbd524694"/>
+    <w:basedOn w:val="NormalTable_7a3541d3-eb7f-4203-ad84-d739b088d41c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f02af294-4b60-4b91-8c71-e2a7a43aca6f" w:customStyle="1">
-    <w:name w:val="Normal Table_f02af294-4b60-4b91-8c71-e2a7a43aca6f"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e5e9f42-4b43-46c1-b019-fbb4b803288f" w:customStyle="1">
+    <w:name w:val="Normal Table_1e5e9f42-4b43-46c1-b019-fbb4b803288f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6b76cad-fda4-4f62-9134-2e88be535609" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f02af294-4b60-4b91-8c71-e2a7a43aca6f"/>
+  <w:style w:type="table" w:styleId="TableGrid_12a64ce0-65a5-4ac5-a088-a8c1c0eb1ab3" w:customStyle="1">
+    <w:name w:val="Table Grid_12a64ce0-65a5-4ac5-a088-a8c1c0eb1ab3"/>
+    <w:basedOn w:val="NormalTable_1e5e9f42-4b43-46c1-b019-fbb4b803288f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e56d3468-1002-4614-aed9-2a50ccafaeae" w:customStyle="1">
-    <w:name w:val="Normal Table_e56d3468-1002-4614-aed9-2a50ccafaeae"/>
+  <w:style w:type="table" w:styleId="NormalTable_d38520d4-ea3c-4bff-ad73-6dde8e19d0a7" w:customStyle="1">
+    <w:name w:val="Normal Table_d38520d4-ea3c-4bff-ad73-6dde8e19d0a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8a8fe9c5-e3a4-4970-9f71-052cc9e7471f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e56d3468-1002-4614-aed9-2a50ccafaeae"/>
+  <w:style w:type="table" w:styleId="TableGrid_18fa4aed-bb6e-44b8-a3b0-50982e49b50b" w:customStyle="1">
+    <w:name w:val="Table Grid_18fa4aed-bb6e-44b8-a3b0-50982e49b50b"/>
+    <w:basedOn w:val="NormalTable_d38520d4-ea3c-4bff-ad73-6dde8e19d0a7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e7716087-b255-41f8-ab46-effb9750ec36" w:customStyle="1">
-    <w:name w:val="Normal Table_e7716087-b255-41f8-ab46-effb9750ec36"/>
+  <w:style w:type="table" w:styleId="NormalTable_2797132d-276f-4090-b14f-384fdd9cd1c0" w:customStyle="1">
+    <w:name w:val="Normal Table_2797132d-276f-4090-b14f-384fdd9cd1c0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_63e67f22-4904-45b9-baf1-4bd5284d5b38" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e7716087-b255-41f8-ab46-effb9750ec36"/>
+  <w:style w:type="table" w:styleId="TableGrid_aaf967f6-72d2-4e12-89d9-081ec900864d" w:customStyle="1">
+    <w:name w:val="Table Grid_aaf967f6-72d2-4e12-89d9-081ec900864d"/>
+    <w:basedOn w:val="NormalTable_2797132d-276f-4090-b14f-384fdd9cd1c0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6385e400-4dd1-4bef-bf90-0ab2dc16e315" w:customStyle="1">
-    <w:name w:val="Normal Table_6385e400-4dd1-4bef-bf90-0ab2dc16e315"/>
+  <w:style w:type="table" w:styleId="NormalTable_a3573994-75c9-4694-bb26-65e003a987df" w:customStyle="1">
+    <w:name w:val="Normal Table_a3573994-75c9-4694-bb26-65e003a987df"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f35b65d7-c298-4cb4-895c-ebfd616f85df" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6385e400-4dd1-4bef-bf90-0ab2dc16e315"/>
+  <w:style w:type="table" w:styleId="TableGrid_c4abc9cd-730a-47d1-aa4a-2d0b71d6f05f" w:customStyle="1">
+    <w:name w:val="Table Grid_c4abc9cd-730a-47d1-aa4a-2d0b71d6f05f"/>
+    <w:basedOn w:val="NormalTable_a3573994-75c9-4694-bb26-65e003a987df"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_45c9d0d0-eb2c-4641-98d1-577d828c5cc9" w:customStyle="1">
-    <w:name w:val="Normal Table_45c9d0d0-eb2c-4641-98d1-577d828c5cc9"/>
+  <w:style w:type="table" w:styleId="NormalTable_243751a3-3b45-4e78-9b3c-d9932ca26ca5" w:customStyle="1">
+    <w:name w:val="Normal Table_243751a3-3b45-4e78-9b3c-d9932ca26ca5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_508d458c-0a1c-422f-8f53-ed5a1cf522d3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_45c9d0d0-eb2c-4641-98d1-577d828c5cc9"/>
+  <w:style w:type="table" w:styleId="TableGrid_81011ba4-a9a6-4fa9-a746-2c4fa6142abe" w:customStyle="1">
+    <w:name w:val="Table Grid_81011ba4-a9a6-4fa9-a746-2c4fa6142abe"/>
+    <w:basedOn w:val="NormalTable_243751a3-3b45-4e78-9b3c-d9932ca26ca5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>