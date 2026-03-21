--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -13811,51 +13811,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_12a64ce0-65a5-4ac5-a088-a8c1c0eb1ab3"/>
+      <w:tblStyle w:val="TableGrid_36e96c6e-74e4-40f8-854f-6e586aa01ab4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -13866,51 +13866,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:51 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13938,51 +13938,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_18fa4aed-bb6e-44b8-a3b0-50982e49b50b"/>
+      <w:tblStyle w:val="TableGrid_e7b478f2-5dda-417d-9591-f18fcf3c9034"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14040,51 +14040,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14097,59 +14097,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+      <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_81011ba4-a9a6-4fa9-a746-2c4fa6142abe"/>
+      <w:tblStyle w:val="TableGrid_bbeca932-f064-4d82-9c80-be739da7c454"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14160,51 +14160,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_aaf967f6-72d2-4e12-89d9-081ec900864d"/>
+            <w:tblStyle w:val="TableGrid_c34a4a4c-a161-4075-969b-82e113896c0c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14305,72 +14305,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c4abc9cd-730a-47d1-aa4a-2d0b71d6f05f"/>
+            <w:tblStyle w:val="TableGrid_1fffc049-20ab-41a7-9915-4b9d0f880067"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14471,62 +14471,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+      <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15686,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_34cc1db8-06a4-4854-bae3-069682445fcf" w:customStyle="1">
-    <w:name w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf" w:customStyle="1">
+    <w:name w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e11f33e0-6fa9-4b75-b00b-6ab5dce8e369" w:customStyle="1">
-    <w:name w:val="Normal Table_e11f33e0-6fa9-4b75-b00b-6ab5dce8e369"/>
+  <w:style w:type="table" w:styleId="NormalTable_6bf99f2b-8e28-4c77-a237-6c89167e35f4" w:customStyle="1">
+    <w:name w:val="Normal Table_6bf99f2b-8e28-4c77-a237-6c89167e35f4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ab1adff8-5358-4272-b1aa-f07584e67fb8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e11f33e0-6fa9-4b75-b00b-6ab5dce8e369"/>
+  <w:style w:type="table" w:styleId="TableGrid_54b34739-a725-4341-b295-0293c9c980de" w:customStyle="1">
+    <w:name w:val="Table Grid_54b34739-a725-4341-b295-0293c9c980de"/>
+    <w:basedOn w:val="NormalTable_6bf99f2b-8e28-4c77-a237-6c89167e35f4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_34cc1db8-06a4-4854-bae3-069682445fcf"/>
+    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c06a5d3c-a9f4-4710-bb4d-8efd7ea38a1b" w:customStyle="1">
-    <w:name w:val="Normal Table_c06a5d3c-a9f4-4710-bb4d-8efd7ea38a1b"/>
+  <w:style w:type="table" w:styleId="NormalTable_565f05b1-314a-4ec4-ba21-c8d4e1586bd2" w:customStyle="1">
+    <w:name w:val="Normal Table_565f05b1-314a-4ec4-ba21-c8d4e1586bd2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_52926ea5-b55f-47bb-a346-522edcb47f19" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c06a5d3c-a9f4-4710-bb4d-8efd7ea38a1b"/>
+  <w:style w:type="table" w:styleId="TableGrid_a6734fd0-e10e-42f0-9602-e53ffa1693e5" w:customStyle="1">
+    <w:name w:val="Table Grid_a6734fd0-e10e-42f0-9602-e53ffa1693e5"/>
+    <w:basedOn w:val="NormalTable_565f05b1-314a-4ec4-ba21-c8d4e1586bd2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b8d3ece4-2917-4835-8ae5-d4d90854b74d" w:customStyle="1">
-    <w:name w:val="Normal Table_b8d3ece4-2917-4835-8ae5-d4d90854b74d"/>
+  <w:style w:type="table" w:styleId="NormalTable_9126a30f-78c3-4fb6-8268-225d3158b9cd" w:customStyle="1">
+    <w:name w:val="Normal Table_9126a30f-78c3-4fb6-8268-225d3158b9cd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18cc19e0-0334-4865-a17f-559a4cf8493f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b8d3ece4-2917-4835-8ae5-d4d90854b74d"/>
+  <w:style w:type="table" w:styleId="TableGrid_618c62ea-b098-4b37-b3c9-96f842c8b40e" w:customStyle="1">
+    <w:name w:val="Table Grid_618c62ea-b098-4b37-b3c9-96f842c8b40e"/>
+    <w:basedOn w:val="NormalTable_9126a30f-78c3-4fb6-8268-225d3158b9cd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d198420c-b2ec-4c75-829f-192fc35de9d9" w:customStyle="1">
-    <w:name w:val="Normal Table_d198420c-b2ec-4c75-829f-192fc35de9d9"/>
+  <w:style w:type="table" w:styleId="NormalTable_588f57bc-6a32-4bcf-aa81-34514840daaf" w:customStyle="1">
+    <w:name w:val="Normal Table_588f57bc-6a32-4bcf-aa81-34514840daaf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a8f25920-a16e-40d9-b142-b337feceaf89" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d198420c-b2ec-4c75-829f-192fc35de9d9"/>
+  <w:style w:type="table" w:styleId="TableGrid_4a953f77-f99c-4615-bf7f-a22711a77c0d" w:customStyle="1">
+    <w:name w:val="Table Grid_4a953f77-f99c-4615-bf7f-a22711a77c0d"/>
+    <w:basedOn w:val="NormalTable_588f57bc-6a32-4bcf-aa81-34514840daaf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7a3541d3-eb7f-4203-ad84-d739b088d41c" w:customStyle="1">
-    <w:name w:val="Normal Table_7a3541d3-eb7f-4203-ad84-d739b088d41c"/>
+  <w:style w:type="table" w:styleId="NormalTable_331226c2-0214-4b5a-bf73-13f7cbd9ccf8" w:customStyle="1">
+    <w:name w:val="Normal Table_331226c2-0214-4b5a-bf73-13f7cbd9ccf8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_761d6cc2-95a0-4586-8a94-080dbd524694" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7a3541d3-eb7f-4203-ad84-d739b088d41c"/>
+  <w:style w:type="table" w:styleId="TableGrid_8547402e-b30b-46e5-8ba3-1049d187fc53" w:customStyle="1">
+    <w:name w:val="Table Grid_8547402e-b30b-46e5-8ba3-1049d187fc53"/>
+    <w:basedOn w:val="NormalTable_331226c2-0214-4b5a-bf73-13f7cbd9ccf8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1e5e9f42-4b43-46c1-b019-fbb4b803288f" w:customStyle="1">
-    <w:name w:val="Normal Table_1e5e9f42-4b43-46c1-b019-fbb4b803288f"/>
+  <w:style w:type="table" w:styleId="NormalTable_ab4d83e8-07d0-45ef-b248-bffced9fcf04" w:customStyle="1">
+    <w:name w:val="Normal Table_ab4d83e8-07d0-45ef-b248-bffced9fcf04"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_12a64ce0-65a5-4ac5-a088-a8c1c0eb1ab3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1e5e9f42-4b43-46c1-b019-fbb4b803288f"/>
+  <w:style w:type="table" w:styleId="TableGrid_36e96c6e-74e4-40f8-854f-6e586aa01ab4" w:customStyle="1">
+    <w:name w:val="Table Grid_36e96c6e-74e4-40f8-854f-6e586aa01ab4"/>
+    <w:basedOn w:val="NormalTable_ab4d83e8-07d0-45ef-b248-bffced9fcf04"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d38520d4-ea3c-4bff-ad73-6dde8e19d0a7" w:customStyle="1">
-    <w:name w:val="Normal Table_d38520d4-ea3c-4bff-ad73-6dde8e19d0a7"/>
+  <w:style w:type="table" w:styleId="NormalTable_de9424c3-cb17-4f47-b30c-1ce5febd570b" w:customStyle="1">
+    <w:name w:val="Normal Table_de9424c3-cb17-4f47-b30c-1ce5febd570b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18fa4aed-bb6e-44b8-a3b0-50982e49b50b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d38520d4-ea3c-4bff-ad73-6dde8e19d0a7"/>
+  <w:style w:type="table" w:styleId="TableGrid_e7b478f2-5dda-417d-9591-f18fcf3c9034" w:customStyle="1">
+    <w:name w:val="Table Grid_e7b478f2-5dda-417d-9591-f18fcf3c9034"/>
+    <w:basedOn w:val="NormalTable_de9424c3-cb17-4f47-b30c-1ce5febd570b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2797132d-276f-4090-b14f-384fdd9cd1c0" w:customStyle="1">
-    <w:name w:val="Normal Table_2797132d-276f-4090-b14f-384fdd9cd1c0"/>
+  <w:style w:type="table" w:styleId="NormalTable_362518e2-f4e0-4611-a4c2-ad42a9399ffc" w:customStyle="1">
+    <w:name w:val="Normal Table_362518e2-f4e0-4611-a4c2-ad42a9399ffc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aaf967f6-72d2-4e12-89d9-081ec900864d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2797132d-276f-4090-b14f-384fdd9cd1c0"/>
+  <w:style w:type="table" w:styleId="TableGrid_c34a4a4c-a161-4075-969b-82e113896c0c" w:customStyle="1">
+    <w:name w:val="Table Grid_c34a4a4c-a161-4075-969b-82e113896c0c"/>
+    <w:basedOn w:val="NormalTable_362518e2-f4e0-4611-a4c2-ad42a9399ffc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a3573994-75c9-4694-bb26-65e003a987df" w:customStyle="1">
-    <w:name w:val="Normal Table_a3573994-75c9-4694-bb26-65e003a987df"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f5634df-b0da-4f15-a2bc-268844375abe" w:customStyle="1">
+    <w:name w:val="Normal Table_0f5634df-b0da-4f15-a2bc-268844375abe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c4abc9cd-730a-47d1-aa4a-2d0b71d6f05f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a3573994-75c9-4694-bb26-65e003a987df"/>
+  <w:style w:type="table" w:styleId="TableGrid_1fffc049-20ab-41a7-9915-4b9d0f880067" w:customStyle="1">
+    <w:name w:val="Table Grid_1fffc049-20ab-41a7-9915-4b9d0f880067"/>
+    <w:basedOn w:val="NormalTable_0f5634df-b0da-4f15-a2bc-268844375abe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_243751a3-3b45-4e78-9b3c-d9932ca26ca5" w:customStyle="1">
-    <w:name w:val="Normal Table_243751a3-3b45-4e78-9b3c-d9932ca26ca5"/>
+  <w:style w:type="table" w:styleId="NormalTable_feecf525-cbd3-45cc-8ae0-4355f22445e3" w:customStyle="1">
+    <w:name w:val="Normal Table_feecf525-cbd3-45cc-8ae0-4355f22445e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_81011ba4-a9a6-4fa9-a746-2c4fa6142abe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_243751a3-3b45-4e78-9b3c-d9932ca26ca5"/>
+  <w:style w:type="table" w:styleId="TableGrid_bbeca932-f064-4d82-9c80-be739da7c454" w:customStyle="1">
+    <w:name w:val="Table Grid_bbeca932-f064-4d82-9c80-be739da7c454"/>
+    <w:basedOn w:val="NormalTable_feecf525-cbd3-45cc-8ae0-4355f22445e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>