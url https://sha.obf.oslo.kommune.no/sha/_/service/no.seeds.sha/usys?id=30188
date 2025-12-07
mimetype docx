--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -249,52 +249,52 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">som gjelder i prosjektet og «Sanksjonsmatrisen»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2316"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:firstLine="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="851909894"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1143030723"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="0"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Prosjekt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4185"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1925"/>
@@ -329,119 +329,117 @@
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2316"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:firstLine="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1845456505"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1143030723"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2"/>
+            <w:permEnd w:id="0"/>
+            <w:permEnd w:id="1"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeidstakerens navn:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7461"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2316"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:firstLine="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1652369986"/>
-            <w:permEnd w:id="1845456505"/>
+            <w:permEnd w:id="2"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ansatt i firma:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7461"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1652369986"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9777"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ovennevnte arbeider er i dag gitt HMS-advarsel pga</w:t>
@@ -492,51 +490,50 @@
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="723"/>
                 <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:spacing/>
                   <w:ind w:left="209"/>
                   <w:rPr/>
                 </w:pPr>
-                <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="1084240887"/>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t xml:space="preserve">☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9054"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -573,52 +570,50 @@
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="723"/>
                 <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:spacing/>
                   <w:ind w:left="209"/>
                   <w:rPr/>
                 </w:pPr>
-                <w:permEnd w:id="1084240887"/>
-                <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="1649508239"/>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t xml:space="preserve">☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9054"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -666,103 +661,100 @@
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="723"/>
                 <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:spacing/>
                   <w:ind w:left="209"/>
                   <w:rPr/>
                 </w:pPr>
-                <w:permEnd w:id="1649508239"/>
-                <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="801640913"/>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t xml:space="preserve">☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9054"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">gangs brudd og etter skriftlig advarsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="801640913"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9777"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
@@ -796,75 +788,73 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="465" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="557"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="856179543"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9220"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="856179543"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="57" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Overtredelsen karakteriseres som brudd på følgende sikkerhetsbestemmelser i den prosjekttilpassede «Sanksjonsmatrisen»:</w:t>
@@ -916,51 +906,51 @@
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1362888655"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1219789096"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1017,52 +1007,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2086550381"/>
-            <w:permEnd w:id="1362888655"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="9"/>
+            <w:permEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1102799394"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1121,52 +1111,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="520553208"/>
-            <w:permEnd w:id="2086550381"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="10"/>
+            <w:permEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1127075474"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1225,52 +1215,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1980635063"/>
-            <w:permEnd w:id="520553208"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="11"/>
+            <w:permEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-704407790"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1347,52 +1337,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1092892576"/>
-            <w:permEnd w:id="1980635063"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="12"/>
+            <w:permEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1600796750"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1459,52 +1449,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1622426817"/>
-            <w:permEnd w:id="1092892576"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="13"/>
+            <w:permEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1456221160"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1571,52 +1561,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="639315964"/>
-            <w:permEnd w:id="1622426817"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="14"/>
+            <w:permEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="608549826"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1675,52 +1665,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1647710908"/>
-            <w:permEnd w:id="639315964"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="15"/>
+            <w:permEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1987507377"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1779,52 +1769,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1922725271"/>
-            <w:permEnd w:id="1647710908"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="16"/>
+            <w:permEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1444605520"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1883,52 +1873,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2072330517"/>
-            <w:permEnd w:id="1922725271"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="17"/>
+            <w:permEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-914627928"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1987,52 +1977,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="326066896"/>
-            <w:permEnd w:id="2072330517"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="18"/>
+            <w:permEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1390719787"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2091,52 +2081,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="86262414"/>
-            <w:permEnd w:id="326066896"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="19"/>
+            <w:permEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-290821473"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2195,52 +2185,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1837391754"/>
-            <w:permEnd w:id="86262414"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="20"/>
+            <w:permEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1611864680"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2307,52 +2297,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1195257226"/>
-            <w:permEnd w:id="1837391754"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="21"/>
+            <w:permEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1235235948"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2435,52 +2425,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1195330653"/>
-            <w:permEnd w:id="1195257226"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="22"/>
+            <w:permEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1091054558"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2547,52 +2537,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2067300139"/>
-            <w:permEnd w:id="1195330653"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="23"/>
+            <w:permEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-436372622"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2651,52 +2641,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="860645977"/>
-            <w:permEnd w:id="2067300139"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="24"/>
+            <w:permEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5974"/>
@@ -2719,101 +2709,99 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2624"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1794781749"/>
-            <w:permEnd w:id="860645977"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="25"/>
+            <w:permEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Sted, dato for advarselen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7153"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="405" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="160"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="1692483260"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1794781749"/>
+            <w:permEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4640"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2854,265 +2842,261 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4188"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="357"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...139 lines deleted...]
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:type="dxa" w:w="160"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:ind w:firstLine="142"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4640"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbeidstaker</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="220"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:ind w:firstLine="142"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="212"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4188"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbeidsleder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="357"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="283" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:type="dxa" w:w="594"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1214869479"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Kopi;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9183"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1214869479"/>
     </w:tbl>
     <w:p w14:paraId="5D9EB147">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="1134" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -3171,89 +3155,106 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a7e2b0e2-66ed-4f62-8cf2-6c79cfb42514"/>
+      <w:tblStyle w:val="TableGrid_181c18e4-4d99-4cc1-882c-decda147e330"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:47:28 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:30 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3281,74 +3282,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_20c6e39d-13ad-4370-8918-e913877ce861"/>
+      <w:tblStyle w:val="TableGrid_fc4e8316-8adf-43af-afa7-0fe6420d69d8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 139. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -3366,408 +3384,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+            <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+      <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1b2511ae-4e04-496a-a6db-e53f153d14e1"/>
+      <w:tblStyle w:val="TableGrid_4c5dde70-298e-4490-b3c2-a9ea9b367e80"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_cb61f9e8-a1ee-4c4f-a0c0-c67511c650d6"/>
+            <w:tblStyle w:val="TableGrid_33670e5f-6b16-4cfb-8a4a-18d02d155fa6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+            <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_30fe04fb-9c87-4dd4-b9a0-be683ce0d171"/>
+            <w:tblStyle w:val="TableGrid_3b3ad4e2-114e-4f40-b087-183065c379ba"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+            <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+      <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4130,51 +4233,51 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -4751,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3" w:customStyle="1">
-    <w:name w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+  <w:style w:type="paragraph" w:styleId="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47" w:customStyle="1">
+    <w:name w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+    <w:basedOn w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c31dcaa7-2da6-4569-946e-df699ba94b38" w:customStyle="1">
-    <w:name w:val="Normal Table_c31dcaa7-2da6-4569-946e-df699ba94b38"/>
+  <w:style w:type="table" w:styleId="NormalTable_0a4e46a4-36ca-4cc3-8b04-8c88565329ec" w:customStyle="1">
+    <w:name w:val="Normal Table_0a4e46a4-36ca-4cc3-8b04-8c88565329ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_c31dcaa7-2da6-4569-946e-df699ba94b38"/>
+    <w:basedOn w:val="NormalTable_0a4e46a4-36ca-4cc3-8b04-8c88565329ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+    <w:basedOn w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c25b7fdc-b818-41ca-96e1-77670c8978c3"/>
+    <w:basedOn w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f0058525-0e9d-4837-96eb-7d8e8bc55bc1" w:customStyle="1">
-    <w:name w:val="Normal Table_f0058525-0e9d-4837-96eb-7d8e8bc55bc1"/>
+  <w:style w:type="table" w:styleId="NormalTable_9e5b8cf0-8f6b-46f5-872e-c183aad8bcf7" w:customStyle="1">
+    <w:name w:val="Normal Table_9e5b8cf0-8f6b-46f5-872e-c183aad8bcf7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_13d0d811-1c0b-4ebb-8110-5b45de309ab7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f0058525-0e9d-4837-96eb-7d8e8bc55bc1"/>
+  <w:style w:type="table" w:styleId="TableGrid_55972985-6aa1-42a5-bb52-e1ffedbb82b4" w:customStyle="1">
+    <w:name w:val="Table Grid_55972985-6aa1-42a5-bb52-e1ffedbb82b4"/>
+    <w:basedOn w:val="NormalTable_9e5b8cf0-8f6b-46f5-872e-c183aad8bcf7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_73ad7578-94c5-40ac-be34-44373b104c37" w:customStyle="1">
-    <w:name w:val="Normal Table_73ad7578-94c5-40ac-be34-44373b104c37"/>
+  <w:style w:type="table" w:styleId="NormalTable_f45a8f36-b898-4aa8-bbff-30a7862b3d8c" w:customStyle="1">
+    <w:name w:val="Normal Table_f45a8f36-b898-4aa8-bbff-30a7862b3d8c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4c0ce79f-3756-405c-b521-c2549b1bcb9a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_73ad7578-94c5-40ac-be34-44373b104c37"/>
+  <w:style w:type="table" w:styleId="TableGrid_9277a9c4-0f16-46a2-8012-a90e92c3d92a" w:customStyle="1">
+    <w:name w:val="Table Grid_9277a9c4-0f16-46a2-8012-a90e92c3d92a"/>
+    <w:basedOn w:val="NormalTable_f45a8f36-b898-4aa8-bbff-30a7862b3d8c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6f80ef0e-a804-4d4d-9f8e-4a5b388d2dfb" w:customStyle="1">
-    <w:name w:val="Normal Table_6f80ef0e-a804-4d4d-9f8e-4a5b388d2dfb"/>
+  <w:style w:type="table" w:styleId="NormalTable_2c930184-0346-4b94-9fb0-af7e15231123" w:customStyle="1">
+    <w:name w:val="Normal Table_2c930184-0346-4b94-9fb0-af7e15231123"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0241e0e4-a1fa-4b08-92c9-d889ea799dfa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6f80ef0e-a804-4d4d-9f8e-4a5b388d2dfb"/>
+  <w:style w:type="table" w:styleId="TableGrid_04135965-c9a2-47f0-a34f-63187b260b20" w:customStyle="1">
+    <w:name w:val="Table Grid_04135965-c9a2-47f0-a34f-63187b260b20"/>
+    <w:basedOn w:val="NormalTable_2c930184-0346-4b94-9fb0-af7e15231123"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_535db1e4-4fea-4ec1-938f-55af4f0dc6c9" w:customStyle="1">
-    <w:name w:val="Normal Table_535db1e4-4fea-4ec1-938f-55af4f0dc6c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_db1c4bfc-f062-4eec-8c7b-8fa12a71394f" w:customStyle="1">
+    <w:name w:val="Normal Table_db1c4bfc-f062-4eec-8c7b-8fa12a71394f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8592845f-ac42-486a-9a70-601881004889" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_535db1e4-4fea-4ec1-938f-55af4f0dc6c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_dcd7e619-39f3-4e94-b329-3a4111bb7745" w:customStyle="1">
+    <w:name w:val="Table Grid_dcd7e619-39f3-4e94-b329-3a4111bb7745"/>
+    <w:basedOn w:val="NormalTable_db1c4bfc-f062-4eec-8c7b-8fa12a71394f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_38fc1323-8033-4960-94f8-bfb58f9a573e" w:customStyle="1">
-    <w:name w:val="Normal Table_38fc1323-8033-4960-94f8-bfb58f9a573e"/>
+  <w:style w:type="table" w:styleId="NormalTable_7df48d1b-7a30-4f9c-86c4-70e355fd513f" w:customStyle="1">
+    <w:name w:val="Normal Table_7df48d1b-7a30-4f9c-86c4-70e355fd513f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a7e2b0e2-66ed-4f62-8cf2-6c79cfb42514" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_38fc1323-8033-4960-94f8-bfb58f9a573e"/>
+  <w:style w:type="table" w:styleId="TableGrid_181c18e4-4d99-4cc1-882c-decda147e330" w:customStyle="1">
+    <w:name w:val="Table Grid_181c18e4-4d99-4cc1-882c-decda147e330"/>
+    <w:basedOn w:val="NormalTable_7df48d1b-7a30-4f9c-86c4-70e355fd513f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_03827941-7f7c-475a-8c14-3c8a99abdeee" w:customStyle="1">
-    <w:name w:val="Normal Table_03827941-7f7c-475a-8c14-3c8a99abdeee"/>
+  <w:style w:type="table" w:styleId="NormalTable_b9907c42-37f9-479a-83a6-0af9a4cb94e9" w:customStyle="1">
+    <w:name w:val="Normal Table_b9907c42-37f9-479a-83a6-0af9a4cb94e9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20c6e39d-13ad-4370-8918-e913877ce861" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_03827941-7f7c-475a-8c14-3c8a99abdeee"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc4e8316-8adf-43af-afa7-0fe6420d69d8" w:customStyle="1">
+    <w:name w:val="Table Grid_fc4e8316-8adf-43af-afa7-0fe6420d69d8"/>
+    <w:basedOn w:val="NormalTable_b9907c42-37f9-479a-83a6-0af9a4cb94e9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2159f3c7-f4ea-4110-be41-9f8917780d05" w:customStyle="1">
-    <w:name w:val="Normal Table_2159f3c7-f4ea-4110-be41-9f8917780d05"/>
+  <w:style w:type="table" w:styleId="NormalTable_384a264d-301c-4439-a7e1-bbccf9e78699" w:customStyle="1">
+    <w:name w:val="Normal Table_384a264d-301c-4439-a7e1-bbccf9e78699"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cb61f9e8-a1ee-4c4f-a0c0-c67511c650d6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2159f3c7-f4ea-4110-be41-9f8917780d05"/>
+  <w:style w:type="table" w:styleId="TableGrid_33670e5f-6b16-4cfb-8a4a-18d02d155fa6" w:customStyle="1">
+    <w:name w:val="Table Grid_33670e5f-6b16-4cfb-8a4a-18d02d155fa6"/>
+    <w:basedOn w:val="NormalTable_384a264d-301c-4439-a7e1-bbccf9e78699"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4cd02a69-b4e8-464c-ac12-cc438c1ef00e" w:customStyle="1">
-    <w:name w:val="Normal Table_4cd02a69-b4e8-464c-ac12-cc438c1ef00e"/>
+  <w:style w:type="table" w:styleId="NormalTable_cb3b3531-3018-49d6-9e04-e4c7ead7d72c" w:customStyle="1">
+    <w:name w:val="Normal Table_cb3b3531-3018-49d6-9e04-e4c7ead7d72c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_30fe04fb-9c87-4dd4-b9a0-be683ce0d171" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4cd02a69-b4e8-464c-ac12-cc438c1ef00e"/>
+  <w:style w:type="table" w:styleId="TableGrid_3b3ad4e2-114e-4f40-b087-183065c379ba" w:customStyle="1">
+    <w:name w:val="Table Grid_3b3ad4e2-114e-4f40-b087-183065c379ba"/>
+    <w:basedOn w:val="NormalTable_cb3b3531-3018-49d6-9e04-e4c7ead7d72c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_26b926db-48fe-4387-a19f-4243bd3db3d8" w:customStyle="1">
-    <w:name w:val="Normal Table_26b926db-48fe-4387-a19f-4243bd3db3d8"/>
+  <w:style w:type="table" w:styleId="NormalTable_4143af19-9084-4d89-b802-95d8c09962b0" w:customStyle="1">
+    <w:name w:val="Normal Table_4143af19-9084-4d89-b802-95d8c09962b0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1b2511ae-4e04-496a-a6db-e53f153d14e1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_26b926db-48fe-4387-a19f-4243bd3db3d8"/>
+  <w:style w:type="table" w:styleId="TableGrid_4c5dde70-298e-4490-b3c2-a9ea9b367e80" w:customStyle="1">
+    <w:name w:val="Table Grid_4c5dde70-298e-4490-b3c2-a9ea9b367e80"/>
+    <w:basedOn w:val="NormalTable_4143af19-9084-4d89-b802-95d8c09962b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>