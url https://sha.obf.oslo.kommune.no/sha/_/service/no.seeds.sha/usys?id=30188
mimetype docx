--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_181c18e4-4d99-4cc1-882c-decda147e330"/>
+      <w:tblStyle w:val="TableGrid_12ed970e-8d10-41c0-b357-13516725eeec"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:30 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:34:55 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fc4e8316-8adf-43af-afa7-0fe6420d69d8"/>
+      <w:tblStyle w:val="TableGrid_f2806613-2e0f-45b0-8779-39852c61c1bf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+            <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+      <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4c5dde70-298e-4490-b3c2-a9ea9b367e80"/>
+      <w:tblStyle w:val="TableGrid_eab73681-8d64-46b7-aaf7-43a855df0d25"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_33670e5f-6b16-4cfb-8a4a-18d02d155fa6"/>
+            <w:tblStyle w:val="TableGrid_683e4159-cc2c-4bcb-821f-02ee210cfd56"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+            <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3b3ad4e2-114e-4f40-b087-183065c379ba"/>
+            <w:tblStyle w:val="TableGrid_dfa6acd0-b172-490f-ac26-aae22c5131c8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+            <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+      <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47" w:customStyle="1">
-    <w:name w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+  <w:style w:type="paragraph" w:styleId="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a" w:customStyle="1">
+    <w:name w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+    <w:basedOn w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0a4e46a4-36ca-4cc3-8b04-8c88565329ec" w:customStyle="1">
-    <w:name w:val="Normal Table_0a4e46a4-36ca-4cc3-8b04-8c88565329ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_4c761f21-2d68-4760-ab7d-899b6f0c6aa5" w:customStyle="1">
+    <w:name w:val="Normal Table_4c761f21-2d68-4760-ab7d-899b6f0c6aa5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_0a4e46a4-36ca-4cc3-8b04-8c88565329ec"/>
+    <w:basedOn w:val="NormalTable_4c761f21-2d68-4760-ab7d-899b6f0c6aa5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+    <w:basedOn w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_2deffb7c-1065-4ad9-9e7d-8b533961fb47"/>
+    <w:basedOn w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9e5b8cf0-8f6b-46f5-872e-c183aad8bcf7" w:customStyle="1">
-    <w:name w:val="Normal Table_9e5b8cf0-8f6b-46f5-872e-c183aad8bcf7"/>
+  <w:style w:type="table" w:styleId="NormalTable_91cbbc3f-f5b7-475d-b91f-7784ad82eeaf" w:customStyle="1">
+    <w:name w:val="Normal Table_91cbbc3f-f5b7-475d-b91f-7784ad82eeaf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_55972985-6aa1-42a5-bb52-e1ffedbb82b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9e5b8cf0-8f6b-46f5-872e-c183aad8bcf7"/>
+  <w:style w:type="table" w:styleId="TableGrid_93ea08af-06ad-4ed1-b18e-6952c2f974c2" w:customStyle="1">
+    <w:name w:val="Table Grid_93ea08af-06ad-4ed1-b18e-6952c2f974c2"/>
+    <w:basedOn w:val="NormalTable_91cbbc3f-f5b7-475d-b91f-7784ad82eeaf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f45a8f36-b898-4aa8-bbff-30a7862b3d8c" w:customStyle="1">
-    <w:name w:val="Normal Table_f45a8f36-b898-4aa8-bbff-30a7862b3d8c"/>
+  <w:style w:type="table" w:styleId="NormalTable_0b541af2-67e9-456c-812b-13ec040d5967" w:customStyle="1">
+    <w:name w:val="Normal Table_0b541af2-67e9-456c-812b-13ec040d5967"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9277a9c4-0f16-46a2-8012-a90e92c3d92a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f45a8f36-b898-4aa8-bbff-30a7862b3d8c"/>
+  <w:style w:type="table" w:styleId="TableGrid_84ec5402-7e92-401f-8fda-b94d6edbaca0" w:customStyle="1">
+    <w:name w:val="Table Grid_84ec5402-7e92-401f-8fda-b94d6edbaca0"/>
+    <w:basedOn w:val="NormalTable_0b541af2-67e9-456c-812b-13ec040d5967"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2c930184-0346-4b94-9fb0-af7e15231123" w:customStyle="1">
-    <w:name w:val="Normal Table_2c930184-0346-4b94-9fb0-af7e15231123"/>
+  <w:style w:type="table" w:styleId="NormalTable_ea95eb86-35fd-451d-a421-7ee39779b4d0" w:customStyle="1">
+    <w:name w:val="Normal Table_ea95eb86-35fd-451d-a421-7ee39779b4d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_04135965-c9a2-47f0-a34f-63187b260b20" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2c930184-0346-4b94-9fb0-af7e15231123"/>
+  <w:style w:type="table" w:styleId="TableGrid_14932429-1c27-489d-bb03-8dbb7112da8e" w:customStyle="1">
+    <w:name w:val="Table Grid_14932429-1c27-489d-bb03-8dbb7112da8e"/>
+    <w:basedOn w:val="NormalTable_ea95eb86-35fd-451d-a421-7ee39779b4d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db1c4bfc-f062-4eec-8c7b-8fa12a71394f" w:customStyle="1">
-    <w:name w:val="Normal Table_db1c4bfc-f062-4eec-8c7b-8fa12a71394f"/>
+  <w:style w:type="table" w:styleId="NormalTable_bb36ff25-debf-4bc8-8be3-aa971c479b99" w:customStyle="1">
+    <w:name w:val="Normal Table_bb36ff25-debf-4bc8-8be3-aa971c479b99"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dcd7e619-39f3-4e94-b329-3a4111bb7745" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db1c4bfc-f062-4eec-8c7b-8fa12a71394f"/>
+  <w:style w:type="table" w:styleId="TableGrid_242409de-04d8-47cd-8740-4cc630f2520b" w:customStyle="1">
+    <w:name w:val="Table Grid_242409de-04d8-47cd-8740-4cc630f2520b"/>
+    <w:basedOn w:val="NormalTable_bb36ff25-debf-4bc8-8be3-aa971c479b99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7df48d1b-7a30-4f9c-86c4-70e355fd513f" w:customStyle="1">
-    <w:name w:val="Normal Table_7df48d1b-7a30-4f9c-86c4-70e355fd513f"/>
+  <w:style w:type="table" w:styleId="NormalTable_5661813a-0f6a-4707-ad23-d5407d417582" w:customStyle="1">
+    <w:name w:val="Normal Table_5661813a-0f6a-4707-ad23-d5407d417582"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_181c18e4-4d99-4cc1-882c-decda147e330" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7df48d1b-7a30-4f9c-86c4-70e355fd513f"/>
+  <w:style w:type="table" w:styleId="TableGrid_12ed970e-8d10-41c0-b357-13516725eeec" w:customStyle="1">
+    <w:name w:val="Table Grid_12ed970e-8d10-41c0-b357-13516725eeec"/>
+    <w:basedOn w:val="NormalTable_5661813a-0f6a-4707-ad23-d5407d417582"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b9907c42-37f9-479a-83a6-0af9a4cb94e9" w:customStyle="1">
-    <w:name w:val="Normal Table_b9907c42-37f9-479a-83a6-0af9a4cb94e9"/>
+  <w:style w:type="table" w:styleId="NormalTable_0e07969a-1927-4e9c-bf78-3503068b3bfd" w:customStyle="1">
+    <w:name w:val="Normal Table_0e07969a-1927-4e9c-bf78-3503068b3bfd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc4e8316-8adf-43af-afa7-0fe6420d69d8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b9907c42-37f9-479a-83a6-0af9a4cb94e9"/>
+  <w:style w:type="table" w:styleId="TableGrid_f2806613-2e0f-45b0-8779-39852c61c1bf" w:customStyle="1">
+    <w:name w:val="Table Grid_f2806613-2e0f-45b0-8779-39852c61c1bf"/>
+    <w:basedOn w:val="NormalTable_0e07969a-1927-4e9c-bf78-3503068b3bfd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_384a264d-301c-4439-a7e1-bbccf9e78699" w:customStyle="1">
-    <w:name w:val="Normal Table_384a264d-301c-4439-a7e1-bbccf9e78699"/>
+  <w:style w:type="table" w:styleId="NormalTable_2255903b-bda1-4e7f-b5b4-f771d3357e61" w:customStyle="1">
+    <w:name w:val="Normal Table_2255903b-bda1-4e7f-b5b4-f771d3357e61"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_33670e5f-6b16-4cfb-8a4a-18d02d155fa6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_384a264d-301c-4439-a7e1-bbccf9e78699"/>
+  <w:style w:type="table" w:styleId="TableGrid_683e4159-cc2c-4bcb-821f-02ee210cfd56" w:customStyle="1">
+    <w:name w:val="Table Grid_683e4159-cc2c-4bcb-821f-02ee210cfd56"/>
+    <w:basedOn w:val="NormalTable_2255903b-bda1-4e7f-b5b4-f771d3357e61"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cb3b3531-3018-49d6-9e04-e4c7ead7d72c" w:customStyle="1">
-    <w:name w:val="Normal Table_cb3b3531-3018-49d6-9e04-e4c7ead7d72c"/>
+  <w:style w:type="table" w:styleId="NormalTable_d4749e52-f0fd-4817-99f0-bca16212d76a" w:customStyle="1">
+    <w:name w:val="Normal Table_d4749e52-f0fd-4817-99f0-bca16212d76a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b3ad4e2-114e-4f40-b087-183065c379ba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cb3b3531-3018-49d6-9e04-e4c7ead7d72c"/>
+  <w:style w:type="table" w:styleId="TableGrid_dfa6acd0-b172-490f-ac26-aae22c5131c8" w:customStyle="1">
+    <w:name w:val="Table Grid_dfa6acd0-b172-490f-ac26-aae22c5131c8"/>
+    <w:basedOn w:val="NormalTable_d4749e52-f0fd-4817-99f0-bca16212d76a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4143af19-9084-4d89-b802-95d8c09962b0" w:customStyle="1">
-    <w:name w:val="Normal Table_4143af19-9084-4d89-b802-95d8c09962b0"/>
+  <w:style w:type="table" w:styleId="NormalTable_9976796f-b80f-4427-ab91-e0a8bfa235d5" w:customStyle="1">
+    <w:name w:val="Normal Table_9976796f-b80f-4427-ab91-e0a8bfa235d5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4c5dde70-298e-4490-b3c2-a9ea9b367e80" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4143af19-9084-4d89-b802-95d8c09962b0"/>
+  <w:style w:type="table" w:styleId="TableGrid_eab73681-8d64-46b7-aaf7-43a855df0d25" w:customStyle="1">
+    <w:name w:val="Table Grid_eab73681-8d64-46b7-aaf7-43a855df0d25"/>
+    <w:basedOn w:val="NormalTable_9976796f-b80f-4427-ab91-e0a8bfa235d5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>