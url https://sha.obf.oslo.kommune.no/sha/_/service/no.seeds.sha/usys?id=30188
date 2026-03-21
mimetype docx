--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_12ed970e-8d10-41c0-b357-13516725eeec"/>
+      <w:tblStyle w:val="TableGrid_52b13424-0677-4cf1-9e59-4dd5f05e82d4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:34:55 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:42:50 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f2806613-2e0f-45b0-8779-39852c61c1bf"/>
+      <w:tblStyle w:val="TableGrid_77b46ef8-51f7-47fe-8f0c-0a117e480d93"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+      <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_eab73681-8d64-46b7-aaf7-43a855df0d25"/>
+      <w:tblStyle w:val="TableGrid_87bece9b-1218-4aca-8daf-f64de96f41d4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_683e4159-cc2c-4bcb-821f-02ee210cfd56"/>
+            <w:tblStyle w:val="TableGrid_54902403-10a6-4326-9772-ab7dbba69462"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_dfa6acd0-b172-490f-ac26-aae22c5131c8"/>
+            <w:tblStyle w:val="TableGrid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+      <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a" w:customStyle="1">
-    <w:name w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_65c498e0-5430-411b-936e-3720b789795d" w:customStyle="1">
+    <w:name w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4c761f21-2d68-4760-ab7d-899b6f0c6aa5" w:customStyle="1">
-    <w:name w:val="Normal Table_4c761f21-2d68-4760-ab7d-899b6f0c6aa5"/>
+  <w:style w:type="table" w:styleId="NormalTable_78643955-8060-4c5e-8ae1-f6fc0bb96207" w:customStyle="1">
+    <w:name w:val="Normal Table_78643955-8060-4c5e-8ae1-f6fc0bb96207"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_4c761f21-2d68-4760-ab7d-899b6f0c6aa5"/>
+    <w:basedOn w:val="NormalTable_78643955-8060-4c5e-8ae1-f6fc0bb96207"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e1fca69f-d0a7-4fd3-bd3b-317d37d5295a"/>
+    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_91cbbc3f-f5b7-475d-b91f-7784ad82eeaf" w:customStyle="1">
-    <w:name w:val="Normal Table_91cbbc3f-f5b7-475d-b91f-7784ad82eeaf"/>
+  <w:style w:type="table" w:styleId="NormalTable_51139abc-7bc0-4544-b046-c0b26ae59dfe" w:customStyle="1">
+    <w:name w:val="Normal Table_51139abc-7bc0-4544-b046-c0b26ae59dfe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_93ea08af-06ad-4ed1-b18e-6952c2f974c2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_91cbbc3f-f5b7-475d-b91f-7784ad82eeaf"/>
+  <w:style w:type="table" w:styleId="TableGrid_7076a2e7-18bc-4ddb-888a-a2b6f6239f46" w:customStyle="1">
+    <w:name w:val="Table Grid_7076a2e7-18bc-4ddb-888a-a2b6f6239f46"/>
+    <w:basedOn w:val="NormalTable_51139abc-7bc0-4544-b046-c0b26ae59dfe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0b541af2-67e9-456c-812b-13ec040d5967" w:customStyle="1">
-    <w:name w:val="Normal Table_0b541af2-67e9-456c-812b-13ec040d5967"/>
+  <w:style w:type="table" w:styleId="NormalTable_91f3c237-e40b-45d6-b3a0-81fb5497d356" w:customStyle="1">
+    <w:name w:val="Normal Table_91f3c237-e40b-45d6-b3a0-81fb5497d356"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_84ec5402-7e92-401f-8fda-b94d6edbaca0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0b541af2-67e9-456c-812b-13ec040d5967"/>
+  <w:style w:type="table" w:styleId="TableGrid_934a8061-9279-43ef-a11e-6b347e6064ba" w:customStyle="1">
+    <w:name w:val="Table Grid_934a8061-9279-43ef-a11e-6b347e6064ba"/>
+    <w:basedOn w:val="NormalTable_91f3c237-e40b-45d6-b3a0-81fb5497d356"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ea95eb86-35fd-451d-a421-7ee39779b4d0" w:customStyle="1">
-    <w:name w:val="Normal Table_ea95eb86-35fd-451d-a421-7ee39779b4d0"/>
+  <w:style w:type="table" w:styleId="NormalTable_deca610d-4a33-4515-975d-2347bc47ef52" w:customStyle="1">
+    <w:name w:val="Normal Table_deca610d-4a33-4515-975d-2347bc47ef52"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_14932429-1c27-489d-bb03-8dbb7112da8e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ea95eb86-35fd-451d-a421-7ee39779b4d0"/>
+  <w:style w:type="table" w:styleId="TableGrid_106b4def-4464-4b70-b4c5-fbd193c6b5bb" w:customStyle="1">
+    <w:name w:val="Table Grid_106b4def-4464-4b70-b4c5-fbd193c6b5bb"/>
+    <w:basedOn w:val="NormalTable_deca610d-4a33-4515-975d-2347bc47ef52"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bb36ff25-debf-4bc8-8be3-aa971c479b99" w:customStyle="1">
-    <w:name w:val="Normal Table_bb36ff25-debf-4bc8-8be3-aa971c479b99"/>
+  <w:style w:type="table" w:styleId="NormalTable_1aa54d74-b866-41a3-a1ae-f861e48fb75b" w:customStyle="1">
+    <w:name w:val="Normal Table_1aa54d74-b866-41a3-a1ae-f861e48fb75b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_242409de-04d8-47cd-8740-4cc630f2520b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bb36ff25-debf-4bc8-8be3-aa971c479b99"/>
+  <w:style w:type="table" w:styleId="TableGrid_dd94f9f0-4bd2-4688-a988-2b1993694c6b" w:customStyle="1">
+    <w:name w:val="Table Grid_dd94f9f0-4bd2-4688-a988-2b1993694c6b"/>
+    <w:basedOn w:val="NormalTable_1aa54d74-b866-41a3-a1ae-f861e48fb75b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5661813a-0f6a-4707-ad23-d5407d417582" w:customStyle="1">
-    <w:name w:val="Normal Table_5661813a-0f6a-4707-ad23-d5407d417582"/>
+  <w:style w:type="table" w:styleId="NormalTable_c79da7b0-708b-4d95-ab1d-9c1481faa8ba" w:customStyle="1">
+    <w:name w:val="Normal Table_c79da7b0-708b-4d95-ab1d-9c1481faa8ba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_12ed970e-8d10-41c0-b357-13516725eeec" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5661813a-0f6a-4707-ad23-d5407d417582"/>
+  <w:style w:type="table" w:styleId="TableGrid_52b13424-0677-4cf1-9e59-4dd5f05e82d4" w:customStyle="1">
+    <w:name w:val="Table Grid_52b13424-0677-4cf1-9e59-4dd5f05e82d4"/>
+    <w:basedOn w:val="NormalTable_c79da7b0-708b-4d95-ab1d-9c1481faa8ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0e07969a-1927-4e9c-bf78-3503068b3bfd" w:customStyle="1">
-    <w:name w:val="Normal Table_0e07969a-1927-4e9c-bf78-3503068b3bfd"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1186bec-2124-4f4b-9fde-c7ea3138873d" w:customStyle="1">
+    <w:name w:val="Normal Table_c1186bec-2124-4f4b-9fde-c7ea3138873d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f2806613-2e0f-45b0-8779-39852c61c1bf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0e07969a-1927-4e9c-bf78-3503068b3bfd"/>
+  <w:style w:type="table" w:styleId="TableGrid_77b46ef8-51f7-47fe-8f0c-0a117e480d93" w:customStyle="1">
+    <w:name w:val="Table Grid_77b46ef8-51f7-47fe-8f0c-0a117e480d93"/>
+    <w:basedOn w:val="NormalTable_c1186bec-2124-4f4b-9fde-c7ea3138873d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2255903b-bda1-4e7f-b5b4-f771d3357e61" w:customStyle="1">
-    <w:name w:val="Normal Table_2255903b-bda1-4e7f-b5b4-f771d3357e61"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a435d91-f0a2-499c-ab48-2be36228193b" w:customStyle="1">
+    <w:name w:val="Normal Table_7a435d91-f0a2-499c-ab48-2be36228193b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_683e4159-cc2c-4bcb-821f-02ee210cfd56" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2255903b-bda1-4e7f-b5b4-f771d3357e61"/>
+  <w:style w:type="table" w:styleId="TableGrid_54902403-10a6-4326-9772-ab7dbba69462" w:customStyle="1">
+    <w:name w:val="Table Grid_54902403-10a6-4326-9772-ab7dbba69462"/>
+    <w:basedOn w:val="NormalTable_7a435d91-f0a2-499c-ab48-2be36228193b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d4749e52-f0fd-4817-99f0-bca16212d76a" w:customStyle="1">
-    <w:name w:val="Normal Table_d4749e52-f0fd-4817-99f0-bca16212d76a"/>
+  <w:style w:type="table" w:styleId="NormalTable_03235a9c-1fee-4d83-8a8f-8ba4f289d8db" w:customStyle="1">
+    <w:name w:val="Normal Table_03235a9c-1fee-4d83-8a8f-8ba4f289d8db"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dfa6acd0-b172-490f-ac26-aae22c5131c8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d4749e52-f0fd-4817-99f0-bca16212d76a"/>
+  <w:style w:type="table" w:styleId="TableGrid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c" w:customStyle="1">
+    <w:name w:val="Table Grid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c"/>
+    <w:basedOn w:val="NormalTable_03235a9c-1fee-4d83-8a8f-8ba4f289d8db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9976796f-b80f-4427-ab91-e0a8bfa235d5" w:customStyle="1">
-    <w:name w:val="Normal Table_9976796f-b80f-4427-ab91-e0a8bfa235d5"/>
+  <w:style w:type="table" w:styleId="NormalTable_717e9d25-89fb-45ba-b06d-40aa8993d3c3" w:customStyle="1">
+    <w:name w:val="Normal Table_717e9d25-89fb-45ba-b06d-40aa8993d3c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eab73681-8d64-46b7-aaf7-43a855df0d25" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9976796f-b80f-4427-ab91-e0a8bfa235d5"/>
+  <w:style w:type="table" w:styleId="TableGrid_87bece9b-1218-4aca-8daf-f64de96f41d4" w:customStyle="1">
+    <w:name w:val="Table Grid_87bece9b-1218-4aca-8daf-f64de96f41d4"/>
+    <w:basedOn w:val="NormalTable_717e9d25-89fb-45ba-b06d-40aa8993d3c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>