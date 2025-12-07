--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -152,52 +152,52 @@
               <w:t xml:space="preserve"> UTLEIEENHET</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Hovedtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="726032154"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1758417417"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="0"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PROSJEKTNAVN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3355"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -248,53 +248,53 @@
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="258" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Hovedtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="608576044"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1758417417"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2"/>
+            <w:permEnd w:id="0"/>
+            <w:permEnd w:id="1"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IFM KONTROLL AV LØNNS OG ARBEIDSVILKÅR FOR ARBEIDSTAKER:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3355"/>
             <w:gridSpan w:val="18"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -323,52 +323,52 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="495" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1427847987"/>
-            <w:permEnd w:id="608576044"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="3"/>
+            <w:permEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3355"/>
             <w:gridSpan w:val="18"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -390,105 +390,105 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Hovedtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="673852532"/>
-            <w:permEnd w:id="1427847987"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="4"/>
+            <w:permEnd w:id="3"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BOLIGENS ADRESSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7044"/>
             <w:gridSpan w:val="34"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="345" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Hovedtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="7" w:colLast="7" w:edGrp="everyone" w:id="674237207"/>
-[...3 lines deleted...]
-            <w:permEnd w:id="673852532"/>
+            <w:permStart w:colFirst="7" w:colLast="7" w:edGrp="everyone" w:id="5"/>
+            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="6"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="7"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="8"/>
+            <w:permEnd w:id="4"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BOLIGTYPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1307698033"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
@@ -793,56 +793,56 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="345" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="1933794162"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="663696514"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="9"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="10"/>
+            <w:permEnd w:id="5"/>
+            <w:permEnd w:id="6"/>
+            <w:permEnd w:id="7"/>
+            <w:permEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="39564248"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="344"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
@@ -920,104 +920,104 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Hovedtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1040914881"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1722094828"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="11"/>
+            <w:permEnd w:id="9"/>
+            <w:permEnd w:id="10"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EIER AV BOLIGEN/ADRESSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7044"/>
             <w:gridSpan w:val="34"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="495" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Hovedtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="1432705448"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1040914881"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="12"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="13"/>
+            <w:permEnd w:id="11"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ER DET NOEN RELASJON MELLOM EIER AV BOLIGEN OG FIRMAET VEDKOMMENDE ER ANSATT I?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1305820704"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
@@ -1171,53 +1171,53 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="704" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1204189794"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="163074326"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="14"/>
+            <w:permEnd w:id="12"/>
+            <w:permEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1496"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1256,89 +1256,87 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="695" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2946"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Hovedtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="562316393"/>
-            <w:permEnd w:id="1204189794"/>
+            <w:permEnd w:id="14"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DELTAGERE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> UNDER BEFARINGEN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7044"/>
             <w:gridSpan w:val="34"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="562316393"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9990"/>
             <w:gridSpan w:val="38"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1602,52 +1600,52 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3026"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="356910774"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1929068844"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="16"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Antall m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">BOA på utleieenheten:</w:t>
             </w:r>
@@ -1727,53 +1725,53 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4790"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="797723323"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1929068844"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="18"/>
+            <w:permEnd w:id="16"/>
+            <w:permEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Antall rom totalt inkl. kjøkken og bad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5200"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1786,52 +1784,52 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4790"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="256522940"/>
-            <w:permEnd w:id="797723323"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="19"/>
+            <w:permEnd w:id="18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Antall personer på denne bostedsadresse/utleieenheten: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5200"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1844,54 +1842,54 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1956"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="78202193"/>
-[...2 lines deleted...]
-            <w:permEnd w:id="256522940"/>
+            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="20"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="21"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="22"/>
+            <w:permEnd w:id="19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Antall soverom:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="848"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -2051,56 +2049,56 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3652"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="6" w:colLast="6" w:edGrp="everyone" w:id="930643760"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1077040388"/>
+            <w:permStart w:colFirst="6" w:colLast="6" w:edGrp="everyone" w:id="23"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="24"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="25"/>
+            <w:permEnd w:id="20"/>
+            <w:permEnd w:id="21"/>
+            <w:permEnd w:id="22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Har alle soverommene dagslys og tilfredsstillende luftemulighet?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-840000311"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
@@ -2306,57 +2304,53 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1956"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="7" w:colLast="7" w:edGrp="everyone" w:id="1576351536"/>
-[...5 lines deleted...]
-            <w:permEnd w:id="1211854606"/>
+            <w:permEnd w:id="23"/>
+            <w:permEnd w:id="24"/>
+            <w:permEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Antall bad/WC: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="848"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -2634,54 +2628,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1576351536"/>
-[...2 lines deleted...]
-      <w:permEnd w:id="563881152"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="175" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1956"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2791,51 +2781,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="211" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1956"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="1812796699"/>
+            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="848"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1368"/>
             <w:gridSpan w:val="8"/>
             <w:vMerge w:val="continue"/>
@@ -2917,53 +2907,53 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="456" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2804"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="1979412783"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1812796699"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="31"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="32"/>
+            <w:permEnd w:id="30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Adgang til kjøkken med kokemulighet og kjøleskap?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1977034108"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
@@ -3101,53 +3091,53 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="390" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2804"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1641478"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="621347486"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="33"/>
+            <w:permEnd w:id="31"/>
+            <w:permEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="2126113420"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="424"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
@@ -3260,54 +3250,54 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2804"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="6" w:colLast="6" w:edGrp="everyone" w:id="270692619"/>
-[...2 lines deleted...]
-            <w:permEnd w:id="1641478"/>
+            <w:permStart w:colFirst="6" w:colLast="6" w:edGrp="everyone" w:id="34"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="35"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="36"/>
+            <w:permEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Adgang til vaskerom med tørkemuligheter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -3598,55 +3588,55 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2804"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="744839962"/>
-[...3 lines deleted...]
-            <w:permEnd w:id="1460277907"/>
+            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="37"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="38"/>
+            <w:permEnd w:id="34"/>
+            <w:permEnd w:id="35"/>
+            <w:permEnd w:id="36"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="334505623"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="424"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
@@ -3789,54 +3779,54 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="630" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2804"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="1744203842"/>
-[...2 lines deleted...]
-            <w:permEnd w:id="816797349"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="39"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="40"/>
+            <w:permEnd w:id="37"/>
+            <w:permEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Foreligger det grunn til mistanke om mugg, sopp eller råte i noen av rommene?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2078731362"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
@@ -3965,53 +3955,53 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="630" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2804"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="854810691"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="276236091"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="41"/>
+            <w:permEnd w:id="39"/>
+            <w:permEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1942686737"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="424"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
@@ -4124,92 +4114,90 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2804"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1033455088"/>
-            <w:permEnd w:id="854810691"/>
+            <w:permEnd w:id="41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Helhetsvurdering av utleiebolig/-enhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7186"/>
             <w:gridSpan w:val="35"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1033455088"/>
     </w:tbl>
     <w:p w14:paraId="670B05DB">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10360" w:type="dxa"/>
         <w:tblInd w:w="-356" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
@@ -4388,53 +4376,53 @@
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="418599641"/>
-[...1 lines deleted...]
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="544831046"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="43"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="44"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4537,56 +4525,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1834120749"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="544831046"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="46"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="47"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="48"/>
+            <w:permEnd w:id="43"/>
+            <w:permEnd w:id="44"/>
+            <w:permEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4664,56 +4652,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="498749232"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1447787917"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="49"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="50"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="51"/>
+            <w:permEnd w:id="46"/>
+            <w:permEnd w:id="47"/>
+            <w:permEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="147"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4806,56 +4794,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="98045892"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1775654596"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="52"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="53"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="54"/>
+            <w:permEnd w:id="49"/>
+            <w:permEnd w:id="50"/>
+            <w:permEnd w:id="51"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4933,56 +4921,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="84953783"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1357722882"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="55"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="56"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="57"/>
+            <w:permEnd w:id="52"/>
+            <w:permEnd w:id="53"/>
+            <w:permEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5060,56 +5048,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="437478523"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="514806226"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="58"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="59"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="60"/>
+            <w:permEnd w:id="55"/>
+            <w:permEnd w:id="56"/>
+            <w:permEnd w:id="57"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5187,56 +5175,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="2067668743"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1723234387"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="61"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="62"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="63"/>
+            <w:permEnd w:id="58"/>
+            <w:permEnd w:id="59"/>
+            <w:permEnd w:id="60"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5321,56 +5309,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="374829203"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="223625029"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="64"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="65"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="66"/>
+            <w:permEnd w:id="61"/>
+            <w:permEnd w:id="62"/>
+            <w:permEnd w:id="63"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5448,56 +5436,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="199567786"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="691407172"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="67"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="68"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="69"/>
+            <w:permEnd w:id="64"/>
+            <w:permEnd w:id="65"/>
+            <w:permEnd w:id="66"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5624,56 +5612,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="2000647168"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="116662106"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="70"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="71"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="72"/>
+            <w:permEnd w:id="67"/>
+            <w:permEnd w:id="68"/>
+            <w:permEnd w:id="69"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5772,56 +5760,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1392005067"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="424306772"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="73"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="74"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="75"/>
+            <w:permEnd w:id="70"/>
+            <w:permEnd w:id="71"/>
+            <w:permEnd w:id="72"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -5906,56 +5894,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="788142005"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1506764755"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="76"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="77"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="78"/>
+            <w:permEnd w:id="73"/>
+            <w:permEnd w:id="74"/>
+            <w:permEnd w:id="75"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -6047,57 +6035,53 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1049239635"/>
-[...5 lines deleted...]
-            <w:permEnd w:id="1375343859"/>
+            <w:permEnd w:id="76"/>
+            <w:permEnd w:id="77"/>
+            <w:permEnd w:id="78"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="133"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="147" w:hanging="147"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6142,54 +6126,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2366"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1049239635"/>
-[...2 lines deleted...]
-      <w:permEnd w:id="900952900"/>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -6339,53 +6319,53 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1198787479"/>
-[...1 lines deleted...]
-            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="1113404213"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="83"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="84"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="85"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -6460,56 +6440,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1722359054"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1113404213"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="86"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="87"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="88"/>
+            <w:permEnd w:id="83"/>
+            <w:permEnd w:id="84"/>
+            <w:permEnd w:id="85"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -6584,56 +6564,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1340488329"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1807427281"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="89"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="90"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="91"/>
+            <w:permEnd w:id="86"/>
+            <w:permEnd w:id="87"/>
+            <w:permEnd w:id="88"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -6708,56 +6688,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="691031843"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1270900844"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="92"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="93"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="94"/>
+            <w:permEnd w:id="89"/>
+            <w:permEnd w:id="90"/>
+            <w:permEnd w:id="91"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -6853,56 +6833,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="831067184"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="503539565"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="95"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="96"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="97"/>
+            <w:permEnd w:id="92"/>
+            <w:permEnd w:id="93"/>
+            <w:permEnd w:id="94"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -6977,56 +6957,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1724778178"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1341599148"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="98"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="99"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="100"/>
+            <w:permEnd w:id="95"/>
+            <w:permEnd w:id="96"/>
+            <w:permEnd w:id="97"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -7108,56 +7088,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="885066396"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="2044160480"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="101"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="102"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="103"/>
+            <w:permEnd w:id="98"/>
+            <w:permEnd w:id="99"/>
+            <w:permEnd w:id="100"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -7239,56 +7219,56 @@
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="1914131097"/>
-[...4 lines deleted...]
-            <w:permEnd w:id="1444957157"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="104"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="105"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="106"/>
+            <w:permEnd w:id="101"/>
+            <w:permEnd w:id="102"/>
+            <w:permEnd w:id="103"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -7365,57 +7345,57 @@
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="11"/>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="408"/>
             <w:tcBorders/>
             <w:shd w:fill="FFFFFF" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="939210102"/>
-[...5 lines deleted...]
-            <w:permEnd w:id="1812487129"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="107"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="108"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="109"/>
+            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="110"/>
+            <w:permEnd w:id="104"/>
+            <w:permEnd w:id="105"/>
+            <w:permEnd w:id="106"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5688"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:shd w:fill="FFFFFF" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="165" w:hanging="165"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7488,55 +7468,55 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1695"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:shd w:fill="FFFFFF" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="229994720"/>
-[...3 lines deleted...]
-            <w:permEnd w:id="554062730"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="111"/>
+            <w:permEnd w:id="107"/>
+            <w:permEnd w:id="108"/>
+            <w:permEnd w:id="109"/>
+            <w:permEnd w:id="110"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sluttkommentar:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Brdtekst"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8665"/>
@@ -7575,53 +7555,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="938"/>
         <w:gridCol w:w="1204"/>
         <w:gridCol w:w="266"/>
         <w:gridCol w:w="7951"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="938"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="305429876"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="229994720"/>
+            <w:permEnd w:id="111"/>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Oslo den</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1204"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -7646,52 +7624,50 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7951"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="305429876"/>
-      <w:permEnd w:id="1955070007"/>
     </w:tbl>
     <w:p w14:paraId="1051D0F0">
       <w:pPr>
         <w:spacing/>
         <w:ind w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="1134" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -7745,89 +7721,106 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6711329b-0d14-4d50-8311-ba8879466ba8"/>
+      <w:tblStyle w:val="TableGrid_84484741-fc27-4a97-ba12-2f6b80203eee"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 19:59:09 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:24 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -7855,74 +7848,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_96bd8d05-737c-4bcd-be75-bdb5de1b8083"/>
+      <w:tblStyle w:val="TableGrid_d72326a9-8259-48eb-83bc-0d116f069083"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 126. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -7940,408 +7950,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+            <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+      <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5e57b47f-05aa-4abd-be72-e927bfb26757"/>
+      <w:tblStyle w:val="TableGrid_20521370-6eae-4ee6-8b9e-3d7ee06caa47"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7ac8e530-893f-4a0c-8031-3c7ee9c5f804"/>
+            <w:tblStyle w:val="TableGrid_0254a630-d65d-48c0-8361-43659bca7a0e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 6. SHA - Kontroll av innkvartering</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+            <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3f38629b-de63-4a7d-a962-4f87995251da"/>
+            <w:tblStyle w:val="TableGrid_5e22d197-ed60-4835-a0db-14eeef91f14e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+            <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+      <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -11747,51 +11842,51 @@
   <w:num w:numId="24">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -12366,629 +12461,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Hovedtekst" w:customStyle="1">
     <w:name w:val="Hovedtekst"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3" w:customStyle="1">
-    <w:name w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+  <w:style w:type="paragraph" w:styleId="Normal_587b0314-93ea-4647-8076-1350c763a1e1" w:customStyle="1">
+    <w:name w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+    <w:basedOn w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c3909342-32a3-47a9-bc9f-6327b59888e1" w:customStyle="1">
-    <w:name w:val="Normal Table_c3909342-32a3-47a9-bc9f-6327b59888e1"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc19a0d4-c106-4978-bca4-c5869ee0fa26" w:customStyle="1">
+    <w:name w:val="Normal Table_fc19a0d4-c106-4978-bca4-c5869ee0fa26"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20eb31c2-a6dd-44cf-93d5-2891d5ebaa3b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c3909342-32a3-47a9-bc9f-6327b59888e1"/>
+  <w:style w:type="table" w:styleId="TableGrid_fa03d556-0176-4fb2-84fe-73814ae64704" w:customStyle="1">
+    <w:name w:val="Table Grid_fa03d556-0176-4fb2-84fe-73814ae64704"/>
+    <w:basedOn w:val="NormalTable_fc19a0d4-c106-4978-bca4-c5869ee0fa26"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+    <w:basedOn w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9269b09d-7056-496b-987f-1dd5c69b3ef3"/>
+    <w:basedOn w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65d7bda2-78c8-4c2e-9b5b-dd0922a1a93e" w:customStyle="1">
-    <w:name w:val="Normal Table_65d7bda2-78c8-4c2e-9b5b-dd0922a1a93e"/>
+  <w:style w:type="table" w:styleId="NormalTable_e46b4c63-1070-4043-8e72-3c40b137f4d3" w:customStyle="1">
+    <w:name w:val="Normal Table_e46b4c63-1070-4043-8e72-3c40b137f4d3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_46836aed-db29-4352-8587-9fecd4bfb64f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65d7bda2-78c8-4c2e-9b5b-dd0922a1a93e"/>
+  <w:style w:type="table" w:styleId="TableGrid_36407a7f-824f-491d-90b5-c649fd96bdcd" w:customStyle="1">
+    <w:name w:val="Table Grid_36407a7f-824f-491d-90b5-c649fd96bdcd"/>
+    <w:basedOn w:val="NormalTable_e46b4c63-1070-4043-8e72-3c40b137f4d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_84c1b133-d942-46f3-965c-6fc4941c07c3" w:customStyle="1">
-    <w:name w:val="Normal Table_84c1b133-d942-46f3-965c-6fc4941c07c3"/>
+  <w:style w:type="table" w:styleId="NormalTable_150617e3-faba-4a17-94df-ee78a2a9c28b" w:customStyle="1">
+    <w:name w:val="Normal Table_150617e3-faba-4a17-94df-ee78a2a9c28b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_19cafb54-99c7-4dd5-bb6e-0f20524860d3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_84c1b133-d942-46f3-965c-6fc4941c07c3"/>
+  <w:style w:type="table" w:styleId="TableGrid_fd7b366b-1da1-4f34-a2aa-2d731148d7c8" w:customStyle="1">
+    <w:name w:val="Table Grid_fd7b366b-1da1-4f34-a2aa-2d731148d7c8"/>
+    <w:basedOn w:val="NormalTable_150617e3-faba-4a17-94df-ee78a2a9c28b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c238067a-e08d-4989-9c22-da25c4502804" w:customStyle="1">
-    <w:name w:val="Normal Table_c238067a-e08d-4989-9c22-da25c4502804"/>
+  <w:style w:type="table" w:styleId="NormalTable_92a14770-8da1-4e2c-b5ea-04d67e93da67" w:customStyle="1">
+    <w:name w:val="Normal Table_92a14770-8da1-4e2c-b5ea-04d67e93da67"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1cfca18f-a8a2-4419-9b8a-b275f659f4fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c238067a-e08d-4989-9c22-da25c4502804"/>
+  <w:style w:type="table" w:styleId="TableGrid_51d6cc1a-87e6-40dc-be0e-4ec0c4eafab2" w:customStyle="1">
+    <w:name w:val="Table Grid_51d6cc1a-87e6-40dc-be0e-4ec0c4eafab2"/>
+    <w:basedOn w:val="NormalTable_92a14770-8da1-4e2c-b5ea-04d67e93da67"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bef8f4b1-71d1-41ac-aede-518cba169f92" w:customStyle="1">
-    <w:name w:val="Normal Table_bef8f4b1-71d1-41ac-aede-518cba169f92"/>
+  <w:style w:type="table" w:styleId="NormalTable_20c093e4-2ac1-4b64-b1d0-bffe7f2a84e0" w:customStyle="1">
+    <w:name w:val="Normal Table_20c093e4-2ac1-4b64-b1d0-bffe7f2a84e0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5c1b9dd-dbce-4331-9cb6-199ba073e9e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bef8f4b1-71d1-41ac-aede-518cba169f92"/>
+  <w:style w:type="table" w:styleId="TableGrid_2056e01b-0bb6-49f6-b367-0b32d1d1524b" w:customStyle="1">
+    <w:name w:val="Table Grid_2056e01b-0bb6-49f6-b367-0b32d1d1524b"/>
+    <w:basedOn w:val="NormalTable_20c093e4-2ac1-4b64-b1d0-bffe7f2a84e0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8d309341-38bc-480e-937e-16f98a2120cb" w:customStyle="1">
-    <w:name w:val="Normal Table_8d309341-38bc-480e-937e-16f98a2120cb"/>
+  <w:style w:type="table" w:styleId="NormalTable_7b92a806-1f30-40a5-bafb-c7d0881be7ec" w:customStyle="1">
+    <w:name w:val="Normal Table_7b92a806-1f30-40a5-bafb-c7d0881be7ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6711329b-0d14-4d50-8311-ba8879466ba8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8d309341-38bc-480e-937e-16f98a2120cb"/>
+  <w:style w:type="table" w:styleId="TableGrid_84484741-fc27-4a97-ba12-2f6b80203eee" w:customStyle="1">
+    <w:name w:val="Table Grid_84484741-fc27-4a97-ba12-2f6b80203eee"/>
+    <w:basedOn w:val="NormalTable_7b92a806-1f30-40a5-bafb-c7d0881be7ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ad46e2aa-0837-4148-a315-f26be278b059" w:customStyle="1">
-    <w:name w:val="Normal Table_ad46e2aa-0837-4148-a315-f26be278b059"/>
+  <w:style w:type="table" w:styleId="NormalTable_527f4b2f-c68a-40dc-9a96-fab0c77ca22c" w:customStyle="1">
+    <w:name w:val="Normal Table_527f4b2f-c68a-40dc-9a96-fab0c77ca22c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_96bd8d05-737c-4bcd-be75-bdb5de1b8083" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ad46e2aa-0837-4148-a315-f26be278b059"/>
+  <w:style w:type="table" w:styleId="TableGrid_d72326a9-8259-48eb-83bc-0d116f069083" w:customStyle="1">
+    <w:name w:val="Table Grid_d72326a9-8259-48eb-83bc-0d116f069083"/>
+    <w:basedOn w:val="NormalTable_527f4b2f-c68a-40dc-9a96-fab0c77ca22c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b1837e1-10c5-471f-b174-5410f1c83b98" w:customStyle="1">
-    <w:name w:val="Normal Table_4b1837e1-10c5-471f-b174-5410f1c83b98"/>
+  <w:style w:type="table" w:styleId="NormalTable_8f978e57-f3f0-442f-bb82-9d2ad800d09d" w:customStyle="1">
+    <w:name w:val="Normal Table_8f978e57-f3f0-442f-bb82-9d2ad800d09d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7ac8e530-893f-4a0c-8031-3c7ee9c5f804" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b1837e1-10c5-471f-b174-5410f1c83b98"/>
+  <w:style w:type="table" w:styleId="TableGrid_0254a630-d65d-48c0-8361-43659bca7a0e" w:customStyle="1">
+    <w:name w:val="Table Grid_0254a630-d65d-48c0-8361-43659bca7a0e"/>
+    <w:basedOn w:val="NormalTable_8f978e57-f3f0-442f-bb82-9d2ad800d09d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_56292705-5df0-41b8-9fcd-f8773363e984" w:customStyle="1">
-    <w:name w:val="Normal Table_56292705-5df0-41b8-9fcd-f8773363e984"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f80e379-808a-43d1-b740-60ac41588e7c" w:customStyle="1">
+    <w:name w:val="Normal Table_3f80e379-808a-43d1-b740-60ac41588e7c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3f38629b-de63-4a7d-a962-4f87995251da" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_56292705-5df0-41b8-9fcd-f8773363e984"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e22d197-ed60-4835-a0db-14eeef91f14e" w:customStyle="1">
+    <w:name w:val="Table Grid_5e22d197-ed60-4835-a0db-14eeef91f14e"/>
+    <w:basedOn w:val="NormalTable_3f80e379-808a-43d1-b740-60ac41588e7c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4f2d4033-b21c-453f-9a31-79a59544f118" w:customStyle="1">
-    <w:name w:val="Normal Table_4f2d4033-b21c-453f-9a31-79a59544f118"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f64c490-8d37-43a2-8595-a5c8f007e78a" w:customStyle="1">
+    <w:name w:val="Normal Table_0f64c490-8d37-43a2-8595-a5c8f007e78a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5e57b47f-05aa-4abd-be72-e927bfb26757" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4f2d4033-b21c-453f-9a31-79a59544f118"/>
+  <w:style w:type="table" w:styleId="TableGrid_20521370-6eae-4ee6-8b9e-3d7ee06caa47" w:customStyle="1">
+    <w:name w:val="Table Grid_20521370-6eae-4ee6-8b9e-3d7ee06caa47"/>
+    <w:basedOn w:val="NormalTable_0f64c490-8d37-43a2-8595-a5c8f007e78a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>