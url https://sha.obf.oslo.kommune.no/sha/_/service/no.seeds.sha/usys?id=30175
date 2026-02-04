--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -7721,51 +7721,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_84484741-fc27-4a97-ba12-2f6b80203eee"/>
+      <w:tblStyle w:val="TableGrid_366d2dd4-b63b-4a8b-819e-4517c219fd01"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7776,51 +7776,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:24 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:53 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -7848,51 +7848,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d72326a9-8259-48eb-83bc-0d116f069083"/>
+      <w:tblStyle w:val="TableGrid_c69de384-e3b7-4901-afe5-ef4384f5d202"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -7950,51 +7950,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+            <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -8007,59 +8007,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+      <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_20521370-6eae-4ee6-8b9e-3d7ee06caa47"/>
+      <w:tblStyle w:val="TableGrid_8327171e-da23-4519-a3c8-626e4f6bc55c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8070,51 +8070,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0254a630-d65d-48c0-8361-43659bca7a0e"/>
+            <w:tblStyle w:val="TableGrid_b0f06fc5-931b-479c-99f5-883adbd7c3a6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8215,72 +8215,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+            <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5e22d197-ed60-4835-a0db-14eeef91f14e"/>
+            <w:tblStyle w:val="TableGrid_136cece4-7481-4510-9a40-a01abdf03db5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8381,62 +8381,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+            <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+      <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -12461,629 +12461,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Hovedtekst" w:customStyle="1">
     <w:name w:val="Hovedtekst"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_587b0314-93ea-4647-8076-1350c763a1e1" w:customStyle="1">
-    <w:name w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38" w:customStyle="1">
+    <w:name w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+    <w:basedOn w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc19a0d4-c106-4978-bca4-c5869ee0fa26" w:customStyle="1">
-    <w:name w:val="Normal Table_fc19a0d4-c106-4978-bca4-c5869ee0fa26"/>
+  <w:style w:type="table" w:styleId="NormalTable_7609077a-5af9-4d1b-92a5-d18f7e047c33" w:customStyle="1">
+    <w:name w:val="Normal Table_7609077a-5af9-4d1b-92a5-d18f7e047c33"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa03d556-0176-4fb2-84fe-73814ae64704" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc19a0d4-c106-4978-bca4-c5869ee0fa26"/>
+  <w:style w:type="table" w:styleId="TableGrid_e5a48d78-606d-4cb6-803a-4379318ce899" w:customStyle="1">
+    <w:name w:val="Table Grid_e5a48d78-606d-4cb6-803a-4379318ce899"/>
+    <w:basedOn w:val="NormalTable_7609077a-5af9-4d1b-92a5-d18f7e047c33"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+    <w:basedOn w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_587b0314-93ea-4647-8076-1350c763a1e1"/>
+    <w:basedOn w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e46b4c63-1070-4043-8e72-3c40b137f4d3" w:customStyle="1">
-    <w:name w:val="Normal Table_e46b4c63-1070-4043-8e72-3c40b137f4d3"/>
+  <w:style w:type="table" w:styleId="NormalTable_cc1a6168-c7ac-4d5d-b465-46f6bd3e12c8" w:customStyle="1">
+    <w:name w:val="Normal Table_cc1a6168-c7ac-4d5d-b465-46f6bd3e12c8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_36407a7f-824f-491d-90b5-c649fd96bdcd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e46b4c63-1070-4043-8e72-3c40b137f4d3"/>
+  <w:style w:type="table" w:styleId="TableGrid_8bcc9057-3f17-4a2c-bbf6-a1fd03a617f6" w:customStyle="1">
+    <w:name w:val="Table Grid_8bcc9057-3f17-4a2c-bbf6-a1fd03a617f6"/>
+    <w:basedOn w:val="NormalTable_cc1a6168-c7ac-4d5d-b465-46f6bd3e12c8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_150617e3-faba-4a17-94df-ee78a2a9c28b" w:customStyle="1">
-    <w:name w:val="Normal Table_150617e3-faba-4a17-94df-ee78a2a9c28b"/>
+  <w:style w:type="table" w:styleId="NormalTable_ba9737c5-fe26-4cc7-9b5b-df5a8f8cfe94" w:customStyle="1">
+    <w:name w:val="Normal Table_ba9737c5-fe26-4cc7-9b5b-df5a8f8cfe94"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fd7b366b-1da1-4f34-a2aa-2d731148d7c8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_150617e3-faba-4a17-94df-ee78a2a9c28b"/>
+  <w:style w:type="table" w:styleId="TableGrid_0a229430-5312-47ab-a16f-3f28ebe2b2fa" w:customStyle="1">
+    <w:name w:val="Table Grid_0a229430-5312-47ab-a16f-3f28ebe2b2fa"/>
+    <w:basedOn w:val="NormalTable_ba9737c5-fe26-4cc7-9b5b-df5a8f8cfe94"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_92a14770-8da1-4e2c-b5ea-04d67e93da67" w:customStyle="1">
-    <w:name w:val="Normal Table_92a14770-8da1-4e2c-b5ea-04d67e93da67"/>
+  <w:style w:type="table" w:styleId="NormalTable_fe04af35-f5d8-4da4-beb4-e41d847fcc00" w:customStyle="1">
+    <w:name w:val="Normal Table_fe04af35-f5d8-4da4-beb4-e41d847fcc00"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_51d6cc1a-87e6-40dc-be0e-4ec0c4eafab2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_92a14770-8da1-4e2c-b5ea-04d67e93da67"/>
+  <w:style w:type="table" w:styleId="TableGrid_c7e25c47-13a5-463d-aee7-63344e5ea6ff" w:customStyle="1">
+    <w:name w:val="Table Grid_c7e25c47-13a5-463d-aee7-63344e5ea6ff"/>
+    <w:basedOn w:val="NormalTable_fe04af35-f5d8-4da4-beb4-e41d847fcc00"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_20c093e4-2ac1-4b64-b1d0-bffe7f2a84e0" w:customStyle="1">
-    <w:name w:val="Normal Table_20c093e4-2ac1-4b64-b1d0-bffe7f2a84e0"/>
+  <w:style w:type="table" w:styleId="NormalTable_2bf02d83-ee14-4c80-8f11-202a8fcf277e" w:customStyle="1">
+    <w:name w:val="Normal Table_2bf02d83-ee14-4c80-8f11-202a8fcf277e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2056e01b-0bb6-49f6-b367-0b32d1d1524b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_20c093e4-2ac1-4b64-b1d0-bffe7f2a84e0"/>
+  <w:style w:type="table" w:styleId="TableGrid_97b7f163-2582-4a13-9d98-e028765f4933" w:customStyle="1">
+    <w:name w:val="Table Grid_97b7f163-2582-4a13-9d98-e028765f4933"/>
+    <w:basedOn w:val="NormalTable_2bf02d83-ee14-4c80-8f11-202a8fcf277e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7b92a806-1f30-40a5-bafb-c7d0881be7ec" w:customStyle="1">
-    <w:name w:val="Normal Table_7b92a806-1f30-40a5-bafb-c7d0881be7ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_69111d10-c2d3-43a3-a04b-860708429281" w:customStyle="1">
+    <w:name w:val="Normal Table_69111d10-c2d3-43a3-a04b-860708429281"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_84484741-fc27-4a97-ba12-2f6b80203eee" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7b92a806-1f30-40a5-bafb-c7d0881be7ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_366d2dd4-b63b-4a8b-819e-4517c219fd01" w:customStyle="1">
+    <w:name w:val="Table Grid_366d2dd4-b63b-4a8b-819e-4517c219fd01"/>
+    <w:basedOn w:val="NormalTable_69111d10-c2d3-43a3-a04b-860708429281"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_527f4b2f-c68a-40dc-9a96-fab0c77ca22c" w:customStyle="1">
-    <w:name w:val="Normal Table_527f4b2f-c68a-40dc-9a96-fab0c77ca22c"/>
+  <w:style w:type="table" w:styleId="NormalTable_d5f3afad-c78a-4e77-9144-a0aa41b6fa4c" w:customStyle="1">
+    <w:name w:val="Normal Table_d5f3afad-c78a-4e77-9144-a0aa41b6fa4c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d72326a9-8259-48eb-83bc-0d116f069083" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_527f4b2f-c68a-40dc-9a96-fab0c77ca22c"/>
+  <w:style w:type="table" w:styleId="TableGrid_c69de384-e3b7-4901-afe5-ef4384f5d202" w:customStyle="1">
+    <w:name w:val="Table Grid_c69de384-e3b7-4901-afe5-ef4384f5d202"/>
+    <w:basedOn w:val="NormalTable_d5f3afad-c78a-4e77-9144-a0aa41b6fa4c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8f978e57-f3f0-442f-bb82-9d2ad800d09d" w:customStyle="1">
-    <w:name w:val="Normal Table_8f978e57-f3f0-442f-bb82-9d2ad800d09d"/>
+  <w:style w:type="table" w:styleId="NormalTable_71f4aa62-5bd4-4884-bd96-8fa09c37ae4f" w:customStyle="1">
+    <w:name w:val="Normal Table_71f4aa62-5bd4-4884-bd96-8fa09c37ae4f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0254a630-d65d-48c0-8361-43659bca7a0e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8f978e57-f3f0-442f-bb82-9d2ad800d09d"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0f06fc5-931b-479c-99f5-883adbd7c3a6" w:customStyle="1">
+    <w:name w:val="Table Grid_b0f06fc5-931b-479c-99f5-883adbd7c3a6"/>
+    <w:basedOn w:val="NormalTable_71f4aa62-5bd4-4884-bd96-8fa09c37ae4f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3f80e379-808a-43d1-b740-60ac41588e7c" w:customStyle="1">
-    <w:name w:val="Normal Table_3f80e379-808a-43d1-b740-60ac41588e7c"/>
+  <w:style w:type="table" w:styleId="NormalTable_ce24bab3-47f8-4233-b68a-b05c3d44bab3" w:customStyle="1">
+    <w:name w:val="Normal Table_ce24bab3-47f8-4233-b68a-b05c3d44bab3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5e22d197-ed60-4835-a0db-14eeef91f14e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3f80e379-808a-43d1-b740-60ac41588e7c"/>
+  <w:style w:type="table" w:styleId="TableGrid_136cece4-7481-4510-9a40-a01abdf03db5" w:customStyle="1">
+    <w:name w:val="Table Grid_136cece4-7481-4510-9a40-a01abdf03db5"/>
+    <w:basedOn w:val="NormalTable_ce24bab3-47f8-4233-b68a-b05c3d44bab3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0f64c490-8d37-43a2-8595-a5c8f007e78a" w:customStyle="1">
-    <w:name w:val="Normal Table_0f64c490-8d37-43a2-8595-a5c8f007e78a"/>
+  <w:style w:type="table" w:styleId="NormalTable_807300a5-6d49-4112-a8cf-18a820566c19" w:customStyle="1">
+    <w:name w:val="Normal Table_807300a5-6d49-4112-a8cf-18a820566c19"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20521370-6eae-4ee6-8b9e-3d7ee06caa47" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0f64c490-8d37-43a2-8595-a5c8f007e78a"/>
+  <w:style w:type="table" w:styleId="TableGrid_8327171e-da23-4519-a3c8-626e4f6bc55c" w:customStyle="1">
+    <w:name w:val="Table Grid_8327171e-da23-4519-a3c8-626e4f6bc55c"/>
+    <w:basedOn w:val="NormalTable_807300a5-6d49-4112-a8cf-18a820566c19"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>