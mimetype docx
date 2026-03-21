--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -7721,51 +7721,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_366d2dd4-b63b-4a8b-819e-4517c219fd01"/>
+      <w:tblStyle w:val="TableGrid_8725d3e5-1754-4ec6-a3e2-33f6f9b8fc23"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7776,51 +7776,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:53 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:37 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -7848,51 +7848,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c69de384-e3b7-4901-afe5-ef4384f5d202"/>
+      <w:tblStyle w:val="TableGrid_573086f3-2145-4415-8599-693b6ae0d233"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -7950,51 +7950,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+            <w:pStyle w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -8007,59 +8007,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+      <w:pStyle w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8327171e-da23-4519-a3c8-626e4f6bc55c"/>
+      <w:tblStyle w:val="TableGrid_870f74a4-0644-4fe0-b167-0290bffdd3f3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8070,51 +8070,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b0f06fc5-931b-479c-99f5-883adbd7c3a6"/>
+            <w:tblStyle w:val="TableGrid_133e675a-4650-4da2-bc24-b54de7293d5d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8215,72 +8215,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+            <w:pStyle w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_136cece4-7481-4510-9a40-a01abdf03db5"/>
+            <w:tblStyle w:val="TableGrid_dd6daab8-5adc-4468-badb-c16ef42faeae"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8381,62 +8381,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+            <w:pStyle w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+      <w:pStyle w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -12461,629 +12461,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Hovedtekst" w:customStyle="1">
     <w:name w:val="Hovedtekst"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38" w:customStyle="1">
-    <w:name w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+  <w:style w:type="paragraph" w:styleId="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a" w:customStyle="1">
+    <w:name w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+    <w:basedOn w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7609077a-5af9-4d1b-92a5-d18f7e047c33" w:customStyle="1">
-    <w:name w:val="Normal Table_7609077a-5af9-4d1b-92a5-d18f7e047c33"/>
+  <w:style w:type="table" w:styleId="NormalTable_42361cbc-e8a8-49b6-b3b0-3d5a18f97ba4" w:customStyle="1">
+    <w:name w:val="Normal Table_42361cbc-e8a8-49b6-b3b0-3d5a18f97ba4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e5a48d78-606d-4cb6-803a-4379318ce899" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7609077a-5af9-4d1b-92a5-d18f7e047c33"/>
+  <w:style w:type="table" w:styleId="TableGrid_ff52a4e9-7dad-433c-b32c-d0c37baac43d" w:customStyle="1">
+    <w:name w:val="Table Grid_ff52a4e9-7dad-433c-b32c-d0c37baac43d"/>
+    <w:basedOn w:val="NormalTable_42361cbc-e8a8-49b6-b3b0-3d5a18f97ba4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+    <w:basedOn w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_36d6b0d0-2fff-448f-894b-251df2a64a38"/>
+    <w:basedOn w:val="Normal_0e38d185-8fe0-4615-9156-b10be5f4188a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cc1a6168-c7ac-4d5d-b465-46f6bd3e12c8" w:customStyle="1">
-    <w:name w:val="Normal Table_cc1a6168-c7ac-4d5d-b465-46f6bd3e12c8"/>
+  <w:style w:type="table" w:styleId="NormalTable_42895678-7973-4a49-ae18-64d45ccdaaa0" w:customStyle="1">
+    <w:name w:val="Normal Table_42895678-7973-4a49-ae18-64d45ccdaaa0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8bcc9057-3f17-4a2c-bbf6-a1fd03a617f6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cc1a6168-c7ac-4d5d-b465-46f6bd3e12c8"/>
+  <w:style w:type="table" w:styleId="TableGrid_0f9e7d2a-2d41-46a2-afdd-5388c825b663" w:customStyle="1">
+    <w:name w:val="Table Grid_0f9e7d2a-2d41-46a2-afdd-5388c825b663"/>
+    <w:basedOn w:val="NormalTable_42895678-7973-4a49-ae18-64d45ccdaaa0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ba9737c5-fe26-4cc7-9b5b-df5a8f8cfe94" w:customStyle="1">
-    <w:name w:val="Normal Table_ba9737c5-fe26-4cc7-9b5b-df5a8f8cfe94"/>
+  <w:style w:type="table" w:styleId="NormalTable_531bab96-486d-4ec7-91ad-f1e0d70be78e" w:customStyle="1">
+    <w:name w:val="Normal Table_531bab96-486d-4ec7-91ad-f1e0d70be78e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0a229430-5312-47ab-a16f-3f28ebe2b2fa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ba9737c5-fe26-4cc7-9b5b-df5a8f8cfe94"/>
+  <w:style w:type="table" w:styleId="TableGrid_26aa8401-bcad-4d09-abd7-f190ec1eb011" w:customStyle="1">
+    <w:name w:val="Table Grid_26aa8401-bcad-4d09-abd7-f190ec1eb011"/>
+    <w:basedOn w:val="NormalTable_531bab96-486d-4ec7-91ad-f1e0d70be78e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fe04af35-f5d8-4da4-beb4-e41d847fcc00" w:customStyle="1">
-    <w:name w:val="Normal Table_fe04af35-f5d8-4da4-beb4-e41d847fcc00"/>
+  <w:style w:type="table" w:styleId="NormalTable_4aec0d73-6bff-41e7-b0b9-161e35eb73fa" w:customStyle="1">
+    <w:name w:val="Normal Table_4aec0d73-6bff-41e7-b0b9-161e35eb73fa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c7e25c47-13a5-463d-aee7-63344e5ea6ff" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fe04af35-f5d8-4da4-beb4-e41d847fcc00"/>
+  <w:style w:type="table" w:styleId="TableGrid_b434a3c7-d55e-40da-8a6e-f38a52b21ffa" w:customStyle="1">
+    <w:name w:val="Table Grid_b434a3c7-d55e-40da-8a6e-f38a52b21ffa"/>
+    <w:basedOn w:val="NormalTable_4aec0d73-6bff-41e7-b0b9-161e35eb73fa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2bf02d83-ee14-4c80-8f11-202a8fcf277e" w:customStyle="1">
-    <w:name w:val="Normal Table_2bf02d83-ee14-4c80-8f11-202a8fcf277e"/>
+  <w:style w:type="table" w:styleId="NormalTable_98b63b7c-22d0-44e5-9241-426367750baa" w:customStyle="1">
+    <w:name w:val="Normal Table_98b63b7c-22d0-44e5-9241-426367750baa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97b7f163-2582-4a13-9d98-e028765f4933" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2bf02d83-ee14-4c80-8f11-202a8fcf277e"/>
+  <w:style w:type="table" w:styleId="TableGrid_7fd5290d-c278-4887-a6c8-5077787d2e8f" w:customStyle="1">
+    <w:name w:val="Table Grid_7fd5290d-c278-4887-a6c8-5077787d2e8f"/>
+    <w:basedOn w:val="NormalTable_98b63b7c-22d0-44e5-9241-426367750baa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_69111d10-c2d3-43a3-a04b-860708429281" w:customStyle="1">
-    <w:name w:val="Normal Table_69111d10-c2d3-43a3-a04b-860708429281"/>
+  <w:style w:type="table" w:styleId="NormalTable_1122c7ce-2d78-4edb-a9f8-aa62de2ce579" w:customStyle="1">
+    <w:name w:val="Normal Table_1122c7ce-2d78-4edb-a9f8-aa62de2ce579"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_366d2dd4-b63b-4a8b-819e-4517c219fd01" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_69111d10-c2d3-43a3-a04b-860708429281"/>
+  <w:style w:type="table" w:styleId="TableGrid_8725d3e5-1754-4ec6-a3e2-33f6f9b8fc23" w:customStyle="1">
+    <w:name w:val="Table Grid_8725d3e5-1754-4ec6-a3e2-33f6f9b8fc23"/>
+    <w:basedOn w:val="NormalTable_1122c7ce-2d78-4edb-a9f8-aa62de2ce579"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d5f3afad-c78a-4e77-9144-a0aa41b6fa4c" w:customStyle="1">
-    <w:name w:val="Normal Table_d5f3afad-c78a-4e77-9144-a0aa41b6fa4c"/>
+  <w:style w:type="table" w:styleId="NormalTable_33ca9eea-1909-4834-a609-a6de53514445" w:customStyle="1">
+    <w:name w:val="Normal Table_33ca9eea-1909-4834-a609-a6de53514445"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c69de384-e3b7-4901-afe5-ef4384f5d202" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d5f3afad-c78a-4e77-9144-a0aa41b6fa4c"/>
+  <w:style w:type="table" w:styleId="TableGrid_573086f3-2145-4415-8599-693b6ae0d233" w:customStyle="1">
+    <w:name w:val="Table Grid_573086f3-2145-4415-8599-693b6ae0d233"/>
+    <w:basedOn w:val="NormalTable_33ca9eea-1909-4834-a609-a6de53514445"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_71f4aa62-5bd4-4884-bd96-8fa09c37ae4f" w:customStyle="1">
-    <w:name w:val="Normal Table_71f4aa62-5bd4-4884-bd96-8fa09c37ae4f"/>
+  <w:style w:type="table" w:styleId="NormalTable_b2321ead-c47f-41ff-9156-a7eef8607c31" w:customStyle="1">
+    <w:name w:val="Normal Table_b2321ead-c47f-41ff-9156-a7eef8607c31"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0f06fc5-931b-479c-99f5-883adbd7c3a6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_71f4aa62-5bd4-4884-bd96-8fa09c37ae4f"/>
+  <w:style w:type="table" w:styleId="TableGrid_133e675a-4650-4da2-bc24-b54de7293d5d" w:customStyle="1">
+    <w:name w:val="Table Grid_133e675a-4650-4da2-bc24-b54de7293d5d"/>
+    <w:basedOn w:val="NormalTable_b2321ead-c47f-41ff-9156-a7eef8607c31"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ce24bab3-47f8-4233-b68a-b05c3d44bab3" w:customStyle="1">
-    <w:name w:val="Normal Table_ce24bab3-47f8-4233-b68a-b05c3d44bab3"/>
+  <w:style w:type="table" w:styleId="NormalTable_e48aa5a7-d634-49ca-b131-3be9702e8108" w:customStyle="1">
+    <w:name w:val="Normal Table_e48aa5a7-d634-49ca-b131-3be9702e8108"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_136cece4-7481-4510-9a40-a01abdf03db5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ce24bab3-47f8-4233-b68a-b05c3d44bab3"/>
+  <w:style w:type="table" w:styleId="TableGrid_dd6daab8-5adc-4468-badb-c16ef42faeae" w:customStyle="1">
+    <w:name w:val="Table Grid_dd6daab8-5adc-4468-badb-c16ef42faeae"/>
+    <w:basedOn w:val="NormalTable_e48aa5a7-d634-49ca-b131-3be9702e8108"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_807300a5-6d49-4112-a8cf-18a820566c19" w:customStyle="1">
-    <w:name w:val="Normal Table_807300a5-6d49-4112-a8cf-18a820566c19"/>
+  <w:style w:type="table" w:styleId="NormalTable_8879fab5-bda9-4724-be8c-1fad52ccc498" w:customStyle="1">
+    <w:name w:val="Normal Table_8879fab5-bda9-4724-be8c-1fad52ccc498"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8327171e-da23-4519-a3c8-626e4f6bc55c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_807300a5-6d49-4112-a8cf-18a820566c19"/>
+  <w:style w:type="table" w:styleId="TableGrid_870f74a4-0644-4fe0-b167-0290bffdd3f3" w:customStyle="1">
+    <w:name w:val="Table Grid_870f74a4-0644-4fe0-b167-0290bffdd3f3"/>
+    <w:basedOn w:val="NormalTable_8879fab5-bda9-4724-be8c-1fad52ccc498"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>