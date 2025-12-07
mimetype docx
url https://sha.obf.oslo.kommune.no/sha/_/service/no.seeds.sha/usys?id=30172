--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1330,100 +1330,117 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="21002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_821d330c-cc3e-4ddb-a11b-23ae08414ae6"/>
+      <w:tblStyle w:val="TableGrid_1a7eaad1-a521-4796-913d-cdd342b4ff4d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:46:43 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:28:47 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1440,493 +1457,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f4382c21-c4b1-4da4-94ed-e381f82968b4"/>
+      <w:tblStyle w:val="TableGrid_2b8c95d5-501f-498b-ba1b-ba6e2d98b5f6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_39975b6a-2cd7-4bcf-b856-168700902884"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_81c544a7-d259-4645-bdf9-38c50da1554a"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 123. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbe1a14-2c26-49b2-b7ae-420dc67c280c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4306f9f6-7dd3-4fe8-9068-d6ff491453e7"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Agenda granskning</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbe1a14-2c26-49b2-b7ae-420dc67c280c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4306f9f6-7dd3-4fe8-9068-d6ff491453e7"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+            <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+      <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ba4f5c40-7236-4cd0-8c2a-16c5fa01373a"/>
+      <w:tblStyle w:val="TableGrid_d8d507a1-1f29-4019-9790-51720f8ef4ba"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3589d8dd-33ce-4cb1-b2a2-c0ea16edc5aa"/>
+            <w:tblStyle w:val="TableGrid_aaf6c9d1-9c4d-443a-a757-023e3c95d576"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 4. SHA - Beredskap</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+            <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_15fdb602-e4d6-4c75-a9ef-5c4e58b1e7df"/>
+            <w:tblStyle w:val="TableGrid_8858b39f-4e52-43ad-b055-372171fb3105"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+            <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+      <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0D82600F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2850,51 +2969,51 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -3511,629 +3630,629 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a" w:customStyle="1">
-    <w:name w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b" w:customStyle="1">
+    <w:name w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_afa696c6-3303-40b0-94b6-1b0925f774c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+    <w:basedOn w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9b1ddca1-2e75-4b90-851e-5db7e4aa1e2c" w:customStyle="1">
-    <w:name w:val="Normal Table_9b1ddca1-2e75-4b90-851e-5db7e4aa1e2c"/>
+  <w:style w:type="table" w:styleId="NormalTable_97637efb-8b7b-42d8-93ca-299c192b3d14" w:customStyle="1">
+    <w:name w:val="Normal Table_97637efb-8b7b-42d8-93ca-299c192b3d14"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_22646950-d3d9-481a-b338-c93ae2f90562" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9b1ddca1-2e75-4b90-851e-5db7e4aa1e2c"/>
+  <w:style w:type="table" w:styleId="TableGrid_629ce574-c9cd-4fc0-921b-b72246e7807d" w:customStyle="1">
+    <w:name w:val="Table Grid_629ce574-c9cd-4fc0-921b-b72246e7807d"/>
+    <w:basedOn w:val="NormalTable_97637efb-8b7b-42d8-93ca-299c192b3d14"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_39975b6a-2cd7-4bcf-b856-168700902884" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_81c544a7-d259-4645-bdf9-38c50da1554a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_81c544a7-d259-4645-bdf9-38c50da1554a"/>
+    <w:basedOn w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbe1a14-2c26-49b2-b7ae-420dc67c280c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_40423b30-a589-4c3e-9506-3ad5e5ef750a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_4306f9f6-7dd3-4fe8-9068-d6ff491453e7" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4306f9f6-7dd3-4fe8-9068-d6ff491453e7"/>
+    <w:basedOn w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3624b0f5-fb76-4ffe-98cf-34c323cebf84" w:customStyle="1">
-    <w:name w:val="Normal Table_3624b0f5-fb76-4ffe-98cf-34c323cebf84"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee6ff332-f7fe-47a0-88f2-4c0d03733533" w:customStyle="1">
+    <w:name w:val="Normal Table_ee6ff332-f7fe-47a0-88f2-4c0d03733533"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1be86faa-a49b-40b7-b4d9-4df5e4f0b8fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3624b0f5-fb76-4ffe-98cf-34c323cebf84"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9443b2c-d508-4249-bb71-8bbfc434c14a" w:customStyle="1">
+    <w:name w:val="Table Grid_b9443b2c-d508-4249-bb71-8bbfc434c14a"/>
+    <w:basedOn w:val="NormalTable_ee6ff332-f7fe-47a0-88f2-4c0d03733533"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9421163e-e152-4eb5-8779-fc4c6ba992c7" w:customStyle="1">
-    <w:name w:val="Normal Table_9421163e-e152-4eb5-8779-fc4c6ba992c7"/>
+  <w:style w:type="table" w:styleId="NormalTable_7d5e73a4-2eb2-415e-a081-5861eb3a8fe7" w:customStyle="1">
+    <w:name w:val="Normal Table_7d5e73a4-2eb2-415e-a081-5861eb3a8fe7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dda26d37-8fc9-4caf-9915-6b5db246686c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9421163e-e152-4eb5-8779-fc4c6ba992c7"/>
+  <w:style w:type="table" w:styleId="TableGrid_9d4f1007-7ac0-469f-a7e6-45ab46852c24" w:customStyle="1">
+    <w:name w:val="Table Grid_9d4f1007-7ac0-469f-a7e6-45ab46852c24"/>
+    <w:basedOn w:val="NormalTable_7d5e73a4-2eb2-415e-a081-5861eb3a8fe7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b649335-ec9e-487f-939a-aaf29923e595" w:customStyle="1">
-    <w:name w:val="Normal Table_4b649335-ec9e-487f-939a-aaf29923e595"/>
+  <w:style w:type="table" w:styleId="NormalTable_a02e4ecc-db8b-4c14-bb82-889952ee0dc4" w:customStyle="1">
+    <w:name w:val="Normal Table_a02e4ecc-db8b-4c14-bb82-889952ee0dc4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7cd1c59e-6d65-48a5-804a-711b9f0cf071" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b649335-ec9e-487f-939a-aaf29923e595"/>
+  <w:style w:type="table" w:styleId="TableGrid_2d092a6a-8846-42cd-8509-b5ca8aa34fb2" w:customStyle="1">
+    <w:name w:val="Table Grid_2d092a6a-8846-42cd-8509-b5ca8aa34fb2"/>
+    <w:basedOn w:val="NormalTable_a02e4ecc-db8b-4c14-bb82-889952ee0dc4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4d21d2fc-23b3-4a4d-a56d-9a3d154c1a56" w:customStyle="1">
-    <w:name w:val="Normal Table_4d21d2fc-23b3-4a4d-a56d-9a3d154c1a56"/>
+  <w:style w:type="table" w:styleId="NormalTable_6d1f982a-f29e-4234-b8d4-9b7db32a1a00" w:customStyle="1">
+    <w:name w:val="Normal Table_6d1f982a-f29e-4234-b8d4-9b7db32a1a00"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_23174ec4-bf02-47ee-ae8a-71cbd3bbfd25" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4d21d2fc-23b3-4a4d-a56d-9a3d154c1a56"/>
+  <w:style w:type="table" w:styleId="TableGrid_77399c8f-29b2-4423-83e5-a4e7ccc0988d" w:customStyle="1">
+    <w:name w:val="Table Grid_77399c8f-29b2-4423-83e5-a4e7ccc0988d"/>
+    <w:basedOn w:val="NormalTable_6d1f982a-f29e-4234-b8d4-9b7db32a1a00"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_315277e5-4876-4d71-bc03-f15312fdc9a2" w:customStyle="1">
-    <w:name w:val="Normal Table_315277e5-4876-4d71-bc03-f15312fdc9a2"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e7db91e-a20e-4be8-a9b5-f6027b08f77a" w:customStyle="1">
+    <w:name w:val="Normal Table_7e7db91e-a20e-4be8-a9b5-f6027b08f77a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_821d330c-cc3e-4ddb-a11b-23ae08414ae6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_315277e5-4876-4d71-bc03-f15312fdc9a2"/>
+  <w:style w:type="table" w:styleId="TableGrid_1a7eaad1-a521-4796-913d-cdd342b4ff4d" w:customStyle="1">
+    <w:name w:val="Table Grid_1a7eaad1-a521-4796-913d-cdd342b4ff4d"/>
+    <w:basedOn w:val="NormalTable_7e7db91e-a20e-4be8-a9b5-f6027b08f77a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e040facf-bdfc-481d-acb8-acbf90dd8c0e" w:customStyle="1">
-    <w:name w:val="Normal Table_e040facf-bdfc-481d-acb8-acbf90dd8c0e"/>
+  <w:style w:type="table" w:styleId="NormalTable_48fc3eec-d099-4096-97f3-df6ee13c8f2b" w:customStyle="1">
+    <w:name w:val="Normal Table_48fc3eec-d099-4096-97f3-df6ee13c8f2b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f4382c21-c4b1-4da4-94ed-e381f82968b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e040facf-bdfc-481d-acb8-acbf90dd8c0e"/>
+  <w:style w:type="table" w:styleId="TableGrid_2b8c95d5-501f-498b-ba1b-ba6e2d98b5f6" w:customStyle="1">
+    <w:name w:val="Table Grid_2b8c95d5-501f-498b-ba1b-ba6e2d98b5f6"/>
+    <w:basedOn w:val="NormalTable_48fc3eec-d099-4096-97f3-df6ee13c8f2b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cc1b0532-7925-499b-9ce8-85ab2557dcee" w:customStyle="1">
-    <w:name w:val="Normal Table_cc1b0532-7925-499b-9ce8-85ab2557dcee"/>
+  <w:style w:type="table" w:styleId="NormalTable_a750c5fd-0165-4327-bd4d-83b89f55f88e" w:customStyle="1">
+    <w:name w:val="Normal Table_a750c5fd-0165-4327-bd4d-83b89f55f88e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3589d8dd-33ce-4cb1-b2a2-c0ea16edc5aa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cc1b0532-7925-499b-9ce8-85ab2557dcee"/>
+  <w:style w:type="table" w:styleId="TableGrid_aaf6c9d1-9c4d-443a-a757-023e3c95d576" w:customStyle="1">
+    <w:name w:val="Table Grid_aaf6c9d1-9c4d-443a-a757-023e3c95d576"/>
+    <w:basedOn w:val="NormalTable_a750c5fd-0165-4327-bd4d-83b89f55f88e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0cea034c-7998-4cc3-b264-b86d510eccbb" w:customStyle="1">
-    <w:name w:val="Normal Table_0cea034c-7998-4cc3-b264-b86d510eccbb"/>
+  <w:style w:type="table" w:styleId="NormalTable_f9788cbc-bb6b-4043-95e8-39430194357d" w:customStyle="1">
+    <w:name w:val="Normal Table_f9788cbc-bb6b-4043-95e8-39430194357d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_15fdb602-e4d6-4c75-a9ef-5c4e58b1e7df" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0cea034c-7998-4cc3-b264-b86d510eccbb"/>
+  <w:style w:type="table" w:styleId="TableGrid_8858b39f-4e52-43ad-b055-372171fb3105" w:customStyle="1">
+    <w:name w:val="Table Grid_8858b39f-4e52-43ad-b055-372171fb3105"/>
+    <w:basedOn w:val="NormalTable_f9788cbc-bb6b-4043-95e8-39430194357d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_07413d9e-9688-4931-8f73-f3f338337e59" w:customStyle="1">
-    <w:name w:val="Normal Table_07413d9e-9688-4931-8f73-f3f338337e59"/>
+  <w:style w:type="table" w:styleId="NormalTable_200351ba-be2f-482d-a0b9-a2ad17137a7a" w:customStyle="1">
+    <w:name w:val="Normal Table_200351ba-be2f-482d-a0b9-a2ad17137a7a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba4f5c40-7236-4cd0-8c2a-16c5fa01373a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_07413d9e-9688-4931-8f73-f3f338337e59"/>
+  <w:style w:type="table" w:styleId="TableGrid_d8d507a1-1f29-4019-9790-51720f8ef4ba" w:customStyle="1">
+    <w:name w:val="Table Grid_d8d507a1-1f29-4019-9790-51720f8ef4ba"/>
+    <w:basedOn w:val="NormalTable_200351ba-be2f-482d-a0b9-a2ad17137a7a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>