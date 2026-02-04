--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -1330,117 +1330,117 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="21002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1a7eaad1-a521-4796-913d-cdd342b4ff4d"/>
+      <w:tblStyle w:val="TableGrid_e4fe0802-3f61-4618-a24b-49b2d4dbf8d5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:28:47 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:16 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1457,153 +1457,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2b8c95d5-501f-498b-ba1b-ba6e2d98b5f6"/>
+      <w:tblStyle w:val="TableGrid_cf8a9821-d110-4f26-8590-b7d82edc11f7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_81c544a7-d259-4645-bdf9-38c50da1554a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ba77f829-d04a-4b5d-9a81-688a6b1022e2"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 123. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4306f9f6-7dd3-4fe8-9068-d6ff491453e7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fe8c1df7-25b9-4386-9c2d-3b3a6f90c08a"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Agenda granskning</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4306f9f6-7dd3-4fe8-9068-d6ff491453e7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fe8c1df7-25b9-4386-9c2d-3b3a6f90c08a"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+            <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1616,59 +1616,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+      <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d8d507a1-1f29-4019-9790-51720f8ef4ba"/>
+      <w:tblStyle w:val="TableGrid_2d2cc5c3-6f13-4976-b7b7-977e8be9850b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1679,373 +1679,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_aaf6c9d1-9c4d-443a-a757-023e3c95d576"/>
+            <w:tblStyle w:val="TableGrid_72824c0d-c905-4be5-91af-d71444c542a2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 4. SHA - Beredskap</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+            <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8858b39f-4e52-43ad-b055-372171fb3105"/>
+            <w:tblStyle w:val="TableGrid_ee901c7a-1320-44e5-8408-ffff501dae70"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+            <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+      <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0D82600F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -3630,629 +3630,629 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b" w:customStyle="1">
-    <w:name w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+  <w:style w:type="paragraph" w:styleId="Normal_ce560911-6fba-4a8d-aa88-743e40053cef" w:customStyle="1">
+    <w:name w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_250e7e7e-3e4e-48b5-8169-6ad7582ed491" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+    <w:basedOn w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_97637efb-8b7b-42d8-93ca-299c192b3d14" w:customStyle="1">
-    <w:name w:val="Normal Table_97637efb-8b7b-42d8-93ca-299c192b3d14"/>
+  <w:style w:type="table" w:styleId="NormalTable_22e3b835-f9cd-42ae-b5cc-a17706a13e85" w:customStyle="1">
+    <w:name w:val="Normal Table_22e3b835-f9cd-42ae-b5cc-a17706a13e85"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_629ce574-c9cd-4fc0-921b-b72246e7807d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_97637efb-8b7b-42d8-93ca-299c192b3d14"/>
+  <w:style w:type="table" w:styleId="TableGrid_35445fc0-b5ce-4565-b9cb-bf0ef497f85f" w:customStyle="1">
+    <w:name w:val="Table Grid_35445fc0-b5ce-4565-b9cb-bf0ef497f85f"/>
+    <w:basedOn w:val="NormalTable_22e3b835-f9cd-42ae-b5cc-a17706a13e85"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_81c544a7-d259-4645-bdf9-38c50da1554a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_ba77f829-d04a-4b5d-9a81-688a6b1022e2" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ba77f829-d04a-4b5d-9a81-688a6b1022e2"/>
+    <w:basedOn w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_4306f9f6-7dd3-4fe8-9068-d6ff491453e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4e2dfbf8-5232-48af-870d-4172cedc4d3b"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_fe8c1df7-25b9-4386-9c2d-3b3a6f90c08a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fe8c1df7-25b9-4386-9c2d-3b3a6f90c08a"/>
+    <w:basedOn w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee6ff332-f7fe-47a0-88f2-4c0d03733533" w:customStyle="1">
-    <w:name w:val="Normal Table_ee6ff332-f7fe-47a0-88f2-4c0d03733533"/>
+  <w:style w:type="table" w:styleId="NormalTable_a5108e4c-909c-4589-8ea5-0d5de8f1e67e" w:customStyle="1">
+    <w:name w:val="Normal Table_a5108e4c-909c-4589-8ea5-0d5de8f1e67e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b9443b2c-d508-4249-bb71-8bbfc434c14a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee6ff332-f7fe-47a0-88f2-4c0d03733533"/>
+  <w:style w:type="table" w:styleId="TableGrid_fd7ec24b-43e4-4293-ba55-664e7d079ac1" w:customStyle="1">
+    <w:name w:val="Table Grid_fd7ec24b-43e4-4293-ba55-664e7d079ac1"/>
+    <w:basedOn w:val="NormalTable_a5108e4c-909c-4589-8ea5-0d5de8f1e67e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7d5e73a4-2eb2-415e-a081-5861eb3a8fe7" w:customStyle="1">
-    <w:name w:val="Normal Table_7d5e73a4-2eb2-415e-a081-5861eb3a8fe7"/>
+  <w:style w:type="table" w:styleId="NormalTable_313e3a1f-a34e-42d4-8229-d37bfdb602c5" w:customStyle="1">
+    <w:name w:val="Normal Table_313e3a1f-a34e-42d4-8229-d37bfdb602c5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9d4f1007-7ac0-469f-a7e6-45ab46852c24" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7d5e73a4-2eb2-415e-a081-5861eb3a8fe7"/>
+  <w:style w:type="table" w:styleId="TableGrid_4c177a2b-65ed-4037-aff5-d827c53c8894" w:customStyle="1">
+    <w:name w:val="Table Grid_4c177a2b-65ed-4037-aff5-d827c53c8894"/>
+    <w:basedOn w:val="NormalTable_313e3a1f-a34e-42d4-8229-d37bfdb602c5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a02e4ecc-db8b-4c14-bb82-889952ee0dc4" w:customStyle="1">
-    <w:name w:val="Normal Table_a02e4ecc-db8b-4c14-bb82-889952ee0dc4"/>
+  <w:style w:type="table" w:styleId="NormalTable_d5ee9978-87bd-45af-8833-cd450e035f81" w:customStyle="1">
+    <w:name w:val="Normal Table_d5ee9978-87bd-45af-8833-cd450e035f81"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2d092a6a-8846-42cd-8509-b5ca8aa34fb2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a02e4ecc-db8b-4c14-bb82-889952ee0dc4"/>
+  <w:style w:type="table" w:styleId="TableGrid_ff08bd06-ad3c-42aa-aa8a-df3b77ecbc49" w:customStyle="1">
+    <w:name w:val="Table Grid_ff08bd06-ad3c-42aa-aa8a-df3b77ecbc49"/>
+    <w:basedOn w:val="NormalTable_d5ee9978-87bd-45af-8833-cd450e035f81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d1f982a-f29e-4234-b8d4-9b7db32a1a00" w:customStyle="1">
-    <w:name w:val="Normal Table_6d1f982a-f29e-4234-b8d4-9b7db32a1a00"/>
+  <w:style w:type="table" w:styleId="NormalTable_8ab02a5a-1456-485a-846c-0aecd5fc4d71" w:customStyle="1">
+    <w:name w:val="Normal Table_8ab02a5a-1456-485a-846c-0aecd5fc4d71"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_77399c8f-29b2-4423-83e5-a4e7ccc0988d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d1f982a-f29e-4234-b8d4-9b7db32a1a00"/>
+  <w:style w:type="table" w:styleId="TableGrid_a1fba75a-5754-406e-b9b1-6dcc36248465" w:customStyle="1">
+    <w:name w:val="Table Grid_a1fba75a-5754-406e-b9b1-6dcc36248465"/>
+    <w:basedOn w:val="NormalTable_8ab02a5a-1456-485a-846c-0aecd5fc4d71"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e7db91e-a20e-4be8-a9b5-f6027b08f77a" w:customStyle="1">
-    <w:name w:val="Normal Table_7e7db91e-a20e-4be8-a9b5-f6027b08f77a"/>
+  <w:style w:type="table" w:styleId="NormalTable_0dde912d-32cd-4e0b-9dc8-50c0a1af4348" w:customStyle="1">
+    <w:name w:val="Normal Table_0dde912d-32cd-4e0b-9dc8-50c0a1af4348"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1a7eaad1-a521-4796-913d-cdd342b4ff4d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e7db91e-a20e-4be8-a9b5-f6027b08f77a"/>
+  <w:style w:type="table" w:styleId="TableGrid_e4fe0802-3f61-4618-a24b-49b2d4dbf8d5" w:customStyle="1">
+    <w:name w:val="Table Grid_e4fe0802-3f61-4618-a24b-49b2d4dbf8d5"/>
+    <w:basedOn w:val="NormalTable_0dde912d-32cd-4e0b-9dc8-50c0a1af4348"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_48fc3eec-d099-4096-97f3-df6ee13c8f2b" w:customStyle="1">
-    <w:name w:val="Normal Table_48fc3eec-d099-4096-97f3-df6ee13c8f2b"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca3ec087-78f3-4f3a-92c1-89aee25fe081" w:customStyle="1">
+    <w:name w:val="Normal Table_ca3ec087-78f3-4f3a-92c1-89aee25fe081"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2b8c95d5-501f-498b-ba1b-ba6e2d98b5f6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_48fc3eec-d099-4096-97f3-df6ee13c8f2b"/>
+  <w:style w:type="table" w:styleId="TableGrid_cf8a9821-d110-4f26-8590-b7d82edc11f7" w:customStyle="1">
+    <w:name w:val="Table Grid_cf8a9821-d110-4f26-8590-b7d82edc11f7"/>
+    <w:basedOn w:val="NormalTable_ca3ec087-78f3-4f3a-92c1-89aee25fe081"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a750c5fd-0165-4327-bd4d-83b89f55f88e" w:customStyle="1">
-    <w:name w:val="Normal Table_a750c5fd-0165-4327-bd4d-83b89f55f88e"/>
+  <w:style w:type="table" w:styleId="NormalTable_833382f1-59f8-4fec-96e4-08caf25bbc0c" w:customStyle="1">
+    <w:name w:val="Normal Table_833382f1-59f8-4fec-96e4-08caf25bbc0c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aaf6c9d1-9c4d-443a-a757-023e3c95d576" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a750c5fd-0165-4327-bd4d-83b89f55f88e"/>
+  <w:style w:type="table" w:styleId="TableGrid_72824c0d-c905-4be5-91af-d71444c542a2" w:customStyle="1">
+    <w:name w:val="Table Grid_72824c0d-c905-4be5-91af-d71444c542a2"/>
+    <w:basedOn w:val="NormalTable_833382f1-59f8-4fec-96e4-08caf25bbc0c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f9788cbc-bb6b-4043-95e8-39430194357d" w:customStyle="1">
-    <w:name w:val="Normal Table_f9788cbc-bb6b-4043-95e8-39430194357d"/>
+  <w:style w:type="table" w:styleId="NormalTable_c348ec6a-ce8a-4d05-bdf5-1d8d0ac879c0" w:customStyle="1">
+    <w:name w:val="Normal Table_c348ec6a-ce8a-4d05-bdf5-1d8d0ac879c0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8858b39f-4e52-43ad-b055-372171fb3105" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f9788cbc-bb6b-4043-95e8-39430194357d"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee901c7a-1320-44e5-8408-ffff501dae70" w:customStyle="1">
+    <w:name w:val="Table Grid_ee901c7a-1320-44e5-8408-ffff501dae70"/>
+    <w:basedOn w:val="NormalTable_c348ec6a-ce8a-4d05-bdf5-1d8d0ac879c0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_200351ba-be2f-482d-a0b9-a2ad17137a7a" w:customStyle="1">
-    <w:name w:val="Normal Table_200351ba-be2f-482d-a0b9-a2ad17137a7a"/>
+  <w:style w:type="table" w:styleId="NormalTable_e3cdaebf-95af-414e-9f8c-24f0dba40281" w:customStyle="1">
+    <w:name w:val="Normal Table_e3cdaebf-95af-414e-9f8c-24f0dba40281"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d8d507a1-1f29-4019-9790-51720f8ef4ba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_200351ba-be2f-482d-a0b9-a2ad17137a7a"/>
+  <w:style w:type="table" w:styleId="TableGrid_2d2cc5c3-6f13-4976-b7b7-977e8be9850b" w:customStyle="1">
+    <w:name w:val="Table Grid_2d2cc5c3-6f13-4976-b7b7-977e8be9850b"/>
+    <w:basedOn w:val="NormalTable_e3cdaebf-95af-414e-9f8c-24f0dba40281"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>