--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1330,117 +1330,117 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="21002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e4fe0802-3f61-4618-a24b-49b2d4dbf8d5"/>
+      <w:tblStyle w:val="TableGrid_b6710abc-8625-403a-a6b7-c17e02872a9e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:16 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:22 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1457,153 +1457,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cf8a9821-d110-4f26-8590-b7d82edc11f7"/>
+      <w:tblStyle w:val="TableGrid_b4482834-66df-4822-bfd0-37334737b339"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ba77f829-d04a-4b5d-9a81-688a6b1022e2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2c059dee-ec57-4a12-b2d0-96bc0e2a0df8"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 123. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fe8c1df7-25b9-4386-9c2d-3b3a6f90c08a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_40f133d3-bd22-49e8-b76b-3a481ff58a48"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Agenda granskning</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fe8c1df7-25b9-4386-9c2d-3b3a6f90c08a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_40f133d3-bd22-49e8-b76b-3a481ff58a48"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+            <w:pStyle w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1616,59 +1616,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+      <w:pStyle w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2d2cc5c3-6f13-4976-b7b7-977e8be9850b"/>
+      <w:tblStyle w:val="TableGrid_c8ebec52-9c78-4bb6-ae51-c50e25d7f80e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1679,373 +1679,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_72824c0d-c905-4be5-91af-d71444c542a2"/>
+            <w:tblStyle w:val="TableGrid_d5768eea-8eeb-4a27-8de7-cb23e3e4ffe8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 4. SHA - Beredskap</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+            <w:pStyle w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ee901c7a-1320-44e5-8408-ffff501dae70"/>
+            <w:tblStyle w:val="TableGrid_14cad8f0-7071-443d-a123-420fc5874f42"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+            <w:pStyle w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+      <w:pStyle w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0D82600F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -3630,629 +3630,629 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_ce560911-6fba-4a8d-aa88-743e40053cef" w:customStyle="1">
-    <w:name w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+  <w:style w:type="paragraph" w:styleId="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a" w:customStyle="1">
+    <w:name w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_7ec1667d-7692-494f-b152-ad67b890c526" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_209c3db3-1637-44cd-bddd-f188a2007bb1"/>
+    <w:basedOn w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_22e3b835-f9cd-42ae-b5cc-a17706a13e85" w:customStyle="1">
-    <w:name w:val="Normal Table_22e3b835-f9cd-42ae-b5cc-a17706a13e85"/>
+  <w:style w:type="table" w:styleId="NormalTable_e538e511-110f-47db-8b8c-d1a60ab751d4" w:customStyle="1">
+    <w:name w:val="Normal Table_e538e511-110f-47db-8b8c-d1a60ab751d4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_35445fc0-b5ce-4565-b9cb-bf0ef497f85f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_22e3b835-f9cd-42ae-b5cc-a17706a13e85"/>
+  <w:style w:type="table" w:styleId="TableGrid_128cee7c-78b0-41f0-91e6-4de1a3dc78a3" w:customStyle="1">
+    <w:name w:val="Table Grid_128cee7c-78b0-41f0-91e6-4de1a3dc78a3"/>
+    <w:basedOn w:val="NormalTable_e538e511-110f-47db-8b8c-d1a60ab751d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_ba77f829-d04a-4b5d-9a81-688a6b1022e2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_2c059dee-ec57-4a12-b2d0-96bc0e2a0df8" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2c059dee-ec57-4a12-b2d0-96bc0e2a0df8"/>
+    <w:basedOn w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_fe8c1df7-25b9-4386-9c2d-3b3a6f90c08a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_ce560911-6fba-4a8d-aa88-743e40053cef"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_40f133d3-bd22-49e8-b76b-3a481ff58a48" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_40f133d3-bd22-49e8-b76b-3a481ff58a48"/>
+    <w:basedOn w:val="Normal_6f7fc60d-4e0c-4878-b0a4-634636ee1f3a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a5108e4c-909c-4589-8ea5-0d5de8f1e67e" w:customStyle="1">
-    <w:name w:val="Normal Table_a5108e4c-909c-4589-8ea5-0d5de8f1e67e"/>
+  <w:style w:type="table" w:styleId="NormalTable_e974e486-b803-4dd9-8b0f-93e03a011cdb" w:customStyle="1">
+    <w:name w:val="Normal Table_e974e486-b803-4dd9-8b0f-93e03a011cdb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fd7ec24b-43e4-4293-ba55-664e7d079ac1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a5108e4c-909c-4589-8ea5-0d5de8f1e67e"/>
+  <w:style w:type="table" w:styleId="TableGrid_13a619b6-8e85-4951-8ea6-b4429404f7b0" w:customStyle="1">
+    <w:name w:val="Table Grid_13a619b6-8e85-4951-8ea6-b4429404f7b0"/>
+    <w:basedOn w:val="NormalTable_e974e486-b803-4dd9-8b0f-93e03a011cdb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_313e3a1f-a34e-42d4-8229-d37bfdb602c5" w:customStyle="1">
-    <w:name w:val="Normal Table_313e3a1f-a34e-42d4-8229-d37bfdb602c5"/>
+  <w:style w:type="table" w:styleId="NormalTable_5651c846-f8f0-4f46-bb4d-1cf0c68059ee" w:customStyle="1">
+    <w:name w:val="Normal Table_5651c846-f8f0-4f46-bb4d-1cf0c68059ee"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4c177a2b-65ed-4037-aff5-d827c53c8894" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_313e3a1f-a34e-42d4-8229-d37bfdb602c5"/>
+  <w:style w:type="table" w:styleId="TableGrid_aed8b318-308b-430e-b3fa-33d78d31135e" w:customStyle="1">
+    <w:name w:val="Table Grid_aed8b318-308b-430e-b3fa-33d78d31135e"/>
+    <w:basedOn w:val="NormalTable_5651c846-f8f0-4f46-bb4d-1cf0c68059ee"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d5ee9978-87bd-45af-8833-cd450e035f81" w:customStyle="1">
-    <w:name w:val="Normal Table_d5ee9978-87bd-45af-8833-cd450e035f81"/>
+  <w:style w:type="table" w:styleId="NormalTable_20947760-b6d7-4d7a-b719-06f6013626ab" w:customStyle="1">
+    <w:name w:val="Normal Table_20947760-b6d7-4d7a-b719-06f6013626ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ff08bd06-ad3c-42aa-aa8a-df3b77ecbc49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d5ee9978-87bd-45af-8833-cd450e035f81"/>
+  <w:style w:type="table" w:styleId="TableGrid_efe4fe0c-d2c0-4293-a985-2be8897ac4d5" w:customStyle="1">
+    <w:name w:val="Table Grid_efe4fe0c-d2c0-4293-a985-2be8897ac4d5"/>
+    <w:basedOn w:val="NormalTable_20947760-b6d7-4d7a-b719-06f6013626ab"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ab02a5a-1456-485a-846c-0aecd5fc4d71" w:customStyle="1">
-    <w:name w:val="Normal Table_8ab02a5a-1456-485a-846c-0aecd5fc4d71"/>
+  <w:style w:type="table" w:styleId="NormalTable_a57b81ac-a301-41d8-873a-cfb456b17ac4" w:customStyle="1">
+    <w:name w:val="Normal Table_a57b81ac-a301-41d8-873a-cfb456b17ac4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a1fba75a-5754-406e-b9b1-6dcc36248465" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ab02a5a-1456-485a-846c-0aecd5fc4d71"/>
+  <w:style w:type="table" w:styleId="TableGrid_e1b23294-afed-485e-af30-72cfde2466a1" w:customStyle="1">
+    <w:name w:val="Table Grid_e1b23294-afed-485e-af30-72cfde2466a1"/>
+    <w:basedOn w:val="NormalTable_a57b81ac-a301-41d8-873a-cfb456b17ac4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0dde912d-32cd-4e0b-9dc8-50c0a1af4348" w:customStyle="1">
-    <w:name w:val="Normal Table_0dde912d-32cd-4e0b-9dc8-50c0a1af4348"/>
+  <w:style w:type="table" w:styleId="NormalTable_b1efc788-c2cd-4ea0-bfcc-487e1006db0e" w:customStyle="1">
+    <w:name w:val="Normal Table_b1efc788-c2cd-4ea0-bfcc-487e1006db0e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e4fe0802-3f61-4618-a24b-49b2d4dbf8d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0dde912d-32cd-4e0b-9dc8-50c0a1af4348"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6710abc-8625-403a-a6b7-c17e02872a9e" w:customStyle="1">
+    <w:name w:val="Table Grid_b6710abc-8625-403a-a6b7-c17e02872a9e"/>
+    <w:basedOn w:val="NormalTable_b1efc788-c2cd-4ea0-bfcc-487e1006db0e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ca3ec087-78f3-4f3a-92c1-89aee25fe081" w:customStyle="1">
-    <w:name w:val="Normal Table_ca3ec087-78f3-4f3a-92c1-89aee25fe081"/>
+  <w:style w:type="table" w:styleId="NormalTable_1583a742-b9ef-46ae-ab89-026a6cd9525d" w:customStyle="1">
+    <w:name w:val="Normal Table_1583a742-b9ef-46ae-ab89-026a6cd9525d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cf8a9821-d110-4f26-8590-b7d82edc11f7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ca3ec087-78f3-4f3a-92c1-89aee25fe081"/>
+  <w:style w:type="table" w:styleId="TableGrid_b4482834-66df-4822-bfd0-37334737b339" w:customStyle="1">
+    <w:name w:val="Table Grid_b4482834-66df-4822-bfd0-37334737b339"/>
+    <w:basedOn w:val="NormalTable_1583a742-b9ef-46ae-ab89-026a6cd9525d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_833382f1-59f8-4fec-96e4-08caf25bbc0c" w:customStyle="1">
-    <w:name w:val="Normal Table_833382f1-59f8-4fec-96e4-08caf25bbc0c"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ec70893-02fa-4e65-b197-bd5a788e868b" w:customStyle="1">
+    <w:name w:val="Normal Table_2ec70893-02fa-4e65-b197-bd5a788e868b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_72824c0d-c905-4be5-91af-d71444c542a2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_833382f1-59f8-4fec-96e4-08caf25bbc0c"/>
+  <w:style w:type="table" w:styleId="TableGrid_d5768eea-8eeb-4a27-8de7-cb23e3e4ffe8" w:customStyle="1">
+    <w:name w:val="Table Grid_d5768eea-8eeb-4a27-8de7-cb23e3e4ffe8"/>
+    <w:basedOn w:val="NormalTable_2ec70893-02fa-4e65-b197-bd5a788e868b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c348ec6a-ce8a-4d05-bdf5-1d8d0ac879c0" w:customStyle="1">
-    <w:name w:val="Normal Table_c348ec6a-ce8a-4d05-bdf5-1d8d0ac879c0"/>
+  <w:style w:type="table" w:styleId="NormalTable_4039f8e4-68e9-400e-a76b-9ab3dcb5dd80" w:customStyle="1">
+    <w:name w:val="Normal Table_4039f8e4-68e9-400e-a76b-9ab3dcb5dd80"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ee901c7a-1320-44e5-8408-ffff501dae70" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c348ec6a-ce8a-4d05-bdf5-1d8d0ac879c0"/>
+  <w:style w:type="table" w:styleId="TableGrid_14cad8f0-7071-443d-a123-420fc5874f42" w:customStyle="1">
+    <w:name w:val="Table Grid_14cad8f0-7071-443d-a123-420fc5874f42"/>
+    <w:basedOn w:val="NormalTable_4039f8e4-68e9-400e-a76b-9ab3dcb5dd80"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e3cdaebf-95af-414e-9f8c-24f0dba40281" w:customStyle="1">
-    <w:name w:val="Normal Table_e3cdaebf-95af-414e-9f8c-24f0dba40281"/>
+  <w:style w:type="table" w:styleId="NormalTable_c476cbb6-aaee-4e1f-aa91-dc7ae560e783" w:customStyle="1">
+    <w:name w:val="Normal Table_c476cbb6-aaee-4e1f-aa91-dc7ae560e783"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2d2cc5c3-6f13-4976-b7b7-977e8be9850b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e3cdaebf-95af-414e-9f8c-24f0dba40281"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8ebec52-9c78-4bb6-ae51-c50e25d7f80e" w:customStyle="1">
+    <w:name w:val="Table Grid_c8ebec52-9c78-4bb6-ae51-c50e25d7f80e"/>
+    <w:basedOn w:val="NormalTable_c476cbb6-aaee-4e1f-aa91-dc7ae560e783"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>