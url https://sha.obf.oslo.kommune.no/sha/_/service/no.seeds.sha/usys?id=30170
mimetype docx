--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -2746,51 +2746,51 @@
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="490D4C62">
       <w:pPr>
         <w:spacing/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E383361">
       <w:pPr>
         <w:spacing/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
-      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgSz w:w="16838" w:h="11906"/>
       <w:pgMar w:top="1304" w:right="680" w:bottom="1021" w:left="851" w:header="454" w:footer="587" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2808,89 +2808,106 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ca92f70e-019b-4bd6-a72a-a4836b694189"/>
+      <w:tblStyle w:val="TableGrid_6dec48a0-7d0c-47f2-b972-a6d6d9009f46"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7654"/>
       <w:gridCol w:w="7653"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:47:32 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:35 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2918,74 +2935,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_87617e72-423d-4153-be78-b0e81fb536ad"/>
+      <w:tblStyle w:val="TableGrid_5b76ed6d-52bd-4afa-833d-16a20d1835f2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="10270"/>
       <w:gridCol w:w="3685"/>
       <w:gridCol w:w="1352"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="10270"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 121. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -3003,408 +3037,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1352"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+            <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+      <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fef322c8-cf94-4f87-861f-b3516d82591c"/>
+      <w:tblStyle w:val="TableGrid_4ed6d49b-8f7c-4688-a4fe-6d241f17f025"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9950"/>
       <w:gridCol w:w="5357"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9950"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a5d85edc-88cf-4af8-82e6-952448b0dad4"/>
+            <w:tblStyle w:val="TableGrid_28e34331-39ed-47a4-988e-c0b98d5fad43"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+            <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5357"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_58bae701-11f5-4503-8217-9adf82159e80"/>
+            <w:tblStyle w:val="TableGrid_a19f6392-9b10-48f9-a763-603ff470b225"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+            <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+      <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3536,51 +3655,51 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="dirty" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="100"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3904,629 +4023,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bunntekst">
     <w:name w:val="Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BunntekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed" w:customStyle="1">
-    <w:name w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+  <w:style w:type="paragraph" w:styleId="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8" w:customStyle="1">
+    <w:name w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+    <w:basedOn w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_227c33eb-980c-4103-9478-2bf71e92cace" w:customStyle="1">
-    <w:name w:val="Normal Table_227c33eb-980c-4103-9478-2bf71e92cace"/>
+  <w:style w:type="table" w:styleId="NormalTable_90c05943-9ff2-4c77-a225-e96d2f163788" w:customStyle="1">
+    <w:name w:val="Normal Table_90c05943-9ff2-4c77-a225-e96d2f163788"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_227c33eb-980c-4103-9478-2bf71e92cace"/>
+    <w:basedOn w:val="NormalTable_90c05943-9ff2-4c77-a225-e96d2f163788"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+    <w:basedOn w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_0ec391fd-05cf-4559-80ab-b07edbdd4bed"/>
+    <w:basedOn w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2d84e427-19d1-4c5d-bb9d-acb367a7489d" w:customStyle="1">
-    <w:name w:val="Normal Table_2d84e427-19d1-4c5d-bb9d-acb367a7489d"/>
+  <w:style w:type="table" w:styleId="NormalTable_6fa19617-6f64-4d7b-8558-8edaf9467ba4" w:customStyle="1">
+    <w:name w:val="Normal Table_6fa19617-6f64-4d7b-8558-8edaf9467ba4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_278064d9-f775-4520-a2e6-7d8f7b67a235" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2d84e427-19d1-4c5d-bb9d-acb367a7489d"/>
+  <w:style w:type="table" w:styleId="TableGrid_69d5cbb5-3576-4eb7-a266-d2d909a32f91" w:customStyle="1">
+    <w:name w:val="Table Grid_69d5cbb5-3576-4eb7-a266-d2d909a32f91"/>
+    <w:basedOn w:val="NormalTable_6fa19617-6f64-4d7b-8558-8edaf9467ba4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e5566a17-337a-44eb-8dec-68c39ed44de7" w:customStyle="1">
-    <w:name w:val="Normal Table_e5566a17-337a-44eb-8dec-68c39ed44de7"/>
+  <w:style w:type="table" w:styleId="NormalTable_2bae475f-9e9c-4477-9dab-833d41db7513" w:customStyle="1">
+    <w:name w:val="Normal Table_2bae475f-9e9c-4477-9dab-833d41db7513"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_600830f1-52df-40c8-b470-47be2a00c765" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e5566a17-337a-44eb-8dec-68c39ed44de7"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc99bb52-20e7-4499-aac4-51248c660128" w:customStyle="1">
+    <w:name w:val="Table Grid_fc99bb52-20e7-4499-aac4-51248c660128"/>
+    <w:basedOn w:val="NormalTable_2bae475f-9e9c-4477-9dab-833d41db7513"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9629d971-d093-466b-a2b7-f020594a7e6b" w:customStyle="1">
-    <w:name w:val="Normal Table_9629d971-d093-466b-a2b7-f020594a7e6b"/>
+  <w:style w:type="table" w:styleId="NormalTable_db55957b-b06d-496d-9028-0d48e0659bff" w:customStyle="1">
+    <w:name w:val="Normal Table_db55957b-b06d-496d-9028-0d48e0659bff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a04f011c-492c-41c1-acd1-938f4d66902a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9629d971-d093-466b-a2b7-f020594a7e6b"/>
+  <w:style w:type="table" w:styleId="TableGrid_e4f4d99b-5f09-4da9-bf75-aaf96b943839" w:customStyle="1">
+    <w:name w:val="Table Grid_e4f4d99b-5f09-4da9-bf75-aaf96b943839"/>
+    <w:basedOn w:val="NormalTable_db55957b-b06d-496d-9028-0d48e0659bff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4e0e3121-0f26-43d4-a2c5-53e3291b3b04" w:customStyle="1">
-    <w:name w:val="Normal Table_4e0e3121-0f26-43d4-a2c5-53e3291b3b04"/>
+  <w:style w:type="table" w:styleId="NormalTable_87847b53-220a-4e0e-bf96-18ed1170781c" w:customStyle="1">
+    <w:name w:val="Normal Table_87847b53-220a-4e0e-bf96-18ed1170781c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6376e68-2c8c-4f41-a1d3-b4057a4c5e16" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4e0e3121-0f26-43d4-a2c5-53e3291b3b04"/>
+  <w:style w:type="table" w:styleId="TableGrid_1f34ed5a-9366-4444-a6a3-28233edaab6b" w:customStyle="1">
+    <w:name w:val="Table Grid_1f34ed5a-9366-4444-a6a3-28233edaab6b"/>
+    <w:basedOn w:val="NormalTable_87847b53-220a-4e0e-bf96-18ed1170781c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_461f8e1a-9b66-4118-a9f5-73893b14c68a" w:customStyle="1">
-    <w:name w:val="Normal Table_461f8e1a-9b66-4118-a9f5-73893b14c68a"/>
+  <w:style w:type="table" w:styleId="NormalTable_d8e585b2-7531-4c3e-a2d0-dea15c80d431" w:customStyle="1">
+    <w:name w:val="Normal Table_d8e585b2-7531-4c3e-a2d0-dea15c80d431"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ca92f70e-019b-4bd6-a72a-a4836b694189" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_461f8e1a-9b66-4118-a9f5-73893b14c68a"/>
+  <w:style w:type="table" w:styleId="TableGrid_6dec48a0-7d0c-47f2-b972-a6d6d9009f46" w:customStyle="1">
+    <w:name w:val="Table Grid_6dec48a0-7d0c-47f2-b972-a6d6d9009f46"/>
+    <w:basedOn w:val="NormalTable_d8e585b2-7531-4c3e-a2d0-dea15c80d431"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_52ee3f33-8560-4a31-b4bd-661fd5743f12" w:customStyle="1">
-    <w:name w:val="Normal Table_52ee3f33-8560-4a31-b4bd-661fd5743f12"/>
+  <w:style w:type="table" w:styleId="NormalTable_2f44aaa5-500f-49d5-bcad-fb3a303c18eb" w:customStyle="1">
+    <w:name w:val="Normal Table_2f44aaa5-500f-49d5-bcad-fb3a303c18eb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_87617e72-423d-4153-be78-b0e81fb536ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_52ee3f33-8560-4a31-b4bd-661fd5743f12"/>
+  <w:style w:type="table" w:styleId="TableGrid_5b76ed6d-52bd-4afa-833d-16a20d1835f2" w:customStyle="1">
+    <w:name w:val="Table Grid_5b76ed6d-52bd-4afa-833d-16a20d1835f2"/>
+    <w:basedOn w:val="NormalTable_2f44aaa5-500f-49d5-bcad-fb3a303c18eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3e819203-53d7-44f5-a8a6-a19ab07f8d5d" w:customStyle="1">
-    <w:name w:val="Normal Table_3e819203-53d7-44f5-a8a6-a19ab07f8d5d"/>
+  <w:style w:type="table" w:styleId="NormalTable_e9ef451d-d282-4e04-a25b-fcf98b835d3f" w:customStyle="1">
+    <w:name w:val="Normal Table_e9ef451d-d282-4e04-a25b-fcf98b835d3f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a5d85edc-88cf-4af8-82e6-952448b0dad4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3e819203-53d7-44f5-a8a6-a19ab07f8d5d"/>
+  <w:style w:type="table" w:styleId="TableGrid_28e34331-39ed-47a4-988e-c0b98d5fad43" w:customStyle="1">
+    <w:name w:val="Table Grid_28e34331-39ed-47a4-988e-c0b98d5fad43"/>
+    <w:basedOn w:val="NormalTable_e9ef451d-d282-4e04-a25b-fcf98b835d3f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee44cf6b-b708-4f9b-ac24-82678d337497" w:customStyle="1">
-    <w:name w:val="Normal Table_ee44cf6b-b708-4f9b-ac24-82678d337497"/>
+  <w:style w:type="table" w:styleId="NormalTable_011a9d41-804a-4477-9cd8-7facf0c02bba" w:customStyle="1">
+    <w:name w:val="Normal Table_011a9d41-804a-4477-9cd8-7facf0c02bba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_58bae701-11f5-4503-8217-9adf82159e80" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee44cf6b-b708-4f9b-ac24-82678d337497"/>
+  <w:style w:type="table" w:styleId="TableGrid_a19f6392-9b10-48f9-a763-603ff470b225" w:customStyle="1">
+    <w:name w:val="Table Grid_a19f6392-9b10-48f9-a763-603ff470b225"/>
+    <w:basedOn w:val="NormalTable_011a9d41-804a-4477-9cd8-7facf0c02bba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0b9b5188-e866-4c15-81cf-0e34c4e88024" w:customStyle="1">
-    <w:name w:val="Normal Table_0b9b5188-e866-4c15-81cf-0e34c4e88024"/>
+  <w:style w:type="table" w:styleId="NormalTable_7eeaf345-2f0a-46c7-8168-0985dca8c49e" w:customStyle="1">
+    <w:name w:val="Normal Table_7eeaf345-2f0a-46c7-8168-0985dca8c49e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fef322c8-cf94-4f87-861f-b3516d82591c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0b9b5188-e866-4c15-81cf-0e34c4e88024"/>
+  <w:style w:type="table" w:styleId="TableGrid_4ed6d49b-8f7c-4688-a4fe-6d241f17f025" w:customStyle="1">
+    <w:name w:val="Table Grid_4ed6d49b-8f7c-4688-a4fe-6d241f17f025"/>
+    <w:basedOn w:val="NormalTable_7eeaf345-2f0a-46c7-8168-0985dca8c49e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>