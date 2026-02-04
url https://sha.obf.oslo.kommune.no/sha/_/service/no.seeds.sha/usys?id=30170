--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -2808,51 +2808,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6dec48a0-7d0c-47f2-b972-a6d6d9009f46"/>
+      <w:tblStyle w:val="TableGrid_6dca7d21-b528-4804-bf5f-60b0eab1b565"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7654"/>
       <w:gridCol w:w="7653"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2863,51 +2863,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:35 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:58 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2935,51 +2935,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5b76ed6d-52bd-4afa-833d-16a20d1835f2"/>
+      <w:tblStyle w:val="TableGrid_86457d5c-e36b-45a0-ae16-798113708c53"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="10270"/>
       <w:gridCol w:w="3685"/>
       <w:gridCol w:w="1352"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3037,51 +3037,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1352"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+            <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3094,59 +3094,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+      <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4ed6d49b-8f7c-4688-a4fe-6d241f17f025"/>
+      <w:tblStyle w:val="TableGrid_57263227-9802-4eaf-92b4-ce543af068b4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9950"/>
       <w:gridCol w:w="5357"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3157,51 +3157,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9950"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_28e34331-39ed-47a4-988e-c0b98d5fad43"/>
+            <w:tblStyle w:val="TableGrid_0b327fd0-1fb0-4f8f-908c-b3b8b27b755d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3302,72 +3302,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+            <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5357"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a19f6392-9b10-48f9-a763-603ff470b225"/>
+            <w:tblStyle w:val="TableGrid_b0d387ea-8a2e-411e-89e1-b8dda0fa70ee"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3468,62 +3468,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+            <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+      <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4023,629 +4023,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bunntekst">
     <w:name w:val="Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BunntekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8" w:customStyle="1">
-    <w:name w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+  <w:style w:type="paragraph" w:styleId="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a" w:customStyle="1">
+    <w:name w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+    <w:basedOn w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_90c05943-9ff2-4c77-a225-e96d2f163788" w:customStyle="1">
-    <w:name w:val="Normal Table_90c05943-9ff2-4c77-a225-e96d2f163788"/>
+  <w:style w:type="table" w:styleId="NormalTable_e21b96ff-9b58-414f-824b-b5e5fa700ede" w:customStyle="1">
+    <w:name w:val="Normal Table_e21b96ff-9b58-414f-824b-b5e5fa700ede"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_90c05943-9ff2-4c77-a225-e96d2f163788"/>
+    <w:basedOn w:val="NormalTable_e21b96ff-9b58-414f-824b-b5e5fa700ede"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+    <w:basedOn w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_19d87673-d62a-40e2-a891-6c02fddb51b8"/>
+    <w:basedOn w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6fa19617-6f64-4d7b-8558-8edaf9467ba4" w:customStyle="1">
-    <w:name w:val="Normal Table_6fa19617-6f64-4d7b-8558-8edaf9467ba4"/>
+  <w:style w:type="table" w:styleId="NormalTable_65ec2b18-c4c1-421a-b3c3-75e3efee2322" w:customStyle="1">
+    <w:name w:val="Normal Table_65ec2b18-c4c1-421a-b3c3-75e3efee2322"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_69d5cbb5-3576-4eb7-a266-d2d909a32f91" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6fa19617-6f64-4d7b-8558-8edaf9467ba4"/>
+  <w:style w:type="table" w:styleId="TableGrid_32a41692-c961-4fda-adf9-fb7d0dbbed51" w:customStyle="1">
+    <w:name w:val="Table Grid_32a41692-c961-4fda-adf9-fb7d0dbbed51"/>
+    <w:basedOn w:val="NormalTable_65ec2b18-c4c1-421a-b3c3-75e3efee2322"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2bae475f-9e9c-4477-9dab-833d41db7513" w:customStyle="1">
-    <w:name w:val="Normal Table_2bae475f-9e9c-4477-9dab-833d41db7513"/>
+  <w:style w:type="table" w:styleId="NormalTable_e3fda7d4-f13a-4c86-b3b2-d0ca50a28f76" w:customStyle="1">
+    <w:name w:val="Normal Table_e3fda7d4-f13a-4c86-b3b2-d0ca50a28f76"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc99bb52-20e7-4499-aac4-51248c660128" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2bae475f-9e9c-4477-9dab-833d41db7513"/>
+  <w:style w:type="table" w:styleId="TableGrid_c26cab78-3ed5-48e1-881f-58f9b30cd3b7" w:customStyle="1">
+    <w:name w:val="Table Grid_c26cab78-3ed5-48e1-881f-58f9b30cd3b7"/>
+    <w:basedOn w:val="NormalTable_e3fda7d4-f13a-4c86-b3b2-d0ca50a28f76"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db55957b-b06d-496d-9028-0d48e0659bff" w:customStyle="1">
-    <w:name w:val="Normal Table_db55957b-b06d-496d-9028-0d48e0659bff"/>
+  <w:style w:type="table" w:styleId="NormalTable_90b17e8f-e264-4184-9064-f208e0371d6b" w:customStyle="1">
+    <w:name w:val="Normal Table_90b17e8f-e264-4184-9064-f208e0371d6b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e4f4d99b-5f09-4da9-bf75-aaf96b943839" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db55957b-b06d-496d-9028-0d48e0659bff"/>
+  <w:style w:type="table" w:styleId="TableGrid_df1275a3-c20e-4c50-9fcb-15ed26ae780e" w:customStyle="1">
+    <w:name w:val="Table Grid_df1275a3-c20e-4c50-9fcb-15ed26ae780e"/>
+    <w:basedOn w:val="NormalTable_90b17e8f-e264-4184-9064-f208e0371d6b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87847b53-220a-4e0e-bf96-18ed1170781c" w:customStyle="1">
-    <w:name w:val="Normal Table_87847b53-220a-4e0e-bf96-18ed1170781c"/>
+  <w:style w:type="table" w:styleId="NormalTable_2734eb7d-1dc9-4ac7-a20c-957e38c3af81" w:customStyle="1">
+    <w:name w:val="Normal Table_2734eb7d-1dc9-4ac7-a20c-957e38c3af81"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1f34ed5a-9366-4444-a6a3-28233edaab6b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87847b53-220a-4e0e-bf96-18ed1170781c"/>
+  <w:style w:type="table" w:styleId="TableGrid_ab9083c0-61d5-454f-bf45-dadc0f22c25c" w:customStyle="1">
+    <w:name w:val="Table Grid_ab9083c0-61d5-454f-bf45-dadc0f22c25c"/>
+    <w:basedOn w:val="NormalTable_2734eb7d-1dc9-4ac7-a20c-957e38c3af81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d8e585b2-7531-4c3e-a2d0-dea15c80d431" w:customStyle="1">
-    <w:name w:val="Normal Table_d8e585b2-7531-4c3e-a2d0-dea15c80d431"/>
+  <w:style w:type="table" w:styleId="NormalTable_eb188e3f-3dcc-4c97-b64b-e3c26b08b4bc" w:customStyle="1">
+    <w:name w:val="Normal Table_eb188e3f-3dcc-4c97-b64b-e3c26b08b4bc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6dec48a0-7d0c-47f2-b972-a6d6d9009f46" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d8e585b2-7531-4c3e-a2d0-dea15c80d431"/>
+  <w:style w:type="table" w:styleId="TableGrid_6dca7d21-b528-4804-bf5f-60b0eab1b565" w:customStyle="1">
+    <w:name w:val="Table Grid_6dca7d21-b528-4804-bf5f-60b0eab1b565"/>
+    <w:basedOn w:val="NormalTable_eb188e3f-3dcc-4c97-b64b-e3c26b08b4bc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f44aaa5-500f-49d5-bcad-fb3a303c18eb" w:customStyle="1">
-    <w:name w:val="Normal Table_2f44aaa5-500f-49d5-bcad-fb3a303c18eb"/>
+  <w:style w:type="table" w:styleId="NormalTable_69aa3ee0-5a31-4713-b98a-ec7759463ceb" w:customStyle="1">
+    <w:name w:val="Normal Table_69aa3ee0-5a31-4713-b98a-ec7759463ceb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5b76ed6d-52bd-4afa-833d-16a20d1835f2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f44aaa5-500f-49d5-bcad-fb3a303c18eb"/>
+  <w:style w:type="table" w:styleId="TableGrid_86457d5c-e36b-45a0-ae16-798113708c53" w:customStyle="1">
+    <w:name w:val="Table Grid_86457d5c-e36b-45a0-ae16-798113708c53"/>
+    <w:basedOn w:val="NormalTable_69aa3ee0-5a31-4713-b98a-ec7759463ceb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e9ef451d-d282-4e04-a25b-fcf98b835d3f" w:customStyle="1">
-    <w:name w:val="Normal Table_e9ef451d-d282-4e04-a25b-fcf98b835d3f"/>
+  <w:style w:type="table" w:styleId="NormalTable_37a61ae9-65ce-4da6-a6a5-2a028ce1fda4" w:customStyle="1">
+    <w:name w:val="Normal Table_37a61ae9-65ce-4da6-a6a5-2a028ce1fda4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_28e34331-39ed-47a4-988e-c0b98d5fad43" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e9ef451d-d282-4e04-a25b-fcf98b835d3f"/>
+  <w:style w:type="table" w:styleId="TableGrid_0b327fd0-1fb0-4f8f-908c-b3b8b27b755d" w:customStyle="1">
+    <w:name w:val="Table Grid_0b327fd0-1fb0-4f8f-908c-b3b8b27b755d"/>
+    <w:basedOn w:val="NormalTable_37a61ae9-65ce-4da6-a6a5-2a028ce1fda4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_011a9d41-804a-4477-9cd8-7facf0c02bba" w:customStyle="1">
-    <w:name w:val="Normal Table_011a9d41-804a-4477-9cd8-7facf0c02bba"/>
+  <w:style w:type="table" w:styleId="NormalTable_67cae5e3-6804-4afe-a03d-5f3c26ddd86d" w:customStyle="1">
+    <w:name w:val="Normal Table_67cae5e3-6804-4afe-a03d-5f3c26ddd86d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a19f6392-9b10-48f9-a763-603ff470b225" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_011a9d41-804a-4477-9cd8-7facf0c02bba"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0d387ea-8a2e-411e-89e1-b8dda0fa70ee" w:customStyle="1">
+    <w:name w:val="Table Grid_b0d387ea-8a2e-411e-89e1-b8dda0fa70ee"/>
+    <w:basedOn w:val="NormalTable_67cae5e3-6804-4afe-a03d-5f3c26ddd86d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7eeaf345-2f0a-46c7-8168-0985dca8c49e" w:customStyle="1">
-    <w:name w:val="Normal Table_7eeaf345-2f0a-46c7-8168-0985dca8c49e"/>
+  <w:style w:type="table" w:styleId="NormalTable_4d70eeff-f519-4b68-acb3-50e4c35d544e" w:customStyle="1">
+    <w:name w:val="Normal Table_4d70eeff-f519-4b68-acb3-50e4c35d544e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4ed6d49b-8f7c-4688-a4fe-6d241f17f025" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7eeaf345-2f0a-46c7-8168-0985dca8c49e"/>
+  <w:style w:type="table" w:styleId="TableGrid_57263227-9802-4eaf-92b4-ce543af068b4" w:customStyle="1">
+    <w:name w:val="Table Grid_57263227-9802-4eaf-92b4-ce543af068b4"/>
+    <w:basedOn w:val="NormalTable_4d70eeff-f519-4b68-acb3-50e4c35d544e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>