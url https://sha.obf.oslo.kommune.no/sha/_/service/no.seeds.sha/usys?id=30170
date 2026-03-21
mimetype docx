--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -2808,51 +2808,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6dca7d21-b528-4804-bf5f-60b0eab1b565"/>
+      <w:tblStyle w:val="TableGrid_25299646-f786-4f8d-bc80-d6d27e45e5f4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7654"/>
       <w:gridCol w:w="7653"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2863,51 +2863,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:58 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:47:13 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2935,51 +2935,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_86457d5c-e36b-45a0-ae16-798113708c53"/>
+      <w:tblStyle w:val="TableGrid_e6913190-a312-432f-b9ec-61e154f1608c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="10270"/>
       <w:gridCol w:w="3685"/>
       <w:gridCol w:w="1352"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3037,51 +3037,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1352"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+            <w:pStyle w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3094,59 +3094,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+      <w:pStyle w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_57263227-9802-4eaf-92b4-ce543af068b4"/>
+      <w:tblStyle w:val="TableGrid_c5b20384-8bfe-4c8d-af0e-c9658a9af529"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9950"/>
       <w:gridCol w:w="5357"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3157,51 +3157,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9950"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0b327fd0-1fb0-4f8f-908c-b3b8b27b755d"/>
+            <w:tblStyle w:val="TableGrid_fbe7b84e-2a32-4d0e-9436-762b61547204"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3302,72 +3302,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+            <w:pStyle w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5357"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b0d387ea-8a2e-411e-89e1-b8dda0fa70ee"/>
+            <w:tblStyle w:val="TableGrid_1eaf23fd-d6a6-4718-9c9b-13c4b32cc15a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3468,62 +3468,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+            <w:pStyle w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+      <w:pStyle w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4023,629 +4023,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bunntekst">
     <w:name w:val="Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BunntekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a" w:customStyle="1">
-    <w:name w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c744374c-5856-4940-9440-696e7c04b140" w:customStyle="1">
+    <w:name w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+    <w:basedOn w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e21b96ff-9b58-414f-824b-b5e5fa700ede" w:customStyle="1">
-    <w:name w:val="Normal Table_e21b96ff-9b58-414f-824b-b5e5fa700ede"/>
+  <w:style w:type="table" w:styleId="NormalTable_da15472c-4555-41b5-a8c6-b2882328a083" w:customStyle="1">
+    <w:name w:val="Normal Table_da15472c-4555-41b5-a8c6-b2882328a083"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_e21b96ff-9b58-414f-824b-b5e5fa700ede"/>
+    <w:basedOn w:val="NormalTable_da15472c-4555-41b5-a8c6-b2882328a083"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+    <w:basedOn w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_d743bd8f-c7a9-49f4-b51d-944ece659e8a"/>
+    <w:basedOn w:val="Normal_c744374c-5856-4940-9440-696e7c04b140"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65ec2b18-c4c1-421a-b3c3-75e3efee2322" w:customStyle="1">
-    <w:name w:val="Normal Table_65ec2b18-c4c1-421a-b3c3-75e3efee2322"/>
+  <w:style w:type="table" w:styleId="NormalTable_53a62950-8820-4013-849b-45dbec8627e8" w:customStyle="1">
+    <w:name w:val="Normal Table_53a62950-8820-4013-849b-45dbec8627e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_32a41692-c961-4fda-adf9-fb7d0dbbed51" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65ec2b18-c4c1-421a-b3c3-75e3efee2322"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ebb8488-c67f-4d75-8b5b-15b5ea035829" w:customStyle="1">
+    <w:name w:val="Table Grid_9ebb8488-c67f-4d75-8b5b-15b5ea035829"/>
+    <w:basedOn w:val="NormalTable_53a62950-8820-4013-849b-45dbec8627e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e3fda7d4-f13a-4c86-b3b2-d0ca50a28f76" w:customStyle="1">
-    <w:name w:val="Normal Table_e3fda7d4-f13a-4c86-b3b2-d0ca50a28f76"/>
+  <w:style w:type="table" w:styleId="NormalTable_96715fdb-e0e6-4dcd-abfd-ed3908bc036d" w:customStyle="1">
+    <w:name w:val="Normal Table_96715fdb-e0e6-4dcd-abfd-ed3908bc036d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c26cab78-3ed5-48e1-881f-58f9b30cd3b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e3fda7d4-f13a-4c86-b3b2-d0ca50a28f76"/>
+  <w:style w:type="table" w:styleId="TableGrid_ccfe21fa-1a04-4125-b9fd-30248c89dd4d" w:customStyle="1">
+    <w:name w:val="Table Grid_ccfe21fa-1a04-4125-b9fd-30248c89dd4d"/>
+    <w:basedOn w:val="NormalTable_96715fdb-e0e6-4dcd-abfd-ed3908bc036d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_90b17e8f-e264-4184-9064-f208e0371d6b" w:customStyle="1">
-    <w:name w:val="Normal Table_90b17e8f-e264-4184-9064-f208e0371d6b"/>
+  <w:style w:type="table" w:styleId="NormalTable_2a358706-34e0-417c-a902-5cf08a3f0673" w:customStyle="1">
+    <w:name w:val="Normal Table_2a358706-34e0-417c-a902-5cf08a3f0673"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_df1275a3-c20e-4c50-9fcb-15ed26ae780e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_90b17e8f-e264-4184-9064-f208e0371d6b"/>
+  <w:style w:type="table" w:styleId="TableGrid_f2da3d89-fc31-45f1-aa0b-b2b48c676438" w:customStyle="1">
+    <w:name w:val="Table Grid_f2da3d89-fc31-45f1-aa0b-b2b48c676438"/>
+    <w:basedOn w:val="NormalTable_2a358706-34e0-417c-a902-5cf08a3f0673"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2734eb7d-1dc9-4ac7-a20c-957e38c3af81" w:customStyle="1">
-    <w:name w:val="Normal Table_2734eb7d-1dc9-4ac7-a20c-957e38c3af81"/>
+  <w:style w:type="table" w:styleId="NormalTable_04c5c948-58f5-407b-9d89-439875efb475" w:customStyle="1">
+    <w:name w:val="Normal Table_04c5c948-58f5-407b-9d89-439875efb475"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ab9083c0-61d5-454f-bf45-dadc0f22c25c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2734eb7d-1dc9-4ac7-a20c-957e38c3af81"/>
+  <w:style w:type="table" w:styleId="TableGrid_6eee9c0d-e0f1-4de9-944d-cd6c629f75aa" w:customStyle="1">
+    <w:name w:val="Table Grid_6eee9c0d-e0f1-4de9-944d-cd6c629f75aa"/>
+    <w:basedOn w:val="NormalTable_04c5c948-58f5-407b-9d89-439875efb475"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eb188e3f-3dcc-4c97-b64b-e3c26b08b4bc" w:customStyle="1">
-    <w:name w:val="Normal Table_eb188e3f-3dcc-4c97-b64b-e3c26b08b4bc"/>
+  <w:style w:type="table" w:styleId="NormalTable_8567dd24-5526-4a4d-8d69-4bd7d48c653e" w:customStyle="1">
+    <w:name w:val="Normal Table_8567dd24-5526-4a4d-8d69-4bd7d48c653e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6dca7d21-b528-4804-bf5f-60b0eab1b565" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eb188e3f-3dcc-4c97-b64b-e3c26b08b4bc"/>
+  <w:style w:type="table" w:styleId="TableGrid_25299646-f786-4f8d-bc80-d6d27e45e5f4" w:customStyle="1">
+    <w:name w:val="Table Grid_25299646-f786-4f8d-bc80-d6d27e45e5f4"/>
+    <w:basedOn w:val="NormalTable_8567dd24-5526-4a4d-8d69-4bd7d48c653e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_69aa3ee0-5a31-4713-b98a-ec7759463ceb" w:customStyle="1">
-    <w:name w:val="Normal Table_69aa3ee0-5a31-4713-b98a-ec7759463ceb"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0697a4b-c061-40e9-a7c8-bbc33a6b9e2e" w:customStyle="1">
+    <w:name w:val="Normal Table_c0697a4b-c061-40e9-a7c8-bbc33a6b9e2e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86457d5c-e36b-45a0-ae16-798113708c53" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_69aa3ee0-5a31-4713-b98a-ec7759463ceb"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6913190-a312-432f-b9ec-61e154f1608c" w:customStyle="1">
+    <w:name w:val="Table Grid_e6913190-a312-432f-b9ec-61e154f1608c"/>
+    <w:basedOn w:val="NormalTable_c0697a4b-c061-40e9-a7c8-bbc33a6b9e2e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37a61ae9-65ce-4da6-a6a5-2a028ce1fda4" w:customStyle="1">
-    <w:name w:val="Normal Table_37a61ae9-65ce-4da6-a6a5-2a028ce1fda4"/>
+  <w:style w:type="table" w:styleId="NormalTable_3e9ba31c-c7a2-492f-919e-aea303eba066" w:customStyle="1">
+    <w:name w:val="Normal Table_3e9ba31c-c7a2-492f-919e-aea303eba066"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0b327fd0-1fb0-4f8f-908c-b3b8b27b755d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37a61ae9-65ce-4da6-a6a5-2a028ce1fda4"/>
+  <w:style w:type="table" w:styleId="TableGrid_fbe7b84e-2a32-4d0e-9436-762b61547204" w:customStyle="1">
+    <w:name w:val="Table Grid_fbe7b84e-2a32-4d0e-9436-762b61547204"/>
+    <w:basedOn w:val="NormalTable_3e9ba31c-c7a2-492f-919e-aea303eba066"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_67cae5e3-6804-4afe-a03d-5f3c26ddd86d" w:customStyle="1">
-    <w:name w:val="Normal Table_67cae5e3-6804-4afe-a03d-5f3c26ddd86d"/>
+  <w:style w:type="table" w:styleId="NormalTable_084df65a-0dd2-4b8c-bc03-ed7e34abfd71" w:customStyle="1">
+    <w:name w:val="Normal Table_084df65a-0dd2-4b8c-bc03-ed7e34abfd71"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0d387ea-8a2e-411e-89e1-b8dda0fa70ee" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_67cae5e3-6804-4afe-a03d-5f3c26ddd86d"/>
+  <w:style w:type="table" w:styleId="TableGrid_1eaf23fd-d6a6-4718-9c9b-13c4b32cc15a" w:customStyle="1">
+    <w:name w:val="Table Grid_1eaf23fd-d6a6-4718-9c9b-13c4b32cc15a"/>
+    <w:basedOn w:val="NormalTable_084df65a-0dd2-4b8c-bc03-ed7e34abfd71"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4d70eeff-f519-4b68-acb3-50e4c35d544e" w:customStyle="1">
-    <w:name w:val="Normal Table_4d70eeff-f519-4b68-acb3-50e4c35d544e"/>
+  <w:style w:type="table" w:styleId="NormalTable_bc220fff-60ac-486c-b4e9-94cc588ea0e5" w:customStyle="1">
+    <w:name w:val="Normal Table_bc220fff-60ac-486c-b4e9-94cc588ea0e5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_57263227-9802-4eaf-92b4-ce543af068b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4d70eeff-f519-4b68-acb3-50e4c35d544e"/>
+  <w:style w:type="table" w:styleId="TableGrid_c5b20384-8bfe-4c8d-af0e-c9658a9af529" w:customStyle="1">
+    <w:name w:val="Table Grid_c5b20384-8bfe-4c8d-af0e-c9658a9af529"/>
+    <w:basedOn w:val="NormalTable_bc220fff-60ac-486c-b4e9-94cc588ea0e5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>