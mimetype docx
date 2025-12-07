--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -3253,89 +3253,106 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2033fc93-e773-491f-aaba-09821b66953c"/>
+      <w:tblStyle w:val="TableGrid_c34b8b3b-005b-46c5-8ee5-351d4bafd7e6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:50:21 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:30:01 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3363,74 +3380,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_64bd64b2-69a2-4b6c-aa98-caf73752c5a5"/>
+      <w:tblStyle w:val="TableGrid_687d9219-0f94-465e-9e77-c31d23575e01"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 120. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -3448,408 +3482,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+            <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+      <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_49195155-6f44-4589-b34a-e33ec486f8ad"/>
+      <w:tblStyle w:val="TableGrid_7e749555-7b2e-4bb2-968e-11544d7c0001"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f95e9bb5-aee9-42e7-90cc-4d343b653c30"/>
+            <w:tblStyle w:val="TableGrid_c86f7bc0-cb59-4c21-b7dd-a67d82cfe985"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+            <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a3fcbee6-3965-4b6e-a413-5e38996d01d9"/>
+            <w:tblStyle w:val="TableGrid_2901c331-e9a5-4c6e-8bd8-e20bfe393156"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+            <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+      <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="33CC4D0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4151,51 +4270,51 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -4681,629 +4800,629 @@
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_ac8396dc-a634-485e-837d-e0671a18d269" w:customStyle="1">
-    <w:name w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+  <w:style w:type="paragraph" w:styleId="Normal_157c804e-70f9-4fd6-bec3-db30da342702" w:customStyle="1">
+    <w:name w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+    <w:basedOn w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a3d245ac-a257-4ff9-8317-79b5da9c6362" w:customStyle="1">
-    <w:name w:val="Normal Table_a3d245ac-a257-4ff9-8317-79b5da9c6362"/>
+  <w:style w:type="table" w:styleId="NormalTable_42afb689-08ac-4f65-8f2e-cc2c7347b4b0" w:customStyle="1">
+    <w:name w:val="Normal Table_42afb689-08ac-4f65-8f2e-cc2c7347b4b0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_a3d245ac-a257-4ff9-8317-79b5da9c6362"/>
+    <w:basedOn w:val="NormalTable_42afb689-08ac-4f65-8f2e-cc2c7347b4b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+    <w:basedOn w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_ac8396dc-a634-485e-837d-e0671a18d269"/>
+    <w:basedOn w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5883953a-c796-43fc-8cb3-c0b49adcdc4c" w:customStyle="1">
-    <w:name w:val="Normal Table_5883953a-c796-43fc-8cb3-c0b49adcdc4c"/>
+  <w:style w:type="table" w:styleId="NormalTable_540b4dbb-d7a6-45eb-9c3d-892d126dc9df" w:customStyle="1">
+    <w:name w:val="Normal Table_540b4dbb-d7a6-45eb-9c3d-892d126dc9df"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_326b1f45-bde8-4c8b-90bb-130b9c61d984" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5883953a-c796-43fc-8cb3-c0b49adcdc4c"/>
+  <w:style w:type="table" w:styleId="TableGrid_7176ba23-04f6-44a0-ba2d-cf6a0ade04d6" w:customStyle="1">
+    <w:name w:val="Table Grid_7176ba23-04f6-44a0-ba2d-cf6a0ade04d6"/>
+    <w:basedOn w:val="NormalTable_540b4dbb-d7a6-45eb-9c3d-892d126dc9df"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ca14450e-90c9-44a3-b519-44cf014db58b" w:customStyle="1">
-    <w:name w:val="Normal Table_ca14450e-90c9-44a3-b519-44cf014db58b"/>
+  <w:style w:type="table" w:styleId="NormalTable_e56d17eb-2f52-474a-90da-bc8772e90882" w:customStyle="1">
+    <w:name w:val="Normal Table_e56d17eb-2f52-474a-90da-bc8772e90882"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc4c49fa-7167-4fe3-be55-98de46d9dacb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ca14450e-90c9-44a3-b519-44cf014db58b"/>
+  <w:style w:type="table" w:styleId="TableGrid_752122cb-272b-4e0d-b7e2-e7d091ba55d1" w:customStyle="1">
+    <w:name w:val="Table Grid_752122cb-272b-4e0d-b7e2-e7d091ba55d1"/>
+    <w:basedOn w:val="NormalTable_e56d17eb-2f52-474a-90da-bc8772e90882"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c4d29942-a056-49f8-a86c-8dc7ef932d0e" w:customStyle="1">
-    <w:name w:val="Normal Table_c4d29942-a056-49f8-a86c-8dc7ef932d0e"/>
+  <w:style w:type="table" w:styleId="NormalTable_131a6356-c084-4411-a99e-3af674f20c7b" w:customStyle="1">
+    <w:name w:val="Normal Table_131a6356-c084-4411-a99e-3af674f20c7b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_281795f7-6665-4fa0-a974-c062bd09f2c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c4d29942-a056-49f8-a86c-8dc7ef932d0e"/>
+  <w:style w:type="table" w:styleId="TableGrid_670558ff-7e84-42aa-969a-7dd6a95b3f81" w:customStyle="1">
+    <w:name w:val="Table Grid_670558ff-7e84-42aa-969a-7dd6a95b3f81"/>
+    <w:basedOn w:val="NormalTable_131a6356-c084-4411-a99e-3af674f20c7b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6f87f206-a287-4753-8d12-67d7bd19e976" w:customStyle="1">
-    <w:name w:val="Normal Table_6f87f206-a287-4753-8d12-67d7bd19e976"/>
+  <w:style w:type="table" w:styleId="NormalTable_589aaeb5-225a-43a8-9da2-9042a772e4b4" w:customStyle="1">
+    <w:name w:val="Normal Table_589aaeb5-225a-43a8-9da2-9042a772e4b4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0534feee-f806-4d1e-a235-0c554add6824" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6f87f206-a287-4753-8d12-67d7bd19e976"/>
+  <w:style w:type="table" w:styleId="TableGrid_e74e0b84-67cd-48e6-9be5-e004c25effcc" w:customStyle="1">
+    <w:name w:val="Table Grid_e74e0b84-67cd-48e6-9be5-e004c25effcc"/>
+    <w:basedOn w:val="NormalTable_589aaeb5-225a-43a8-9da2-9042a772e4b4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_20d11428-cf36-4d08-a461-e5477a5f9f95" w:customStyle="1">
-    <w:name w:val="Normal Table_20d11428-cf36-4d08-a461-e5477a5f9f95"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ae8f8e7-a2cc-41bf-b093-0c48e6d8c5e7" w:customStyle="1">
+    <w:name w:val="Normal Table_2ae8f8e7-a2cc-41bf-b093-0c48e6d8c5e7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2033fc93-e773-491f-aaba-09821b66953c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_20d11428-cf36-4d08-a461-e5477a5f9f95"/>
+  <w:style w:type="table" w:styleId="TableGrid_c34b8b3b-005b-46c5-8ee5-351d4bafd7e6" w:customStyle="1">
+    <w:name w:val="Table Grid_c34b8b3b-005b-46c5-8ee5-351d4bafd7e6"/>
+    <w:basedOn w:val="NormalTable_2ae8f8e7-a2cc-41bf-b093-0c48e6d8c5e7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f17d1e6e-f7ce-4bde-aceb-9cbb6bf142eb" w:customStyle="1">
-    <w:name w:val="Normal Table_f17d1e6e-f7ce-4bde-aceb-9cbb6bf142eb"/>
+  <w:style w:type="table" w:styleId="NormalTable_3bb29ab2-150b-49a5-a7c7-baa90b6b7d43" w:customStyle="1">
+    <w:name w:val="Normal Table_3bb29ab2-150b-49a5-a7c7-baa90b6b7d43"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_64bd64b2-69a2-4b6c-aa98-caf73752c5a5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f17d1e6e-f7ce-4bde-aceb-9cbb6bf142eb"/>
+  <w:style w:type="table" w:styleId="TableGrid_687d9219-0f94-465e-9e77-c31d23575e01" w:customStyle="1">
+    <w:name w:val="Table Grid_687d9219-0f94-465e-9e77-c31d23575e01"/>
+    <w:basedOn w:val="NormalTable_3bb29ab2-150b-49a5-a7c7-baa90b6b7d43"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee982ae7-f309-4d72-ba09-0c4036ec6e8c" w:customStyle="1">
-    <w:name w:val="Normal Table_ee982ae7-f309-4d72-ba09-0c4036ec6e8c"/>
+  <w:style w:type="table" w:styleId="NormalTable_0ef569c9-af0f-4522-a9b5-d8a84b895408" w:customStyle="1">
+    <w:name w:val="Normal Table_0ef569c9-af0f-4522-a9b5-d8a84b895408"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f95e9bb5-aee9-42e7-90cc-4d343b653c30" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee982ae7-f309-4d72-ba09-0c4036ec6e8c"/>
+  <w:style w:type="table" w:styleId="TableGrid_c86f7bc0-cb59-4c21-b7dd-a67d82cfe985" w:customStyle="1">
+    <w:name w:val="Table Grid_c86f7bc0-cb59-4c21-b7dd-a67d82cfe985"/>
+    <w:basedOn w:val="NormalTable_0ef569c9-af0f-4522-a9b5-d8a84b895408"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9e5c1fbd-55cb-44d5-a0ed-5dae44099060" w:customStyle="1">
-    <w:name w:val="Normal Table_9e5c1fbd-55cb-44d5-a0ed-5dae44099060"/>
+  <w:style w:type="table" w:styleId="NormalTable_ba8128f6-86d2-499d-a4d9-f6f216e3dc29" w:customStyle="1">
+    <w:name w:val="Normal Table_ba8128f6-86d2-499d-a4d9-f6f216e3dc29"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a3fcbee6-3965-4b6e-a413-5e38996d01d9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9e5c1fbd-55cb-44d5-a0ed-5dae44099060"/>
+  <w:style w:type="table" w:styleId="TableGrid_2901c331-e9a5-4c6e-8bd8-e20bfe393156" w:customStyle="1">
+    <w:name w:val="Table Grid_2901c331-e9a5-4c6e-8bd8-e20bfe393156"/>
+    <w:basedOn w:val="NormalTable_ba8128f6-86d2-499d-a4d9-f6f216e3dc29"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5c998c97-1094-4bbf-b9a0-10abc3ecfdf8" w:customStyle="1">
-    <w:name w:val="Normal Table_5c998c97-1094-4bbf-b9a0-10abc3ecfdf8"/>
+  <w:style w:type="table" w:styleId="NormalTable_ec66e1d7-a4f1-4373-98b4-2615a0fd20dc" w:customStyle="1">
+    <w:name w:val="Normal Table_ec66e1d7-a4f1-4373-98b4-2615a0fd20dc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_49195155-6f44-4589-b34a-e33ec486f8ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5c998c97-1094-4bbf-b9a0-10abc3ecfdf8"/>
+  <w:style w:type="table" w:styleId="TableGrid_7e749555-7b2e-4bb2-968e-11544d7c0001" w:customStyle="1">
+    <w:name w:val="Table Grid_7e749555-7b2e-4bb2-968e-11544d7c0001"/>
+    <w:basedOn w:val="NormalTable_ec66e1d7-a4f1-4373-98b4-2615a0fd20dc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>