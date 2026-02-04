--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -3253,51 +3253,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c34b8b3b-005b-46c5-8ee5-351d4bafd7e6"/>
+      <w:tblStyle w:val="TableGrid_e37145ba-13fd-4dd8-9542-afc1e37e81e0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3308,51 +3308,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:30:01 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:55 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3380,51 +3380,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_687d9219-0f94-465e-9e77-c31d23575e01"/>
+      <w:tblStyle w:val="TableGrid_9eb7955f-2ef0-4f37-ad0c-80a347657074"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3482,51 +3482,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+            <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3539,59 +3539,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+      <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7e749555-7b2e-4bb2-968e-11544d7c0001"/>
+      <w:tblStyle w:val="TableGrid_9c24fc02-27c0-44e3-8414-ad45d903f908"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3602,51 +3602,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c86f7bc0-cb59-4c21-b7dd-a67d82cfe985"/>
+            <w:tblStyle w:val="TableGrid_a2668bce-74c2-4b6b-9f65-1067a3467bf6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3747,72 +3747,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+            <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2901c331-e9a5-4c6e-8bd8-e20bfe393156"/>
+            <w:tblStyle w:val="TableGrid_27af931f-2287-437f-8429-d311ff201c8d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3913,62 +3913,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+            <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+      <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="33CC4D0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4800,629 +4800,629 @@
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_157c804e-70f9-4fd6-bec3-db30da342702" w:customStyle="1">
-    <w:name w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+  <w:style w:type="paragraph" w:styleId="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8" w:customStyle="1">
+    <w:name w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+    <w:basedOn w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_42afb689-08ac-4f65-8f2e-cc2c7347b4b0" w:customStyle="1">
-    <w:name w:val="Normal Table_42afb689-08ac-4f65-8f2e-cc2c7347b4b0"/>
+  <w:style w:type="table" w:styleId="NormalTable_1caff2a9-da8b-4199-8084-b3b8c8847d72" w:customStyle="1">
+    <w:name w:val="Normal Table_1caff2a9-da8b-4199-8084-b3b8c8847d72"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_42afb689-08ac-4f65-8f2e-cc2c7347b4b0"/>
+    <w:basedOn w:val="NormalTable_1caff2a9-da8b-4199-8084-b3b8c8847d72"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+    <w:basedOn w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_157c804e-70f9-4fd6-bec3-db30da342702"/>
+    <w:basedOn w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_540b4dbb-d7a6-45eb-9c3d-892d126dc9df" w:customStyle="1">
-    <w:name w:val="Normal Table_540b4dbb-d7a6-45eb-9c3d-892d126dc9df"/>
+  <w:style w:type="table" w:styleId="NormalTable_9002e872-0309-479d-be2c-1d8eac189e90" w:customStyle="1">
+    <w:name w:val="Normal Table_9002e872-0309-479d-be2c-1d8eac189e90"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7176ba23-04f6-44a0-ba2d-cf6a0ade04d6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_540b4dbb-d7a6-45eb-9c3d-892d126dc9df"/>
+  <w:style w:type="table" w:styleId="TableGrid_5264ec4a-510c-4dd5-9936-5f4172e348b3" w:customStyle="1">
+    <w:name w:val="Table Grid_5264ec4a-510c-4dd5-9936-5f4172e348b3"/>
+    <w:basedOn w:val="NormalTable_9002e872-0309-479d-be2c-1d8eac189e90"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e56d17eb-2f52-474a-90da-bc8772e90882" w:customStyle="1">
-    <w:name w:val="Normal Table_e56d17eb-2f52-474a-90da-bc8772e90882"/>
+  <w:style w:type="table" w:styleId="NormalTable_97e1f3c2-948b-4cc8-a289-629bd4d2585e" w:customStyle="1">
+    <w:name w:val="Normal Table_97e1f3c2-948b-4cc8-a289-629bd4d2585e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_752122cb-272b-4e0d-b7e2-e7d091ba55d1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e56d17eb-2f52-474a-90da-bc8772e90882"/>
+  <w:style w:type="table" w:styleId="TableGrid_720f3527-abdb-4ed8-93aa-7db6684738b4" w:customStyle="1">
+    <w:name w:val="Table Grid_720f3527-abdb-4ed8-93aa-7db6684738b4"/>
+    <w:basedOn w:val="NormalTable_97e1f3c2-948b-4cc8-a289-629bd4d2585e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_131a6356-c084-4411-a99e-3af674f20c7b" w:customStyle="1">
-    <w:name w:val="Normal Table_131a6356-c084-4411-a99e-3af674f20c7b"/>
+  <w:style w:type="table" w:styleId="NormalTable_68754e77-7112-4a84-a549-40753fc53874" w:customStyle="1">
+    <w:name w:val="Normal Table_68754e77-7112-4a84-a549-40753fc53874"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_670558ff-7e84-42aa-969a-7dd6a95b3f81" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_131a6356-c084-4411-a99e-3af674f20c7b"/>
+  <w:style w:type="table" w:styleId="TableGrid_5a95c63d-97d5-4543-a211-32fafafea8db" w:customStyle="1">
+    <w:name w:val="Table Grid_5a95c63d-97d5-4543-a211-32fafafea8db"/>
+    <w:basedOn w:val="NormalTable_68754e77-7112-4a84-a549-40753fc53874"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_589aaeb5-225a-43a8-9da2-9042a772e4b4" w:customStyle="1">
-    <w:name w:val="Normal Table_589aaeb5-225a-43a8-9da2-9042a772e4b4"/>
+  <w:style w:type="table" w:styleId="NormalTable_b01865b0-0001-4603-a794-dc6e9ca8f2ef" w:customStyle="1">
+    <w:name w:val="Normal Table_b01865b0-0001-4603-a794-dc6e9ca8f2ef"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e74e0b84-67cd-48e6-9be5-e004c25effcc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_589aaeb5-225a-43a8-9da2-9042a772e4b4"/>
+  <w:style w:type="table" w:styleId="TableGrid_25021766-8b8a-4dec-ab59-c8a7612b1437" w:customStyle="1">
+    <w:name w:val="Table Grid_25021766-8b8a-4dec-ab59-c8a7612b1437"/>
+    <w:basedOn w:val="NormalTable_b01865b0-0001-4603-a794-dc6e9ca8f2ef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ae8f8e7-a2cc-41bf-b093-0c48e6d8c5e7" w:customStyle="1">
-    <w:name w:val="Normal Table_2ae8f8e7-a2cc-41bf-b093-0c48e6d8c5e7"/>
+  <w:style w:type="table" w:styleId="NormalTable_63a9a889-d44a-44c8-8737-ff07a000b344" w:customStyle="1">
+    <w:name w:val="Normal Table_63a9a889-d44a-44c8-8737-ff07a000b344"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c34b8b3b-005b-46c5-8ee5-351d4bafd7e6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ae8f8e7-a2cc-41bf-b093-0c48e6d8c5e7"/>
+  <w:style w:type="table" w:styleId="TableGrid_e37145ba-13fd-4dd8-9542-afc1e37e81e0" w:customStyle="1">
+    <w:name w:val="Table Grid_e37145ba-13fd-4dd8-9542-afc1e37e81e0"/>
+    <w:basedOn w:val="NormalTable_63a9a889-d44a-44c8-8737-ff07a000b344"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3bb29ab2-150b-49a5-a7c7-baa90b6b7d43" w:customStyle="1">
-    <w:name w:val="Normal Table_3bb29ab2-150b-49a5-a7c7-baa90b6b7d43"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1c34b99-8675-468e-b0ce-09369d2ede34" w:customStyle="1">
+    <w:name w:val="Normal Table_c1c34b99-8675-468e-b0ce-09369d2ede34"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_687d9219-0f94-465e-9e77-c31d23575e01" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3bb29ab2-150b-49a5-a7c7-baa90b6b7d43"/>
+  <w:style w:type="table" w:styleId="TableGrid_9eb7955f-2ef0-4f37-ad0c-80a347657074" w:customStyle="1">
+    <w:name w:val="Table Grid_9eb7955f-2ef0-4f37-ad0c-80a347657074"/>
+    <w:basedOn w:val="NormalTable_c1c34b99-8675-468e-b0ce-09369d2ede34"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0ef569c9-af0f-4522-a9b5-d8a84b895408" w:customStyle="1">
-    <w:name w:val="Normal Table_0ef569c9-af0f-4522-a9b5-d8a84b895408"/>
+  <w:style w:type="table" w:styleId="NormalTable_6f05c729-95e4-44da-8d63-f1025ae37a9a" w:customStyle="1">
+    <w:name w:val="Normal Table_6f05c729-95e4-44da-8d63-f1025ae37a9a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c86f7bc0-cb59-4c21-b7dd-a67d82cfe985" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0ef569c9-af0f-4522-a9b5-d8a84b895408"/>
+  <w:style w:type="table" w:styleId="TableGrid_a2668bce-74c2-4b6b-9f65-1067a3467bf6" w:customStyle="1">
+    <w:name w:val="Table Grid_a2668bce-74c2-4b6b-9f65-1067a3467bf6"/>
+    <w:basedOn w:val="NormalTable_6f05c729-95e4-44da-8d63-f1025ae37a9a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ba8128f6-86d2-499d-a4d9-f6f216e3dc29" w:customStyle="1">
-    <w:name w:val="Normal Table_ba8128f6-86d2-499d-a4d9-f6f216e3dc29"/>
+  <w:style w:type="table" w:styleId="NormalTable_67743312-1024-4b5f-9e4d-2c03cdd25f09" w:customStyle="1">
+    <w:name w:val="Normal Table_67743312-1024-4b5f-9e4d-2c03cdd25f09"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2901c331-e9a5-4c6e-8bd8-e20bfe393156" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ba8128f6-86d2-499d-a4d9-f6f216e3dc29"/>
+  <w:style w:type="table" w:styleId="TableGrid_27af931f-2287-437f-8429-d311ff201c8d" w:customStyle="1">
+    <w:name w:val="Table Grid_27af931f-2287-437f-8429-d311ff201c8d"/>
+    <w:basedOn w:val="NormalTable_67743312-1024-4b5f-9e4d-2c03cdd25f09"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ec66e1d7-a4f1-4373-98b4-2615a0fd20dc" w:customStyle="1">
-    <w:name w:val="Normal Table_ec66e1d7-a4f1-4373-98b4-2615a0fd20dc"/>
+  <w:style w:type="table" w:styleId="NormalTable_55896b01-01da-4ea7-9234-9b85ac4e9c5a" w:customStyle="1">
+    <w:name w:val="Normal Table_55896b01-01da-4ea7-9234-9b85ac4e9c5a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7e749555-7b2e-4bb2-968e-11544d7c0001" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ec66e1d7-a4f1-4373-98b4-2615a0fd20dc"/>
+  <w:style w:type="table" w:styleId="TableGrid_9c24fc02-27c0-44e3-8414-ad45d903f908" w:customStyle="1">
+    <w:name w:val="Table Grid_9c24fc02-27c0-44e3-8414-ad45d903f908"/>
+    <w:basedOn w:val="NormalTable_55896b01-01da-4ea7-9234-9b85ac4e9c5a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>