--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -3253,51 +3253,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e37145ba-13fd-4dd8-9542-afc1e37e81e0"/>
+      <w:tblStyle w:val="TableGrid_a57390c5-a728-440f-bb88-d6aadf4cb6a6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3308,51 +3308,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:55 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:40 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3380,51 +3380,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9eb7955f-2ef0-4f37-ad0c-80a347657074"/>
+      <w:tblStyle w:val="TableGrid_5b69d829-d642-44c1-8da0-ec9c282e0efd"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3482,51 +3482,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+            <w:pStyle w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3539,59 +3539,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+      <w:pStyle w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9c24fc02-27c0-44e3-8414-ad45d903f908"/>
+      <w:tblStyle w:val="TableGrid_fed7ae20-7080-4941-9981-19a9be0c9fc6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3602,51 +3602,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a2668bce-74c2-4b6b-9f65-1067a3467bf6"/>
+            <w:tblStyle w:val="TableGrid_b3e93b35-6862-4444-9aa7-ff19c7c35878"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3747,72 +3747,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+            <w:pStyle w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_27af931f-2287-437f-8429-d311ff201c8d"/>
+            <w:tblStyle w:val="TableGrid_6a44c835-eb12-4552-a7d3-72024d6b6b23"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3913,62 +3913,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+            <w:pStyle w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+      <w:pStyle w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="33CC4D0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4800,629 +4800,629 @@
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8" w:customStyle="1">
-    <w:name w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+  <w:style w:type="paragraph" w:styleId="Normal_877de7bc-356a-4e62-9088-9d852d1cc710" w:customStyle="1">
+    <w:name w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+    <w:basedOn w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1caff2a9-da8b-4199-8084-b3b8c8847d72" w:customStyle="1">
-    <w:name w:val="Normal Table_1caff2a9-da8b-4199-8084-b3b8c8847d72"/>
+  <w:style w:type="table" w:styleId="NormalTable_60e1e19b-fb7e-47a0-9ac1-561370f7a5fe" w:customStyle="1">
+    <w:name w:val="Normal Table_60e1e19b-fb7e-47a0-9ac1-561370f7a5fe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_1caff2a9-da8b-4199-8084-b3b8c8847d72"/>
+    <w:basedOn w:val="NormalTable_60e1e19b-fb7e-47a0-9ac1-561370f7a5fe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+    <w:basedOn w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_573d77bf-273d-48dc-8b4e-54812036c6f8"/>
+    <w:basedOn w:val="Normal_877de7bc-356a-4e62-9088-9d852d1cc710"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9002e872-0309-479d-be2c-1d8eac189e90" w:customStyle="1">
-    <w:name w:val="Normal Table_9002e872-0309-479d-be2c-1d8eac189e90"/>
+  <w:style w:type="table" w:styleId="NormalTable_8938f152-907d-4bef-8e92-e774e0bd0cf5" w:customStyle="1">
+    <w:name w:val="Normal Table_8938f152-907d-4bef-8e92-e774e0bd0cf5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5264ec4a-510c-4dd5-9936-5f4172e348b3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9002e872-0309-479d-be2c-1d8eac189e90"/>
+  <w:style w:type="table" w:styleId="TableGrid_fa40b138-7649-4c47-b7f3-bdbea552e432" w:customStyle="1">
+    <w:name w:val="Table Grid_fa40b138-7649-4c47-b7f3-bdbea552e432"/>
+    <w:basedOn w:val="NormalTable_8938f152-907d-4bef-8e92-e774e0bd0cf5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_97e1f3c2-948b-4cc8-a289-629bd4d2585e" w:customStyle="1">
-    <w:name w:val="Normal Table_97e1f3c2-948b-4cc8-a289-629bd4d2585e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f7963211-ea7c-4349-9c47-f55168354e90" w:customStyle="1">
+    <w:name w:val="Normal Table_f7963211-ea7c-4349-9c47-f55168354e90"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_720f3527-abdb-4ed8-93aa-7db6684738b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_97e1f3c2-948b-4cc8-a289-629bd4d2585e"/>
+  <w:style w:type="table" w:styleId="TableGrid_1e8536b2-3301-46e4-a995-1cb0e843160b" w:customStyle="1">
+    <w:name w:val="Table Grid_1e8536b2-3301-46e4-a995-1cb0e843160b"/>
+    <w:basedOn w:val="NormalTable_f7963211-ea7c-4349-9c47-f55168354e90"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_68754e77-7112-4a84-a549-40753fc53874" w:customStyle="1">
-    <w:name w:val="Normal Table_68754e77-7112-4a84-a549-40753fc53874"/>
+  <w:style w:type="table" w:styleId="NormalTable_ecbf174c-48c4-421e-976a-57e3cd9340ea" w:customStyle="1">
+    <w:name w:val="Normal Table_ecbf174c-48c4-421e-976a-57e3cd9340ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5a95c63d-97d5-4543-a211-32fafafea8db" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_68754e77-7112-4a84-a549-40753fc53874"/>
+  <w:style w:type="table" w:styleId="TableGrid_831bf782-a16c-42ce-a29c-6ce57fdfeeec" w:customStyle="1">
+    <w:name w:val="Table Grid_831bf782-a16c-42ce-a29c-6ce57fdfeeec"/>
+    <w:basedOn w:val="NormalTable_ecbf174c-48c4-421e-976a-57e3cd9340ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b01865b0-0001-4603-a794-dc6e9ca8f2ef" w:customStyle="1">
-    <w:name w:val="Normal Table_b01865b0-0001-4603-a794-dc6e9ca8f2ef"/>
+  <w:style w:type="table" w:styleId="NormalTable_25c8172f-9444-46de-a4b3-339f7e7ad6a6" w:customStyle="1">
+    <w:name w:val="Normal Table_25c8172f-9444-46de-a4b3-339f7e7ad6a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_25021766-8b8a-4dec-ab59-c8a7612b1437" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b01865b0-0001-4603-a794-dc6e9ca8f2ef"/>
+  <w:style w:type="table" w:styleId="TableGrid_a0f1560d-38f8-4b5b-a745-8d5cd728dd09" w:customStyle="1">
+    <w:name w:val="Table Grid_a0f1560d-38f8-4b5b-a745-8d5cd728dd09"/>
+    <w:basedOn w:val="NormalTable_25c8172f-9444-46de-a4b3-339f7e7ad6a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_63a9a889-d44a-44c8-8737-ff07a000b344" w:customStyle="1">
-    <w:name w:val="Normal Table_63a9a889-d44a-44c8-8737-ff07a000b344"/>
+  <w:style w:type="table" w:styleId="NormalTable_6a8a829e-9aa9-49e4-bb2d-eb91ec8459d3" w:customStyle="1">
+    <w:name w:val="Normal Table_6a8a829e-9aa9-49e4-bb2d-eb91ec8459d3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e37145ba-13fd-4dd8-9542-afc1e37e81e0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_63a9a889-d44a-44c8-8737-ff07a000b344"/>
+  <w:style w:type="table" w:styleId="TableGrid_a57390c5-a728-440f-bb88-d6aadf4cb6a6" w:customStyle="1">
+    <w:name w:val="Table Grid_a57390c5-a728-440f-bb88-d6aadf4cb6a6"/>
+    <w:basedOn w:val="NormalTable_6a8a829e-9aa9-49e4-bb2d-eb91ec8459d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c1c34b99-8675-468e-b0ce-09369d2ede34" w:customStyle="1">
-    <w:name w:val="Normal Table_c1c34b99-8675-468e-b0ce-09369d2ede34"/>
+  <w:style w:type="table" w:styleId="NormalTable_a0ac28d2-b85f-41c7-a21d-4562065e8689" w:customStyle="1">
+    <w:name w:val="Normal Table_a0ac28d2-b85f-41c7-a21d-4562065e8689"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9eb7955f-2ef0-4f37-ad0c-80a347657074" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c1c34b99-8675-468e-b0ce-09369d2ede34"/>
+  <w:style w:type="table" w:styleId="TableGrid_5b69d829-d642-44c1-8da0-ec9c282e0efd" w:customStyle="1">
+    <w:name w:val="Table Grid_5b69d829-d642-44c1-8da0-ec9c282e0efd"/>
+    <w:basedOn w:val="NormalTable_a0ac28d2-b85f-41c7-a21d-4562065e8689"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6f05c729-95e4-44da-8d63-f1025ae37a9a" w:customStyle="1">
-    <w:name w:val="Normal Table_6f05c729-95e4-44da-8d63-f1025ae37a9a"/>
+  <w:style w:type="table" w:styleId="NormalTable_c3e88f24-2098-408e-a7c2-1cce00d22df2" w:customStyle="1">
+    <w:name w:val="Normal Table_c3e88f24-2098-408e-a7c2-1cce00d22df2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a2668bce-74c2-4b6b-9f65-1067a3467bf6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6f05c729-95e4-44da-8d63-f1025ae37a9a"/>
+  <w:style w:type="table" w:styleId="TableGrid_b3e93b35-6862-4444-9aa7-ff19c7c35878" w:customStyle="1">
+    <w:name w:val="Table Grid_b3e93b35-6862-4444-9aa7-ff19c7c35878"/>
+    <w:basedOn w:val="NormalTable_c3e88f24-2098-408e-a7c2-1cce00d22df2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_67743312-1024-4b5f-9e4d-2c03cdd25f09" w:customStyle="1">
-    <w:name w:val="Normal Table_67743312-1024-4b5f-9e4d-2c03cdd25f09"/>
+  <w:style w:type="table" w:styleId="NormalTable_9a41c193-f893-4115-bccc-deee1d78d4cf" w:customStyle="1">
+    <w:name w:val="Normal Table_9a41c193-f893-4115-bccc-deee1d78d4cf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_27af931f-2287-437f-8429-d311ff201c8d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_67743312-1024-4b5f-9e4d-2c03cdd25f09"/>
+  <w:style w:type="table" w:styleId="TableGrid_6a44c835-eb12-4552-a7d3-72024d6b6b23" w:customStyle="1">
+    <w:name w:val="Table Grid_6a44c835-eb12-4552-a7d3-72024d6b6b23"/>
+    <w:basedOn w:val="NormalTable_9a41c193-f893-4115-bccc-deee1d78d4cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_55896b01-01da-4ea7-9234-9b85ac4e9c5a" w:customStyle="1">
-    <w:name w:val="Normal Table_55896b01-01da-4ea7-9234-9b85ac4e9c5a"/>
+  <w:style w:type="table" w:styleId="NormalTable_ff66bbd3-e338-47c9-bfbf-8e39a0281d31" w:customStyle="1">
+    <w:name w:val="Normal Table_ff66bbd3-e338-47c9-bfbf-8e39a0281d31"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c24fc02-27c0-44e3-8414-ad45d903f908" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_55896b01-01da-4ea7-9234-9b85ac4e9c5a"/>
+  <w:style w:type="table" w:styleId="TableGrid_fed7ae20-7080-4941-9981-19a9be0c9fc6" w:customStyle="1">
+    <w:name w:val="Table Grid_fed7ae20-7080-4941-9981-19a9be0c9fc6"/>
+    <w:basedOn w:val="NormalTable_ff66bbd3-e338-47c9-bfbf-8e39a0281d31"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>