--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1413,89 +1413,106 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_73411edd-4a0e-484a-b104-dd9ca2936774"/>
+      <w:tblStyle w:val="TableGrid_8a2206d5-dda5-411d-bba3-fd21cf001560"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4889"/>
       <w:gridCol w:w="4890"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:20:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:31:20 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1523,74 +1540,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6116ce50-56a7-4668-b8ac-6adedccaf48c"/>
+      <w:tblStyle w:val="TableGrid_47b8411f-2705-49e8-b992-109e52aefcca"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6561"/>
       <w:gridCol w:w="2354"/>
       <w:gridCol w:w="864"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6561"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 116. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -1608,408 +1642,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="864"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+            <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+      <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_92f1034c-6e8f-4953-8558-408812ba62b1"/>
+      <w:tblStyle w:val="TableGrid_8c866da3-187a-4232-98ab-b64228622a28"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6356"/>
       <w:gridCol w:w="3423"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6356"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_804a506d-737e-4b02-937a-32a7509265b3"/>
+            <w:tblStyle w:val="TableGrid_3472b12e-d328-4962-b371-e2c6596b96a3"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+            <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3423"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ac61f76d-7f8e-4c08-abf7-40a6f627bf40"/>
+            <w:tblStyle w:val="TableGrid_8141f47d-1953-4e2b-81ac-cc93d6523b5a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+            <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+      <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0AF926CF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2110,51 +2229,51 @@
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
@@ -2655,629 +2774,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb" w:customStyle="1">
-    <w:name w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5" w:customStyle="1">
+    <w:name w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+    <w:basedOn w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b4f2dc92-cd91-4166-8851-040584d1c441" w:customStyle="1">
-    <w:name w:val="Normal Table_b4f2dc92-cd91-4166-8851-040584d1c441"/>
+  <w:style w:type="table" w:styleId="NormalTable_52ce6fa2-c321-4d27-a395-d60df060bd07" w:customStyle="1">
+    <w:name w:val="Normal Table_52ce6fa2-c321-4d27-a395-d60df060bd07"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_b4f2dc92-cd91-4166-8851-040584d1c441"/>
+    <w:basedOn w:val="NormalTable_52ce6fa2-c321-4d27-a395-d60df060bd07"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+    <w:basedOn w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_7cfcc615-27dc-42d4-8d62-55de326568bb"/>
+    <w:basedOn w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5a4d31d0-8ac3-41dc-99ab-f8078301c312" w:customStyle="1">
-    <w:name w:val="Normal Table_5a4d31d0-8ac3-41dc-99ab-f8078301c312"/>
+  <w:style w:type="table" w:styleId="NormalTable_59a8660f-329e-4972-9c20-ecec43bca12c" w:customStyle="1">
+    <w:name w:val="Normal Table_59a8660f-329e-4972-9c20-ecec43bca12c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6eb33a7b-34e5-4a9e-ae49-8b4f22ec5599" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5a4d31d0-8ac3-41dc-99ab-f8078301c312"/>
+  <w:style w:type="table" w:styleId="TableGrid_072bcf5d-38a0-4a78-a70e-4b85032c3fb1" w:customStyle="1">
+    <w:name w:val="Table Grid_072bcf5d-38a0-4a78-a70e-4b85032c3fb1"/>
+    <w:basedOn w:val="NormalTable_59a8660f-329e-4972-9c20-ecec43bca12c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0664756e-ea3c-40bc-b289-24b971a4373b" w:customStyle="1">
-    <w:name w:val="Normal Table_0664756e-ea3c-40bc-b289-24b971a4373b"/>
+  <w:style w:type="table" w:styleId="NormalTable_cf62f2cb-a3b0-4117-be2a-751c6d39e5d7" w:customStyle="1">
+    <w:name w:val="Normal Table_cf62f2cb-a3b0-4117-be2a-751c6d39e5d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa7f79ba-fe14-44bb-bef6-338f0fe7d341" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0664756e-ea3c-40bc-b289-24b971a4373b"/>
+  <w:style w:type="table" w:styleId="TableGrid_bc21ee1d-c716-4eeb-8689-db8f659f28ea" w:customStyle="1">
+    <w:name w:val="Table Grid_bc21ee1d-c716-4eeb-8689-db8f659f28ea"/>
+    <w:basedOn w:val="NormalTable_cf62f2cb-a3b0-4117-be2a-751c6d39e5d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8f8bdb49-690c-451c-b3fb-4896316f9d1a" w:customStyle="1">
-    <w:name w:val="Normal Table_8f8bdb49-690c-451c-b3fb-4896316f9d1a"/>
+  <w:style w:type="table" w:styleId="NormalTable_b06d85c0-ac66-4e1e-83ac-f65d926ee712" w:customStyle="1">
+    <w:name w:val="Normal Table_b06d85c0-ac66-4e1e-83ac-f65d926ee712"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ebc6cc71-f77b-4f3d-ad78-19a601874c2c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8f8bdb49-690c-451c-b3fb-4896316f9d1a"/>
+  <w:style w:type="table" w:styleId="TableGrid_ead326de-5262-441e-99ae-cb348763377e" w:customStyle="1">
+    <w:name w:val="Table Grid_ead326de-5262-441e-99ae-cb348763377e"/>
+    <w:basedOn w:val="NormalTable_b06d85c0-ac66-4e1e-83ac-f65d926ee712"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e0587fb0-32de-4e13-9a60-4e2710d3eaac" w:customStyle="1">
-    <w:name w:val="Normal Table_e0587fb0-32de-4e13-9a60-4e2710d3eaac"/>
+  <w:style w:type="table" w:styleId="NormalTable_93b50a48-55b7-4346-b543-b10d633e20fd" w:customStyle="1">
+    <w:name w:val="Normal Table_93b50a48-55b7-4346-b543-b10d633e20fd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2f3809df-ff0e-450b-a435-084a43f8971e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e0587fb0-32de-4e13-9a60-4e2710d3eaac"/>
+  <w:style w:type="table" w:styleId="TableGrid_3f189e89-e01e-41ea-a190-02a1b4ef38c6" w:customStyle="1">
+    <w:name w:val="Table Grid_3f189e89-e01e-41ea-a190-02a1b4ef38c6"/>
+    <w:basedOn w:val="NormalTable_93b50a48-55b7-4346-b543-b10d633e20fd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_80063496-4637-418f-a7e5-ed9b60407ce0" w:customStyle="1">
-    <w:name w:val="Normal Table_80063496-4637-418f-a7e5-ed9b60407ce0"/>
+  <w:style w:type="table" w:styleId="NormalTable_00dfbc85-db49-49cb-a904-73a0eaed1922" w:customStyle="1">
+    <w:name w:val="Normal Table_00dfbc85-db49-49cb-a904-73a0eaed1922"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_73411edd-4a0e-484a-b104-dd9ca2936774" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_80063496-4637-418f-a7e5-ed9b60407ce0"/>
+  <w:style w:type="table" w:styleId="TableGrid_8a2206d5-dda5-411d-bba3-fd21cf001560" w:customStyle="1">
+    <w:name w:val="Table Grid_8a2206d5-dda5-411d-bba3-fd21cf001560"/>
+    <w:basedOn w:val="NormalTable_00dfbc85-db49-49cb-a904-73a0eaed1922"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_274d3de7-14c2-47b8-b1c9-08cede2d366d" w:customStyle="1">
-    <w:name w:val="Normal Table_274d3de7-14c2-47b8-b1c9-08cede2d366d"/>
+  <w:style w:type="table" w:styleId="NormalTable_a956188f-8979-42a1-aa02-18f49c1ce1fb" w:customStyle="1">
+    <w:name w:val="Normal Table_a956188f-8979-42a1-aa02-18f49c1ce1fb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6116ce50-56a7-4668-b8ac-6adedccaf48c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_274d3de7-14c2-47b8-b1c9-08cede2d366d"/>
+  <w:style w:type="table" w:styleId="TableGrid_47b8411f-2705-49e8-b992-109e52aefcca" w:customStyle="1">
+    <w:name w:val="Table Grid_47b8411f-2705-49e8-b992-109e52aefcca"/>
+    <w:basedOn w:val="NormalTable_a956188f-8979-42a1-aa02-18f49c1ce1fb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98336d94-e0bd-4152-9b07-6be2c2d43a03" w:customStyle="1">
-    <w:name w:val="Normal Table_98336d94-e0bd-4152-9b07-6be2c2d43a03"/>
+  <w:style w:type="table" w:styleId="NormalTable_c127ecd6-8410-494b-8868-4b59454047e0" w:customStyle="1">
+    <w:name w:val="Normal Table_c127ecd6-8410-494b-8868-4b59454047e0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_804a506d-737e-4b02-937a-32a7509265b3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_98336d94-e0bd-4152-9b07-6be2c2d43a03"/>
+  <w:style w:type="table" w:styleId="TableGrid_3472b12e-d328-4962-b371-e2c6596b96a3" w:customStyle="1">
+    <w:name w:val="Table Grid_3472b12e-d328-4962-b371-e2c6596b96a3"/>
+    <w:basedOn w:val="NormalTable_c127ecd6-8410-494b-8868-4b59454047e0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a80691ad-8476-42f6-aca9-30b2304f98cd" w:customStyle="1">
-    <w:name w:val="Normal Table_a80691ad-8476-42f6-aca9-30b2304f98cd"/>
+  <w:style w:type="table" w:styleId="NormalTable_5578bd11-33c5-4bc9-a5ef-cdd34daf4f90" w:customStyle="1">
+    <w:name w:val="Normal Table_5578bd11-33c5-4bc9-a5ef-cdd34daf4f90"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ac61f76d-7f8e-4c08-abf7-40a6f627bf40" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a80691ad-8476-42f6-aca9-30b2304f98cd"/>
+  <w:style w:type="table" w:styleId="TableGrid_8141f47d-1953-4e2b-81ac-cc93d6523b5a" w:customStyle="1">
+    <w:name w:val="Table Grid_8141f47d-1953-4e2b-81ac-cc93d6523b5a"/>
+    <w:basedOn w:val="NormalTable_5578bd11-33c5-4bc9-a5ef-cdd34daf4f90"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d8846e34-023d-4db6-8227-187dc5d7bb98" w:customStyle="1">
-    <w:name w:val="Normal Table_d8846e34-023d-4db6-8227-187dc5d7bb98"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee48b3b4-fdbc-45dd-abfc-e073f25f7b30" w:customStyle="1">
+    <w:name w:val="Normal Table_ee48b3b4-fdbc-45dd-abfc-e073f25f7b30"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_92f1034c-6e8f-4953-8558-408812ba62b1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d8846e34-023d-4db6-8227-187dc5d7bb98"/>
+  <w:style w:type="table" w:styleId="TableGrid_8c866da3-187a-4232-98ab-b64228622a28" w:customStyle="1">
+    <w:name w:val="Table Grid_8c866da3-187a-4232-98ab-b64228622a28"/>
+    <w:basedOn w:val="NormalTable_ee48b3b4-fdbc-45dd-abfc-e073f25f7b30"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>