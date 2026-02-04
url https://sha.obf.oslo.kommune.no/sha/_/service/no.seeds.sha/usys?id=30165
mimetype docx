--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -1413,51 +1413,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8a2206d5-dda5-411d-bba3-fd21cf001560"/>
+      <w:tblStyle w:val="TableGrid_283a2b05-551d-4918-b534-8ff767b20ebd"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4889"/>
       <w:gridCol w:w="4890"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1468,51 +1468,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:31:20 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1540,51 +1540,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_47b8411f-2705-49e8-b992-109e52aefcca"/>
+      <w:tblStyle w:val="TableGrid_3cec0ff9-eaed-43bc-876f-e3f49470b4cf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6561"/>
       <w:gridCol w:w="2354"/>
       <w:gridCol w:w="864"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -1642,51 +1642,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="864"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+            <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1699,59 +1699,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+      <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8c866da3-187a-4232-98ab-b64228622a28"/>
+      <w:tblStyle w:val="TableGrid_45999f37-4e13-4c2c-bea2-1c73dbe6a46d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6356"/>
       <w:gridCol w:w="3423"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1762,51 +1762,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6356"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3472b12e-d328-4962-b371-e2c6596b96a3"/>
+            <w:tblStyle w:val="TableGrid_b44e6799-cc16-45d9-ade0-a9ffd47a05b7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1907,72 +1907,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+            <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3423"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8141f47d-1953-4e2b-81ac-cc93d6523b5a"/>
+            <w:tblStyle w:val="TableGrid_4ab4aa03-7e9d-4a1e-9405-14fb39123c17"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2073,62 +2073,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+            <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+      <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0AF926CF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2774,629 +2774,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5" w:customStyle="1">
-    <w:name w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9eef83d7-c233-4def-ad24-cd470100aded" w:customStyle="1">
+    <w:name w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+    <w:basedOn w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_52ce6fa2-c321-4d27-a395-d60df060bd07" w:customStyle="1">
-    <w:name w:val="Normal Table_52ce6fa2-c321-4d27-a395-d60df060bd07"/>
+  <w:style w:type="table" w:styleId="NormalTable_d5391982-a1cf-4289-b390-1e29e945f971" w:customStyle="1">
+    <w:name w:val="Normal Table_d5391982-a1cf-4289-b390-1e29e945f971"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_52ce6fa2-c321-4d27-a395-d60df060bd07"/>
+    <w:basedOn w:val="NormalTable_d5391982-a1cf-4289-b390-1e29e945f971"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+    <w:basedOn w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_7c553a61-cc74-4a90-867d-20a43f7211e5"/>
+    <w:basedOn w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_59a8660f-329e-4972-9c20-ecec43bca12c" w:customStyle="1">
-    <w:name w:val="Normal Table_59a8660f-329e-4972-9c20-ecec43bca12c"/>
+  <w:style w:type="table" w:styleId="NormalTable_cedb31cd-0cc2-4a19-95fa-b993fa8c8440" w:customStyle="1">
+    <w:name w:val="Normal Table_cedb31cd-0cc2-4a19-95fa-b993fa8c8440"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_072bcf5d-38a0-4a78-a70e-4b85032c3fb1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_59a8660f-329e-4972-9c20-ecec43bca12c"/>
+  <w:style w:type="table" w:styleId="TableGrid_f652eccc-3112-492a-a73e-8b6b64c480e9" w:customStyle="1">
+    <w:name w:val="Table Grid_f652eccc-3112-492a-a73e-8b6b64c480e9"/>
+    <w:basedOn w:val="NormalTable_cedb31cd-0cc2-4a19-95fa-b993fa8c8440"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cf62f2cb-a3b0-4117-be2a-751c6d39e5d7" w:customStyle="1">
-    <w:name w:val="Normal Table_cf62f2cb-a3b0-4117-be2a-751c6d39e5d7"/>
+  <w:style w:type="table" w:styleId="NormalTable_4074f53f-65a0-4d83-aaaf-0bf5e83a7db8" w:customStyle="1">
+    <w:name w:val="Normal Table_4074f53f-65a0-4d83-aaaf-0bf5e83a7db8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bc21ee1d-c716-4eeb-8689-db8f659f28ea" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cf62f2cb-a3b0-4117-be2a-751c6d39e5d7"/>
+  <w:style w:type="table" w:styleId="TableGrid_8d1f0a82-bfae-4bf6-ae79-f45a32d797ec" w:customStyle="1">
+    <w:name w:val="Table Grid_8d1f0a82-bfae-4bf6-ae79-f45a32d797ec"/>
+    <w:basedOn w:val="NormalTable_4074f53f-65a0-4d83-aaaf-0bf5e83a7db8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b06d85c0-ac66-4e1e-83ac-f65d926ee712" w:customStyle="1">
-    <w:name w:val="Normal Table_b06d85c0-ac66-4e1e-83ac-f65d926ee712"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e46f61c-011b-4a87-92ff-08f85222117d" w:customStyle="1">
+    <w:name w:val="Normal Table_1e46f61c-011b-4a87-92ff-08f85222117d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ead326de-5262-441e-99ae-cb348763377e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b06d85c0-ac66-4e1e-83ac-f65d926ee712"/>
+  <w:style w:type="table" w:styleId="TableGrid_3ae8d2b3-8583-4b9c-a36e-a90fc3b16a4b" w:customStyle="1">
+    <w:name w:val="Table Grid_3ae8d2b3-8583-4b9c-a36e-a90fc3b16a4b"/>
+    <w:basedOn w:val="NormalTable_1e46f61c-011b-4a87-92ff-08f85222117d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_93b50a48-55b7-4346-b543-b10d633e20fd" w:customStyle="1">
-    <w:name w:val="Normal Table_93b50a48-55b7-4346-b543-b10d633e20fd"/>
+  <w:style w:type="table" w:styleId="NormalTable_4f58dd36-5b87-4e65-816d-88ac66c092ec" w:customStyle="1">
+    <w:name w:val="Normal Table_4f58dd36-5b87-4e65-816d-88ac66c092ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3f189e89-e01e-41ea-a190-02a1b4ef38c6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_93b50a48-55b7-4346-b543-b10d633e20fd"/>
+  <w:style w:type="table" w:styleId="TableGrid_a40dfb11-2895-40e4-842b-9aa548134117" w:customStyle="1">
+    <w:name w:val="Table Grid_a40dfb11-2895-40e4-842b-9aa548134117"/>
+    <w:basedOn w:val="NormalTable_4f58dd36-5b87-4e65-816d-88ac66c092ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_00dfbc85-db49-49cb-a904-73a0eaed1922" w:customStyle="1">
-    <w:name w:val="Normal Table_00dfbc85-db49-49cb-a904-73a0eaed1922"/>
+  <w:style w:type="table" w:styleId="NormalTable_e4dbb204-5b8d-45a5-84ad-1a28cb3e959e" w:customStyle="1">
+    <w:name w:val="Normal Table_e4dbb204-5b8d-45a5-84ad-1a28cb3e959e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8a2206d5-dda5-411d-bba3-fd21cf001560" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_00dfbc85-db49-49cb-a904-73a0eaed1922"/>
+  <w:style w:type="table" w:styleId="TableGrid_283a2b05-551d-4918-b534-8ff767b20ebd" w:customStyle="1">
+    <w:name w:val="Table Grid_283a2b05-551d-4918-b534-8ff767b20ebd"/>
+    <w:basedOn w:val="NormalTable_e4dbb204-5b8d-45a5-84ad-1a28cb3e959e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a956188f-8979-42a1-aa02-18f49c1ce1fb" w:customStyle="1">
-    <w:name w:val="Normal Table_a956188f-8979-42a1-aa02-18f49c1ce1fb"/>
+  <w:style w:type="table" w:styleId="NormalTable_bbce2cb4-605c-427b-98af-0fde2db57fd5" w:customStyle="1">
+    <w:name w:val="Normal Table_bbce2cb4-605c-427b-98af-0fde2db57fd5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_47b8411f-2705-49e8-b992-109e52aefcca" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a956188f-8979-42a1-aa02-18f49c1ce1fb"/>
+  <w:style w:type="table" w:styleId="TableGrid_3cec0ff9-eaed-43bc-876f-e3f49470b4cf" w:customStyle="1">
+    <w:name w:val="Table Grid_3cec0ff9-eaed-43bc-876f-e3f49470b4cf"/>
+    <w:basedOn w:val="NormalTable_bbce2cb4-605c-427b-98af-0fde2db57fd5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c127ecd6-8410-494b-8868-4b59454047e0" w:customStyle="1">
-    <w:name w:val="Normal Table_c127ecd6-8410-494b-8868-4b59454047e0"/>
+  <w:style w:type="table" w:styleId="NormalTable_c4683bfc-ced7-4908-a4e4-54f57a10ff36" w:customStyle="1">
+    <w:name w:val="Normal Table_c4683bfc-ced7-4908-a4e4-54f57a10ff36"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3472b12e-d328-4962-b371-e2c6596b96a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c127ecd6-8410-494b-8868-4b59454047e0"/>
+  <w:style w:type="table" w:styleId="TableGrid_b44e6799-cc16-45d9-ade0-a9ffd47a05b7" w:customStyle="1">
+    <w:name w:val="Table Grid_b44e6799-cc16-45d9-ade0-a9ffd47a05b7"/>
+    <w:basedOn w:val="NormalTable_c4683bfc-ced7-4908-a4e4-54f57a10ff36"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5578bd11-33c5-4bc9-a5ef-cdd34daf4f90" w:customStyle="1">
-    <w:name w:val="Normal Table_5578bd11-33c5-4bc9-a5ef-cdd34daf4f90"/>
+  <w:style w:type="table" w:styleId="NormalTable_270c8114-3845-4b43-9889-1b5ab5da4b20" w:customStyle="1">
+    <w:name w:val="Normal Table_270c8114-3845-4b43-9889-1b5ab5da4b20"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8141f47d-1953-4e2b-81ac-cc93d6523b5a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5578bd11-33c5-4bc9-a5ef-cdd34daf4f90"/>
+  <w:style w:type="table" w:styleId="TableGrid_4ab4aa03-7e9d-4a1e-9405-14fb39123c17" w:customStyle="1">
+    <w:name w:val="Table Grid_4ab4aa03-7e9d-4a1e-9405-14fb39123c17"/>
+    <w:basedOn w:val="NormalTable_270c8114-3845-4b43-9889-1b5ab5da4b20"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee48b3b4-fdbc-45dd-abfc-e073f25f7b30" w:customStyle="1">
-    <w:name w:val="Normal Table_ee48b3b4-fdbc-45dd-abfc-e073f25f7b30"/>
+  <w:style w:type="table" w:styleId="NormalTable_7aec7a4c-4365-4f93-aa3d-64d768aa5b8f" w:customStyle="1">
+    <w:name w:val="Normal Table_7aec7a4c-4365-4f93-aa3d-64d768aa5b8f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8c866da3-187a-4232-98ab-b64228622a28" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee48b3b4-fdbc-45dd-abfc-e073f25f7b30"/>
+  <w:style w:type="table" w:styleId="TableGrid_45999f37-4e13-4c2c-bea2-1c73dbe6a46d" w:customStyle="1">
+    <w:name w:val="Table Grid_45999f37-4e13-4c2c-bea2-1c73dbe6a46d"/>
+    <w:basedOn w:val="NormalTable_7aec7a4c-4365-4f93-aa3d-64d768aa5b8f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>