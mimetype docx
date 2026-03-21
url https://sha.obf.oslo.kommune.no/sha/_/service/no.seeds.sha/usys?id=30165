--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1413,51 +1413,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_283a2b05-551d-4918-b534-8ff767b20ebd"/>
+      <w:tblStyle w:val="TableGrid_b9644064-298c-43d7-9b83-40d82dd83355"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4889"/>
       <w:gridCol w:w="4890"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1468,51 +1468,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:43:05 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1540,51 +1540,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3cec0ff9-eaed-43bc-876f-e3f49470b4cf"/>
+      <w:tblStyle w:val="TableGrid_02894220-f235-4ec6-b52a-638a23368a57"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6561"/>
       <w:gridCol w:w="2354"/>
       <w:gridCol w:w="864"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -1642,51 +1642,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="864"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+            <w:pStyle w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1699,59 +1699,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+      <w:pStyle w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_45999f37-4e13-4c2c-bea2-1c73dbe6a46d"/>
+      <w:tblStyle w:val="TableGrid_9512640b-70b5-4bc4-8fab-e507cf9a203f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6356"/>
       <w:gridCol w:w="3423"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1762,51 +1762,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6356"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b44e6799-cc16-45d9-ade0-a9ffd47a05b7"/>
+            <w:tblStyle w:val="TableGrid_59dc50ac-4e91-42fe-9be4-8bd5b2e28eb1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1907,72 +1907,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+            <w:pStyle w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3423"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4ab4aa03-7e9d-4a1e-9405-14fb39123c17"/>
+            <w:tblStyle w:val="TableGrid_aab9c197-58ed-4c89-b9fa-ecab86356b6a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2073,62 +2073,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+            <w:pStyle w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+      <w:pStyle w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0AF926CF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2774,629 +2774,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9eef83d7-c233-4def-ad24-cd470100aded" w:customStyle="1">
-    <w:name w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517" w:customStyle="1">
+    <w:name w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+    <w:basedOn w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d5391982-a1cf-4289-b390-1e29e945f971" w:customStyle="1">
-    <w:name w:val="Normal Table_d5391982-a1cf-4289-b390-1e29e945f971"/>
+  <w:style w:type="table" w:styleId="NormalTable_86221a94-f2f5-48d4-a7f0-99c77befb8d5" w:customStyle="1">
+    <w:name w:val="Normal Table_86221a94-f2f5-48d4-a7f0-99c77befb8d5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_d5391982-a1cf-4289-b390-1e29e945f971"/>
+    <w:basedOn w:val="NormalTable_86221a94-f2f5-48d4-a7f0-99c77befb8d5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+    <w:basedOn w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9eef83d7-c233-4def-ad24-cd470100aded"/>
+    <w:basedOn w:val="Normal_7fdc9e12-0651-41f8-a8d7-cf0bed21b517"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cedb31cd-0cc2-4a19-95fa-b993fa8c8440" w:customStyle="1">
-    <w:name w:val="Normal Table_cedb31cd-0cc2-4a19-95fa-b993fa8c8440"/>
+  <w:style w:type="table" w:styleId="NormalTable_09104509-efa2-40da-8f89-47084c9145d2" w:customStyle="1">
+    <w:name w:val="Normal Table_09104509-efa2-40da-8f89-47084c9145d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f652eccc-3112-492a-a73e-8b6b64c480e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cedb31cd-0cc2-4a19-95fa-b993fa8c8440"/>
+  <w:style w:type="table" w:styleId="TableGrid_01f6cddf-839e-42de-bc84-3be855a74c4d" w:customStyle="1">
+    <w:name w:val="Table Grid_01f6cddf-839e-42de-bc84-3be855a74c4d"/>
+    <w:basedOn w:val="NormalTable_09104509-efa2-40da-8f89-47084c9145d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4074f53f-65a0-4d83-aaaf-0bf5e83a7db8" w:customStyle="1">
-    <w:name w:val="Normal Table_4074f53f-65a0-4d83-aaaf-0bf5e83a7db8"/>
+  <w:style w:type="table" w:styleId="NormalTable_97171163-56b5-4e32-850e-adafc95e0991" w:customStyle="1">
+    <w:name w:val="Normal Table_97171163-56b5-4e32-850e-adafc95e0991"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8d1f0a82-bfae-4bf6-ae79-f45a32d797ec" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4074f53f-65a0-4d83-aaaf-0bf5e83a7db8"/>
+  <w:style w:type="table" w:styleId="TableGrid_a04909d9-c792-4b18-a43c-01d36f365b5a" w:customStyle="1">
+    <w:name w:val="Table Grid_a04909d9-c792-4b18-a43c-01d36f365b5a"/>
+    <w:basedOn w:val="NormalTable_97171163-56b5-4e32-850e-adafc95e0991"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1e46f61c-011b-4a87-92ff-08f85222117d" w:customStyle="1">
-    <w:name w:val="Normal Table_1e46f61c-011b-4a87-92ff-08f85222117d"/>
+  <w:style w:type="table" w:styleId="NormalTable_bb89cf78-16f6-4daa-b870-81933ad39c1c" w:customStyle="1">
+    <w:name w:val="Normal Table_bb89cf78-16f6-4daa-b870-81933ad39c1c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3ae8d2b3-8583-4b9c-a36e-a90fc3b16a4b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1e46f61c-011b-4a87-92ff-08f85222117d"/>
+  <w:style w:type="table" w:styleId="TableGrid_9d70d6f1-19cb-4fe7-900f-b615c813b44e" w:customStyle="1">
+    <w:name w:val="Table Grid_9d70d6f1-19cb-4fe7-900f-b615c813b44e"/>
+    <w:basedOn w:val="NormalTable_bb89cf78-16f6-4daa-b870-81933ad39c1c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4f58dd36-5b87-4e65-816d-88ac66c092ec" w:customStyle="1">
-    <w:name w:val="Normal Table_4f58dd36-5b87-4e65-816d-88ac66c092ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_6ed5202e-578b-4fab-959a-c17fe39ce4f4" w:customStyle="1">
+    <w:name w:val="Normal Table_6ed5202e-578b-4fab-959a-c17fe39ce4f4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a40dfb11-2895-40e4-842b-9aa548134117" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4f58dd36-5b87-4e65-816d-88ac66c092ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_18f3651b-490c-42e3-a5c2-fbc2b537a998" w:customStyle="1">
+    <w:name w:val="Table Grid_18f3651b-490c-42e3-a5c2-fbc2b537a998"/>
+    <w:basedOn w:val="NormalTable_6ed5202e-578b-4fab-959a-c17fe39ce4f4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e4dbb204-5b8d-45a5-84ad-1a28cb3e959e" w:customStyle="1">
-    <w:name w:val="Normal Table_e4dbb204-5b8d-45a5-84ad-1a28cb3e959e"/>
+  <w:style w:type="table" w:styleId="NormalTable_06322ec0-75a0-43c7-a987-99b8a3348c84" w:customStyle="1">
+    <w:name w:val="Normal Table_06322ec0-75a0-43c7-a987-99b8a3348c84"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_283a2b05-551d-4918-b534-8ff767b20ebd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e4dbb204-5b8d-45a5-84ad-1a28cb3e959e"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9644064-298c-43d7-9b83-40d82dd83355" w:customStyle="1">
+    <w:name w:val="Table Grid_b9644064-298c-43d7-9b83-40d82dd83355"/>
+    <w:basedOn w:val="NormalTable_06322ec0-75a0-43c7-a987-99b8a3348c84"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bbce2cb4-605c-427b-98af-0fde2db57fd5" w:customStyle="1">
-    <w:name w:val="Normal Table_bbce2cb4-605c-427b-98af-0fde2db57fd5"/>
+  <w:style w:type="table" w:styleId="NormalTable_b767272b-982d-47e9-9d44-b50ab12a7d0f" w:customStyle="1">
+    <w:name w:val="Normal Table_b767272b-982d-47e9-9d44-b50ab12a7d0f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3cec0ff9-eaed-43bc-876f-e3f49470b4cf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bbce2cb4-605c-427b-98af-0fde2db57fd5"/>
+  <w:style w:type="table" w:styleId="TableGrid_02894220-f235-4ec6-b52a-638a23368a57" w:customStyle="1">
+    <w:name w:val="Table Grid_02894220-f235-4ec6-b52a-638a23368a57"/>
+    <w:basedOn w:val="NormalTable_b767272b-982d-47e9-9d44-b50ab12a7d0f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c4683bfc-ced7-4908-a4e4-54f57a10ff36" w:customStyle="1">
-    <w:name w:val="Normal Table_c4683bfc-ced7-4908-a4e4-54f57a10ff36"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e460145-5583-4c6f-9304-286eecf99c85" w:customStyle="1">
+    <w:name w:val="Normal Table_4e460145-5583-4c6f-9304-286eecf99c85"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b44e6799-cc16-45d9-ade0-a9ffd47a05b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c4683bfc-ced7-4908-a4e4-54f57a10ff36"/>
+  <w:style w:type="table" w:styleId="TableGrid_59dc50ac-4e91-42fe-9be4-8bd5b2e28eb1" w:customStyle="1">
+    <w:name w:val="Table Grid_59dc50ac-4e91-42fe-9be4-8bd5b2e28eb1"/>
+    <w:basedOn w:val="NormalTable_4e460145-5583-4c6f-9304-286eecf99c85"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_270c8114-3845-4b43-9889-1b5ab5da4b20" w:customStyle="1">
-    <w:name w:val="Normal Table_270c8114-3845-4b43-9889-1b5ab5da4b20"/>
+  <w:style w:type="table" w:styleId="NormalTable_56e22e32-9e3b-4470-8702-8258eeebba3e" w:customStyle="1">
+    <w:name w:val="Normal Table_56e22e32-9e3b-4470-8702-8258eeebba3e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4ab4aa03-7e9d-4a1e-9405-14fb39123c17" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_270c8114-3845-4b43-9889-1b5ab5da4b20"/>
+  <w:style w:type="table" w:styleId="TableGrid_aab9c197-58ed-4c89-b9fa-ecab86356b6a" w:customStyle="1">
+    <w:name w:val="Table Grid_aab9c197-58ed-4c89-b9fa-ecab86356b6a"/>
+    <w:basedOn w:val="NormalTable_56e22e32-9e3b-4470-8702-8258eeebba3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7aec7a4c-4365-4f93-aa3d-64d768aa5b8f" w:customStyle="1">
-    <w:name w:val="Normal Table_7aec7a4c-4365-4f93-aa3d-64d768aa5b8f"/>
+  <w:style w:type="table" w:styleId="NormalTable_0cebf3a4-7e9a-4eb0-9482-03028cb401f0" w:customStyle="1">
+    <w:name w:val="Normal Table_0cebf3a4-7e9a-4eb0-9482-03028cb401f0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45999f37-4e13-4c2c-bea2-1c73dbe6a46d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7aec7a4c-4365-4f93-aa3d-64d768aa5b8f"/>
+  <w:style w:type="table" w:styleId="TableGrid_9512640b-70b5-4bc4-8fab-e507cf9a203f" w:customStyle="1">
+    <w:name w:val="Table Grid_9512640b-70b5-4bc4-8fab-e507cf9a203f"/>
+    <w:basedOn w:val="NormalTable_0cebf3a4-7e9a-4eb0-9482-03028cb401f0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>