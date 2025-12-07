--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -612,51 +612,51 @@
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders/>
             <w:shd w:fill="D6E3BC" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658266" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="30720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>89535</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>19685</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="292735" cy="294005"/>
                   <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="4" name="Bilde 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4" cstate="print">
@@ -684,51 +684,51 @@
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F946375">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0.65pt;margin-top:5.75pt;width:184.6pt;height:83.65pt;z-index:251658240;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape id="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0.65pt;margin-top:5.75pt;width:184.6pt;height:83.65pt;z-index:4096;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single"/>
             <v:textbox style="" inset="7.087pt,3.685pt,7.087pt,3.685pt">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Vedkommende som først får kjennskap til en ulykke/nestenulykke</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
@@ -778,114 +778,114 @@
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB85A04">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:185.25pt;margin-top:21.6pt;width:74.9pt;height:0pt;z-index:251658241;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:185.25pt;margin-top:21.6pt;width:74.9pt;height:0pt;z-index:5120;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D62357A">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BAA63FB">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:119.8pt;margin-top:18.3pt;width:0pt;height:56.5pt;z-index:251658242;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:119.8pt;margin-top:18.3pt;width:0pt;height:56.5pt;z-index:6144;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CA8C25">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:288.8pt;margin-top:23.75pt;width:145.95pt;height:25.45pt;z-index:251658245;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:288.8pt;margin-top:23.75pt;width:145.95pt;height:25.45pt;z-index:9216;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Arbeidstilsynet </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">73 19 97 00</w:t>
@@ -895,122 +895,122 @@
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6F39F0">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:262.75pt;margin-top:13.45pt;width:0pt;height:109.55pt;z-index:251658247;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:262.75pt;margin-top:13.45pt;width:0pt;height:109.55pt;z-index:11264;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:263.65pt;margin-top:13.45pt;width:26.7pt;height:0pt;z-index:251658248;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:263.65pt;margin-top:13.45pt;width:26.7pt;height:0pt;z-index:12288;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="290E8581">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:263.8pt;margin-top:12.45pt;width:26.7pt;height:0pt;z-index:251658249;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:263.8pt;margin-top:12.45pt;width:26.7pt;height:0pt;z-index:13312;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:288.8pt;margin-top:3.05pt;width:145.95pt;height:47.55pt;z-index:251658246;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:288.8pt;margin-top:3.05pt;width:145.95pt;height:47.55pt;z-index:10240;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">DSB </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">33 41 25 00</w:t>
@@ -1118,69 +1118,69 @@
                   <w:pPr>
                     <w:spacing/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:183.6pt;margin-top:21.85pt;width:81.65pt;height:0.05pt;z-index:251658244;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:183.6pt;margin-top:21.85pt;width:81.65pt;height:0.05pt;z-index:8192;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:0.65pt;margin-top:1.8pt;width:184.6pt;height:44.55pt;z-index:251658243;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:0.65pt;margin-top:1.8pt;width:184.6pt;height:44.55pt;z-index:7168;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Hovedbedrift</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
@@ -1235,161 +1235,161 @@
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D246D1F">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:121.3pt;margin-top:23.5pt;width:1.25pt;height:93.25pt;z-index:251658252;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:121.3pt;margin-top:23.5pt;width:1.25pt;height:93.25pt;z-index:16384;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="697B0E22">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:262.8pt;margin-top:16.25pt;width:26.7pt;height:0pt;z-index:251658251;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:262.8pt;margin-top:16.25pt;width:26.7pt;height:0pt;z-index:15360;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:289.45pt;margin-top:4.95pt;width:145.95pt;height:25.45pt;z-index:251658250;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:289.45pt;margin-top:4.95pt;width:145.95pt;height:25.45pt;z-index:14336;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Giftinformasjonen 22 59 13 00</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DA2052">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:261.1pt;margin-top:24.95pt;width:28.4pt;height:0.05pt;z-index:251658256;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:261.1pt;margin-top:24.95pt;width:28.4pt;height:0.05pt;z-index:20480;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1.5pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:288.8pt;margin-top:10.9pt;width:145.95pt;height:33.6pt;z-index:251658257;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:288.8pt;margin-top:10.9pt;width:145.95pt;height:33.6pt;z-index:21504;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Ved alvorlig miljøutslipp</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
@@ -1432,86 +1432,86 @@
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B16A7D5">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:-43.95pt;margin-top:24.3pt;width:541.3pt;height:0pt;z-index:251658267;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#76923C" strokeweight="1.75pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:-43.95pt;margin-top:24.3pt;width:541.3pt;height:0pt;z-index:31744;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#76923C" strokeweight="1.75pt">
             <v:stroke dashstyle="1 1" linestyle="single" joinstyle="miter" endcap="flat" color2="#76923C" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F315923">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:280.7pt;margin-top:18.95pt;width:172.25pt;height:81.75pt;z-index:251658270;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:280.7pt;margin-top:18.95pt;width:172.25pt;height:81.75pt;z-index:34816;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="1 1" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Stedfortreder:</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:left="196" w:hanging="196"/>
                     <w:rPr>
@@ -1680,51 +1680,51 @@
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Mobil:</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:68.9pt;margin-top:16.15pt;width:150.6pt;height:59.45pt;z-index:251658253;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:68.9pt;margin-top:16.15pt;width:150.6pt;height:59.45pt;z-index:17408;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Oslo</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">bygg </w:t>
@@ -1792,51 +1792,51 @@
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1068" type="#_x0000_t202" style="position:absolute;margin-left:223.7pt;margin-top:10.5pt;width:53.25pt;height:27.55pt;z-index:251658268;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt" stroked="f">
+          <v:shape id="_x0000_s1068" type="#_x0000_t202" style="position:absolute;margin-left:223.7pt;margin-top:10.5pt;width:53.25pt;height:27.55pt;z-index:32768;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt" stroked="f">
             <v:textbox style="" inset="7.087pt,3.685pt,7.087pt,3.685pt">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="15"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="15"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Dersom PL </w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:b/>
@@ -1861,51 +1861,51 @@
                       <w:szCs w:val="15"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="15"/>
                       <w:szCs w:val="15"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1069" type="#_x0000_t202" style="position:absolute;margin-left:-33.8pt;margin-top:18.95pt;width:84.75pt;height:56.65pt;z-index:251658269;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape id="_x0000_s1069" type="#_x0000_t202" style="position:absolute;margin-left:-33.8pt;margin-top:18.95pt;width:84.75pt;height:56.65pt;z-index:33792;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="1 1" linestyle="single"/>
             <v:textbox style="" inset="4.252pt,2.835pt,4.252pt,2.835pt">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="15"/>
                       <w:szCs w:val="15"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="15"/>
                       <w:szCs w:val="15"/>
                     </w:rPr>
                     <w:t xml:space="preserve">BH</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="15"/>
                       <w:szCs w:val="15"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> varsler etter </w:t>
                   </w:r>
@@ -1952,205 +1952,205 @@
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Byggherre</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53358DD9">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:220.15pt;margin-top:21.8pt;width:59.3pt;height:0.1pt;z-index:251658254;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:220.15pt;margin-top:21.8pt;width:59.3pt;height:0.1pt;z-index:18432;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
             <v:stroke dashstyle="dash" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:49.7pt;margin-top:18.65pt;width:16.7pt;height:0pt;z-index:251658263;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;flip:x;" strokecolor="#FF0000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:49.7pt;margin-top:18.65pt;width:16.7pt;height:0pt;z-index:27648;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;flip:x;" strokecolor="#FF0000" strokeweight="0.75pt">
             <v:stroke dashstyle="1 1" linestyle="single" joinstyle="miter" endcap="round" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="488F9AAB">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="482D6DFC">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:25.35pt;margin-top:22.15pt;width:0pt;height:25.4pt;z-index:251658261;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:25.35pt;margin-top:22.15pt;width:0pt;height:25.4pt;z-index:25600;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:265.15pt;margin-top:22.15pt;width:0pt;height:23.9pt;z-index:251658262;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:265.15pt;margin-top:22.15pt;width:0pt;height:23.9pt;z-index:26624;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:25.35pt;margin-top:22.15pt;width:239.9pt;height:0pt;z-index:251658260;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:25.35pt;margin-top:22.15pt;width:239.9pt;height:0pt;z-index:24576;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:163.25pt;margin-top:1.4pt;width:0.05pt;height:20.05pt;z-index:251658265;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:163.25pt;margin-top:1.4pt;width:0.05pt;height:20.05pt;z-index:29696;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#FF0000" strokeweight="1pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#FF0000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="block" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E12A8D">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:-15.4pt;margin-top:22.05pt;width:233.65pt;height:45.2pt;z-index:251658255;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:-15.4pt;margin-top:22.05pt;width:233.65pt;height:45.2pt;z-index:19456;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Byggeleder (BL)</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
@@ -2191,51 +2191,51 @@
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">: </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:224.55pt;margin-top:22.05pt;width:224.6pt;height:45.2pt;z-index:251658259;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape type="#_x0000_t109" style="position:absolute;margin-left:224.55pt;margin-top:22.05pt;width:224.6pt;height:45.2pt;z-index:23552;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
             <v:textbox style="">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">K</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">oordinator</w:t>
@@ -2339,51 +2339,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1836FCE2">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:-43.95pt;margin-top:23.3pt;width:541.3pt;height:0pt;z-index:251658258;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#76923C" strokeweight="1.75pt">
+          <v:shape type="#_x0000_t32" style="position:absolute;margin-left:-43.95pt;margin-top:23.3pt;width:541.3pt;height:0pt;z-index:22528;;v-text-anchor:top;mso-wrap-distance-left:0pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-bottom:0pt;" strokecolor="#76923C" strokeweight="1.75pt">
             <v:stroke dashstyle="1 1" linestyle="single" joinstyle="miter" endcap="flat" color2="#76923C" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
             <v:fill opacity="65536f" color2="#FFFFFF"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-176" w:tblpY="57"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
@@ -2751,51 +2751,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6773FDAE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:327.05pt;margin-top:118.8pt;width:148.3pt;height:21.3pt;z-index:251658264;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+          <v:shape id="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:327.05pt;margin-top:118.8pt;width:148.3pt;height:21.3pt;z-index:28672;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;mso-wrap-style:square;position:absolute" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
             <v:stroke dashstyle="solid" linestyle="single"/>
             <v:textbox style="" inset="7.087pt,3.685pt,7.087pt,3.685pt">
               <w:txbxContent>
                 <w:p>
                   <w:pPr>
                     <w:spacing/>
                     <w:rPr/>
                   </w:pPr>
                   <w:r>
                     <w:rPr/>
                     <w:t xml:space="preserve">Oppdatert</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr/>
                     <w:t xml:space="preserve"> dato: </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -2912,89 +2912,106 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_81fea54a-e02b-4278-b362-d57ed657aafb"/>
+      <w:tblStyle w:val="TableGrid_220af2f2-7c23-4672-8488-8fa8d3bed4d2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 19:49:17 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:20 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3022,74 +3039,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0c0d77a0-fb53-4506-81c4-8624dc42b30f"/>
+      <w:tblStyle w:val="TableGrid_9049e369-47d9-4725-911b-820fa9d5ca94"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6086"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 115. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -3107,408 +3141,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+            <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+      <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a4d0a8a3-0d0e-4c9e-8ec5-9b920b56c319"/>
+      <w:tblStyle w:val="TableGrid_61301fe0-3b80-4348-9c8e-0a47d7d48be5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7b4b3292-77a6-47bc-81b3-566ca064030f"/>
+            <w:tblStyle w:val="TableGrid_1810827c-b3be-4cc8-b608-3fdfbc12448a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+            <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7c5b00cf-2490-4349-855c-b1b5cb66c1be"/>
+            <w:tblStyle w:val="TableGrid_c09f5b51-4d69-49e4-a7a4-1b1ecbb24b96"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2160"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Beskrivelse - retningslinjer</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+            <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+      <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -4986,51 +5105,51 @@
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7439,629 +7558,629 @@
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vanliginnrykk">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0" w:customStyle="1">
-    <w:name w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+  <w:style w:type="paragraph" w:styleId="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d" w:customStyle="1">
+    <w:name w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+    <w:basedOn w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6b79100e-fa85-4133-b9b5-17b308b7e234" w:customStyle="1">
-    <w:name w:val="Normal Table_6b79100e-fa85-4133-b9b5-17b308b7e234"/>
+  <w:style w:type="table" w:styleId="NormalTable_e26cdf34-c3f0-452d-b9ce-a330e924d123" w:customStyle="1">
+    <w:name w:val="Normal Table_e26cdf34-c3f0-452d-b9ce-a330e924d123"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_419c67d7-70b8-4d82-be5e-a6c382e32833" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6b79100e-fa85-4133-b9b5-17b308b7e234"/>
+  <w:style w:type="table" w:styleId="TableGrid_9820a91c-b70b-4ec0-bcf5-02dcedce0ec3" w:customStyle="1">
+    <w:name w:val="Table Grid_9820a91c-b70b-4ec0-bcf5-02dcedce0ec3"/>
+    <w:basedOn w:val="NormalTable_e26cdf34-c3f0-452d-b9ce-a330e924d123"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+    <w:basedOn w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e3d1a31c-4160-41ec-aca4-a587cbfb96b0"/>
+    <w:basedOn w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9bc3d461-61fc-4f7e-bd9f-c2265f61f6d4" w:customStyle="1">
-    <w:name w:val="Normal Table_9bc3d461-61fc-4f7e-bd9f-c2265f61f6d4"/>
+  <w:style w:type="table" w:styleId="NormalTable_7107a5fd-1cc0-4e54-b94f-e875fa4eba96" w:customStyle="1">
+    <w:name w:val="Normal Table_7107a5fd-1cc0-4e54-b94f-e875fa4eba96"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ae745bcf-b93e-45a2-bdf5-e44bc865ddf3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9bc3d461-61fc-4f7e-bd9f-c2265f61f6d4"/>
+  <w:style w:type="table" w:styleId="TableGrid_0ac66576-889f-4f86-b896-085b92368505" w:customStyle="1">
+    <w:name w:val="Table Grid_0ac66576-889f-4f86-b896-085b92368505"/>
+    <w:basedOn w:val="NormalTable_7107a5fd-1cc0-4e54-b94f-e875fa4eba96"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_df8a61ef-9c75-4e62-bc26-b2582943b38b" w:customStyle="1">
-    <w:name w:val="Normal Table_df8a61ef-9c75-4e62-bc26-b2582943b38b"/>
+  <w:style w:type="table" w:styleId="NormalTable_464cfa18-2f1b-4045-8483-bc31bf59eb60" w:customStyle="1">
+    <w:name w:val="Normal Table_464cfa18-2f1b-4045-8483-bc31bf59eb60"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4bfe9c5c-c495-4ae6-9fd8-9807cb02e1da" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_df8a61ef-9c75-4e62-bc26-b2582943b38b"/>
+  <w:style w:type="table" w:styleId="TableGrid_33446583-b42f-41ba-ba3a-c90679a83905" w:customStyle="1">
+    <w:name w:val="Table Grid_33446583-b42f-41ba-ba3a-c90679a83905"/>
+    <w:basedOn w:val="NormalTable_464cfa18-2f1b-4045-8483-bc31bf59eb60"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_baacc2a1-cf13-420d-b383-0ba48ee323f1" w:customStyle="1">
-    <w:name w:val="Normal Table_baacc2a1-cf13-420d-b383-0ba48ee323f1"/>
+  <w:style w:type="table" w:styleId="NormalTable_645e387e-f3c7-4975-809a-08ddb2fad069" w:customStyle="1">
+    <w:name w:val="Normal Table_645e387e-f3c7-4975-809a-08ddb2fad069"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3c8d69e5-be1a-4f16-b920-5c6407f80ee4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_baacc2a1-cf13-420d-b383-0ba48ee323f1"/>
+  <w:style w:type="table" w:styleId="TableGrid_29a1fb71-b00f-424d-9038-0bdd5db1f937" w:customStyle="1">
+    <w:name w:val="Table Grid_29a1fb71-b00f-424d-9038-0bdd5db1f937"/>
+    <w:basedOn w:val="NormalTable_645e387e-f3c7-4975-809a-08ddb2fad069"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4fa3b5a8-b4f5-4aaa-b1fa-8bf6356c7f1c" w:customStyle="1">
-    <w:name w:val="Normal Table_4fa3b5a8-b4f5-4aaa-b1fa-8bf6356c7f1c"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e54203c-d2b6-48e4-943a-2c3e1fc9d2a5" w:customStyle="1">
+    <w:name w:val="Normal Table_7e54203c-d2b6-48e4-943a-2c3e1fc9d2a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_53f24435-d600-41a0-b766-8553279f3340" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4fa3b5a8-b4f5-4aaa-b1fa-8bf6356c7f1c"/>
+  <w:style w:type="table" w:styleId="TableGrid_f7b57442-2b83-44a0-aa65-4e813a88c06b" w:customStyle="1">
+    <w:name w:val="Table Grid_f7b57442-2b83-44a0-aa65-4e813a88c06b"/>
+    <w:basedOn w:val="NormalTable_7e54203c-d2b6-48e4-943a-2c3e1fc9d2a5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_580abd02-2be1-429f-b39a-be7f843ff37f" w:customStyle="1">
-    <w:name w:val="Normal Table_580abd02-2be1-429f-b39a-be7f843ff37f"/>
+  <w:style w:type="table" w:styleId="NormalTable_28c18ab4-9310-46eb-8be7-6a7e44b12851" w:customStyle="1">
+    <w:name w:val="Normal Table_28c18ab4-9310-46eb-8be7-6a7e44b12851"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_81fea54a-e02b-4278-b362-d57ed657aafb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_580abd02-2be1-429f-b39a-be7f843ff37f"/>
+  <w:style w:type="table" w:styleId="TableGrid_220af2f2-7c23-4672-8488-8fa8d3bed4d2" w:customStyle="1">
+    <w:name w:val="Table Grid_220af2f2-7c23-4672-8488-8fa8d3bed4d2"/>
+    <w:basedOn w:val="NormalTable_28c18ab4-9310-46eb-8be7-6a7e44b12851"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_97cee0b1-e688-49fe-920e-fcbf58945d98" w:customStyle="1">
-    <w:name w:val="Normal Table_97cee0b1-e688-49fe-920e-fcbf58945d98"/>
+  <w:style w:type="table" w:styleId="NormalTable_21649e13-9f04-4842-9446-45b0d435669c" w:customStyle="1">
+    <w:name w:val="Normal Table_21649e13-9f04-4842-9446-45b0d435669c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0c0d77a0-fb53-4506-81c4-8624dc42b30f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_97cee0b1-e688-49fe-920e-fcbf58945d98"/>
+  <w:style w:type="table" w:styleId="TableGrid_9049e369-47d9-4725-911b-820fa9d5ca94" w:customStyle="1">
+    <w:name w:val="Table Grid_9049e369-47d9-4725-911b-820fa9d5ca94"/>
+    <w:basedOn w:val="NormalTable_21649e13-9f04-4842-9446-45b0d435669c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e71c9c70-9bee-461b-b2d3-fdc2d13c9d0f" w:customStyle="1">
-    <w:name w:val="Normal Table_e71c9c70-9bee-461b-b2d3-fdc2d13c9d0f"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc3e60a6-fcbe-4575-a4a1-a96e904e7165" w:customStyle="1">
+    <w:name w:val="Normal Table_fc3e60a6-fcbe-4575-a4a1-a96e904e7165"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7b4b3292-77a6-47bc-81b3-566ca064030f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e71c9c70-9bee-461b-b2d3-fdc2d13c9d0f"/>
+  <w:style w:type="table" w:styleId="TableGrid_1810827c-b3be-4cc8-b608-3fdfbc12448a" w:customStyle="1">
+    <w:name w:val="Table Grid_1810827c-b3be-4cc8-b608-3fdfbc12448a"/>
+    <w:basedOn w:val="NormalTable_fc3e60a6-fcbe-4575-a4a1-a96e904e7165"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0acc677e-415c-44af-8696-66dfc0d1f2c1" w:customStyle="1">
-    <w:name w:val="Normal Table_0acc677e-415c-44af-8696-66dfc0d1f2c1"/>
+  <w:style w:type="table" w:styleId="NormalTable_baf8b2ae-ec17-4f4f-88da-40a138f15a7b" w:customStyle="1">
+    <w:name w:val="Normal Table_baf8b2ae-ec17-4f4f-88da-40a138f15a7b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7c5b00cf-2490-4349-855c-b1b5cb66c1be" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0acc677e-415c-44af-8696-66dfc0d1f2c1"/>
+  <w:style w:type="table" w:styleId="TableGrid_c09f5b51-4d69-49e4-a7a4-1b1ecbb24b96" w:customStyle="1">
+    <w:name w:val="Table Grid_c09f5b51-4d69-49e4-a7a4-1b1ecbb24b96"/>
+    <w:basedOn w:val="NormalTable_baf8b2ae-ec17-4f4f-88da-40a138f15a7b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_75d40324-04a7-437a-b45a-56c4a7f17c75" w:customStyle="1">
-    <w:name w:val="Normal Table_75d40324-04a7-437a-b45a-56c4a7f17c75"/>
+  <w:style w:type="table" w:styleId="NormalTable_0fd542a3-6b92-48a2-97f0-daff5c894163" w:customStyle="1">
+    <w:name w:val="Normal Table_0fd542a3-6b92-48a2-97f0-daff5c894163"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a4d0a8a3-0d0e-4c9e-8ec5-9b920b56c319" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_75d40324-04a7-437a-b45a-56c4a7f17c75"/>
+  <w:style w:type="table" w:styleId="TableGrid_61301fe0-3b80-4348-9c8e-0a47d7d48be5" w:customStyle="1">
+    <w:name w:val="Table Grid_61301fe0-3b80-4348-9c8e-0a47d7d48be5"/>
+    <w:basedOn w:val="NormalTable_0fd542a3-6b92-48a2-97f0-daff5c894163"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>