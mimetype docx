--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -2912,51 +2912,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_220af2f2-7c23-4672-8488-8fa8d3bed4d2"/>
+      <w:tblStyle w:val="TableGrid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2967,51 +2967,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:20 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:30:06 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3039,51 +3039,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9049e369-47d9-4725-911b-820fa9d5ca94"/>
+      <w:tblStyle w:val="TableGrid_b6419350-8bb3-44d4-abca-4f72ed77aaa4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3141,51 +3141,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3198,59 +3198,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+      <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_61301fe0-3b80-4348-9c8e-0a47d7d48be5"/>
+      <w:tblStyle w:val="TableGrid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3261,51 +3261,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1810827c-b3be-4cc8-b608-3fdfbc12448a"/>
+            <w:tblStyle w:val="TableGrid_2abab30f-8862-4978-a4d9-7ac98fcb1950"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3406,72 +3406,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c09f5b51-4d69-49e4-a7a4-1b1ecbb24b96"/>
+            <w:tblStyle w:val="TableGrid_21ae9594-a7b9-454c-a378-d94a3468597c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2160"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3572,62 +3572,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+      <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -7558,629 +7558,629 @@
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vanliginnrykk">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d" w:customStyle="1">
-    <w:name w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_3fd40aee-2cda-4255-abd0-7effb659818a" w:customStyle="1">
+    <w:name w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e26cdf34-c3f0-452d-b9ce-a330e924d123" w:customStyle="1">
-    <w:name w:val="Normal Table_e26cdf34-c3f0-452d-b9ce-a330e924d123"/>
+  <w:style w:type="table" w:styleId="NormalTable_add42116-c40e-4f93-956f-e4c69cb08c27" w:customStyle="1">
+    <w:name w:val="Normal Table_add42116-c40e-4f93-956f-e4c69cb08c27"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9820a91c-b70b-4ec0-bcf5-02dcedce0ec3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e26cdf34-c3f0-452d-b9ce-a330e924d123"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6ac9a9c-9ddd-4e7d-b71a-82c1c2c050b2" w:customStyle="1">
+    <w:name w:val="Table Grid_b6ac9a9c-9ddd-4e7d-b71a-82c1c2c050b2"/>
+    <w:basedOn w:val="NormalTable_add42116-c40e-4f93-956f-e4c69cb08c27"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e744dca1-ebe2-4f68-9e48-8043f270440d"/>
+    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7107a5fd-1cc0-4e54-b94f-e875fa4eba96" w:customStyle="1">
-    <w:name w:val="Normal Table_7107a5fd-1cc0-4e54-b94f-e875fa4eba96"/>
+  <w:style w:type="table" w:styleId="NormalTable_c01a0c0c-bb69-46a0-89c0-adde3185271e" w:customStyle="1">
+    <w:name w:val="Normal Table_c01a0c0c-bb69-46a0-89c0-adde3185271e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0ac66576-889f-4f86-b896-085b92368505" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7107a5fd-1cc0-4e54-b94f-e875fa4eba96"/>
+  <w:style w:type="table" w:styleId="TableGrid_3bc5cfdc-eeb0-4761-bb93-c028400f4269" w:customStyle="1">
+    <w:name w:val="Table Grid_3bc5cfdc-eeb0-4761-bb93-c028400f4269"/>
+    <w:basedOn w:val="NormalTable_c01a0c0c-bb69-46a0-89c0-adde3185271e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_464cfa18-2f1b-4045-8483-bc31bf59eb60" w:customStyle="1">
-    <w:name w:val="Normal Table_464cfa18-2f1b-4045-8483-bc31bf59eb60"/>
+  <w:style w:type="table" w:styleId="NormalTable_4d1a029d-f97c-4e8c-89ff-f6053a8f418f" w:customStyle="1">
+    <w:name w:val="Normal Table_4d1a029d-f97c-4e8c-89ff-f6053a8f418f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_33446583-b42f-41ba-ba3a-c90679a83905" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_464cfa18-2f1b-4045-8483-bc31bf59eb60"/>
+  <w:style w:type="table" w:styleId="TableGrid_895788cd-7bf8-4f20-9364-65d5d436a00c" w:customStyle="1">
+    <w:name w:val="Table Grid_895788cd-7bf8-4f20-9364-65d5d436a00c"/>
+    <w:basedOn w:val="NormalTable_4d1a029d-f97c-4e8c-89ff-f6053a8f418f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_645e387e-f3c7-4975-809a-08ddb2fad069" w:customStyle="1">
-    <w:name w:val="Normal Table_645e387e-f3c7-4975-809a-08ddb2fad069"/>
+  <w:style w:type="table" w:styleId="NormalTable_f338cd6c-a9c3-453c-9024-a11d409e7bef" w:customStyle="1">
+    <w:name w:val="Normal Table_f338cd6c-a9c3-453c-9024-a11d409e7bef"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_29a1fb71-b00f-424d-9038-0bdd5db1f937" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_645e387e-f3c7-4975-809a-08ddb2fad069"/>
+  <w:style w:type="table" w:styleId="TableGrid_93e109cc-1c60-4e11-af0f-764b0a8e61eb" w:customStyle="1">
+    <w:name w:val="Table Grid_93e109cc-1c60-4e11-af0f-764b0a8e61eb"/>
+    <w:basedOn w:val="NormalTable_f338cd6c-a9c3-453c-9024-a11d409e7bef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e54203c-d2b6-48e4-943a-2c3e1fc9d2a5" w:customStyle="1">
-    <w:name w:val="Normal Table_7e54203c-d2b6-48e4-943a-2c3e1fc9d2a5"/>
+  <w:style w:type="table" w:styleId="NormalTable_98a47374-644d-408d-92ba-d30dfb9b175f" w:customStyle="1">
+    <w:name w:val="Normal Table_98a47374-644d-408d-92ba-d30dfb9b175f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f7b57442-2b83-44a0-aa65-4e813a88c06b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e54203c-d2b6-48e4-943a-2c3e1fc9d2a5"/>
+  <w:style w:type="table" w:styleId="TableGrid_958274a0-56d2-476a-ba46-03ba53049144" w:customStyle="1">
+    <w:name w:val="Table Grid_958274a0-56d2-476a-ba46-03ba53049144"/>
+    <w:basedOn w:val="NormalTable_98a47374-644d-408d-92ba-d30dfb9b175f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_28c18ab4-9310-46eb-8be7-6a7e44b12851" w:customStyle="1">
-    <w:name w:val="Normal Table_28c18ab4-9310-46eb-8be7-6a7e44b12851"/>
+  <w:style w:type="table" w:styleId="NormalTable_4b65a3b3-573e-4f95-a4c2-b019e67b50b3" w:customStyle="1">
+    <w:name w:val="Normal Table_4b65a3b3-573e-4f95-a4c2-b019e67b50b3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_220af2f2-7c23-4672-8488-8fa8d3bed4d2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_28c18ab4-9310-46eb-8be7-6a7e44b12851"/>
+  <w:style w:type="table" w:styleId="TableGrid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35" w:customStyle="1">
+    <w:name w:val="Table Grid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35"/>
+    <w:basedOn w:val="NormalTable_4b65a3b3-573e-4f95-a4c2-b019e67b50b3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_21649e13-9f04-4842-9446-45b0d435669c" w:customStyle="1">
-    <w:name w:val="Normal Table_21649e13-9f04-4842-9446-45b0d435669c"/>
+  <w:style w:type="table" w:styleId="NormalTable_834f696a-e07f-40c8-952d-282791913f73" w:customStyle="1">
+    <w:name w:val="Normal Table_834f696a-e07f-40c8-952d-282791913f73"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9049e369-47d9-4725-911b-820fa9d5ca94" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_21649e13-9f04-4842-9446-45b0d435669c"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6419350-8bb3-44d4-abca-4f72ed77aaa4" w:customStyle="1">
+    <w:name w:val="Table Grid_b6419350-8bb3-44d4-abca-4f72ed77aaa4"/>
+    <w:basedOn w:val="NormalTable_834f696a-e07f-40c8-952d-282791913f73"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc3e60a6-fcbe-4575-a4a1-a96e904e7165" w:customStyle="1">
-    <w:name w:val="Normal Table_fc3e60a6-fcbe-4575-a4a1-a96e904e7165"/>
+  <w:style w:type="table" w:styleId="NormalTable_da3c83d0-efb7-4a67-b806-9cd27af1fa52" w:customStyle="1">
+    <w:name w:val="Normal Table_da3c83d0-efb7-4a67-b806-9cd27af1fa52"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1810827c-b3be-4cc8-b608-3fdfbc12448a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc3e60a6-fcbe-4575-a4a1-a96e904e7165"/>
+  <w:style w:type="table" w:styleId="TableGrid_2abab30f-8862-4978-a4d9-7ac98fcb1950" w:customStyle="1">
+    <w:name w:val="Table Grid_2abab30f-8862-4978-a4d9-7ac98fcb1950"/>
+    <w:basedOn w:val="NormalTable_da3c83d0-efb7-4a67-b806-9cd27af1fa52"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_baf8b2ae-ec17-4f4f-88da-40a138f15a7b" w:customStyle="1">
-    <w:name w:val="Normal Table_baf8b2ae-ec17-4f4f-88da-40a138f15a7b"/>
+  <w:style w:type="table" w:styleId="NormalTable_6cc09db2-a4e1-4137-8d44-324a76b3f8e3" w:customStyle="1">
+    <w:name w:val="Normal Table_6cc09db2-a4e1-4137-8d44-324a76b3f8e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c09f5b51-4d69-49e4-a7a4-1b1ecbb24b96" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_baf8b2ae-ec17-4f4f-88da-40a138f15a7b"/>
+  <w:style w:type="table" w:styleId="TableGrid_21ae9594-a7b9-454c-a378-d94a3468597c" w:customStyle="1">
+    <w:name w:val="Table Grid_21ae9594-a7b9-454c-a378-d94a3468597c"/>
+    <w:basedOn w:val="NormalTable_6cc09db2-a4e1-4137-8d44-324a76b3f8e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0fd542a3-6b92-48a2-97f0-daff5c894163" w:customStyle="1">
-    <w:name w:val="Normal Table_0fd542a3-6b92-48a2-97f0-daff5c894163"/>
+  <w:style w:type="table" w:styleId="NormalTable_075ba86e-ab70-4a6f-808f-85b560eaf472" w:customStyle="1">
+    <w:name w:val="Normal Table_075ba86e-ab70-4a6f-808f-85b560eaf472"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_61301fe0-3b80-4348-9c8e-0a47d7d48be5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0fd542a3-6b92-48a2-97f0-daff5c894163"/>
+  <w:style w:type="table" w:styleId="TableGrid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3" w:customStyle="1">
+    <w:name w:val="Table Grid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3"/>
+    <w:basedOn w:val="NormalTable_075ba86e-ab70-4a6f-808f-85b560eaf472"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>