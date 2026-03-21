--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -2912,51 +2912,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35"/>
+      <w:tblStyle w:val="TableGrid_36802fbb-e6bf-4b5a-985a-d62cb87b233c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2967,51 +2967,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:30:06 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:40 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3039,51 +3039,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b6419350-8bb3-44d4-abca-4f72ed77aaa4"/>
+      <w:tblStyle w:val="TableGrid_18702465-0e75-4702-b902-5b49bfba148b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3141,51 +3141,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+            <w:pStyle w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3198,59 +3198,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+      <w:pStyle w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3"/>
+      <w:tblStyle w:val="TableGrid_6ccf978f-df4c-4e0c-87ab-33e4dd08b546"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3261,51 +3261,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2abab30f-8862-4978-a4d9-7ac98fcb1950"/>
+            <w:tblStyle w:val="TableGrid_bc743832-98b6-4aad-bd39-57190a5f14f7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3406,72 +3406,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+            <w:pStyle w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_21ae9594-a7b9-454c-a378-d94a3468597c"/>
+            <w:tblStyle w:val="TableGrid_5cdba22d-c8ad-4147-b348-39b33a26760c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2160"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3572,62 +3572,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+            <w:pStyle w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+      <w:pStyle w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -7558,629 +7558,629 @@
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vanliginnrykk">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_3fd40aee-2cda-4255-abd0-7effb659818a" w:customStyle="1">
-    <w:name w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_416faa17-3e54-40e7-947e-d528cdf41484" w:customStyle="1">
+    <w:name w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+    <w:basedOn w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_add42116-c40e-4f93-956f-e4c69cb08c27" w:customStyle="1">
-    <w:name w:val="Normal Table_add42116-c40e-4f93-956f-e4c69cb08c27"/>
+  <w:style w:type="table" w:styleId="NormalTable_bfb52b3f-275d-4d17-85ab-fa9fd4128991" w:customStyle="1">
+    <w:name w:val="Normal Table_bfb52b3f-275d-4d17-85ab-fa9fd4128991"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6ac9a9c-9ddd-4e7d-b71a-82c1c2c050b2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_add42116-c40e-4f93-956f-e4c69cb08c27"/>
+  <w:style w:type="table" w:styleId="TableGrid_df059539-0f7d-4dd0-adc0-aeb7545a0882" w:customStyle="1">
+    <w:name w:val="Table Grid_df059539-0f7d-4dd0-adc0-aeb7545a0882"/>
+    <w:basedOn w:val="NormalTable_bfb52b3f-275d-4d17-85ab-fa9fd4128991"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+    <w:basedOn w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
+    <w:basedOn w:val="Normal_416faa17-3e54-40e7-947e-d528cdf41484"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c01a0c0c-bb69-46a0-89c0-adde3185271e" w:customStyle="1">
-    <w:name w:val="Normal Table_c01a0c0c-bb69-46a0-89c0-adde3185271e"/>
+  <w:style w:type="table" w:styleId="NormalTable_1fbc7580-df54-4cc2-b7c9-2ba5ac1b3b6f" w:customStyle="1">
+    <w:name w:val="Normal Table_1fbc7580-df54-4cc2-b7c9-2ba5ac1b3b6f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3bc5cfdc-eeb0-4761-bb93-c028400f4269" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c01a0c0c-bb69-46a0-89c0-adde3185271e"/>
+  <w:style w:type="table" w:styleId="TableGrid_53379a33-e989-4188-a4bf-6353a7cb031d" w:customStyle="1">
+    <w:name w:val="Table Grid_53379a33-e989-4188-a4bf-6353a7cb031d"/>
+    <w:basedOn w:val="NormalTable_1fbc7580-df54-4cc2-b7c9-2ba5ac1b3b6f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4d1a029d-f97c-4e8c-89ff-f6053a8f418f" w:customStyle="1">
-    <w:name w:val="Normal Table_4d1a029d-f97c-4e8c-89ff-f6053a8f418f"/>
+  <w:style w:type="table" w:styleId="NormalTable_54b22431-a3d3-4ba2-bc76-1dd4d45ebd27" w:customStyle="1">
+    <w:name w:val="Normal Table_54b22431-a3d3-4ba2-bc76-1dd4d45ebd27"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_895788cd-7bf8-4f20-9364-65d5d436a00c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4d1a029d-f97c-4e8c-89ff-f6053a8f418f"/>
+  <w:style w:type="table" w:styleId="TableGrid_e9b3c662-96d4-436f-89c0-7f119793eafb" w:customStyle="1">
+    <w:name w:val="Table Grid_e9b3c662-96d4-436f-89c0-7f119793eafb"/>
+    <w:basedOn w:val="NormalTable_54b22431-a3d3-4ba2-bc76-1dd4d45ebd27"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f338cd6c-a9c3-453c-9024-a11d409e7bef" w:customStyle="1">
-    <w:name w:val="Normal Table_f338cd6c-a9c3-453c-9024-a11d409e7bef"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c623b71-6003-44d2-b749-b2b229c1a284" w:customStyle="1">
+    <w:name w:val="Normal Table_0c623b71-6003-44d2-b749-b2b229c1a284"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_93e109cc-1c60-4e11-af0f-764b0a8e61eb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f338cd6c-a9c3-453c-9024-a11d409e7bef"/>
+  <w:style w:type="table" w:styleId="TableGrid_f0b0835d-c278-437d-9a5f-61ae993006aa" w:customStyle="1">
+    <w:name w:val="Table Grid_f0b0835d-c278-437d-9a5f-61ae993006aa"/>
+    <w:basedOn w:val="NormalTable_0c623b71-6003-44d2-b749-b2b229c1a284"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98a47374-644d-408d-92ba-d30dfb9b175f" w:customStyle="1">
-    <w:name w:val="Normal Table_98a47374-644d-408d-92ba-d30dfb9b175f"/>
+  <w:style w:type="table" w:styleId="NormalTable_946c9c7f-a0c2-4fa6-ba07-319309ef0ddd" w:customStyle="1">
+    <w:name w:val="Normal Table_946c9c7f-a0c2-4fa6-ba07-319309ef0ddd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_958274a0-56d2-476a-ba46-03ba53049144" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_98a47374-644d-408d-92ba-d30dfb9b175f"/>
+  <w:style w:type="table" w:styleId="TableGrid_8261e8fa-8805-4dc7-b13a-e15e92a69406" w:customStyle="1">
+    <w:name w:val="Table Grid_8261e8fa-8805-4dc7-b13a-e15e92a69406"/>
+    <w:basedOn w:val="NormalTable_946c9c7f-a0c2-4fa6-ba07-319309ef0ddd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b65a3b3-573e-4f95-a4c2-b019e67b50b3" w:customStyle="1">
-    <w:name w:val="Normal Table_4b65a3b3-573e-4f95-a4c2-b019e67b50b3"/>
+  <w:style w:type="table" w:styleId="NormalTable_c9435c22-1226-4ca3-b895-c79b280bb641" w:customStyle="1">
+    <w:name w:val="Normal Table_c9435c22-1226-4ca3-b895-c79b280bb641"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b65a3b3-573e-4f95-a4c2-b019e67b50b3"/>
+  <w:style w:type="table" w:styleId="TableGrid_36802fbb-e6bf-4b5a-985a-d62cb87b233c" w:customStyle="1">
+    <w:name w:val="Table Grid_36802fbb-e6bf-4b5a-985a-d62cb87b233c"/>
+    <w:basedOn w:val="NormalTable_c9435c22-1226-4ca3-b895-c79b280bb641"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_834f696a-e07f-40c8-952d-282791913f73" w:customStyle="1">
-    <w:name w:val="Normal Table_834f696a-e07f-40c8-952d-282791913f73"/>
+  <w:style w:type="table" w:styleId="NormalTable_ba1cf260-aa4c-4136-90f7-605866dd4eb2" w:customStyle="1">
+    <w:name w:val="Normal Table_ba1cf260-aa4c-4136-90f7-605866dd4eb2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6419350-8bb3-44d4-abca-4f72ed77aaa4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_834f696a-e07f-40c8-952d-282791913f73"/>
+  <w:style w:type="table" w:styleId="TableGrid_18702465-0e75-4702-b902-5b49bfba148b" w:customStyle="1">
+    <w:name w:val="Table Grid_18702465-0e75-4702-b902-5b49bfba148b"/>
+    <w:basedOn w:val="NormalTable_ba1cf260-aa4c-4136-90f7-605866dd4eb2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_da3c83d0-efb7-4a67-b806-9cd27af1fa52" w:customStyle="1">
-    <w:name w:val="Normal Table_da3c83d0-efb7-4a67-b806-9cd27af1fa52"/>
+  <w:style w:type="table" w:styleId="NormalTable_3b73a325-f575-4445-8175-2e282b923604" w:customStyle="1">
+    <w:name w:val="Normal Table_3b73a325-f575-4445-8175-2e282b923604"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2abab30f-8862-4978-a4d9-7ac98fcb1950" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_da3c83d0-efb7-4a67-b806-9cd27af1fa52"/>
+  <w:style w:type="table" w:styleId="TableGrid_bc743832-98b6-4aad-bd39-57190a5f14f7" w:customStyle="1">
+    <w:name w:val="Table Grid_bc743832-98b6-4aad-bd39-57190a5f14f7"/>
+    <w:basedOn w:val="NormalTable_3b73a325-f575-4445-8175-2e282b923604"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6cc09db2-a4e1-4137-8d44-324a76b3f8e3" w:customStyle="1">
-    <w:name w:val="Normal Table_6cc09db2-a4e1-4137-8d44-324a76b3f8e3"/>
+  <w:style w:type="table" w:styleId="NormalTable_e5735af9-db9d-4939-9b9b-b62c7a04bf9b" w:customStyle="1">
+    <w:name w:val="Normal Table_e5735af9-db9d-4939-9b9b-b62c7a04bf9b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_21ae9594-a7b9-454c-a378-d94a3468597c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6cc09db2-a4e1-4137-8d44-324a76b3f8e3"/>
+  <w:style w:type="table" w:styleId="TableGrid_5cdba22d-c8ad-4147-b348-39b33a26760c" w:customStyle="1">
+    <w:name w:val="Table Grid_5cdba22d-c8ad-4147-b348-39b33a26760c"/>
+    <w:basedOn w:val="NormalTable_e5735af9-db9d-4939-9b9b-b62c7a04bf9b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_075ba86e-ab70-4a6f-808f-85b560eaf472" w:customStyle="1">
-    <w:name w:val="Normal Table_075ba86e-ab70-4a6f-808f-85b560eaf472"/>
+  <w:style w:type="table" w:styleId="NormalTable_3b0d24c7-af0a-4856-83ae-2e4812da23bb" w:customStyle="1">
+    <w:name w:val="Normal Table_3b0d24c7-af0a-4856-83ae-2e4812da23bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_075ba86e-ab70-4a6f-808f-85b560eaf472"/>
+  <w:style w:type="table" w:styleId="TableGrid_6ccf978f-df4c-4e0c-87ab-33e4dd08b546" w:customStyle="1">
+    <w:name w:val="Table Grid_6ccf978f-df4c-4e0c-87ab-33e4dd08b546"/>
+    <w:basedOn w:val="NormalTable_3b0d24c7-af0a-4856-83ae-2e4812da23bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>