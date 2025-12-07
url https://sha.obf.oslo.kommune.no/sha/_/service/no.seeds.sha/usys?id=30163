--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -124,51 +124,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1821"/>
             <w:tcBorders/>
             <w:shd w:fill="F2F2F2" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="1302283753"/>
+            <w:permStart w:edGrp="everyone" w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prosjekt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3360"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -219,52 +219,51 @@
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1821"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="F2F2F2" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="304889626"/>
-            <w:permEnd w:id="1302283753"/>
+            <w:permEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prosjektleder OBF:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3360"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -290,51 +289,50 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3186"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="304889626"/>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3475"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="F2F2F2" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -398,51 +396,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3475"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="1803573993"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3402"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3471"/>
             <w:gridSpan w:val="2"/>
@@ -658,51 +655,50 @@
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3471"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1803573993"/>
     </w:tbl>
     <w:p w14:paraId="206D69CE">
       <w:pPr>
         <w:spacing/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1231"/>
         <w:gridCol w:w="9117"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1231"/>
             <w:tcBorders/>
             <w:shd w:fill="F2F2F2" w:color="auto" w:val="clear"/>
@@ -2244,55 +2240,53 @@
               <w:t xml:space="preserve">Avvik/ merknader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1214" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="10348"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="455762403"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="455762403"/>
     </w:tbl>
     <w:p w14:paraId="33740DC8">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -2330,51 +2324,51 @@
               <w:t xml:space="preserve">Hovedinntrykk av prosjekt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1214" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="10348"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="478676545"/>
+            <w:permStart w:edGrp="everyone" w:id="4"/>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2411,51 +2405,51 @@
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F5EEE6A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk122440513"/>
-      <w:permEnd w:id="478676545"/>
+      <w:permEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve">SHA-krav i </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve">kontraktsgrunnlag</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
@@ -4350,100 +4344,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d774b095-bda8-403d-8adf-402c3cb81f5e"/>
+      <w:tblStyle w:val="TableGrid_c1948c7c-9c09-4744-bf4a-ca9670d8b51b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:46:39 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:26 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4460,100 +4471,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_512f753f-ea0c-4696-8f0f-14b2f32fa140"/>
+      <w:tblStyle w:val="TableGrid_0aaa5eac-61e3-4ec3-8174-25418ea5d790"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5458"/>
       <w:gridCol w:w="5457"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:46:39 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:26 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4570,100 +4598,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fb43c3d4-7e70-4dd2-8ee5-49d69bc37638"/>
+      <w:tblStyle w:val="TableGrid_b68a3d48-d123-4cf5-b7dd-0f1df729501f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:46:39 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:26 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4680,1403 +4725,1709 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9868e744-59f0-4b5a-97e0-56acaaeb15b7"/>
+      <w:tblStyle w:val="TableGrid_7d7fed56-2a77-445e-b121-a7231bd9052d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_83e61b4b-a613-4b4d-bf18-7908f211e1bc"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8fc2b63a-e5fc-47ab-bb68-924eefb81b0c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8fc2b63a-e5fc-47ab-bb68-924eefb81b0c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="1024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_379f6f14-705c-43d2-bc21-73f3fdcce7b2"/>
+      <w:tblStyle w:val="TableGrid_00d7f5bb-794e-4408-9ad6-eb28d0243556"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c9fbed34-ff1f-4002-9f46-9dfc7c2f742c"/>
+            <w:tblStyle w:val="TableGrid_99da2bf6-4961-4ba8-b697-9b598037a01f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1599c7e8-2609-4809-8274-2dbbfd7eb791"/>
+            <w:tblStyle w:val="TableGrid_25b21d9b-a7c1-4a3e-b003-616d6496cf32"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_048744a8-fc7b-458b-b9c3-ef44f056f58e"/>
+      <w:tblStyle w:val="TableGrid_75dbc693-b99e-45ea-8ced-385499310562"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7324"/>
       <w:gridCol w:w="2627"/>
       <w:gridCol w:w="964"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7324"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_83e61b4b-a613-4b4d-bf18-7908f211e1bc"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8fc2b63a-e5fc-47ab-bb68-924eefb81b0c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2627"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8fc2b63a-e5fc-47ab-bb68-924eefb81b0c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="964"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="2048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c143a83b-5d70-4bbf-9d17-5f74a68d09b8"/>
+      <w:tblStyle w:val="TableGrid_4107cbcf-b21f-4b73-a13f-3ece7463930d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7095"/>
       <w:gridCol w:w="3820"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7095"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f8883d01-06d8-4f89-9d7d-30aa1eaa9998"/>
+            <w:tblStyle w:val="TableGrid_b0fe9c40-8481-4e1a-a66c-c69f241a192c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3820"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c2f294b6-fa7b-4bd9-ad7a-45131c4e9633"/>
+            <w:tblStyle w:val="TableGrid_5eb7c4f5-6f7c-4098-9180-4f54a362c6e8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d54261e5-b569-4758-8506-9e8ce74a4290"/>
+      <w:tblStyle w:val="TableGrid_cfb171c8-c06f-41bd-92d7-f7292b42557c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_83e61b4b-a613-4b4d-bf18-7908f211e1bc"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8fc2b63a-e5fc-47ab-bb68-924eefb81b0c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8fc2b63a-e5fc-47ab-bb68-924eefb81b0c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId9"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_751fb435-e2a0-4823-8d4f-dd4a018a95c7"/>
+      <w:tblStyle w:val="TableGrid_15a37361-d411-4362-8721-1548cef3d11a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_80e539b8-3899-4634-bf87-c6f698b868f4"/>
+            <w:tblStyle w:val="TableGrid_1a93f700-e4cb-4917-80e9-1693faad5568"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_03b650a9-50bf-4baf-9cf3-708d872b5cc3"/>
+            <w:tblStyle w:val="TableGrid_0cce172b-a507-4f2e-a5cd-91c321ed65e1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -9811,51 +10162,51 @@
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="32"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -13100,1729 +13451,1729 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3" w:customStyle="1">
     <w:name w:val="Table Grid_0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3"/>
     <w:basedOn w:val="NormalTablef34fdf2f-775f-41ed-a444-8516196905dd"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_3812779d-3e48-4a60-bf13-0b945706d616" w:customStyle="1">
-    <w:name w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+  <w:style w:type="paragraph" w:styleId="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9" w:customStyle="1">
+    <w:name w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_19a78b2a-aa4f-4fb5-80b8-97477f8602e2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+    <w:basedOn w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e4a2f2b5-1fd1-4551-a141-b46741b3ef2d" w:customStyle="1">
-    <w:name w:val="Normal Table_e4a2f2b5-1fd1-4551-a141-b46741b3ef2d"/>
+  <w:style w:type="table" w:styleId="NormalTable_ab3e32bf-56f8-4d08-913b-559eb257a416" w:customStyle="1">
+    <w:name w:val="Normal Table_ab3e32bf-56f8-4d08-913b-559eb257a416"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_440395df-f858-40c1-a090-e04ed5557e6d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e4a2f2b5-1fd1-4551-a141-b46741b3ef2d"/>
+  <w:style w:type="table" w:styleId="TableGrid_e1c19e17-d671-45cd-b79a-371e92cca9cb" w:customStyle="1">
+    <w:name w:val="Table Grid_e1c19e17-d671-45cd-b79a-371e92cca9cb"/>
+    <w:basedOn w:val="NormalTable_ab3e32bf-56f8-4d08-913b-559eb257a416"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_83e61b4b-a613-4b4d-bf18-7908f211e1bc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120"/>
+    <w:basedOn w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_8fc2b63a-e5fc-47ab-bb68-924eefb81b0c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_3812779d-3e48-4a60-bf13-0b945706d616"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
+    <w:basedOn w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65f09059-ec90-418a-895a-0ceae6f77c00" w:customStyle="1">
-    <w:name w:val="Normal Table_65f09059-ec90-418a-895a-0ceae6f77c00"/>
+  <w:style w:type="table" w:styleId="NormalTable_39db7273-1063-47ed-95bc-64262568c1ad" w:customStyle="1">
+    <w:name w:val="Normal Table_39db7273-1063-47ed-95bc-64262568c1ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_51918a8f-7e64-4cdb-87a8-031c5abdfcfd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65f09059-ec90-418a-895a-0ceae6f77c00"/>
+  <w:style w:type="table" w:styleId="TableGrid_ab364a33-c0c8-46f9-aa83-a513179aeee0" w:customStyle="1">
+    <w:name w:val="Table Grid_ab364a33-c0c8-46f9-aa83-a513179aeee0"/>
+    <w:basedOn w:val="NormalTable_39db7273-1063-47ed-95bc-64262568c1ad"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_96411698-6f62-4f1c-94ad-51b6423eedec" w:customStyle="1">
-    <w:name w:val="Normal Table_96411698-6f62-4f1c-94ad-51b6423eedec"/>
+  <w:style w:type="table" w:styleId="NormalTable_3fbeb36e-aaba-436a-a0a0-3211dc67797f" w:customStyle="1">
+    <w:name w:val="Normal Table_3fbeb36e-aaba-436a-a0a0-3211dc67797f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5bb6ebc-3f9c-4a6a-b40c-356cd228a273" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_96411698-6f62-4f1c-94ad-51b6423eedec"/>
+  <w:style w:type="table" w:styleId="TableGrid_516899a8-5800-46f8-ba66-8b3381c30b65" w:customStyle="1">
+    <w:name w:val="Table Grid_516899a8-5800-46f8-ba66-8b3381c30b65"/>
+    <w:basedOn w:val="NormalTable_3fbeb36e-aaba-436a-a0a0-3211dc67797f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c4662cd7-ea8e-4f6e-80c6-fe6e7eb26c35" w:customStyle="1">
-    <w:name w:val="Normal Table_c4662cd7-ea8e-4f6e-80c6-fe6e7eb26c35"/>
+  <w:style w:type="table" w:styleId="NormalTable_9a527568-46b8-4a1d-903c-a86040a0a279" w:customStyle="1">
+    <w:name w:val="Normal Table_9a527568-46b8-4a1d-903c-a86040a0a279"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_099d07e3-4da7-44c3-b876-2d012c587bcd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c4662cd7-ea8e-4f6e-80c6-fe6e7eb26c35"/>
+  <w:style w:type="table" w:styleId="TableGrid_8fadb84d-ed48-407d-a5e6-c10257c37a2b" w:customStyle="1">
+    <w:name w:val="Table Grid_8fadb84d-ed48-407d-a5e6-c10257c37a2b"/>
+    <w:basedOn w:val="NormalTable_9a527568-46b8-4a1d-903c-a86040a0a279"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_32fe4302-0891-4f98-b36d-ce06f8762e08" w:customStyle="1">
-    <w:name w:val="Normal Table_32fe4302-0891-4f98-b36d-ce06f8762e08"/>
+  <w:style w:type="table" w:styleId="NormalTable_6471df6f-1926-43ab-8ec6-368dfab7d3f6" w:customStyle="1">
+    <w:name w:val="Normal Table_6471df6f-1926-43ab-8ec6-368dfab7d3f6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5870f56-beb4-41a7-94b1-6a3c0a449317" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_32fe4302-0891-4f98-b36d-ce06f8762e08"/>
+  <w:style w:type="table" w:styleId="TableGrid_e8a00daa-d3b4-4e40-bdbc-8d89d0e0e64c" w:customStyle="1">
+    <w:name w:val="Table Grid_e8a00daa-d3b4-4e40-bdbc-8d89d0e0e64c"/>
+    <w:basedOn w:val="NormalTable_6471df6f-1926-43ab-8ec6-368dfab7d3f6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_33514ea5-364f-4e44-a53c-fbdd1d9f7a29" w:customStyle="1">
-    <w:name w:val="Normal Table_33514ea5-364f-4e44-a53c-fbdd1d9f7a29"/>
+  <w:style w:type="table" w:styleId="NormalTable_3fa11638-4f6a-408f-8be8-0b6920b9420f" w:customStyle="1">
+    <w:name w:val="Normal Table_3fa11638-4f6a-408f-8be8-0b6920b9420f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d774b095-bda8-403d-8adf-402c3cb81f5e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_33514ea5-364f-4e44-a53c-fbdd1d9f7a29"/>
+  <w:style w:type="table" w:styleId="TableGrid_c1948c7c-9c09-4744-bf4a-ca9670d8b51b" w:customStyle="1">
+    <w:name w:val="Table Grid_c1948c7c-9c09-4744-bf4a-ca9670d8b51b"/>
+    <w:basedOn w:val="NormalTable_3fa11638-4f6a-408f-8be8-0b6920b9420f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bd69ee7b-35ff-44b8-8676-ba75bec8183b" w:customStyle="1">
-    <w:name w:val="Normal Table_bd69ee7b-35ff-44b8-8676-ba75bec8183b"/>
+  <w:style w:type="table" w:styleId="NormalTable_1c0893ba-f9df-463b-8964-dec6b124a18c" w:customStyle="1">
+    <w:name w:val="Normal Table_1c0893ba-f9df-463b-8964-dec6b124a18c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9868e744-59f0-4b5a-97e0-56acaaeb15b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bd69ee7b-35ff-44b8-8676-ba75bec8183b"/>
+  <w:style w:type="table" w:styleId="TableGrid_7d7fed56-2a77-445e-b121-a7231bd9052d" w:customStyle="1">
+    <w:name w:val="Table Grid_7d7fed56-2a77-445e-b121-a7231bd9052d"/>
+    <w:basedOn w:val="NormalTable_1c0893ba-f9df-463b-8964-dec6b124a18c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3c6d0030-f1a1-40d6-96b0-1a6ea7884d3d" w:customStyle="1">
-    <w:name w:val="Normal Table_3c6d0030-f1a1-40d6-96b0-1a6ea7884d3d"/>
+  <w:style w:type="table" w:styleId="NormalTable_d3b131d6-db10-4c22-88a5-df9b1fdb75fb" w:customStyle="1">
+    <w:name w:val="Normal Table_d3b131d6-db10-4c22-88a5-df9b1fdb75fb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c9fbed34-ff1f-4002-9f46-9dfc7c2f742c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3c6d0030-f1a1-40d6-96b0-1a6ea7884d3d"/>
+  <w:style w:type="table" w:styleId="TableGrid_99da2bf6-4961-4ba8-b697-9b598037a01f" w:customStyle="1">
+    <w:name w:val="Table Grid_99da2bf6-4961-4ba8-b697-9b598037a01f"/>
+    <w:basedOn w:val="NormalTable_d3b131d6-db10-4c22-88a5-df9b1fdb75fb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9fe6544e-bb25-4c70-a7ad-135c0681a531" w:customStyle="1">
-    <w:name w:val="Normal Table_9fe6544e-bb25-4c70-a7ad-135c0681a531"/>
+  <w:style w:type="table" w:styleId="NormalTable_1cb7af0f-d753-4c83-9c25-0e3011e03cac" w:customStyle="1">
+    <w:name w:val="Normal Table_1cb7af0f-d753-4c83-9c25-0e3011e03cac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1599c7e8-2609-4809-8274-2dbbfd7eb791" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9fe6544e-bb25-4c70-a7ad-135c0681a531"/>
+  <w:style w:type="table" w:styleId="TableGrid_25b21d9b-a7c1-4a3e-b003-616d6496cf32" w:customStyle="1">
+    <w:name w:val="Table Grid_25b21d9b-a7c1-4a3e-b003-616d6496cf32"/>
+    <w:basedOn w:val="NormalTable_1cb7af0f-d753-4c83-9c25-0e3011e03cac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ef805348-1ad5-438f-a4e3-ceb1ab5b92bf" w:customStyle="1">
-    <w:name w:val="Normal Table_ef805348-1ad5-438f-a4e3-ceb1ab5b92bf"/>
+  <w:style w:type="table" w:styleId="NormalTable_fb2782c2-3538-4c5c-9386-03193f214111" w:customStyle="1">
+    <w:name w:val="Normal Table_fb2782c2-3538-4c5c-9386-03193f214111"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_379f6f14-705c-43d2-bc21-73f3fdcce7b2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ef805348-1ad5-438f-a4e3-ceb1ab5b92bf"/>
+  <w:style w:type="table" w:styleId="TableGrid_00d7f5bb-794e-4408-9ad6-eb28d0243556" w:customStyle="1">
+    <w:name w:val="Table Grid_00d7f5bb-794e-4408-9ad6-eb28d0243556"/>
+    <w:basedOn w:val="NormalTable_fb2782c2-3538-4c5c-9386-03193f214111"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aedd6c56-9412-46b3-b24b-babba13f0338" w:customStyle="1">
-    <w:name w:val="Normal Table_aedd6c56-9412-46b3-b24b-babba13f0338"/>
+  <w:style w:type="table" w:styleId="NormalTable_c37317d3-7d42-4aad-b4c1-832021159b41" w:customStyle="1">
+    <w:name w:val="Normal Table_c37317d3-7d42-4aad-b4c1-832021159b41"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f6f24425-5fa0-48af-899e-0de4088653f3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aedd6c56-9412-46b3-b24b-babba13f0338"/>
+  <w:style w:type="table" w:styleId="TableGrid_cd6f4041-9c2c-45f0-9c76-9bd88a5df419" w:customStyle="1">
+    <w:name w:val="Table Grid_cd6f4041-9c2c-45f0-9c76-9bd88a5df419"/>
+    <w:basedOn w:val="NormalTable_c37317d3-7d42-4aad-b4c1-832021159b41"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2cfb46bf-f481-44e0-8f3c-4e7fdc2e0efb" w:customStyle="1">
-    <w:name w:val="Normal Table_2cfb46bf-f481-44e0-8f3c-4e7fdc2e0efb"/>
+  <w:style w:type="table" w:styleId="NormalTable_eddba351-c765-4ff3-ac98-f8c534d1784e" w:customStyle="1">
+    <w:name w:val="Normal Table_eddba351-c765-4ff3-ac98-f8c534d1784e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d3fb45ee-88cb-49eb-81a0-5daba711f2b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2cfb46bf-f481-44e0-8f3c-4e7fdc2e0efb"/>
+  <w:style w:type="table" w:styleId="TableGrid_71bcec09-7ada-4835-85f8-c17b650eb8cd" w:customStyle="1">
+    <w:name w:val="Table Grid_71bcec09-7ada-4835-85f8-c17b650eb8cd"/>
+    <w:basedOn w:val="NormalTable_eddba351-c765-4ff3-ac98-f8c534d1784e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9209734d-c2a6-44f1-9e90-10b1bbef21d8" w:customStyle="1">
-    <w:name w:val="Normal Table_9209734d-c2a6-44f1-9e90-10b1bbef21d8"/>
+  <w:style w:type="table" w:styleId="NormalTable_ab9021c1-8af0-4505-91d2-50bb5e043ee8" w:customStyle="1">
+    <w:name w:val="Normal Table_ab9021c1-8af0-4505-91d2-50bb5e043ee8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_280347ef-cbe5-4311-93dd-b9086ba40af8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9209734d-c2a6-44f1-9e90-10b1bbef21d8"/>
+  <w:style w:type="table" w:styleId="TableGrid_4f8a10d5-8473-4f97-9ddb-33b90262bedb" w:customStyle="1">
+    <w:name w:val="Table Grid_4f8a10d5-8473-4f97-9ddb-33b90262bedb"/>
+    <w:basedOn w:val="NormalTable_ab9021c1-8af0-4505-91d2-50bb5e043ee8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bf9c79c7-9c18-4450-be8d-417d1940cc37" w:customStyle="1">
-    <w:name w:val="Normal Table_bf9c79c7-9c18-4450-be8d-417d1940cc37"/>
+  <w:style w:type="table" w:styleId="NormalTable_003c3e4e-72fd-499d-a7ee-f5a69ab7529d" w:customStyle="1">
+    <w:name w:val="Normal Table_003c3e4e-72fd-499d-a7ee-f5a69ab7529d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c1fbfe66-bfa7-4846-9888-a5dee5b3c87c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bf9c79c7-9c18-4450-be8d-417d1940cc37"/>
+  <w:style w:type="table" w:styleId="TableGrid_67905032-0dd4-41c0-97b1-6c4e4d0cd135" w:customStyle="1">
+    <w:name w:val="Table Grid_67905032-0dd4-41c0-97b1-6c4e4d0cd135"/>
+    <w:basedOn w:val="NormalTable_003c3e4e-72fd-499d-a7ee-f5a69ab7529d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_162005b5-16ac-4d78-a058-3da2e40d787c" w:customStyle="1">
-    <w:name w:val="Normal Table_162005b5-16ac-4d78-a058-3da2e40d787c"/>
+  <w:style w:type="table" w:styleId="NormalTable_4aef05f0-395b-4038-8837-a72e01230f92" w:customStyle="1">
+    <w:name w:val="Normal Table_4aef05f0-395b-4038-8837-a72e01230f92"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_897f24c8-fbae-4484-b469-4ac73a5424aa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_162005b5-16ac-4d78-a058-3da2e40d787c"/>
+  <w:style w:type="table" w:styleId="TableGrid_0aaf6270-76da-4f3d-b54e-bb861e65aff4" w:customStyle="1">
+    <w:name w:val="Table Grid_0aaf6270-76da-4f3d-b54e-bb861e65aff4"/>
+    <w:basedOn w:val="NormalTable_4aef05f0-395b-4038-8837-a72e01230f92"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_62df34be-cfe9-4fee-93c1-b737fc8fcefc" w:customStyle="1">
-    <w:name w:val="Normal Table_62df34be-cfe9-4fee-93c1-b737fc8fcefc"/>
+  <w:style w:type="table" w:styleId="NormalTable_774d639e-6474-47ed-80fc-38f98401dd18" w:customStyle="1">
+    <w:name w:val="Normal Table_774d639e-6474-47ed-80fc-38f98401dd18"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_512f753f-ea0c-4696-8f0f-14b2f32fa140" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_62df34be-cfe9-4fee-93c1-b737fc8fcefc"/>
+  <w:style w:type="table" w:styleId="TableGrid_0aaa5eac-61e3-4ec3-8174-25418ea5d790" w:customStyle="1">
+    <w:name w:val="Table Grid_0aaa5eac-61e3-4ec3-8174-25418ea5d790"/>
+    <w:basedOn w:val="NormalTable_774d639e-6474-47ed-80fc-38f98401dd18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2b7e7084-39e7-4c3c-9205-eff33403a747" w:customStyle="1">
-    <w:name w:val="Normal Table_2b7e7084-39e7-4c3c-9205-eff33403a747"/>
+  <w:style w:type="table" w:styleId="NormalTable_a9e1261a-a3e9-482f-9fd7-0ea25fe547fc" w:customStyle="1">
+    <w:name w:val="Normal Table_a9e1261a-a3e9-482f-9fd7-0ea25fe547fc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_048744a8-fc7b-458b-b9c3-ef44f056f58e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2b7e7084-39e7-4c3c-9205-eff33403a747"/>
+  <w:style w:type="table" w:styleId="TableGrid_75dbc693-b99e-45ea-8ced-385499310562" w:customStyle="1">
+    <w:name w:val="Table Grid_75dbc693-b99e-45ea-8ced-385499310562"/>
+    <w:basedOn w:val="NormalTable_a9e1261a-a3e9-482f-9fd7-0ea25fe547fc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_53b90bab-e289-43fa-a922-5a9f42c8ae6d" w:customStyle="1">
-    <w:name w:val="Normal Table_53b90bab-e289-43fa-a922-5a9f42c8ae6d"/>
+  <w:style w:type="table" w:styleId="NormalTable_9df5b03f-6bec-40a0-9f29-9eef54f7ee2b" w:customStyle="1">
+    <w:name w:val="Normal Table_9df5b03f-6bec-40a0-9f29-9eef54f7ee2b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f8883d01-06d8-4f89-9d7d-30aa1eaa9998" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_53b90bab-e289-43fa-a922-5a9f42c8ae6d"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0fe9c40-8481-4e1a-a66c-c69f241a192c" w:customStyle="1">
+    <w:name w:val="Table Grid_b0fe9c40-8481-4e1a-a66c-c69f241a192c"/>
+    <w:basedOn w:val="NormalTable_9df5b03f-6bec-40a0-9f29-9eef54f7ee2b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1c2a6b3a-b112-4ae2-9ab2-2b9bdf6da0d6" w:customStyle="1">
-    <w:name w:val="Normal Table_1c2a6b3a-b112-4ae2-9ab2-2b9bdf6da0d6"/>
+  <w:style w:type="table" w:styleId="NormalTable_59a6bc9a-2365-4c83-ac5b-ac16ca28287c" w:customStyle="1">
+    <w:name w:val="Normal Table_59a6bc9a-2365-4c83-ac5b-ac16ca28287c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c2f294b6-fa7b-4bd9-ad7a-45131c4e9633" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1c2a6b3a-b112-4ae2-9ab2-2b9bdf6da0d6"/>
+  <w:style w:type="table" w:styleId="TableGrid_5eb7c4f5-6f7c-4098-9180-4f54a362c6e8" w:customStyle="1">
+    <w:name w:val="Table Grid_5eb7c4f5-6f7c-4098-9180-4f54a362c6e8"/>
+    <w:basedOn w:val="NormalTable_59a6bc9a-2365-4c83-ac5b-ac16ca28287c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0bf1d07f-6dd8-4836-9de1-a2ab8bb292ad" w:customStyle="1">
-    <w:name w:val="Normal Table_0bf1d07f-6dd8-4836-9de1-a2ab8bb292ad"/>
+  <w:style w:type="table" w:styleId="NormalTable_73a9f603-ddcd-4dc3-b02e-bdab9b08e59e" w:customStyle="1">
+    <w:name w:val="Normal Table_73a9f603-ddcd-4dc3-b02e-bdab9b08e59e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c143a83b-5d70-4bbf-9d17-5f74a68d09b8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0bf1d07f-6dd8-4836-9de1-a2ab8bb292ad"/>
+  <w:style w:type="table" w:styleId="TableGrid_4107cbcf-b21f-4b73-a13f-3ece7463930d" w:customStyle="1">
+    <w:name w:val="Table Grid_4107cbcf-b21f-4b73-a13f-3ece7463930d"/>
+    <w:basedOn w:val="NormalTable_73a9f603-ddcd-4dc3-b02e-bdab9b08e59e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ae9d18d7-fd16-4413-b6cc-38afdde1e072" w:customStyle="1">
-    <w:name w:val="Normal Table_ae9d18d7-fd16-4413-b6cc-38afdde1e072"/>
+  <w:style w:type="table" w:styleId="NormalTable_8cf49c73-955b-4fec-9468-31915b434b4f" w:customStyle="1">
+    <w:name w:val="Normal Table_8cf49c73-955b-4fec-9468-31915b434b4f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e5a176cf-f815-4237-8bd6-86cce894ead7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ae9d18d7-fd16-4413-b6cc-38afdde1e072"/>
+  <w:style w:type="table" w:styleId="TableGrid_eb9dcee4-88b2-4e04-9b61-aee4dbed4f34" w:customStyle="1">
+    <w:name w:val="Table Grid_eb9dcee4-88b2-4e04-9b61-aee4dbed4f34"/>
+    <w:basedOn w:val="NormalTable_8cf49c73-955b-4fec-9468-31915b434b4f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_af8a4055-25a3-4965-a98d-dc616993f2e4" w:customStyle="1">
-    <w:name w:val="Normal Table_af8a4055-25a3-4965-a98d-dc616993f2e4"/>
+  <w:style w:type="table" w:styleId="NormalTable_2bd2c1bc-389e-40d0-a9e4-00ae2ce8c3e6" w:customStyle="1">
+    <w:name w:val="Normal Table_2bd2c1bc-389e-40d0-a9e4-00ae2ce8c3e6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_48aec4c7-62d3-4697-87ab-e00f0bbc7e91" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_af8a4055-25a3-4965-a98d-dc616993f2e4"/>
+  <w:style w:type="table" w:styleId="TableGrid_b54c2dcd-d91b-4f38-bebf-df087a21fb3f" w:customStyle="1">
+    <w:name w:val="Table Grid_b54c2dcd-d91b-4f38-bebf-df087a21fb3f"/>
+    <w:basedOn w:val="NormalTable_2bd2c1bc-389e-40d0-a9e4-00ae2ce8c3e6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e2117976-d957-4218-89ba-db8aeb29360a" w:customStyle="1">
-    <w:name w:val="Normal Table_e2117976-d957-4218-89ba-db8aeb29360a"/>
+  <w:style w:type="table" w:styleId="NormalTable_5673e7b2-a231-4e85-a49f-36d384cd00b1" w:customStyle="1">
+    <w:name w:val="Normal Table_5673e7b2-a231-4e85-a49f-36d384cd00b1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d618f77e-176b-4c5d-899d-959a96425dab" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e2117976-d957-4218-89ba-db8aeb29360a"/>
+  <w:style w:type="table" w:styleId="TableGrid_b875070e-8490-4c6e-a289-4efb49148f56" w:customStyle="1">
+    <w:name w:val="Table Grid_b875070e-8490-4c6e-a289-4efb49148f56"/>
+    <w:basedOn w:val="NormalTable_5673e7b2-a231-4e85-a49f-36d384cd00b1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a04269d3-79b8-405c-98eb-4d9998f24d00" w:customStyle="1">
-    <w:name w:val="Normal Table_a04269d3-79b8-405c-98eb-4d9998f24d00"/>
+  <w:style w:type="table" w:styleId="NormalTable_ad58492e-691c-4840-b776-42453dc520a7" w:customStyle="1">
+    <w:name w:val="Normal Table_ad58492e-691c-4840-b776-42453dc520a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dfc4342c-d25d-4c9e-9d83-99bc50ce07b1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a04269d3-79b8-405c-98eb-4d9998f24d00"/>
+  <w:style w:type="table" w:styleId="TableGrid_27203924-e6a4-4b90-80fa-68ea897fc1ac" w:customStyle="1">
+    <w:name w:val="Table Grid_27203924-e6a4-4b90-80fa-68ea897fc1ac"/>
+    <w:basedOn w:val="NormalTable_ad58492e-691c-4840-b776-42453dc520a7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5911ef37-bd7d-4125-80b9-3958f19ebb66" w:customStyle="1">
-    <w:name w:val="Normal Table_5911ef37-bd7d-4125-80b9-3958f19ebb66"/>
+  <w:style w:type="table" w:styleId="NormalTable_d30b3014-1344-4223-b824-7e53145dd750" w:customStyle="1">
+    <w:name w:val="Normal Table_d30b3014-1344-4223-b824-7e53145dd750"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f92714b3-92ab-4c8d-8cd2-e697ba39d364" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5911ef37-bd7d-4125-80b9-3958f19ebb66"/>
+  <w:style w:type="table" w:styleId="TableGrid_461aed67-2d78-415a-953f-3336e1903630" w:customStyle="1">
+    <w:name w:val="Table Grid_461aed67-2d78-415a-953f-3336e1903630"/>
+    <w:basedOn w:val="NormalTable_d30b3014-1344-4223-b824-7e53145dd750"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_adf678e9-8b75-4f84-872f-cefbbc0138d0" w:customStyle="1">
-    <w:name w:val="Normal Table_adf678e9-8b75-4f84-872f-cefbbc0138d0"/>
+  <w:style w:type="table" w:styleId="NormalTable_78bd1406-fefd-4439-ab15-ff7e9f1a9ef3" w:customStyle="1">
+    <w:name w:val="Normal Table_78bd1406-fefd-4439-ab15-ff7e9f1a9ef3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fb43c3d4-7e70-4dd2-8ee5-49d69bc37638" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_adf678e9-8b75-4f84-872f-cefbbc0138d0"/>
+  <w:style w:type="table" w:styleId="TableGrid_b68a3d48-d123-4cf5-b7dd-0f1df729501f" w:customStyle="1">
+    <w:name w:val="Table Grid_b68a3d48-d123-4cf5-b7dd-0f1df729501f"/>
+    <w:basedOn w:val="NormalTable_78bd1406-fefd-4439-ab15-ff7e9f1a9ef3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6b1086bd-5968-4f9a-8988-78f46ea5dd81" w:customStyle="1">
-    <w:name w:val="Normal Table_6b1086bd-5968-4f9a-8988-78f46ea5dd81"/>
+  <w:style w:type="table" w:styleId="NormalTable_63ded41a-f261-4292-9a75-94e94531b218" w:customStyle="1">
+    <w:name w:val="Normal Table_63ded41a-f261-4292-9a75-94e94531b218"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d54261e5-b569-4758-8506-9e8ce74a4290" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6b1086bd-5968-4f9a-8988-78f46ea5dd81"/>
+  <w:style w:type="table" w:styleId="TableGrid_cfb171c8-c06f-41bd-92d7-f7292b42557c" w:customStyle="1">
+    <w:name w:val="Table Grid_cfb171c8-c06f-41bd-92d7-f7292b42557c"/>
+    <w:basedOn w:val="NormalTable_63ded41a-f261-4292-9a75-94e94531b218"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_936d830b-f0f2-4e4a-8af8-07cb6694f59e" w:customStyle="1">
-    <w:name w:val="Normal Table_936d830b-f0f2-4e4a-8af8-07cb6694f59e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f8a7f624-c7d0-4dbb-96cc-5684f5924aaa" w:customStyle="1">
+    <w:name w:val="Normal Table_f8a7f624-c7d0-4dbb-96cc-5684f5924aaa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_80e539b8-3899-4634-bf87-c6f698b868f4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_936d830b-f0f2-4e4a-8af8-07cb6694f59e"/>
+  <w:style w:type="table" w:styleId="TableGrid_1a93f700-e4cb-4917-80e9-1693faad5568" w:customStyle="1">
+    <w:name w:val="Table Grid_1a93f700-e4cb-4917-80e9-1693faad5568"/>
+    <w:basedOn w:val="NormalTable_f8a7f624-c7d0-4dbb-96cc-5684f5924aaa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2e6e2dc2-e841-467e-badb-bd1a51d9c38c" w:customStyle="1">
-    <w:name w:val="Normal Table_2e6e2dc2-e841-467e-badb-bd1a51d9c38c"/>
+  <w:style w:type="table" w:styleId="NormalTable_abab14e7-fe09-458d-92be-a6b0bd8c4f08" w:customStyle="1">
+    <w:name w:val="Normal Table_abab14e7-fe09-458d-92be-a6b0bd8c4f08"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_03b650a9-50bf-4baf-9cf3-708d872b5cc3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2e6e2dc2-e841-467e-badb-bd1a51d9c38c"/>
+  <w:style w:type="table" w:styleId="TableGrid_0cce172b-a507-4f2e-a5cd-91c321ed65e1" w:customStyle="1">
+    <w:name w:val="Table Grid_0cce172b-a507-4f2e-a5cd-91c321ed65e1"/>
+    <w:basedOn w:val="NormalTable_abab14e7-fe09-458d-92be-a6b0bd8c4f08"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f21da659-7a48-42ab-a81d-1824ad3f4ec6" w:customStyle="1">
-    <w:name w:val="Normal Table_f21da659-7a48-42ab-a81d-1824ad3f4ec6"/>
+  <w:style w:type="table" w:styleId="NormalTable_709b5d2f-16dc-4530-b60d-10a72b17dafd" w:customStyle="1">
+    <w:name w:val="Normal Table_709b5d2f-16dc-4530-b60d-10a72b17dafd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_751fb435-e2a0-4823-8d4f-dd4a018a95c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f21da659-7a48-42ab-a81d-1824ad3f4ec6"/>
+  <w:style w:type="table" w:styleId="TableGrid_15a37361-d411-4362-8721-1548cef3d11a" w:customStyle="1">
+    <w:name w:val="Table Grid_15a37361-d411-4362-8721-1548cef3d11a"/>
+    <w:basedOn w:val="NormalTable_709b5d2f-16dc-4530-b60d-10a72b17dafd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>