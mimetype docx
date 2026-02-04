--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -4344,117 +4344,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c1948c7c-9c09-4744-bf4a-ca9670d8b51b"/>
+      <w:tblStyle w:val="TableGrid_43620c83-3832-46b5-a89f-35ed8b32eccf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:26 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4471,117 +4471,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0aaa5eac-61e3-4ec3-8174-25418ea5d790"/>
+      <w:tblStyle w:val="TableGrid_9ca2cb2a-bd1e-4a80-9142-e8f696c20e84"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5458"/>
       <w:gridCol w:w="5457"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:26 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4598,117 +4598,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b68a3d48-d123-4cf5-b7dd-0f1df729501f"/>
+      <w:tblStyle w:val="TableGrid_faec9853-4980-4f51-806e-0f9e57ca7b02"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:26 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4725,153 +4725,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7d7fed56-2a77-445e-b121-a7231bd9052d"/>
+      <w:tblStyle w:val="TableGrid_3bab5077-467d-4b2e-bd05-c75215696742"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4884,59 +4884,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_00d7f5bb-794e-4408-9ad6-eb28d0243556"/>
+      <w:tblStyle w:val="TableGrid_c074c3a0-3776-4b01-9cfd-b9c5e57d6cda"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4947,488 +4947,488 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_99da2bf6-4961-4ba8-b697-9b598037a01f"/>
+            <w:tblStyle w:val="TableGrid_ad688ca1-913d-49c2-875d-ac9cd99ff0a2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_25b21d9b-a7c1-4a3e-b003-616d6496cf32"/>
+            <w:tblStyle w:val="TableGrid_17a93c40-34af-44d2-ae72-a6555da34a44"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_75dbc693-b99e-45ea-8ced-385499310562"/>
+      <w:tblStyle w:val="TableGrid_5e0b8cda-45b5-4be2-ac85-224c0bfaf40c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7324"/>
       <w:gridCol w:w="2627"/>
       <w:gridCol w:w="964"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7324"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2627"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="964"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5441,59 +5441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4107cbcf-b21f-4b73-a13f-3ece7463930d"/>
+      <w:tblStyle w:val="TableGrid_2938d65d-a525-4429-bd4e-e9e392187ca2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7095"/>
       <w:gridCol w:w="3820"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5504,488 +5504,488 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7095"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b0fe9c40-8481-4e1a-a66c-c69f241a192c"/>
+            <w:tblStyle w:val="TableGrid_af602524-a2b6-4bbe-83ef-25bb6621b95d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3820"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5eb7c4f5-6f7c-4098-9180-4f54a362c6e8"/>
+            <w:tblStyle w:val="TableGrid_07fd6262-6308-41d7-b134-bb8df884b496"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cfb171c8-c06f-41bd-92d7-f7292b42557c"/>
+      <w:tblStyle w:val="TableGrid_ad1f1504-d4bb-4609-80e6-b759e4d9093f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5998,59 +5998,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_15a37361-d411-4362-8721-1548cef3d11a"/>
+      <w:tblStyle w:val="TableGrid_d045b9f3-5add-4294-aa47-b4e17ea4946c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6061,373 +6061,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1a93f700-e4cb-4917-80e9-1693faad5568"/>
+            <w:tblStyle w:val="TableGrid_aa1094b2-c44c-4261-a713-d10673383c31"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0cce172b-a507-4f2e-a5cd-91c321ed65e1"/>
+            <w:tblStyle w:val="TableGrid_41b400ed-afd1-4626-9606-df8c37f072ac"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -13451,1729 +13451,1729 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3" w:customStyle="1">
     <w:name w:val="Table Grid_0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3"/>
     <w:basedOn w:val="NormalTablef34fdf2f-775f-41ed-a444-8516196905dd"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9" w:customStyle="1">
-    <w:name w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+  <w:style w:type="paragraph" w:styleId="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e" w:customStyle="1">
+    <w:name w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_29c037a5-5ff8-40df-b679-06bcbe514e10" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+    <w:basedOn w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ab3e32bf-56f8-4d08-913b-559eb257a416" w:customStyle="1">
-    <w:name w:val="Normal Table_ab3e32bf-56f8-4d08-913b-559eb257a416"/>
+  <w:style w:type="table" w:styleId="NormalTable_46ac8a25-b268-4c0f-83cb-c0c9dbed01a4" w:customStyle="1">
+    <w:name w:val="Normal Table_46ac8a25-b268-4c0f-83cb-c0c9dbed01a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e1c19e17-d671-45cd-b79a-371e92cca9cb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ab3e32bf-56f8-4d08-913b-559eb257a416"/>
+  <w:style w:type="table" w:styleId="TableGrid_94f95749-1298-46d1-9131-af14c8175225" w:customStyle="1">
+    <w:name w:val="Table Grid_94f95749-1298-46d1-9131-af14c8175225"/>
+    <w:basedOn w:val="NormalTable_46ac8a25-b268-4c0f-83cb-c0c9dbed01a4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_1afdaafe-a8ba-45c0-bef4-e83ecb6fb120" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1"/>
+    <w:basedOn w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_e3e26e0a-4269-48f9-9fed-3728847b611b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_e23fcb71-1781-4e67-9e40-29f0d2e3a5a9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
+    <w:basedOn w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_39db7273-1063-47ed-95bc-64262568c1ad" w:customStyle="1">
-    <w:name w:val="Normal Table_39db7273-1063-47ed-95bc-64262568c1ad"/>
+  <w:style w:type="table" w:styleId="NormalTable_143f7577-9820-492a-ab51-41dde568dc65" w:customStyle="1">
+    <w:name w:val="Normal Table_143f7577-9820-492a-ab51-41dde568dc65"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ab364a33-c0c8-46f9-aa83-a513179aeee0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_39db7273-1063-47ed-95bc-64262568c1ad"/>
+  <w:style w:type="table" w:styleId="TableGrid_53eb341e-00d8-4527-8a56-8db0ec1abfd7" w:customStyle="1">
+    <w:name w:val="Table Grid_53eb341e-00d8-4527-8a56-8db0ec1abfd7"/>
+    <w:basedOn w:val="NormalTable_143f7577-9820-492a-ab51-41dde568dc65"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3fbeb36e-aaba-436a-a0a0-3211dc67797f" w:customStyle="1">
-    <w:name w:val="Normal Table_3fbeb36e-aaba-436a-a0a0-3211dc67797f"/>
+  <w:style w:type="table" w:styleId="NormalTable_78cc349e-b110-431f-9f9b-85111cce7a39" w:customStyle="1">
+    <w:name w:val="Normal Table_78cc349e-b110-431f-9f9b-85111cce7a39"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_516899a8-5800-46f8-ba66-8b3381c30b65" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3fbeb36e-aaba-436a-a0a0-3211dc67797f"/>
+  <w:style w:type="table" w:styleId="TableGrid_b3cd96ec-eb11-48cd-84af-662b1586894f" w:customStyle="1">
+    <w:name w:val="Table Grid_b3cd96ec-eb11-48cd-84af-662b1586894f"/>
+    <w:basedOn w:val="NormalTable_78cc349e-b110-431f-9f9b-85111cce7a39"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9a527568-46b8-4a1d-903c-a86040a0a279" w:customStyle="1">
-    <w:name w:val="Normal Table_9a527568-46b8-4a1d-903c-a86040a0a279"/>
+  <w:style w:type="table" w:styleId="NormalTable_6e1c394e-cc60-46b5-8f60-64d549b0a6ed" w:customStyle="1">
+    <w:name w:val="Normal Table_6e1c394e-cc60-46b5-8f60-64d549b0a6ed"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8fadb84d-ed48-407d-a5e6-c10257c37a2b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9a527568-46b8-4a1d-903c-a86040a0a279"/>
+  <w:style w:type="table" w:styleId="TableGrid_6600fd57-77f8-46a4-b232-1912a1a36409" w:customStyle="1">
+    <w:name w:val="Table Grid_6600fd57-77f8-46a4-b232-1912a1a36409"/>
+    <w:basedOn w:val="NormalTable_6e1c394e-cc60-46b5-8f60-64d549b0a6ed"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6471df6f-1926-43ab-8ec6-368dfab7d3f6" w:customStyle="1">
-    <w:name w:val="Normal Table_6471df6f-1926-43ab-8ec6-368dfab7d3f6"/>
+  <w:style w:type="table" w:styleId="NormalTable_37bf650e-7593-4a52-97bd-d37661fbc60c" w:customStyle="1">
+    <w:name w:val="Normal Table_37bf650e-7593-4a52-97bd-d37661fbc60c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e8a00daa-d3b4-4e40-bdbc-8d89d0e0e64c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6471df6f-1926-43ab-8ec6-368dfab7d3f6"/>
+  <w:style w:type="table" w:styleId="TableGrid_eccd8f67-ac06-42f6-91ef-251fa48af95f" w:customStyle="1">
+    <w:name w:val="Table Grid_eccd8f67-ac06-42f6-91ef-251fa48af95f"/>
+    <w:basedOn w:val="NormalTable_37bf650e-7593-4a52-97bd-d37661fbc60c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3fa11638-4f6a-408f-8be8-0b6920b9420f" w:customStyle="1">
-    <w:name w:val="Normal Table_3fa11638-4f6a-408f-8be8-0b6920b9420f"/>
+  <w:style w:type="table" w:styleId="NormalTable_98bfc463-896f-49da-bcce-b3c360a4a11a" w:customStyle="1">
+    <w:name w:val="Normal Table_98bfc463-896f-49da-bcce-b3c360a4a11a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c1948c7c-9c09-4744-bf4a-ca9670d8b51b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3fa11638-4f6a-408f-8be8-0b6920b9420f"/>
+  <w:style w:type="table" w:styleId="TableGrid_43620c83-3832-46b5-a89f-35ed8b32eccf" w:customStyle="1">
+    <w:name w:val="Table Grid_43620c83-3832-46b5-a89f-35ed8b32eccf"/>
+    <w:basedOn w:val="NormalTable_98bfc463-896f-49da-bcce-b3c360a4a11a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1c0893ba-f9df-463b-8964-dec6b124a18c" w:customStyle="1">
-    <w:name w:val="Normal Table_1c0893ba-f9df-463b-8964-dec6b124a18c"/>
+  <w:style w:type="table" w:styleId="NormalTable_cbe31a96-97df-413c-9d0f-40675d08b5e6" w:customStyle="1">
+    <w:name w:val="Normal Table_cbe31a96-97df-413c-9d0f-40675d08b5e6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7d7fed56-2a77-445e-b121-a7231bd9052d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1c0893ba-f9df-463b-8964-dec6b124a18c"/>
+  <w:style w:type="table" w:styleId="TableGrid_3bab5077-467d-4b2e-bd05-c75215696742" w:customStyle="1">
+    <w:name w:val="Table Grid_3bab5077-467d-4b2e-bd05-c75215696742"/>
+    <w:basedOn w:val="NormalTable_cbe31a96-97df-413c-9d0f-40675d08b5e6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d3b131d6-db10-4c22-88a5-df9b1fdb75fb" w:customStyle="1">
-    <w:name w:val="Normal Table_d3b131d6-db10-4c22-88a5-df9b1fdb75fb"/>
+  <w:style w:type="table" w:styleId="NormalTable_0146d831-617d-491f-bcdd-0d40b4427132" w:customStyle="1">
+    <w:name w:val="Normal Table_0146d831-617d-491f-bcdd-0d40b4427132"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_99da2bf6-4961-4ba8-b697-9b598037a01f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d3b131d6-db10-4c22-88a5-df9b1fdb75fb"/>
+  <w:style w:type="table" w:styleId="TableGrid_ad688ca1-913d-49c2-875d-ac9cd99ff0a2" w:customStyle="1">
+    <w:name w:val="Table Grid_ad688ca1-913d-49c2-875d-ac9cd99ff0a2"/>
+    <w:basedOn w:val="NormalTable_0146d831-617d-491f-bcdd-0d40b4427132"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1cb7af0f-d753-4c83-9c25-0e3011e03cac" w:customStyle="1">
-    <w:name w:val="Normal Table_1cb7af0f-d753-4c83-9c25-0e3011e03cac"/>
+  <w:style w:type="table" w:styleId="NormalTable_44669acc-7f7d-4367-aaf8-b1a6fb81f46d" w:customStyle="1">
+    <w:name w:val="Normal Table_44669acc-7f7d-4367-aaf8-b1a6fb81f46d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_25b21d9b-a7c1-4a3e-b003-616d6496cf32" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1cb7af0f-d753-4c83-9c25-0e3011e03cac"/>
+  <w:style w:type="table" w:styleId="TableGrid_17a93c40-34af-44d2-ae72-a6555da34a44" w:customStyle="1">
+    <w:name w:val="Table Grid_17a93c40-34af-44d2-ae72-a6555da34a44"/>
+    <w:basedOn w:val="NormalTable_44669acc-7f7d-4367-aaf8-b1a6fb81f46d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fb2782c2-3538-4c5c-9386-03193f214111" w:customStyle="1">
-    <w:name w:val="Normal Table_fb2782c2-3538-4c5c-9386-03193f214111"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee185f95-b18b-483e-a7b9-5f573c38cc46" w:customStyle="1">
+    <w:name w:val="Normal Table_ee185f95-b18b-483e-a7b9-5f573c38cc46"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_00d7f5bb-794e-4408-9ad6-eb28d0243556" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fb2782c2-3538-4c5c-9386-03193f214111"/>
+  <w:style w:type="table" w:styleId="TableGrid_c074c3a0-3776-4b01-9cfd-b9c5e57d6cda" w:customStyle="1">
+    <w:name w:val="Table Grid_c074c3a0-3776-4b01-9cfd-b9c5e57d6cda"/>
+    <w:basedOn w:val="NormalTable_ee185f95-b18b-483e-a7b9-5f573c38cc46"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c37317d3-7d42-4aad-b4c1-832021159b41" w:customStyle="1">
-    <w:name w:val="Normal Table_c37317d3-7d42-4aad-b4c1-832021159b41"/>
+  <w:style w:type="table" w:styleId="NormalTable_53c7d2b5-2e97-4023-a5e5-14150ea55b55" w:customStyle="1">
+    <w:name w:val="Normal Table_53c7d2b5-2e97-4023-a5e5-14150ea55b55"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cd6f4041-9c2c-45f0-9c76-9bd88a5df419" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c37317d3-7d42-4aad-b4c1-832021159b41"/>
+  <w:style w:type="table" w:styleId="TableGrid_297ece93-1772-491a-b562-8ba85ded2c62" w:customStyle="1">
+    <w:name w:val="Table Grid_297ece93-1772-491a-b562-8ba85ded2c62"/>
+    <w:basedOn w:val="NormalTable_53c7d2b5-2e97-4023-a5e5-14150ea55b55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eddba351-c765-4ff3-ac98-f8c534d1784e" w:customStyle="1">
-    <w:name w:val="Normal Table_eddba351-c765-4ff3-ac98-f8c534d1784e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c2d9d039-0c82-469d-9663-1c4a5c39ab77" w:customStyle="1">
+    <w:name w:val="Normal Table_c2d9d039-0c82-469d-9663-1c4a5c39ab77"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_71bcec09-7ada-4835-85f8-c17b650eb8cd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eddba351-c765-4ff3-ac98-f8c534d1784e"/>
+  <w:style w:type="table" w:styleId="TableGrid_756e648e-ee03-4465-a471-575466027a57" w:customStyle="1">
+    <w:name w:val="Table Grid_756e648e-ee03-4465-a471-575466027a57"/>
+    <w:basedOn w:val="NormalTable_c2d9d039-0c82-469d-9663-1c4a5c39ab77"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ab9021c1-8af0-4505-91d2-50bb5e043ee8" w:customStyle="1">
-    <w:name w:val="Normal Table_ab9021c1-8af0-4505-91d2-50bb5e043ee8"/>
+  <w:style w:type="table" w:styleId="NormalTable_647a3e87-9a63-4e8a-8207-c5a7dc38965b" w:customStyle="1">
+    <w:name w:val="Normal Table_647a3e87-9a63-4e8a-8207-c5a7dc38965b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4f8a10d5-8473-4f97-9ddb-33b90262bedb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ab9021c1-8af0-4505-91d2-50bb5e043ee8"/>
+  <w:style w:type="table" w:styleId="TableGrid_86ab0068-782f-4ecc-811a-d04ed061df77" w:customStyle="1">
+    <w:name w:val="Table Grid_86ab0068-782f-4ecc-811a-d04ed061df77"/>
+    <w:basedOn w:val="NormalTable_647a3e87-9a63-4e8a-8207-c5a7dc38965b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_003c3e4e-72fd-499d-a7ee-f5a69ab7529d" w:customStyle="1">
-    <w:name w:val="Normal Table_003c3e4e-72fd-499d-a7ee-f5a69ab7529d"/>
+  <w:style w:type="table" w:styleId="NormalTable_02feec82-0eb8-4b8c-bf89-9a5fd53ff237" w:customStyle="1">
+    <w:name w:val="Normal Table_02feec82-0eb8-4b8c-bf89-9a5fd53ff237"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_67905032-0dd4-41c0-97b1-6c4e4d0cd135" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_003c3e4e-72fd-499d-a7ee-f5a69ab7529d"/>
+  <w:style w:type="table" w:styleId="TableGrid_2ba221fc-92a0-43e9-b4c3-80bfd1b1a55f" w:customStyle="1">
+    <w:name w:val="Table Grid_2ba221fc-92a0-43e9-b4c3-80bfd1b1a55f"/>
+    <w:basedOn w:val="NormalTable_02feec82-0eb8-4b8c-bf89-9a5fd53ff237"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4aef05f0-395b-4038-8837-a72e01230f92" w:customStyle="1">
-    <w:name w:val="Normal Table_4aef05f0-395b-4038-8837-a72e01230f92"/>
+  <w:style w:type="table" w:styleId="NormalTable_a8470817-917e-49ec-b1e2-bfaa3c5aa1e4" w:customStyle="1">
+    <w:name w:val="Normal Table_a8470817-917e-49ec-b1e2-bfaa3c5aa1e4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0aaf6270-76da-4f3d-b54e-bb861e65aff4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4aef05f0-395b-4038-8837-a72e01230f92"/>
+  <w:style w:type="table" w:styleId="TableGrid_0d261521-2bbc-49a3-a087-53f8d6f05ace" w:customStyle="1">
+    <w:name w:val="Table Grid_0d261521-2bbc-49a3-a087-53f8d6f05ace"/>
+    <w:basedOn w:val="NormalTable_a8470817-917e-49ec-b1e2-bfaa3c5aa1e4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_774d639e-6474-47ed-80fc-38f98401dd18" w:customStyle="1">
-    <w:name w:val="Normal Table_774d639e-6474-47ed-80fc-38f98401dd18"/>
+  <w:style w:type="table" w:styleId="NormalTable_24d5a556-3e4d-40d1-af74-85b4f8ac5dbb" w:customStyle="1">
+    <w:name w:val="Normal Table_24d5a556-3e4d-40d1-af74-85b4f8ac5dbb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0aaa5eac-61e3-4ec3-8174-25418ea5d790" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_774d639e-6474-47ed-80fc-38f98401dd18"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ca2cb2a-bd1e-4a80-9142-e8f696c20e84" w:customStyle="1">
+    <w:name w:val="Table Grid_9ca2cb2a-bd1e-4a80-9142-e8f696c20e84"/>
+    <w:basedOn w:val="NormalTable_24d5a556-3e4d-40d1-af74-85b4f8ac5dbb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a9e1261a-a3e9-482f-9fd7-0ea25fe547fc" w:customStyle="1">
-    <w:name w:val="Normal Table_a9e1261a-a3e9-482f-9fd7-0ea25fe547fc"/>
+  <w:style w:type="table" w:styleId="NormalTable_70af75a3-752b-4262-9af2-fd82ab2f17f9" w:customStyle="1">
+    <w:name w:val="Normal Table_70af75a3-752b-4262-9af2-fd82ab2f17f9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_75dbc693-b99e-45ea-8ced-385499310562" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a9e1261a-a3e9-482f-9fd7-0ea25fe547fc"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e0b8cda-45b5-4be2-ac85-224c0bfaf40c" w:customStyle="1">
+    <w:name w:val="Table Grid_5e0b8cda-45b5-4be2-ac85-224c0bfaf40c"/>
+    <w:basedOn w:val="NormalTable_70af75a3-752b-4262-9af2-fd82ab2f17f9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9df5b03f-6bec-40a0-9f29-9eef54f7ee2b" w:customStyle="1">
-    <w:name w:val="Normal Table_9df5b03f-6bec-40a0-9f29-9eef54f7ee2b"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b2d89a7-ce77-4f05-9a3a-aceba6798656" w:customStyle="1">
+    <w:name w:val="Normal Table_2b2d89a7-ce77-4f05-9a3a-aceba6798656"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0fe9c40-8481-4e1a-a66c-c69f241a192c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9df5b03f-6bec-40a0-9f29-9eef54f7ee2b"/>
+  <w:style w:type="table" w:styleId="TableGrid_af602524-a2b6-4bbe-83ef-25bb6621b95d" w:customStyle="1">
+    <w:name w:val="Table Grid_af602524-a2b6-4bbe-83ef-25bb6621b95d"/>
+    <w:basedOn w:val="NormalTable_2b2d89a7-ce77-4f05-9a3a-aceba6798656"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_59a6bc9a-2365-4c83-ac5b-ac16ca28287c" w:customStyle="1">
-    <w:name w:val="Normal Table_59a6bc9a-2365-4c83-ac5b-ac16ca28287c"/>
+  <w:style w:type="table" w:styleId="NormalTable_2981f133-9b45-4e94-ba48-adad0462f300" w:customStyle="1">
+    <w:name w:val="Normal Table_2981f133-9b45-4e94-ba48-adad0462f300"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5eb7c4f5-6f7c-4098-9180-4f54a362c6e8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_59a6bc9a-2365-4c83-ac5b-ac16ca28287c"/>
+  <w:style w:type="table" w:styleId="TableGrid_07fd6262-6308-41d7-b134-bb8df884b496" w:customStyle="1">
+    <w:name w:val="Table Grid_07fd6262-6308-41d7-b134-bb8df884b496"/>
+    <w:basedOn w:val="NormalTable_2981f133-9b45-4e94-ba48-adad0462f300"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_73a9f603-ddcd-4dc3-b02e-bdab9b08e59e" w:customStyle="1">
-    <w:name w:val="Normal Table_73a9f603-ddcd-4dc3-b02e-bdab9b08e59e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1e4398d-d6bc-4ae3-8752-eaa04bf16abd" w:customStyle="1">
+    <w:name w:val="Normal Table_c1e4398d-d6bc-4ae3-8752-eaa04bf16abd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4107cbcf-b21f-4b73-a13f-3ece7463930d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_73a9f603-ddcd-4dc3-b02e-bdab9b08e59e"/>
+  <w:style w:type="table" w:styleId="TableGrid_2938d65d-a525-4429-bd4e-e9e392187ca2" w:customStyle="1">
+    <w:name w:val="Table Grid_2938d65d-a525-4429-bd4e-e9e392187ca2"/>
+    <w:basedOn w:val="NormalTable_c1e4398d-d6bc-4ae3-8752-eaa04bf16abd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8cf49c73-955b-4fec-9468-31915b434b4f" w:customStyle="1">
-    <w:name w:val="Normal Table_8cf49c73-955b-4fec-9468-31915b434b4f"/>
+  <w:style w:type="table" w:styleId="NormalTable_fa96bfad-e559-4cee-9930-9d369a155b4c" w:customStyle="1">
+    <w:name w:val="Normal Table_fa96bfad-e559-4cee-9930-9d369a155b4c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eb9dcee4-88b2-4e04-9b61-aee4dbed4f34" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8cf49c73-955b-4fec-9468-31915b434b4f"/>
+  <w:style w:type="table" w:styleId="TableGrid_53c4ad3e-6606-4610-839e-0b46a630a876" w:customStyle="1">
+    <w:name w:val="Table Grid_53c4ad3e-6606-4610-839e-0b46a630a876"/>
+    <w:basedOn w:val="NormalTable_fa96bfad-e559-4cee-9930-9d369a155b4c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2bd2c1bc-389e-40d0-a9e4-00ae2ce8c3e6" w:customStyle="1">
-    <w:name w:val="Normal Table_2bd2c1bc-389e-40d0-a9e4-00ae2ce8c3e6"/>
+  <w:style w:type="table" w:styleId="NormalTable_da810ad5-e522-4381-908a-40a6253989db" w:customStyle="1">
+    <w:name w:val="Normal Table_da810ad5-e522-4381-908a-40a6253989db"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b54c2dcd-d91b-4f38-bebf-df087a21fb3f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2bd2c1bc-389e-40d0-a9e4-00ae2ce8c3e6"/>
+  <w:style w:type="table" w:styleId="TableGrid_6538b4d3-9b9d-4a06-93a9-4ad410b78d4d" w:customStyle="1">
+    <w:name w:val="Table Grid_6538b4d3-9b9d-4a06-93a9-4ad410b78d4d"/>
+    <w:basedOn w:val="NormalTable_da810ad5-e522-4381-908a-40a6253989db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5673e7b2-a231-4e85-a49f-36d384cd00b1" w:customStyle="1">
-    <w:name w:val="Normal Table_5673e7b2-a231-4e85-a49f-36d384cd00b1"/>
+  <w:style w:type="table" w:styleId="NormalTable_47fc2321-4959-4896-aff1-6c76b8acdca3" w:customStyle="1">
+    <w:name w:val="Normal Table_47fc2321-4959-4896-aff1-6c76b8acdca3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b875070e-8490-4c6e-a289-4efb49148f56" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5673e7b2-a231-4e85-a49f-36d384cd00b1"/>
+  <w:style w:type="table" w:styleId="TableGrid_fa8071db-ca2e-4659-93a6-438a9b9fd160" w:customStyle="1">
+    <w:name w:val="Table Grid_fa8071db-ca2e-4659-93a6-438a9b9fd160"/>
+    <w:basedOn w:val="NormalTable_47fc2321-4959-4896-aff1-6c76b8acdca3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ad58492e-691c-4840-b776-42453dc520a7" w:customStyle="1">
-    <w:name w:val="Normal Table_ad58492e-691c-4840-b776-42453dc520a7"/>
+  <w:style w:type="table" w:styleId="NormalTable_3813125e-5d4f-4c8a-bb9b-19790b33bcf7" w:customStyle="1">
+    <w:name w:val="Normal Table_3813125e-5d4f-4c8a-bb9b-19790b33bcf7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_27203924-e6a4-4b90-80fa-68ea897fc1ac" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ad58492e-691c-4840-b776-42453dc520a7"/>
+  <w:style w:type="table" w:styleId="TableGrid_8138bcef-ae74-42e5-8f92-32c76f150a5d" w:customStyle="1">
+    <w:name w:val="Table Grid_8138bcef-ae74-42e5-8f92-32c76f150a5d"/>
+    <w:basedOn w:val="NormalTable_3813125e-5d4f-4c8a-bb9b-19790b33bcf7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d30b3014-1344-4223-b824-7e53145dd750" w:customStyle="1">
-    <w:name w:val="Normal Table_d30b3014-1344-4223-b824-7e53145dd750"/>
+  <w:style w:type="table" w:styleId="NormalTable_a7e6aee7-f210-4d10-a984-fd833429f1b3" w:customStyle="1">
+    <w:name w:val="Normal Table_a7e6aee7-f210-4d10-a984-fd833429f1b3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_461aed67-2d78-415a-953f-3336e1903630" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d30b3014-1344-4223-b824-7e53145dd750"/>
+  <w:style w:type="table" w:styleId="TableGrid_407e29d7-4fd1-405e-bade-b090ca94d219" w:customStyle="1">
+    <w:name w:val="Table Grid_407e29d7-4fd1-405e-bade-b090ca94d219"/>
+    <w:basedOn w:val="NormalTable_a7e6aee7-f210-4d10-a984-fd833429f1b3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_78bd1406-fefd-4439-ab15-ff7e9f1a9ef3" w:customStyle="1">
-    <w:name w:val="Normal Table_78bd1406-fefd-4439-ab15-ff7e9f1a9ef3"/>
+  <w:style w:type="table" w:styleId="NormalTable_e95792e9-212d-490e-84a1-71d40fccf8dd" w:customStyle="1">
+    <w:name w:val="Normal Table_e95792e9-212d-490e-84a1-71d40fccf8dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b68a3d48-d123-4cf5-b7dd-0f1df729501f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_78bd1406-fefd-4439-ab15-ff7e9f1a9ef3"/>
+  <w:style w:type="table" w:styleId="TableGrid_faec9853-4980-4f51-806e-0f9e57ca7b02" w:customStyle="1">
+    <w:name w:val="Table Grid_faec9853-4980-4f51-806e-0f9e57ca7b02"/>
+    <w:basedOn w:val="NormalTable_e95792e9-212d-490e-84a1-71d40fccf8dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_63ded41a-f261-4292-9a75-94e94531b218" w:customStyle="1">
-    <w:name w:val="Normal Table_63ded41a-f261-4292-9a75-94e94531b218"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0da34d9-8252-44ff-b0ef-891f78b3a0e8" w:customStyle="1">
+    <w:name w:val="Normal Table_c0da34d9-8252-44ff-b0ef-891f78b3a0e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cfb171c8-c06f-41bd-92d7-f7292b42557c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_63ded41a-f261-4292-9a75-94e94531b218"/>
+  <w:style w:type="table" w:styleId="TableGrid_ad1f1504-d4bb-4609-80e6-b759e4d9093f" w:customStyle="1">
+    <w:name w:val="Table Grid_ad1f1504-d4bb-4609-80e6-b759e4d9093f"/>
+    <w:basedOn w:val="NormalTable_c0da34d9-8252-44ff-b0ef-891f78b3a0e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f8a7f624-c7d0-4dbb-96cc-5684f5924aaa" w:customStyle="1">
-    <w:name w:val="Normal Table_f8a7f624-c7d0-4dbb-96cc-5684f5924aaa"/>
+  <w:style w:type="table" w:styleId="NormalTable_6f6d6e19-d31e-401c-b861-0240651e053f" w:customStyle="1">
+    <w:name w:val="Normal Table_6f6d6e19-d31e-401c-b861-0240651e053f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1a93f700-e4cb-4917-80e9-1693faad5568" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f8a7f624-c7d0-4dbb-96cc-5684f5924aaa"/>
+  <w:style w:type="table" w:styleId="TableGrid_aa1094b2-c44c-4261-a713-d10673383c31" w:customStyle="1">
+    <w:name w:val="Table Grid_aa1094b2-c44c-4261-a713-d10673383c31"/>
+    <w:basedOn w:val="NormalTable_6f6d6e19-d31e-401c-b861-0240651e053f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_abab14e7-fe09-458d-92be-a6b0bd8c4f08" w:customStyle="1">
-    <w:name w:val="Normal Table_abab14e7-fe09-458d-92be-a6b0bd8c4f08"/>
+  <w:style w:type="table" w:styleId="NormalTable_bc08f22b-e012-4563-b507-86f492dbeafd" w:customStyle="1">
+    <w:name w:val="Normal Table_bc08f22b-e012-4563-b507-86f492dbeafd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0cce172b-a507-4f2e-a5cd-91c321ed65e1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_abab14e7-fe09-458d-92be-a6b0bd8c4f08"/>
+  <w:style w:type="table" w:styleId="TableGrid_41b400ed-afd1-4626-9606-df8c37f072ac" w:customStyle="1">
+    <w:name w:val="Table Grid_41b400ed-afd1-4626-9606-df8c37f072ac"/>
+    <w:basedOn w:val="NormalTable_bc08f22b-e012-4563-b507-86f492dbeafd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_709b5d2f-16dc-4530-b60d-10a72b17dafd" w:customStyle="1">
-    <w:name w:val="Normal Table_709b5d2f-16dc-4530-b60d-10a72b17dafd"/>
+  <w:style w:type="table" w:styleId="NormalTable_e5da7f37-33fe-4272-a194-4c1cbf243ac8" w:customStyle="1">
+    <w:name w:val="Normal Table_e5da7f37-33fe-4272-a194-4c1cbf243ac8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_15a37361-d411-4362-8721-1548cef3d11a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_709b5d2f-16dc-4530-b60d-10a72b17dafd"/>
+  <w:style w:type="table" w:styleId="TableGrid_d045b9f3-5add-4294-aa47-b4e17ea4946c" w:customStyle="1">
+    <w:name w:val="Table Grid_d045b9f3-5add-4294-aa47-b4e17ea4946c"/>
+    <w:basedOn w:val="NormalTable_e5da7f37-33fe-4272-a194-4c1cbf243ac8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>