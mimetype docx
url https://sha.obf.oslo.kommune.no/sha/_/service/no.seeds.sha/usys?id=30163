--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -4344,117 +4344,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_43620c83-3832-46b5-a89f-35ed8b32eccf"/>
+      <w:tblStyle w:val="TableGrid_81dc6fed-4b05-46e9-a07c-cc7088a67cd6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:42:50 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4471,117 +4471,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9ca2cb2a-bd1e-4a80-9142-e8f696c20e84"/>
+      <w:tblStyle w:val="TableGrid_600083e2-28b9-4a9b-8093-ca1d84ec5ab7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5458"/>
       <w:gridCol w:w="5457"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:42:50 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4598,117 +4598,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_faec9853-4980-4f51-806e-0f9e57ca7b02"/>
+      <w:tblStyle w:val="TableGrid_14df6378-acf5-4b42-9f0b-83eba4835b6d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:42:50 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4725,153 +4725,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3bab5077-467d-4b2e-bd05-c75215696742"/>
+      <w:tblStyle w:val="TableGrid_78364779-e8b3-4540-9ad6-862a9e33d348"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2466d967-e1ed-4d7f-b57b-271dbc7b5809"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4884,59 +4884,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+      <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c074c3a0-3776-4b01-9cfd-b9c5e57d6cda"/>
+      <w:tblStyle w:val="TableGrid_fdb90e5e-9f18-4293-bed5-91ccf8cd7ae5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4947,488 +4947,488 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ad688ca1-913d-49c2-875d-ac9cd99ff0a2"/>
+            <w:tblStyle w:val="TableGrid_63cbc23d-b58c-4aae-a818-6025a5805b7a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_17a93c40-34af-44d2-ae72-a6555da34a44"/>
+            <w:tblStyle w:val="TableGrid_1f9f80d0-cf85-4ff4-ad85-36cc972c17f5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+      <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5e0b8cda-45b5-4be2-ac85-224c0bfaf40c"/>
+      <w:tblStyle w:val="TableGrid_603eb3a9-684e-4e17-a7eb-7657acc329c7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7324"/>
       <w:gridCol w:w="2627"/>
       <w:gridCol w:w="964"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7324"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2466d967-e1ed-4d7f-b57b-271dbc7b5809"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2627"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="964"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5441,59 +5441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+      <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2938d65d-a525-4429-bd4e-e9e392187ca2"/>
+      <w:tblStyle w:val="TableGrid_44796144-2a7a-4da6-8e2d-82d90f4b5bd5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7095"/>
       <w:gridCol w:w="3820"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5504,488 +5504,488 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7095"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_af602524-a2b6-4bbe-83ef-25bb6621b95d"/>
+            <w:tblStyle w:val="TableGrid_3542e987-3087-4863-b595-def9b0ce9348"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3820"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_07fd6262-6308-41d7-b134-bb8df884b496"/>
+            <w:tblStyle w:val="TableGrid_ebefb5a2-9bba-46b7-b0e9-da75a3c067e2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+      <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ad1f1504-d4bb-4609-80e6-b759e4d9093f"/>
+      <w:tblStyle w:val="TableGrid_2b213587-ead2-405b-abd0-f832a62a1045"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2466d967-e1ed-4d7f-b57b-271dbc7b5809"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5998,59 +5998,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+      <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d045b9f3-5add-4294-aa47-b4e17ea4946c"/>
+      <w:tblStyle w:val="TableGrid_7c630899-3067-48a5-bf0f-280fbbb1c4b0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6061,373 +6061,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_aa1094b2-c44c-4261-a713-d10673383c31"/>
+            <w:tblStyle w:val="TableGrid_55c34f89-2e43-4457-a351-99f32c1b9fc2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_41b400ed-afd1-4626-9606-df8c37f072ac"/>
+            <w:tblStyle w:val="TableGrid_9914a089-1e67-4e1d-a241-42661405d5bb"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+            <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+      <w:pStyle w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -13451,1729 +13451,1729 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3" w:customStyle="1">
     <w:name w:val="Table Grid_0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3"/>
     <w:basedOn w:val="NormalTablef34fdf2f-775f-41ed-a444-8516196905dd"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e" w:customStyle="1">
-    <w:name w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+  <w:style w:type="paragraph" w:styleId="Normal_988819ee-e558-419f-8064-66b0ff167470" w:customStyle="1">
+    <w:name w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_44495b01-8a4d-4ccb-8fcd-d1d767650cb9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_4153d293-8784-46ea-8b05-dac5ca213408"/>
+    <w:basedOn w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_46ac8a25-b268-4c0f-83cb-c0c9dbed01a4" w:customStyle="1">
-    <w:name w:val="Normal Table_46ac8a25-b268-4c0f-83cb-c0c9dbed01a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_fe687615-e9b5-435b-bef4-49a951fc5735" w:customStyle="1">
+    <w:name w:val="Normal Table_fe687615-e9b5-435b-bef4-49a951fc5735"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_94f95749-1298-46d1-9131-af14c8175225" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_46ac8a25-b268-4c0f-83cb-c0c9dbed01a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_48ac5f29-36ab-4a45-9be1-708bb62b346e" w:customStyle="1">
+    <w:name w:val="Table Grid_48ac5f29-36ab-4a45-9be1-708bb62b346e"/>
+    <w:basedOn w:val="NormalTable_fe687615-e9b5-435b-bef4-49a951fc5735"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_fbeb735d-25f5-47db-9405-a30f51d1b5b1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_2466d967-e1ed-4d7f-b57b-271dbc7b5809" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2466d967-e1ed-4d7f-b57b-271dbc7b5809"/>
+    <w:basedOn w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_97fb3102-d5a7-4b07-8d0d-211607363067" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_cbe483e5-4861-4440-a075-ef5140b05b3e"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b3c969ad-1e96-4bdc-9edf-a435006447e1"/>
+    <w:basedOn w:val="Normal_988819ee-e558-419f-8064-66b0ff167470"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_143f7577-9820-492a-ab51-41dde568dc65" w:customStyle="1">
-    <w:name w:val="Normal Table_143f7577-9820-492a-ab51-41dde568dc65"/>
+  <w:style w:type="table" w:styleId="NormalTable_60015c0c-231f-4da7-8f4c-c940902be1f7" w:customStyle="1">
+    <w:name w:val="Normal Table_60015c0c-231f-4da7-8f4c-c940902be1f7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_53eb341e-00d8-4527-8a56-8db0ec1abfd7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_143f7577-9820-492a-ab51-41dde568dc65"/>
+  <w:style w:type="table" w:styleId="TableGrid_4f2f7e1c-5441-4925-a746-7ea9cd52000a" w:customStyle="1">
+    <w:name w:val="Table Grid_4f2f7e1c-5441-4925-a746-7ea9cd52000a"/>
+    <w:basedOn w:val="NormalTable_60015c0c-231f-4da7-8f4c-c940902be1f7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_78cc349e-b110-431f-9f9b-85111cce7a39" w:customStyle="1">
-    <w:name w:val="Normal Table_78cc349e-b110-431f-9f9b-85111cce7a39"/>
+  <w:style w:type="table" w:styleId="NormalTable_f168dce9-2f32-440c-87a3-38d10b6fecd1" w:customStyle="1">
+    <w:name w:val="Normal Table_f168dce9-2f32-440c-87a3-38d10b6fecd1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b3cd96ec-eb11-48cd-84af-662b1586894f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_78cc349e-b110-431f-9f9b-85111cce7a39"/>
+  <w:style w:type="table" w:styleId="TableGrid_a6551b6b-715a-4071-9273-b344f555c91d" w:customStyle="1">
+    <w:name w:val="Table Grid_a6551b6b-715a-4071-9273-b344f555c91d"/>
+    <w:basedOn w:val="NormalTable_f168dce9-2f32-440c-87a3-38d10b6fecd1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6e1c394e-cc60-46b5-8f60-64d549b0a6ed" w:customStyle="1">
-    <w:name w:val="Normal Table_6e1c394e-cc60-46b5-8f60-64d549b0a6ed"/>
+  <w:style w:type="table" w:styleId="NormalTable_e5bccc7c-59ff-4e3e-8f28-da9fb9dbd89f" w:customStyle="1">
+    <w:name w:val="Normal Table_e5bccc7c-59ff-4e3e-8f28-da9fb9dbd89f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6600fd57-77f8-46a4-b232-1912a1a36409" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6e1c394e-cc60-46b5-8f60-64d549b0a6ed"/>
+  <w:style w:type="table" w:styleId="TableGrid_523d979e-faa2-4d30-869d-84c0771abd0f" w:customStyle="1">
+    <w:name w:val="Table Grid_523d979e-faa2-4d30-869d-84c0771abd0f"/>
+    <w:basedOn w:val="NormalTable_e5bccc7c-59ff-4e3e-8f28-da9fb9dbd89f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37bf650e-7593-4a52-97bd-d37661fbc60c" w:customStyle="1">
-    <w:name w:val="Normal Table_37bf650e-7593-4a52-97bd-d37661fbc60c"/>
+  <w:style w:type="table" w:styleId="NormalTable_d8df91df-a6f9-4b32-9890-df23fcedcb04" w:customStyle="1">
+    <w:name w:val="Normal Table_d8df91df-a6f9-4b32-9890-df23fcedcb04"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eccd8f67-ac06-42f6-91ef-251fa48af95f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37bf650e-7593-4a52-97bd-d37661fbc60c"/>
+  <w:style w:type="table" w:styleId="TableGrid_d000494b-b68b-4542-b465-046555885ecb" w:customStyle="1">
+    <w:name w:val="Table Grid_d000494b-b68b-4542-b465-046555885ecb"/>
+    <w:basedOn w:val="NormalTable_d8df91df-a6f9-4b32-9890-df23fcedcb04"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98bfc463-896f-49da-bcce-b3c360a4a11a" w:customStyle="1">
-    <w:name w:val="Normal Table_98bfc463-896f-49da-bcce-b3c360a4a11a"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e682515-8e25-43d1-92da-f4ad2f46ae2c" w:customStyle="1">
+    <w:name w:val="Normal Table_4e682515-8e25-43d1-92da-f4ad2f46ae2c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_43620c83-3832-46b5-a89f-35ed8b32eccf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_98bfc463-896f-49da-bcce-b3c360a4a11a"/>
+  <w:style w:type="table" w:styleId="TableGrid_81dc6fed-4b05-46e9-a07c-cc7088a67cd6" w:customStyle="1">
+    <w:name w:val="Table Grid_81dc6fed-4b05-46e9-a07c-cc7088a67cd6"/>
+    <w:basedOn w:val="NormalTable_4e682515-8e25-43d1-92da-f4ad2f46ae2c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cbe31a96-97df-413c-9d0f-40675d08b5e6" w:customStyle="1">
-    <w:name w:val="Normal Table_cbe31a96-97df-413c-9d0f-40675d08b5e6"/>
+  <w:style w:type="table" w:styleId="NormalTable_b0cf4dbf-b94b-456a-8ce2-d5c5990582cb" w:customStyle="1">
+    <w:name w:val="Normal Table_b0cf4dbf-b94b-456a-8ce2-d5c5990582cb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3bab5077-467d-4b2e-bd05-c75215696742" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cbe31a96-97df-413c-9d0f-40675d08b5e6"/>
+  <w:style w:type="table" w:styleId="TableGrid_78364779-e8b3-4540-9ad6-862a9e33d348" w:customStyle="1">
+    <w:name w:val="Table Grid_78364779-e8b3-4540-9ad6-862a9e33d348"/>
+    <w:basedOn w:val="NormalTable_b0cf4dbf-b94b-456a-8ce2-d5c5990582cb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0146d831-617d-491f-bcdd-0d40b4427132" w:customStyle="1">
-    <w:name w:val="Normal Table_0146d831-617d-491f-bcdd-0d40b4427132"/>
+  <w:style w:type="table" w:styleId="NormalTable_370b1e21-df63-40e6-b83f-f6cf84bbcf51" w:customStyle="1">
+    <w:name w:val="Normal Table_370b1e21-df63-40e6-b83f-f6cf84bbcf51"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ad688ca1-913d-49c2-875d-ac9cd99ff0a2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0146d831-617d-491f-bcdd-0d40b4427132"/>
+  <w:style w:type="table" w:styleId="TableGrid_63cbc23d-b58c-4aae-a818-6025a5805b7a" w:customStyle="1">
+    <w:name w:val="Table Grid_63cbc23d-b58c-4aae-a818-6025a5805b7a"/>
+    <w:basedOn w:val="NormalTable_370b1e21-df63-40e6-b83f-f6cf84bbcf51"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_44669acc-7f7d-4367-aaf8-b1a6fb81f46d" w:customStyle="1">
-    <w:name w:val="Normal Table_44669acc-7f7d-4367-aaf8-b1a6fb81f46d"/>
+  <w:style w:type="table" w:styleId="NormalTable_44adef63-14e9-4bea-a27d-72a34bf72d14" w:customStyle="1">
+    <w:name w:val="Normal Table_44adef63-14e9-4bea-a27d-72a34bf72d14"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_17a93c40-34af-44d2-ae72-a6555da34a44" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_44669acc-7f7d-4367-aaf8-b1a6fb81f46d"/>
+  <w:style w:type="table" w:styleId="TableGrid_1f9f80d0-cf85-4ff4-ad85-36cc972c17f5" w:customStyle="1">
+    <w:name w:val="Table Grid_1f9f80d0-cf85-4ff4-ad85-36cc972c17f5"/>
+    <w:basedOn w:val="NormalTable_44adef63-14e9-4bea-a27d-72a34bf72d14"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee185f95-b18b-483e-a7b9-5f573c38cc46" w:customStyle="1">
-    <w:name w:val="Normal Table_ee185f95-b18b-483e-a7b9-5f573c38cc46"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1f72d18-3353-4713-bc24-201324eeefe1" w:customStyle="1">
+    <w:name w:val="Normal Table_c1f72d18-3353-4713-bc24-201324eeefe1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c074c3a0-3776-4b01-9cfd-b9c5e57d6cda" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee185f95-b18b-483e-a7b9-5f573c38cc46"/>
+  <w:style w:type="table" w:styleId="TableGrid_fdb90e5e-9f18-4293-bed5-91ccf8cd7ae5" w:customStyle="1">
+    <w:name w:val="Table Grid_fdb90e5e-9f18-4293-bed5-91ccf8cd7ae5"/>
+    <w:basedOn w:val="NormalTable_c1f72d18-3353-4713-bc24-201324eeefe1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_53c7d2b5-2e97-4023-a5e5-14150ea55b55" w:customStyle="1">
-    <w:name w:val="Normal Table_53c7d2b5-2e97-4023-a5e5-14150ea55b55"/>
+  <w:style w:type="table" w:styleId="NormalTable_85949db0-96ea-4811-8e4d-9611f125ce82" w:customStyle="1">
+    <w:name w:val="Normal Table_85949db0-96ea-4811-8e4d-9611f125ce82"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_297ece93-1772-491a-b562-8ba85ded2c62" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_53c7d2b5-2e97-4023-a5e5-14150ea55b55"/>
+  <w:style w:type="table" w:styleId="TableGrid_643fcdba-89f0-4132-9ee3-25bc932fe163" w:customStyle="1">
+    <w:name w:val="Table Grid_643fcdba-89f0-4132-9ee3-25bc932fe163"/>
+    <w:basedOn w:val="NormalTable_85949db0-96ea-4811-8e4d-9611f125ce82"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c2d9d039-0c82-469d-9663-1c4a5c39ab77" w:customStyle="1">
-    <w:name w:val="Normal Table_c2d9d039-0c82-469d-9663-1c4a5c39ab77"/>
+  <w:style w:type="table" w:styleId="NormalTable_407e849f-8cc8-4aa0-a05b-d922e7c69ecb" w:customStyle="1">
+    <w:name w:val="Normal Table_407e849f-8cc8-4aa0-a05b-d922e7c69ecb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_756e648e-ee03-4465-a471-575466027a57" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c2d9d039-0c82-469d-9663-1c4a5c39ab77"/>
+  <w:style w:type="table" w:styleId="TableGrid_09bf082a-7772-49b7-8961-7eb427e577d2" w:customStyle="1">
+    <w:name w:val="Table Grid_09bf082a-7772-49b7-8961-7eb427e577d2"/>
+    <w:basedOn w:val="NormalTable_407e849f-8cc8-4aa0-a05b-d922e7c69ecb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_647a3e87-9a63-4e8a-8207-c5a7dc38965b" w:customStyle="1">
-    <w:name w:val="Normal Table_647a3e87-9a63-4e8a-8207-c5a7dc38965b"/>
+  <w:style w:type="table" w:styleId="NormalTable_a4944ac0-01e0-407e-b5c1-33f6b21a1692" w:customStyle="1">
+    <w:name w:val="Normal Table_a4944ac0-01e0-407e-b5c1-33f6b21a1692"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86ab0068-782f-4ecc-811a-d04ed061df77" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_647a3e87-9a63-4e8a-8207-c5a7dc38965b"/>
+  <w:style w:type="table" w:styleId="TableGrid_886aa5de-8bc2-4e6b-9d44-1dee4ddd60ec" w:customStyle="1">
+    <w:name w:val="Table Grid_886aa5de-8bc2-4e6b-9d44-1dee4ddd60ec"/>
+    <w:basedOn w:val="NormalTable_a4944ac0-01e0-407e-b5c1-33f6b21a1692"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_02feec82-0eb8-4b8c-bf89-9a5fd53ff237" w:customStyle="1">
-    <w:name w:val="Normal Table_02feec82-0eb8-4b8c-bf89-9a5fd53ff237"/>
+  <w:style w:type="table" w:styleId="NormalTable_491ca585-eead-4b7c-b556-967f4bc675b3" w:customStyle="1">
+    <w:name w:val="Normal Table_491ca585-eead-4b7c-b556-967f4bc675b3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2ba221fc-92a0-43e9-b4c3-80bfd1b1a55f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_02feec82-0eb8-4b8c-bf89-9a5fd53ff237"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee7e0a4e-3220-43d9-8069-b972a2097bf8" w:customStyle="1">
+    <w:name w:val="Table Grid_ee7e0a4e-3220-43d9-8069-b972a2097bf8"/>
+    <w:basedOn w:val="NormalTable_491ca585-eead-4b7c-b556-967f4bc675b3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a8470817-917e-49ec-b1e2-bfaa3c5aa1e4" w:customStyle="1">
-    <w:name w:val="Normal Table_a8470817-917e-49ec-b1e2-bfaa3c5aa1e4"/>
+  <w:style w:type="table" w:styleId="NormalTable_04f7aa26-b312-433d-87cc-ece83f804e3e" w:customStyle="1">
+    <w:name w:val="Normal Table_04f7aa26-b312-433d-87cc-ece83f804e3e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0d261521-2bbc-49a3-a087-53f8d6f05ace" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a8470817-917e-49ec-b1e2-bfaa3c5aa1e4"/>
+  <w:style w:type="table" w:styleId="TableGrid_5d0a7c38-20da-4d3a-bfba-eb8d6ac81db4" w:customStyle="1">
+    <w:name w:val="Table Grid_5d0a7c38-20da-4d3a-bfba-eb8d6ac81db4"/>
+    <w:basedOn w:val="NormalTable_04f7aa26-b312-433d-87cc-ece83f804e3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_24d5a556-3e4d-40d1-af74-85b4f8ac5dbb" w:customStyle="1">
-    <w:name w:val="Normal Table_24d5a556-3e4d-40d1-af74-85b4f8ac5dbb"/>
+  <w:style w:type="table" w:styleId="NormalTable_afc3222e-e1e2-4671-9749-54d57a34ee86" w:customStyle="1">
+    <w:name w:val="Normal Table_afc3222e-e1e2-4671-9749-54d57a34ee86"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ca2cb2a-bd1e-4a80-9142-e8f696c20e84" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_24d5a556-3e4d-40d1-af74-85b4f8ac5dbb"/>
+  <w:style w:type="table" w:styleId="TableGrid_600083e2-28b9-4a9b-8093-ca1d84ec5ab7" w:customStyle="1">
+    <w:name w:val="Table Grid_600083e2-28b9-4a9b-8093-ca1d84ec5ab7"/>
+    <w:basedOn w:val="NormalTable_afc3222e-e1e2-4671-9749-54d57a34ee86"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_70af75a3-752b-4262-9af2-fd82ab2f17f9" w:customStyle="1">
-    <w:name w:val="Normal Table_70af75a3-752b-4262-9af2-fd82ab2f17f9"/>
+  <w:style w:type="table" w:styleId="NormalTable_32fddd34-91a0-4ed6-bae7-02f551d22557" w:customStyle="1">
+    <w:name w:val="Normal Table_32fddd34-91a0-4ed6-bae7-02f551d22557"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5e0b8cda-45b5-4be2-ac85-224c0bfaf40c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_70af75a3-752b-4262-9af2-fd82ab2f17f9"/>
+  <w:style w:type="table" w:styleId="TableGrid_603eb3a9-684e-4e17-a7eb-7657acc329c7" w:customStyle="1">
+    <w:name w:val="Table Grid_603eb3a9-684e-4e17-a7eb-7657acc329c7"/>
+    <w:basedOn w:val="NormalTable_32fddd34-91a0-4ed6-bae7-02f551d22557"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2b2d89a7-ce77-4f05-9a3a-aceba6798656" w:customStyle="1">
-    <w:name w:val="Normal Table_2b2d89a7-ce77-4f05-9a3a-aceba6798656"/>
+  <w:style w:type="table" w:styleId="NormalTable_9d38a653-7f02-465a-a36d-1a8e6f792f9d" w:customStyle="1">
+    <w:name w:val="Normal Table_9d38a653-7f02-465a-a36d-1a8e6f792f9d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_af602524-a2b6-4bbe-83ef-25bb6621b95d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2b2d89a7-ce77-4f05-9a3a-aceba6798656"/>
+  <w:style w:type="table" w:styleId="TableGrid_3542e987-3087-4863-b595-def9b0ce9348" w:customStyle="1">
+    <w:name w:val="Table Grid_3542e987-3087-4863-b595-def9b0ce9348"/>
+    <w:basedOn w:val="NormalTable_9d38a653-7f02-465a-a36d-1a8e6f792f9d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2981f133-9b45-4e94-ba48-adad0462f300" w:customStyle="1">
-    <w:name w:val="Normal Table_2981f133-9b45-4e94-ba48-adad0462f300"/>
+  <w:style w:type="table" w:styleId="NormalTable_9156f3da-6423-4624-8243-c563b60d2eb7" w:customStyle="1">
+    <w:name w:val="Normal Table_9156f3da-6423-4624-8243-c563b60d2eb7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_07fd6262-6308-41d7-b134-bb8df884b496" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2981f133-9b45-4e94-ba48-adad0462f300"/>
+  <w:style w:type="table" w:styleId="TableGrid_ebefb5a2-9bba-46b7-b0e9-da75a3c067e2" w:customStyle="1">
+    <w:name w:val="Table Grid_ebefb5a2-9bba-46b7-b0e9-da75a3c067e2"/>
+    <w:basedOn w:val="NormalTable_9156f3da-6423-4624-8243-c563b60d2eb7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c1e4398d-d6bc-4ae3-8752-eaa04bf16abd" w:customStyle="1">
-    <w:name w:val="Normal Table_c1e4398d-d6bc-4ae3-8752-eaa04bf16abd"/>
+  <w:style w:type="table" w:styleId="NormalTable_d1d0964b-2c9d-4e3a-95b3-0ec38c1ebc59" w:customStyle="1">
+    <w:name w:val="Normal Table_d1d0964b-2c9d-4e3a-95b3-0ec38c1ebc59"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2938d65d-a525-4429-bd4e-e9e392187ca2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c1e4398d-d6bc-4ae3-8752-eaa04bf16abd"/>
+  <w:style w:type="table" w:styleId="TableGrid_44796144-2a7a-4da6-8e2d-82d90f4b5bd5" w:customStyle="1">
+    <w:name w:val="Table Grid_44796144-2a7a-4da6-8e2d-82d90f4b5bd5"/>
+    <w:basedOn w:val="NormalTable_d1d0964b-2c9d-4e3a-95b3-0ec38c1ebc59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fa96bfad-e559-4cee-9930-9d369a155b4c" w:customStyle="1">
-    <w:name w:val="Normal Table_fa96bfad-e559-4cee-9930-9d369a155b4c"/>
+  <w:style w:type="table" w:styleId="NormalTable_0189e6e5-4c30-4acb-a704-52eeeb446575" w:customStyle="1">
+    <w:name w:val="Normal Table_0189e6e5-4c30-4acb-a704-52eeeb446575"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_53c4ad3e-6606-4610-839e-0b46a630a876" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fa96bfad-e559-4cee-9930-9d369a155b4c"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6922819-0fb0-457a-89d2-3cc366363739" w:customStyle="1">
+    <w:name w:val="Table Grid_b6922819-0fb0-457a-89d2-3cc366363739"/>
+    <w:basedOn w:val="NormalTable_0189e6e5-4c30-4acb-a704-52eeeb446575"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_da810ad5-e522-4381-908a-40a6253989db" w:customStyle="1">
-    <w:name w:val="Normal Table_da810ad5-e522-4381-908a-40a6253989db"/>
+  <w:style w:type="table" w:styleId="NormalTable_0b712943-058a-410a-9bb2-379b5c3f32f6" w:customStyle="1">
+    <w:name w:val="Normal Table_0b712943-058a-410a-9bb2-379b5c3f32f6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6538b4d3-9b9d-4a06-93a9-4ad410b78d4d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_da810ad5-e522-4381-908a-40a6253989db"/>
+  <w:style w:type="table" w:styleId="TableGrid_5c75852d-219d-4410-8356-d5f2260d2e75" w:customStyle="1">
+    <w:name w:val="Table Grid_5c75852d-219d-4410-8356-d5f2260d2e75"/>
+    <w:basedOn w:val="NormalTable_0b712943-058a-410a-9bb2-379b5c3f32f6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_47fc2321-4959-4896-aff1-6c76b8acdca3" w:customStyle="1">
-    <w:name w:val="Normal Table_47fc2321-4959-4896-aff1-6c76b8acdca3"/>
+  <w:style w:type="table" w:styleId="NormalTable_fb85219d-a5ca-4dd0-833c-37889f1788f8" w:customStyle="1">
+    <w:name w:val="Normal Table_fb85219d-a5ca-4dd0-833c-37889f1788f8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa8071db-ca2e-4659-93a6-438a9b9fd160" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_47fc2321-4959-4896-aff1-6c76b8acdca3"/>
+  <w:style w:type="table" w:styleId="TableGrid_d3522d0c-7e73-4b24-8044-2e870f7bf3d3" w:customStyle="1">
+    <w:name w:val="Table Grid_d3522d0c-7e73-4b24-8044-2e870f7bf3d3"/>
+    <w:basedOn w:val="NormalTable_fb85219d-a5ca-4dd0-833c-37889f1788f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3813125e-5d4f-4c8a-bb9b-19790b33bcf7" w:customStyle="1">
-    <w:name w:val="Normal Table_3813125e-5d4f-4c8a-bb9b-19790b33bcf7"/>
+  <w:style w:type="table" w:styleId="NormalTable_8c3b671c-d725-427f-8ee6-aff37ff4dfef" w:customStyle="1">
+    <w:name w:val="Normal Table_8c3b671c-d725-427f-8ee6-aff37ff4dfef"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8138bcef-ae74-42e5-8f92-32c76f150a5d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3813125e-5d4f-4c8a-bb9b-19790b33bcf7"/>
+  <w:style w:type="table" w:styleId="TableGrid_0933cdad-3866-45d5-ac30-861e3a62bc4e" w:customStyle="1">
+    <w:name w:val="Table Grid_0933cdad-3866-45d5-ac30-861e3a62bc4e"/>
+    <w:basedOn w:val="NormalTable_8c3b671c-d725-427f-8ee6-aff37ff4dfef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a7e6aee7-f210-4d10-a984-fd833429f1b3" w:customStyle="1">
-    <w:name w:val="Normal Table_a7e6aee7-f210-4d10-a984-fd833429f1b3"/>
+  <w:style w:type="table" w:styleId="NormalTable_cd7fed05-cbb3-47f1-9237-9327936cac53" w:customStyle="1">
+    <w:name w:val="Normal Table_cd7fed05-cbb3-47f1-9237-9327936cac53"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_407e29d7-4fd1-405e-bade-b090ca94d219" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a7e6aee7-f210-4d10-a984-fd833429f1b3"/>
+  <w:style w:type="table" w:styleId="TableGrid_e14f2440-b795-48c4-89a1-2dc2e2b54199" w:customStyle="1">
+    <w:name w:val="Table Grid_e14f2440-b795-48c4-89a1-2dc2e2b54199"/>
+    <w:basedOn w:val="NormalTable_cd7fed05-cbb3-47f1-9237-9327936cac53"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e95792e9-212d-490e-84a1-71d40fccf8dd" w:customStyle="1">
-    <w:name w:val="Normal Table_e95792e9-212d-490e-84a1-71d40fccf8dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_6a74e38c-bf36-4613-8cd0-f7fc8c357637" w:customStyle="1">
+    <w:name w:val="Normal Table_6a74e38c-bf36-4613-8cd0-f7fc8c357637"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_faec9853-4980-4f51-806e-0f9e57ca7b02" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e95792e9-212d-490e-84a1-71d40fccf8dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_14df6378-acf5-4b42-9f0b-83eba4835b6d" w:customStyle="1">
+    <w:name w:val="Table Grid_14df6378-acf5-4b42-9f0b-83eba4835b6d"/>
+    <w:basedOn w:val="NormalTable_6a74e38c-bf36-4613-8cd0-f7fc8c357637"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c0da34d9-8252-44ff-b0ef-891f78b3a0e8" w:customStyle="1">
-    <w:name w:val="Normal Table_c0da34d9-8252-44ff-b0ef-891f78b3a0e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_0108547e-3e08-4684-9cfb-9d0f27a72967" w:customStyle="1">
+    <w:name w:val="Normal Table_0108547e-3e08-4684-9cfb-9d0f27a72967"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ad1f1504-d4bb-4609-80e6-b759e4d9093f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c0da34d9-8252-44ff-b0ef-891f78b3a0e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_2b213587-ead2-405b-abd0-f832a62a1045" w:customStyle="1">
+    <w:name w:val="Table Grid_2b213587-ead2-405b-abd0-f832a62a1045"/>
+    <w:basedOn w:val="NormalTable_0108547e-3e08-4684-9cfb-9d0f27a72967"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6f6d6e19-d31e-401c-b861-0240651e053f" w:customStyle="1">
-    <w:name w:val="Normal Table_6f6d6e19-d31e-401c-b861-0240651e053f"/>
+  <w:style w:type="table" w:styleId="NormalTable_08b402e6-17ac-4da6-bf17-3b3428eb8f7b" w:customStyle="1">
+    <w:name w:val="Normal Table_08b402e6-17ac-4da6-bf17-3b3428eb8f7b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aa1094b2-c44c-4261-a713-d10673383c31" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6f6d6e19-d31e-401c-b861-0240651e053f"/>
+  <w:style w:type="table" w:styleId="TableGrid_55c34f89-2e43-4457-a351-99f32c1b9fc2" w:customStyle="1">
+    <w:name w:val="Table Grid_55c34f89-2e43-4457-a351-99f32c1b9fc2"/>
+    <w:basedOn w:val="NormalTable_08b402e6-17ac-4da6-bf17-3b3428eb8f7b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bc08f22b-e012-4563-b507-86f492dbeafd" w:customStyle="1">
-    <w:name w:val="Normal Table_bc08f22b-e012-4563-b507-86f492dbeafd"/>
+  <w:style w:type="table" w:styleId="NormalTable_b6c192a6-8b89-46aa-82b0-4f1ad2f5fc8a" w:customStyle="1">
+    <w:name w:val="Normal Table_b6c192a6-8b89-46aa-82b0-4f1ad2f5fc8a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_41b400ed-afd1-4626-9606-df8c37f072ac" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bc08f22b-e012-4563-b507-86f492dbeafd"/>
+  <w:style w:type="table" w:styleId="TableGrid_9914a089-1e67-4e1d-a241-42661405d5bb" w:customStyle="1">
+    <w:name w:val="Table Grid_9914a089-1e67-4e1d-a241-42661405d5bb"/>
+    <w:basedOn w:val="NormalTable_b6c192a6-8b89-46aa-82b0-4f1ad2f5fc8a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e5da7f37-33fe-4272-a194-4c1cbf243ac8" w:customStyle="1">
-    <w:name w:val="Normal Table_e5da7f37-33fe-4272-a194-4c1cbf243ac8"/>
+  <w:style w:type="table" w:styleId="NormalTable_f996d8f6-dd43-4765-aba6-36a1e50b09fe" w:customStyle="1">
+    <w:name w:val="Normal Table_f996d8f6-dd43-4765-aba6-36a1e50b09fe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d045b9f3-5add-4294-aa47-b4e17ea4946c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e5da7f37-33fe-4272-a194-4c1cbf243ac8"/>
+  <w:style w:type="table" w:styleId="TableGrid_7c630899-3067-48a5-bf0f-280fbbb1c4b0" w:customStyle="1">
+    <w:name w:val="Table Grid_7c630899-3067-48a5-bf0f-280fbbb1c4b0"/>
+    <w:basedOn w:val="NormalTable_f996d8f6-dd43-4765-aba6-36a1e50b09fe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>