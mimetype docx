--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -14411,89 +14411,106 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e5484b5d-59ba-400c-8570-56d8f7a42a91"/>
+      <w:tblStyle w:val="TableGrid_9653b0c3-d9b7-463e-82a2-09387fbc9b2c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:46:54 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:28:55 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -14521,74 +14538,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9bf59e73-9605-40e0-89d8-7c03d8297f9b"/>
+      <w:tblStyle w:val="TableGrid_34969cb4-bfe3-466b-8d97-3ad6be435b2f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6942"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 113. Versjonsnummer: 7</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -14606,408 +14640,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+            <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+      <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6a9e229c-2940-471e-a48d-e088a39f93ed"/>
+      <w:tblStyle w:val="TableGrid_c18c3745-26ce-49d6-a105-4bc6457b4543"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0f25a58f-6f28-4b38-9093-e3e1666c670b"/>
+            <w:tblStyle w:val="TableGrid_9729d79f-524f-4f88-b5ac-48e5c03e27f5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.10.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+            <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6827c96f-a475-48d5-8f8a-d7acccb3361d"/>
+            <w:tblStyle w:val="TableGrid_9004e3c8-8982-4191-ad43-8148f0c7aab1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+            <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+      <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="11645089"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15473,51 +15592,51 @@
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:embedSystemFonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:activeWritingStyle xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:appName="MSWord" w:lang="nb-NO" w:vendorID="666" w:dllVersion="513" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="120"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
   <w:displayVerticalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -16202,629 +16321,629 @@
       <w:spacing w:after="158"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift9Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 9 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading9"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8" w:customStyle="1">
-    <w:name w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+  <w:style w:type="paragraph" w:styleId="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3" w:customStyle="1">
+    <w:name w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+    <w:basedOn w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_02efb51f-3da3-45f1-8107-b06f7e5309b0" w:customStyle="1">
-    <w:name w:val="Normal Table_02efb51f-3da3-45f1-8107-b06f7e5309b0"/>
+  <w:style w:type="table" w:styleId="NormalTable_80bbfa9a-a891-4131-afed-04191b7d9a70" w:customStyle="1">
+    <w:name w:val="Normal Table_80bbfa9a-a891-4131-afed-04191b7d9a70"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_93424173-342d-4de1-9ba4-298bc8c84cd6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_02efb51f-3da3-45f1-8107-b06f7e5309b0"/>
+  <w:style w:type="table" w:styleId="TableGrid_f7d63e25-9e06-4b33-8c20-7ee543ddd0f9" w:customStyle="1">
+    <w:name w:val="Table Grid_f7d63e25-9e06-4b33-8c20-7ee543ddd0f9"/>
+    <w:basedOn w:val="NormalTable_80bbfa9a-a891-4131-afed-04191b7d9a70"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+    <w:basedOn w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_ed103672-7985-458d-8d61-ac19d1d6eaf8"/>
+    <w:basedOn w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_91ae70dd-1f1d-4a7b-ad56-4887d7ba21bd" w:customStyle="1">
-    <w:name w:val="Normal Table_91ae70dd-1f1d-4a7b-ad56-4887d7ba21bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_aff6feca-88dd-4833-a9fb-7d54f504a94b" w:customStyle="1">
+    <w:name w:val="Normal Table_aff6feca-88dd-4833-a9fb-7d54f504a94b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fca23739-8ccb-42f2-ab5a-56bf51dbf477" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_91ae70dd-1f1d-4a7b-ad56-4887d7ba21bd"/>
+  <w:style w:type="table" w:styleId="TableGrid_cb81f976-1a68-4c5f-907d-a7cba27b4d3e" w:customStyle="1">
+    <w:name w:val="Table Grid_cb81f976-1a68-4c5f-907d-a7cba27b4d3e"/>
+    <w:basedOn w:val="NormalTable_aff6feca-88dd-4833-a9fb-7d54f504a94b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f751b710-f089-4720-bddd-9d95b690490f" w:customStyle="1">
-    <w:name w:val="Normal Table_f751b710-f089-4720-bddd-9d95b690490f"/>
+  <w:style w:type="table" w:styleId="NormalTable_9be97d5b-ed58-4296-a270-3dd819deca54" w:customStyle="1">
+    <w:name w:val="Normal Table_9be97d5b-ed58-4296-a270-3dd819deca54"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bab09bd7-4530-4390-8e8c-180f45c3b412" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f751b710-f089-4720-bddd-9d95b690490f"/>
+  <w:style w:type="table" w:styleId="TableGrid_40d6010f-bf9e-490d-a924-664fe2c941ac" w:customStyle="1">
+    <w:name w:val="Table Grid_40d6010f-bf9e-490d-a924-664fe2c941ac"/>
+    <w:basedOn w:val="NormalTable_9be97d5b-ed58-4296-a270-3dd819deca54"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a27fa09d-ecda-4508-8d9d-398359a628e2" w:customStyle="1">
-    <w:name w:val="Normal Table_a27fa09d-ecda-4508-8d9d-398359a628e2"/>
+  <w:style w:type="table" w:styleId="NormalTable_621a1ef9-09c8-4a5c-b0a7-15daf1c16e29" w:customStyle="1">
+    <w:name w:val="Normal Table_621a1ef9-09c8-4a5c-b0a7-15daf1c16e29"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2231406b-5c52-4fc7-8b58-105334e8281e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a27fa09d-ecda-4508-8d9d-398359a628e2"/>
+  <w:style w:type="table" w:styleId="TableGrid_23770fd6-463a-4dfd-8edc-dfb685685f01" w:customStyle="1">
+    <w:name w:val="Table Grid_23770fd6-463a-4dfd-8edc-dfb685685f01"/>
+    <w:basedOn w:val="NormalTable_621a1ef9-09c8-4a5c-b0a7-15daf1c16e29"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ac3678d-25fb-418c-b8ca-fea81b8cce34" w:customStyle="1">
-    <w:name w:val="Normal Table_2ac3678d-25fb-418c-b8ca-fea81b8cce34"/>
+  <w:style w:type="table" w:styleId="NormalTable_2f83b229-14df-477d-8283-c5150359f9e7" w:customStyle="1">
+    <w:name w:val="Normal Table_2f83b229-14df-477d-8283-c5150359f9e7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5d09bb82-ecac-482f-8285-963ff6c7cbbf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ac3678d-25fb-418c-b8ca-fea81b8cce34"/>
+  <w:style w:type="table" w:styleId="TableGrid_2a2a0f37-158f-4792-ab28-f319aac17b22" w:customStyle="1">
+    <w:name w:val="Table Grid_2a2a0f37-158f-4792-ab28-f319aac17b22"/>
+    <w:basedOn w:val="NormalTable_2f83b229-14df-477d-8283-c5150359f9e7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_46c491ea-0ce4-455d-b444-72e0248b7797" w:customStyle="1">
-    <w:name w:val="Normal Table_46c491ea-0ce4-455d-b444-72e0248b7797"/>
+  <w:style w:type="table" w:styleId="NormalTable_8117c9f0-671f-4133-a716-192b84a062a1" w:customStyle="1">
+    <w:name w:val="Normal Table_8117c9f0-671f-4133-a716-192b84a062a1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e5484b5d-59ba-400c-8570-56d8f7a42a91" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_46c491ea-0ce4-455d-b444-72e0248b7797"/>
+  <w:style w:type="table" w:styleId="TableGrid_9653b0c3-d9b7-463e-82a2-09387fbc9b2c" w:customStyle="1">
+    <w:name w:val="Table Grid_9653b0c3-d9b7-463e-82a2-09387fbc9b2c"/>
+    <w:basedOn w:val="NormalTable_8117c9f0-671f-4133-a716-192b84a062a1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0e49880b-9b31-4398-a0dd-377efecc622e" w:customStyle="1">
-    <w:name w:val="Normal Table_0e49880b-9b31-4398-a0dd-377efecc622e"/>
+  <w:style w:type="table" w:styleId="NormalTable_553ca903-07dc-468f-ba5f-fcb464b334d2" w:customStyle="1">
+    <w:name w:val="Normal Table_553ca903-07dc-468f-ba5f-fcb464b334d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9bf59e73-9605-40e0-89d8-7c03d8297f9b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0e49880b-9b31-4398-a0dd-377efecc622e"/>
+  <w:style w:type="table" w:styleId="TableGrid_34969cb4-bfe3-466b-8d97-3ad6be435b2f" w:customStyle="1">
+    <w:name w:val="Table Grid_34969cb4-bfe3-466b-8d97-3ad6be435b2f"/>
+    <w:basedOn w:val="NormalTable_553ca903-07dc-468f-ba5f-fcb464b334d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_139da447-0b01-49b4-ac2d-420c903a3aa4" w:customStyle="1">
-    <w:name w:val="Normal Table_139da447-0b01-49b4-ac2d-420c903a3aa4"/>
+  <w:style w:type="table" w:styleId="NormalTable_b1d59d95-ea65-43ad-97c0-f1892a67c2d7" w:customStyle="1">
+    <w:name w:val="Normal Table_b1d59d95-ea65-43ad-97c0-f1892a67c2d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0f25a58f-6f28-4b38-9093-e3e1666c670b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_139da447-0b01-49b4-ac2d-420c903a3aa4"/>
+  <w:style w:type="table" w:styleId="TableGrid_9729d79f-524f-4f88-b5ac-48e5c03e27f5" w:customStyle="1">
+    <w:name w:val="Table Grid_9729d79f-524f-4f88-b5ac-48e5c03e27f5"/>
+    <w:basedOn w:val="NormalTable_b1d59d95-ea65-43ad-97c0-f1892a67c2d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a0e74b48-f69e-4375-88f2-560e05e3662a" w:customStyle="1">
-    <w:name w:val="Normal Table_a0e74b48-f69e-4375-88f2-560e05e3662a"/>
+  <w:style w:type="table" w:styleId="NormalTable_5b13177b-6bfa-4855-b05c-1cbb976542d7" w:customStyle="1">
+    <w:name w:val="Normal Table_5b13177b-6bfa-4855-b05c-1cbb976542d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6827c96f-a475-48d5-8f8a-d7acccb3361d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a0e74b48-f69e-4375-88f2-560e05e3662a"/>
+  <w:style w:type="table" w:styleId="TableGrid_9004e3c8-8982-4191-ad43-8148f0c7aab1" w:customStyle="1">
+    <w:name w:val="Table Grid_9004e3c8-8982-4191-ad43-8148f0c7aab1"/>
+    <w:basedOn w:val="NormalTable_5b13177b-6bfa-4855-b05c-1cbb976542d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8bc9dc40-5d73-4bf6-afe5-99686cec4521" w:customStyle="1">
-    <w:name w:val="Normal Table_8bc9dc40-5d73-4bf6-afe5-99686cec4521"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f0f5e0a-9d25-4b8d-b051-8192b79f886a" w:customStyle="1">
+    <w:name w:val="Normal Table_3f0f5e0a-9d25-4b8d-b051-8192b79f886a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6a9e229c-2940-471e-a48d-e088a39f93ed" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8bc9dc40-5d73-4bf6-afe5-99686cec4521"/>
+  <w:style w:type="table" w:styleId="TableGrid_c18c3745-26ce-49d6-a105-4bc6457b4543" w:customStyle="1">
+    <w:name w:val="Table Grid_c18c3745-26ce-49d6-a105-4bc6457b4543"/>
+    <w:basedOn w:val="NormalTable_3f0f5e0a-9d25-4b8d-b051-8192b79f886a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>