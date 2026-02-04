--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -14411,51 +14411,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9653b0c3-d9b7-463e-82a2-09387fbc9b2c"/>
+      <w:tblStyle w:val="TableGrid_b73b8740-b68a-45b8-a709-7ab36159754e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14466,51 +14466,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:28:55 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:56:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -14538,51 +14538,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_34969cb4-bfe3-466b-8d97-3ad6be435b2f"/>
+      <w:tblStyle w:val="TableGrid_dc8cb298-aad6-44e2-bb3c-b8c6c1c259ad"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14640,51 +14640,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+            <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14697,59 +14697,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+      <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c18c3745-26ce-49d6-a105-4bc6457b4543"/>
+      <w:tblStyle w:val="TableGrid_31abd842-8209-43a6-a13f-85b89fa05fcf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14760,51 +14760,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9729d79f-524f-4f88-b5ac-48e5c03e27f5"/>
+            <w:tblStyle w:val="TableGrid_1871a9f6-6bf6-42f5-a718-ed733a317b0c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14905,72 +14905,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.10.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+            <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9004e3c8-8982-4191-ad43-8148f0c7aab1"/>
+            <w:tblStyle w:val="TableGrid_5f2d9097-4f1b-4dba-b51c-7f433c422b62"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -15071,62 +15071,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+            <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+      <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="11645089"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -16321,629 +16321,629 @@
       <w:spacing w:after="158"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift9Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 9 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading9"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3" w:customStyle="1">
-    <w:name w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+  <w:style w:type="paragraph" w:styleId="Normal_568782c5-3f47-454f-a89a-7b70965b8687" w:customStyle="1">
+    <w:name w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+    <w:basedOn w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_80bbfa9a-a891-4131-afed-04191b7d9a70" w:customStyle="1">
-    <w:name w:val="Normal Table_80bbfa9a-a891-4131-afed-04191b7d9a70"/>
+  <w:style w:type="table" w:styleId="NormalTable_64d435d9-c58c-4c35-b5d6-d0d71abd8c04" w:customStyle="1">
+    <w:name w:val="Normal Table_64d435d9-c58c-4c35-b5d6-d0d71abd8c04"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f7d63e25-9e06-4b33-8c20-7ee543ddd0f9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_80bbfa9a-a891-4131-afed-04191b7d9a70"/>
+  <w:style w:type="table" w:styleId="TableGrid_11d12fcb-9ad0-4441-95fe-6c24a47ca4f2" w:customStyle="1">
+    <w:name w:val="Table Grid_11d12fcb-9ad0-4441-95fe-6c24a47ca4f2"/>
+    <w:basedOn w:val="NormalTable_64d435d9-c58c-4c35-b5d6-d0d71abd8c04"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+    <w:basedOn w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_47be55af-e15b-4d38-bb68-5842a275b1f3"/>
+    <w:basedOn w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aff6feca-88dd-4833-a9fb-7d54f504a94b" w:customStyle="1">
-    <w:name w:val="Normal Table_aff6feca-88dd-4833-a9fb-7d54f504a94b"/>
+  <w:style w:type="table" w:styleId="NormalTable_48b797d6-dd35-4d5e-8551-512458ac1e2a" w:customStyle="1">
+    <w:name w:val="Normal Table_48b797d6-dd35-4d5e-8551-512458ac1e2a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cb81f976-1a68-4c5f-907d-a7cba27b4d3e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aff6feca-88dd-4833-a9fb-7d54f504a94b"/>
+  <w:style w:type="table" w:styleId="TableGrid_c49263f2-c84c-45cf-8de2-45d6685c145d" w:customStyle="1">
+    <w:name w:val="Table Grid_c49263f2-c84c-45cf-8de2-45d6685c145d"/>
+    <w:basedOn w:val="NormalTable_48b797d6-dd35-4d5e-8551-512458ac1e2a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9be97d5b-ed58-4296-a270-3dd819deca54" w:customStyle="1">
-    <w:name w:val="Normal Table_9be97d5b-ed58-4296-a270-3dd819deca54"/>
+  <w:style w:type="table" w:styleId="NormalTable_31d6a4e3-135f-4964-b6a2-2103fa8d6656" w:customStyle="1">
+    <w:name w:val="Normal Table_31d6a4e3-135f-4964-b6a2-2103fa8d6656"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_40d6010f-bf9e-490d-a924-664fe2c941ac" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9be97d5b-ed58-4296-a270-3dd819deca54"/>
+  <w:style w:type="table" w:styleId="TableGrid_4b40818f-95ac-4280-a502-9b29ccfd4be3" w:customStyle="1">
+    <w:name w:val="Table Grid_4b40818f-95ac-4280-a502-9b29ccfd4be3"/>
+    <w:basedOn w:val="NormalTable_31d6a4e3-135f-4964-b6a2-2103fa8d6656"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_621a1ef9-09c8-4a5c-b0a7-15daf1c16e29" w:customStyle="1">
-    <w:name w:val="Normal Table_621a1ef9-09c8-4a5c-b0a7-15daf1c16e29"/>
+  <w:style w:type="table" w:styleId="NormalTable_a5d3b1e1-637a-42c3-b2aa-a7f3a686fad3" w:customStyle="1">
+    <w:name w:val="Normal Table_a5d3b1e1-637a-42c3-b2aa-a7f3a686fad3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_23770fd6-463a-4dfd-8edc-dfb685685f01" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_621a1ef9-09c8-4a5c-b0a7-15daf1c16e29"/>
+  <w:style w:type="table" w:styleId="TableGrid_d1aa8af7-088d-4c91-80a1-2e6378d25713" w:customStyle="1">
+    <w:name w:val="Table Grid_d1aa8af7-088d-4c91-80a1-2e6378d25713"/>
+    <w:basedOn w:val="NormalTable_a5d3b1e1-637a-42c3-b2aa-a7f3a686fad3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f83b229-14df-477d-8283-c5150359f9e7" w:customStyle="1">
-    <w:name w:val="Normal Table_2f83b229-14df-477d-8283-c5150359f9e7"/>
+  <w:style w:type="table" w:styleId="NormalTable_87bbab07-a5db-4fde-a21f-623f0cb23279" w:customStyle="1">
+    <w:name w:val="Normal Table_87bbab07-a5db-4fde-a21f-623f0cb23279"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2a2a0f37-158f-4792-ab28-f319aac17b22" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f83b229-14df-477d-8283-c5150359f9e7"/>
+  <w:style w:type="table" w:styleId="TableGrid_be462143-f5bb-453b-a871-0185625adf70" w:customStyle="1">
+    <w:name w:val="Table Grid_be462143-f5bb-453b-a871-0185625adf70"/>
+    <w:basedOn w:val="NormalTable_87bbab07-a5db-4fde-a21f-623f0cb23279"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8117c9f0-671f-4133-a716-192b84a062a1" w:customStyle="1">
-    <w:name w:val="Normal Table_8117c9f0-671f-4133-a716-192b84a062a1"/>
+  <w:style w:type="table" w:styleId="NormalTable_24758e29-5e71-443e-bd17-e5ac66a16e39" w:customStyle="1">
+    <w:name w:val="Normal Table_24758e29-5e71-443e-bd17-e5ac66a16e39"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9653b0c3-d9b7-463e-82a2-09387fbc9b2c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8117c9f0-671f-4133-a716-192b84a062a1"/>
+  <w:style w:type="table" w:styleId="TableGrid_b73b8740-b68a-45b8-a709-7ab36159754e" w:customStyle="1">
+    <w:name w:val="Table Grid_b73b8740-b68a-45b8-a709-7ab36159754e"/>
+    <w:basedOn w:val="NormalTable_24758e29-5e71-443e-bd17-e5ac66a16e39"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_553ca903-07dc-468f-ba5f-fcb464b334d2" w:customStyle="1">
-    <w:name w:val="Normal Table_553ca903-07dc-468f-ba5f-fcb464b334d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_0106d4d6-3fbc-4d92-838e-b0ecc174b9e1" w:customStyle="1">
+    <w:name w:val="Normal Table_0106d4d6-3fbc-4d92-838e-b0ecc174b9e1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_34969cb4-bfe3-466b-8d97-3ad6be435b2f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_553ca903-07dc-468f-ba5f-fcb464b334d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_dc8cb298-aad6-44e2-bb3c-b8c6c1c259ad" w:customStyle="1">
+    <w:name w:val="Table Grid_dc8cb298-aad6-44e2-bb3c-b8c6c1c259ad"/>
+    <w:basedOn w:val="NormalTable_0106d4d6-3fbc-4d92-838e-b0ecc174b9e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b1d59d95-ea65-43ad-97c0-f1892a67c2d7" w:customStyle="1">
-    <w:name w:val="Normal Table_b1d59d95-ea65-43ad-97c0-f1892a67c2d7"/>
+  <w:style w:type="table" w:styleId="NormalTable_517d1488-11ff-4b72-a093-cd1d373fc51e" w:customStyle="1">
+    <w:name w:val="Normal Table_517d1488-11ff-4b72-a093-cd1d373fc51e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9729d79f-524f-4f88-b5ac-48e5c03e27f5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b1d59d95-ea65-43ad-97c0-f1892a67c2d7"/>
+  <w:style w:type="table" w:styleId="TableGrid_1871a9f6-6bf6-42f5-a718-ed733a317b0c" w:customStyle="1">
+    <w:name w:val="Table Grid_1871a9f6-6bf6-42f5-a718-ed733a317b0c"/>
+    <w:basedOn w:val="NormalTable_517d1488-11ff-4b72-a093-cd1d373fc51e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5b13177b-6bfa-4855-b05c-1cbb976542d7" w:customStyle="1">
-    <w:name w:val="Normal Table_5b13177b-6bfa-4855-b05c-1cbb976542d7"/>
+  <w:style w:type="table" w:styleId="NormalTable_411cc747-62a1-4759-8434-b22aac8c74d2" w:customStyle="1">
+    <w:name w:val="Normal Table_411cc747-62a1-4759-8434-b22aac8c74d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9004e3c8-8982-4191-ad43-8148f0c7aab1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5b13177b-6bfa-4855-b05c-1cbb976542d7"/>
+  <w:style w:type="table" w:styleId="TableGrid_5f2d9097-4f1b-4dba-b51c-7f433c422b62" w:customStyle="1">
+    <w:name w:val="Table Grid_5f2d9097-4f1b-4dba-b51c-7f433c422b62"/>
+    <w:basedOn w:val="NormalTable_411cc747-62a1-4759-8434-b22aac8c74d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3f0f5e0a-9d25-4b8d-b051-8192b79f886a" w:customStyle="1">
-    <w:name w:val="Normal Table_3f0f5e0a-9d25-4b8d-b051-8192b79f886a"/>
+  <w:style w:type="table" w:styleId="NormalTable_38364628-6de8-44a5-a4c0-a62737834e62" w:customStyle="1">
+    <w:name w:val="Normal Table_38364628-6de8-44a5-a4c0-a62737834e62"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c18c3745-26ce-49d6-a105-4bc6457b4543" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3f0f5e0a-9d25-4b8d-b051-8192b79f886a"/>
+  <w:style w:type="table" w:styleId="TableGrid_31abd842-8209-43a6-a13f-85b89fa05fcf" w:customStyle="1">
+    <w:name w:val="Table Grid_31abd842-8209-43a6-a13f-85b89fa05fcf"/>
+    <w:basedOn w:val="NormalTable_38364628-6de8-44a5-a4c0-a62737834e62"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>