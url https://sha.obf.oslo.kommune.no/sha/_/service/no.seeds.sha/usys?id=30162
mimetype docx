--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1459,97 +1459,118 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76A1DAFD">
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A5B1D03">
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="-284" w:firstLine="426"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kommentarer og tilføyelser </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">” punkt</w:t>
+        <w:t xml:space="preserve">Kommentarer og tilføyelser til ”gammelt” punkt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> er skrevet med </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fet kursiv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5474D4BB">
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="-284" w:firstLine="426"/>
         <w:rPr>
           <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06800657">
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BAKGRUNN FOR MØTET (-SERIEN) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F72CA67">
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2111DF34">
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="-284" w:firstLine="426"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Det er viktig at KU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">gjør </w:t>
@@ -1569,50 +1590,220 @@
         <w:t xml:space="preserve">delser til </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">møtet og innhenter nødvendig underlag</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> i forkant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FC5602">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="53BE11B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2906"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Møteserien er en dokumentasjon for at Byggherren jevnlig følger opp at koordinatorene oppfyller sine plikter, jf. § 5 og § 13 i Byggherreforskriften</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt egen ytelsesbeskrivelse og </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kontraktsgrunnlaget</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DBA4AB6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2906"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED0F405">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Møtet skal holdes en gang pr. mnd. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212E3DBC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KU </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">innkall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e til møte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">og refererer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dette.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06030794">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hovedbedrift</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skal delta på møtet sammen med PL (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evnt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BHR) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2D23E2">
+      <w:pPr>
+        <w:spacing/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10556" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="768"/>
         <w:gridCol w:w="7312"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1342"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
@@ -1716,525 +1907,199 @@
               <w:t xml:space="preserve">Frist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...320 lines deleted...]
-            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SHA-PLAN OG RISIKOANALYSEN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arbeidsgivere og enmannsbedriften skal informere byggherren om avvik fra planen for sikkerhet, helse og arbeidsmiljø som kan ha betydning for arbeidstakernes sikkerhet, helse og arbeidsmiljø.</w:t>
+              <w:t xml:space="preserve">Arbeidsgivere og enmannsbedriften skal informere byggherren om avvik fra planen for sikkerhet, helse og arbeidsmiljø </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">som kan ha betydning for arbeidstakernes sikkerhet, helse og arbeidsmiljø.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU skal følge opp at de </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">spesifikke</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> tiltakene beskrevet i SHA-</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">planen </w:t>
+              <w:t xml:space="preserve"> tiltakene beskrevet i SHA-planen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">gjennomføres </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">fungerer etter hensikten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
@@ -2242,60 +2107,101 @@
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endringer i SHA-planen gå</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Endringer i SHA-planen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">og risikomatrisen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> igjennom.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="751"/>
               </w:tabs>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -2547,51 +2453,51 @@
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">FOREBYGGENDE TILTAK (jf. § 9 i BHF)</w:t>
@@ -2727,159 +2633,224 @@
               <w:t xml:space="preserve">nødvendige tiltak</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> for å sikre at uvedkommende ikke får atkomst til bygge- eller anleggsplassen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Det skal benyttes k</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">latre</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">begrensende </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">gjerder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">med </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">maks maskevidde 5 cm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, glide- / skyveport</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, gjerder med vektblokker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">flettverksgjerde etc.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...17 lines deleted...]
-              <w:rPr/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Det skal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve">etableres </w:t>
             </w:r>
             <w:r>
-              <w:rPr/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve">nødvendig vaktordning, i de perioder når byggeplass ikke er i drift/ ferier.  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
-              <w:rPr/>
-[...2 lines deleted...]
-              <w:rPr/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve">F.eks. gjelder dette i perioden: jul og nyttår, påske, sommerferie eller dersom byggherre pålegger dette direkte, som følge av manglende sikring av byggeplass av Totalentreprenøren.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
@@ -3214,128 +3185,122 @@
               <w:t xml:space="preserve">fullt forsvarlige hygieniske</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> forhold </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">i spise- og skiftebrakke.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Rengjøring min</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 ganger pr uke</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, egne damebrakker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, hyller på spiserom, vask av kjøleskap hver uke.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...36 lines deleted...]
-                <w:u w:val="single"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Status/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
@@ -3498,141 +3463,190 @@
               <w:t xml:space="preserve">sikre</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ferdselsveier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Er </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">alle gangveier inne og ute godt opparbeidet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> for å hindre </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">snubling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">alle </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">rømningsveier er merket</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> med etterlysende skilt og det er satt opp nødlys i korridorer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">alle inn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- og ut</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ganger er sikret med baldakin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">alle kabler er hengt opp, mm.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -3949,101 +3963,136 @@
               <w:t xml:space="preserve">og</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> stoffer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Er p</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">lassering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> for lagring av materialer og avfallscontainere av</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">merket </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">på oppdatert riggplan.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Alle avfallscontainere skal være merket med fraksjonsnavn på de språk ref. språkplan som benyttes på byggeplassen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -4197,292 +4246,387 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">påvirke</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> arbeidstakernes sikkerhet, helse og arbeidsmiljø. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...17 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HB skal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">kontrollere </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">kvaliteten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> på </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">løfteutstyr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> og at den </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">årlige kontrollen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...16 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> har blitt utført for sertifiseringspliktig utstyr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> på byggeplassen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HB’s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> system </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...20 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">som oppfølging skal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gjennomgås</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersom det er godkjent / </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">innregistert</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> nye </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">UE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">'er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> på byggeplassen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">i siste periode</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">må nytt utstyr </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">som disse medbringer </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">til byggeplassen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kontrolleres </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">av HB </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">før oppstart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Oversikt over </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">utstyr med krav til årlig kontroll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> skal finnes på byggeplassen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -4672,283 +4816,348 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">forsvarlige arbeidstidsordninger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Er det satt krav til </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">åpningstid </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">klokkeslett , </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fra – til)) på </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">byggeplass</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">forbud mot arbeide </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">i helger </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(lør/ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">søn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">og </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">røde </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">helligdager samt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">at det er satt krav til </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">maks </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">total arbeidstid pr uke</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (40/48/54 timer)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hvordan følges det</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">opp </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">at arbeidstakere ikke arbeider utover normal/ avtalt arbeidstid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...37 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KU skal ha tilgang til relevante dokumenter, for å kunne gjøre vurdering av forsvarlige arbeidstidsordninger på byggeplassen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">BH fremskaffe dette dersom KU ikke får dette direkte fra HB.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5242,279 +5451,160 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">forsvarlig innkvartering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...52 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Det er ikke lov med innkvartering på OBF sine byggeplasser.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Status/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...115 lines deleted...]
-                <w:u w:val="single"/>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kommentarer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dd.mm.åå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5549,101 +5639,94 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">4</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HOVEDBEDRIFTENS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">PLAN </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">FOR SYSTEMATISK HMS ARBEIDER </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">– </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">INTERNKONTROLL </w:t>
+              <w:t xml:space="preserve">– INTERNKONTROLL </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
@@ -5722,79 +5805,58 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">UE’S </w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">SYSTEM :</w:t>
+              <w:t xml:space="preserve">UE’S INTERNKONTROLL </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, HMS-PERM / SYSTEM :</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HMS-perm for UE på byggeplass skal være </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">tilgjengelig for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5964,51 +6026,51 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">5</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">GJENNOMFØRER</w:t>
@@ -6074,90 +6136,92 @@
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> i BHF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">På hvilken måte </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">gjøres dette</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">. ?</w:t>
+              <w:t xml:space="preserve">følger de enkelte opp SHA-planens krav </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -6269,51 +6333,51 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">AVSETTER DE UTARBEIDEDE TIDSPLANER TILSTREKKELIG TID TIL EN SIKKER UTFØRELSE AV DE FORSKJELLIGE ARBEIDSOPERASJONER (</w:t>
             </w:r>
@@ -6349,84 +6413,113 @@
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> i BHF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> ?</w:t>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hvordan følges fremdriftsplanen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">opp </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">av de enkelte </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for å få til en sikker utførelse </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -6687,51 +6780,51 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">7</w:t>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">KOORDINERE</w:t>
@@ -6788,131 +6881,160 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">i BHF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...25 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">På hvilken måte gjøres dette ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(F.eks. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Fremdriftsmøter, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Byggemøter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">amordningsmøter og </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">amordningsrunder ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -7083,397 +7205,328 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">8</w:t>
+              <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">MANNSKAPSREGISTRERING (PSI), ID-KORT OG MANNSKAPSLISTER (§ 14 f og 15 i BHF)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Personlig-Sikkerhets-Instruk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (PSI) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">skal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">finnes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">på de ulike </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">og aktuelle </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">språk </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ihht</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">prosjektets </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">språkplan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Alle personer (ledere, arbeidere</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">besøkende) som skal arbeide på byggeplassen eller skal ha tilgang til byggeplassen skal ha HMS-kort fra 1 dag. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HMSreg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> skal benyttes for adgangskontroll for å etablere elektroniske mannskapslister. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...150 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HB skal kontrollere og oppdatere de elektroniske mannskapslistene daglig. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Status/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -7593,51 +7646,51 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">9</w:t>
+              <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">INFORMASJONSPLIKT (jf. § 19 i BHF)</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -7795,58 +7848,69 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="mortaga"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">På hvilken måte gjøres dette og h</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">vor </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">vor ofte ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="mortaga"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ofte ?</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Helvetica"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(SM/SR, VR, referater, datablader mm)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -8144,51 +8208,51 @@
           </w:tblBorders>
           <w:tblCellMar/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">10</w:t>
+              <w:t xml:space="preserve">9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Krav om språkferdigheter</w:t>
             </w:r>
@@ -8231,164 +8295,202 @@
               <w:spacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbeidsgiveren skal sørge for at arbeidstakerne og innleide arbeidstakere i virksomheten kan kommunisere på en slik måte at kommunikasjonen ikke utgjør en sikkerhetsrisiko.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Arbeidsgiveren skal særlig sørge for at minst én blant de utførende arbeidstakerne og innleide arbeidstakerne på ethvert arbeidslag på bygge- eller anleggsplassen skal, når det er nødvendig for å ivareta sikkerhetshensyn, kunne forstå og gjøre seg forstått på et språk de andre på arbeidslaget forstår og kan gjøre seg forstått på.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="mortaga"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
-                <w:szCs w:val="22"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">På hvilken måte er dette løst og hvordan følger dette </w:t>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">På hvilken måte er dette løst og hvordan følger dette opp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
-                <w:szCs w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="mortaga"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="mortaga"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">F.eks. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">rosjektinformasjon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> på forskjellige språk, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bruk av PSI, Oversetting av dokumenter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, instrukser og rutiner etc. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -8517,178 +8619,251 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">11</w:t>
+              <w:t xml:space="preserve">10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">SPRÅKKRAVET I KONTRAKTEN / SHA-PLANEN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...3 lines deleted...]
-              <w:rPr/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve">Prosjektet skal utarbeide en s</w:t>
             </w:r>
             <w:r>
-              <w:rPr/>
-[...3 lines deleted...]
-              <w:rPr/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">pråkplan </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">med grunnlag fra </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">HMSreg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Språkplan </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">skal utarbeides og holdes løpende oppdatert med info om UE, formann/ bas, VO og arbeidslagenes språk. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alle arbeidere skal ha tydelig merke(r) på sin hjelm eller klær som viser hovedspråk og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">evnt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr/>
-[...57 lines deleted...]
-              <w:rPr/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve">sidespråk</w:t>
             </w:r>
             <w:r>
-              <w:rPr/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
-              <w:rPr/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Merke(r) skal være minimum Flagg eller landskode eller begge deler.</w:t>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Merke(r) skal være minimum </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">være flagg på hjelm eller på klær</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Status/</w:t>
@@ -8793,322 +8968,354 @@
           </w:tblBorders>
           <w:tblCellMar/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">12</w:t>
+              <w:t xml:space="preserve">11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ROLLEKONFLIKT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SE EGET SKJEMA)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Det </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">skal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">løpende </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">utføres </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">vurdering av mulig rollekonflikt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> av KU rollen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU skal ikke ha andre plikter </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">eller </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">oppgaver som kan komme i konflikt med </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU rollen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...22 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Har det skjedd endringer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">som kan påvirke den vurderingen som ble gjort?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Status/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...35 lines deleted...]
-                <w:u w:val="single"/>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kommentarer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dd.mm.åå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...33 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dato </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">for siste </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">vurdering :</w:t>
+              <w:t xml:space="preserve">for siste vurdering :</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders/>
@@ -9179,72 +9386,58 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="10495"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="pct12"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANDRE SENTRALE PUNKTER </w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">ANDRE SENTRALE PUNKTER FRA </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">YTELSESBESKRIVELSEN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OG </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">KONTROLLSKJEMA KU VED OPPSTART BYGGEPLASS</w:t>
             </w:r>
           </w:p>
@@ -9393,213 +9586,224 @@
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">13</w:t>
+              <w:t xml:space="preserve">12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KONTROLLSKJEMA KU VED OPPSTART BYGGEPLASS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Skjema</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">et</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> skal benyttes av KU</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for å bekrefte til BH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> at entreprenør har etablert </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...46 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">byggeplass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og riggområdet som forventet iht. kontrakt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> før oppstart av arbeidene.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Skjema gjennomgås og manglende saker følges opp på første møte / løpende.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -9726,201 +9930,244 @@
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">14</w:t>
+              <w:t xml:space="preserve">13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KONTROLL AV SHA-PERMEN OG INFOTAVLER</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU skal jevnlig </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(hvert kvartal) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">kontrollere </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">at følgende er oppdatert:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SHA-permen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...31 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHA/HMS-informasjonstavlene.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SHA-perm skal være lett tilgjengelig </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for alle UE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">på byggeplassen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> og skal derfor være </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">plassert hos HB.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -9986,79 +10233,65 @@
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dato for s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">iste kontroll av SHA/HMS-informasjonstavlene </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">er</w:t>
+              <w:t xml:space="preserve">iste kontroll av SHA/HMS-informasjonstavlene er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">:</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
@@ -10241,51 +10474,51 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">15</w:t>
+              <w:t xml:space="preserve">14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">DELTAKELSE I SAMORDN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10417,447 +10650,624 @@
               <w:t xml:space="preserve">amordningsrunder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SR)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...23 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alle UE skal gjennomføre vernerunder for sine arbeider og oversende rapport til HB for gjennomgang</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> i forkant av ukentlig SM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> og</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SR. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">BH, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">og HB skal jevnlig delta på </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">de enkelte </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">UE's</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">vernerunder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for å kontrollere </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">utførelse av </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">det systematiske HMS arbeid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">et</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...21 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KU skal delta i bygge- og fremdriftsmøter (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ved behov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU skal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ukentlig </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">oversende en </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">digital </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">U</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ke-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> til </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">BH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">til </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> som viser </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU's</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...12 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oppfølging </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">samt </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">koordineringsaktiviteter i siste uke. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Uke-rapport </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">skal være en viktig </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">del av grunnlaget</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for HB i påfølge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">nde </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">uke på </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> og SR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Har det vært stanset noen arbeider i perioden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> av KU</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -11113,238 +11523,281 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">16</w:t>
+              <w:t xml:space="preserve">15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SIKKER JOBB ANALYSER</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Gjennomgang av status på </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SJA’er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> som </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">det </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">er satt krav til i SHA-planen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s risikomatrise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KU skal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">delta og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">signere på alle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SJA'er</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, når det er satt krav til </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">utførelse av </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SJA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...108 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">som en del av andre risikoreduserende tiltak i </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">risikomatrisen.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -11760,253 +12213,395 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">17</w:t>
+              <w:t xml:space="preserve">16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAPPORTER OM UØNSKEDE HENDELSER</w:t>
+              <w:t xml:space="preserve">RAPPORT OM UØNSKEDE HENDELSER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / HANDLING </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (RUH)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gjennomgang av statistikk fra HB</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gjennomgang av </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RUH-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">statistikk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">til</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU's</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> vurdering av </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prioriteringer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve">HB's</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">prioriteringer fremover.</w:t>
-[...18 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">vurdere </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i kommende periode</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Alle punkter på rapporte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">n</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">e fra SM og SR samt VR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">er </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">RUH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">'er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">som skal brukes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">/ registreres</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> i statistikken</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> i tillegg til RU</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">fra papir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">lapper/ digital rapportering.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
@@ -12107,427 +12702,106 @@
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
-[...326 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblInd w:w="250" w:type="dxa"/>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">19</w:t>
+              <w:t xml:space="preserve">1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KONTRAKT</w:t>
             </w:r>
@@ -12535,276 +12809,271 @@
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">GRUNNLAG OG FAKTAARK</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing/>
-[...35 lines deleted...]
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KU skal kontrollere at entreprenører </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gjennomfører </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">alle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHA og HMS krav fra </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kontraktsgrunnlaget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...52 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">faktaark.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav som ikke er enkeltstående</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...39 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">skjer en </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">enkelt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">gang</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...26 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">må følges opp løpende.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">KU skal løpende avkrysse at </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="22"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHA/ HMS krav i kontraktgrunnlag del 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> gjennomføres. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -12928,660 +13197,1322 @@
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">20</w:t>
+              <w:t xml:space="preserve">1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTB OG STOFFKARTOTEK</w:t>
-[...270 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">LÆRINGSARK</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - SHA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Både </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OBF </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">og HB </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lager læringsark etter hendelser. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KU </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">skal b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">li informert om dette </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">løpende</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Det skal gjøres en gjennomgang </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">av nye </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">læringsark</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> som er aktuelle for prosjektet nå og relatert til kommende aktiviteter i fremdriftsplanen.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-                <w:i/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Status/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">kommentarer </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">dd.mm.åå</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">;</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:i/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="768"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="7312"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STOFFKARTOTEK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stoffkartoteket skal være etablert i </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cobuilder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collaborate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (CC) og det skal gjøres stikkprøvekontroller at dette er ajourført. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Status/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kommentarer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dd.mm.åå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1281"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="10A30198">
+    <w:p w14:paraId="6B346599">
       <w:pPr>
         <w:spacing/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10495" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="768"/>
         <w:gridCol w:w="7312"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1281"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
+            <w:shd w:fill="E6E6E6" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Punkt </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Vedrørende</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
+            <w:shd w:fill="E6E6E6" w:color="auto" w:val="clear"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ansvar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
+            <w:shd w:fill="E6E6E6" w:color="auto" w:val="clear"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Frist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="7312"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTB </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– Rent, tørt bygg</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RIF veilederen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rent tørst bygg </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">skal følges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iht. konkurransegrunnlag del 2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav til </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">renholdsnivå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og støvdekkeprosent er oppgitt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nivå på ryddighet i perioden som har gått : Skala 1-5 (5 er best) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ofte bestemmes dette i SM/SR av HB.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="751"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krav fra OBF:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KU skal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">løpende kontrollere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTB-plan </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">er etablert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">følges </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">og at RTB-rutinene  fungerer som forutsatt ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(omfang av grønn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, gul</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og rød</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sone </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">skal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">definer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fremdriftsplan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Status/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kommentarer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dd.mm.åå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1281"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -13634,57 +14565,63 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> om </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">d</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">agmulkt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ref</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kontraktens pkt. E2.1.2 for brudd </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">på </w:t>
+              <w:t xml:space="preserve"> kontraktens </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">krav </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for brudd på </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ulovlig eller ikke kontraktsmessig arbeidskraft.</w:t>
@@ -13827,50 +14764,62 @@
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">22</w:t>
             </w:r>
           </w:p>
@@ -13881,86 +14830,98 @@
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ANDRE PUNKTER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> – utover pkt. 1-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">20</w:t>
+              <w:t xml:space="preserve">21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -13982,50 +14943,62 @@
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -14047,50 +15020,62 @@
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -14112,50 +15097,62 @@
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -14177,50 +15174,62 @@
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -14242,50 +15251,62 @@
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1281"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx>
+          <w:tblInd w:w="250" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="768"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7312"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -14411,51 +15432,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b73b8740-b68a-45b8-a709-7ab36159754e"/>
+      <w:tblStyle w:val="TableGrid_2f064506-b74f-484e-a087-5ab42b06fdb1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14466,51 +15487,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:56:38 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:51:02 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -14538,51 +15559,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_dc8cb298-aad6-44e2-bb3c-b8c6c1c259ad"/>
+      <w:tblStyle w:val="TableGrid_ee78fb76-075a-4f07-916c-555d6a8460a6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14596,95 +15617,95 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6942"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 113. Versjonsnummer: 7</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 113. Versjonsnummer: 8</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.7 SHA-koordineringsmøte PL-KU-HB</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2490"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+            <w:pStyle w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14697,59 +15718,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+      <w:pStyle w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_31abd842-8209-43a6-a13f-85b89fa05fcf"/>
+      <w:tblStyle w:val="TableGrid_e72df27b-7815-4288-a0a0-25d174020e91"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14760,51 +15781,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1871a9f6-6bf6-42f5-a718-ed733a317b0c"/>
+            <w:tblStyle w:val="TableGrid_b40eac30-6367-4c1f-936c-c0004cf263d4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14897,80 +15918,80 @@
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">14.10.2025 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">09.02.2026 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+            <w:pStyle w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5f2d9097-4f1b-4dba-b51c-7f433c422b62"/>
+            <w:tblStyle w:val="TableGrid_132bdfec-183d-4baf-a0cc-d18ad6651465"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -15071,62 +16092,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+            <w:pStyle w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+      <w:pStyle w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="11645089"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15442,50 +16463,170 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="2C1A1348"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="862" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="1582" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="2302" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="3022" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="3742" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="4462" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="5182" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="5902" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="6622" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="33EE7579"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15561,71 +16702,197 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="58CB3212"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="862" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="1582" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="2302" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="3022" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="3742" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="4462" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="5182" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="5902" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="6622" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:embedSystemFonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:activeWritingStyle xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:appName="MSWord" w:lang="nb-NO" w:vendorID="666" w:dllVersion="513" w:checkStyle="1"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="120"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
   <w:displayVerticalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -16321,629 +17588,629 @@
       <w:spacing w:after="158"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift9Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 9 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading9"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_568782c5-3f47-454f-a89a-7b70965b8687" w:customStyle="1">
-    <w:name w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+  <w:style w:type="paragraph" w:styleId="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6" w:customStyle="1">
+    <w:name w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+    <w:basedOn w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_64d435d9-c58c-4c35-b5d6-d0d71abd8c04" w:customStyle="1">
-    <w:name w:val="Normal Table_64d435d9-c58c-4c35-b5d6-d0d71abd8c04"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ca2c61b-70ad-4f95-b9ac-4134057f889b" w:customStyle="1">
+    <w:name w:val="Normal Table_2ca2c61b-70ad-4f95-b9ac-4134057f889b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_11d12fcb-9ad0-4441-95fe-6c24a47ca4f2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_64d435d9-c58c-4c35-b5d6-d0d71abd8c04"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2199e85-df7d-4f2f-a0e1-ad19ac041d21" w:customStyle="1">
+    <w:name w:val="Table Grid_d2199e85-df7d-4f2f-a0e1-ad19ac041d21"/>
+    <w:basedOn w:val="NormalTable_2ca2c61b-70ad-4f95-b9ac-4134057f889b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+    <w:basedOn w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_568782c5-3f47-454f-a89a-7b70965b8687"/>
+    <w:basedOn w:val="Normal_81bcfea1-cbf8-40f7-91a3-3a9774cc02b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_48b797d6-dd35-4d5e-8551-512458ac1e2a" w:customStyle="1">
-    <w:name w:val="Normal Table_48b797d6-dd35-4d5e-8551-512458ac1e2a"/>
+  <w:style w:type="table" w:styleId="NormalTable_f1ca745e-d7d8-46ae-b898-321d1a81e837" w:customStyle="1">
+    <w:name w:val="Normal Table_f1ca745e-d7d8-46ae-b898-321d1a81e837"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c49263f2-c84c-45cf-8de2-45d6685c145d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_48b797d6-dd35-4d5e-8551-512458ac1e2a"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef7245b5-2606-4810-a008-9a19290e5880" w:customStyle="1">
+    <w:name w:val="Table Grid_ef7245b5-2606-4810-a008-9a19290e5880"/>
+    <w:basedOn w:val="NormalTable_f1ca745e-d7d8-46ae-b898-321d1a81e837"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_31d6a4e3-135f-4964-b6a2-2103fa8d6656" w:customStyle="1">
-    <w:name w:val="Normal Table_31d6a4e3-135f-4964-b6a2-2103fa8d6656"/>
+  <w:style w:type="table" w:styleId="NormalTable_d2fde28c-a875-46a4-bdcd-61b39722d6e2" w:customStyle="1">
+    <w:name w:val="Normal Table_d2fde28c-a875-46a4-bdcd-61b39722d6e2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4b40818f-95ac-4280-a502-9b29ccfd4be3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_31d6a4e3-135f-4964-b6a2-2103fa8d6656"/>
+  <w:style w:type="table" w:styleId="TableGrid_8b4a9507-fe72-40f3-8c97-42837f7a799c" w:customStyle="1">
+    <w:name w:val="Table Grid_8b4a9507-fe72-40f3-8c97-42837f7a799c"/>
+    <w:basedOn w:val="NormalTable_d2fde28c-a875-46a4-bdcd-61b39722d6e2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a5d3b1e1-637a-42c3-b2aa-a7f3a686fad3" w:customStyle="1">
-    <w:name w:val="Normal Table_a5d3b1e1-637a-42c3-b2aa-a7f3a686fad3"/>
+  <w:style w:type="table" w:styleId="NormalTable_68f29bfd-d0bb-4113-bb2f-1df3ee40acc6" w:customStyle="1">
+    <w:name w:val="Normal Table_68f29bfd-d0bb-4113-bb2f-1df3ee40acc6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d1aa8af7-088d-4c91-80a1-2e6378d25713" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a5d3b1e1-637a-42c3-b2aa-a7f3a686fad3"/>
+  <w:style w:type="table" w:styleId="TableGrid_26217f6e-e899-499b-a1ee-f6618c8b4fd8" w:customStyle="1">
+    <w:name w:val="Table Grid_26217f6e-e899-499b-a1ee-f6618c8b4fd8"/>
+    <w:basedOn w:val="NormalTable_68f29bfd-d0bb-4113-bb2f-1df3ee40acc6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87bbab07-a5db-4fde-a21f-623f0cb23279" w:customStyle="1">
-    <w:name w:val="Normal Table_87bbab07-a5db-4fde-a21f-623f0cb23279"/>
+  <w:style w:type="table" w:styleId="NormalTable_f991afca-0d0c-4d81-9804-f36f9a363b1b" w:customStyle="1">
+    <w:name w:val="Normal Table_f991afca-0d0c-4d81-9804-f36f9a363b1b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_be462143-f5bb-453b-a871-0185625adf70" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87bbab07-a5db-4fde-a21f-623f0cb23279"/>
+  <w:style w:type="table" w:styleId="TableGrid_659ddcc0-5a67-46df-8bf8-fda03f2c9b6b" w:customStyle="1">
+    <w:name w:val="Table Grid_659ddcc0-5a67-46df-8bf8-fda03f2c9b6b"/>
+    <w:basedOn w:val="NormalTable_f991afca-0d0c-4d81-9804-f36f9a363b1b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_24758e29-5e71-443e-bd17-e5ac66a16e39" w:customStyle="1">
-    <w:name w:val="Normal Table_24758e29-5e71-443e-bd17-e5ac66a16e39"/>
+  <w:style w:type="table" w:styleId="NormalTable_4aa8ce64-1fda-4603-81dc-84279267332b" w:customStyle="1">
+    <w:name w:val="Normal Table_4aa8ce64-1fda-4603-81dc-84279267332b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b73b8740-b68a-45b8-a709-7ab36159754e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_24758e29-5e71-443e-bd17-e5ac66a16e39"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f064506-b74f-484e-a087-5ab42b06fdb1" w:customStyle="1">
+    <w:name w:val="Table Grid_2f064506-b74f-484e-a087-5ab42b06fdb1"/>
+    <w:basedOn w:val="NormalTable_4aa8ce64-1fda-4603-81dc-84279267332b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0106d4d6-3fbc-4d92-838e-b0ecc174b9e1" w:customStyle="1">
-    <w:name w:val="Normal Table_0106d4d6-3fbc-4d92-838e-b0ecc174b9e1"/>
+  <w:style w:type="table" w:styleId="NormalTable_52193439-dc37-4452-bd51-717dbffbc11d" w:customStyle="1">
+    <w:name w:val="Normal Table_52193439-dc37-4452-bd51-717dbffbc11d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc8cb298-aad6-44e2-bb3c-b8c6c1c259ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0106d4d6-3fbc-4d92-838e-b0ecc174b9e1"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee78fb76-075a-4f07-916c-555d6a8460a6" w:customStyle="1">
+    <w:name w:val="Table Grid_ee78fb76-075a-4f07-916c-555d6a8460a6"/>
+    <w:basedOn w:val="NormalTable_52193439-dc37-4452-bd51-717dbffbc11d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_517d1488-11ff-4b72-a093-cd1d373fc51e" w:customStyle="1">
-    <w:name w:val="Normal Table_517d1488-11ff-4b72-a093-cd1d373fc51e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3096469-9a6b-497f-87f0-e42280ea3be8" w:customStyle="1">
+    <w:name w:val="Normal Table_f3096469-9a6b-497f-87f0-e42280ea3be8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1871a9f6-6bf6-42f5-a718-ed733a317b0c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_517d1488-11ff-4b72-a093-cd1d373fc51e"/>
+  <w:style w:type="table" w:styleId="TableGrid_b40eac30-6367-4c1f-936c-c0004cf263d4" w:customStyle="1">
+    <w:name w:val="Table Grid_b40eac30-6367-4c1f-936c-c0004cf263d4"/>
+    <w:basedOn w:val="NormalTable_f3096469-9a6b-497f-87f0-e42280ea3be8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_411cc747-62a1-4759-8434-b22aac8c74d2" w:customStyle="1">
-    <w:name w:val="Normal Table_411cc747-62a1-4759-8434-b22aac8c74d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_102f81c3-c7e1-465d-a1c1-940c310a3acc" w:customStyle="1">
+    <w:name w:val="Normal Table_102f81c3-c7e1-465d-a1c1-940c310a3acc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5f2d9097-4f1b-4dba-b51c-7f433c422b62" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_411cc747-62a1-4759-8434-b22aac8c74d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_132bdfec-183d-4baf-a0cc-d18ad6651465" w:customStyle="1">
+    <w:name w:val="Table Grid_132bdfec-183d-4baf-a0cc-d18ad6651465"/>
+    <w:basedOn w:val="NormalTable_102f81c3-c7e1-465d-a1c1-940c310a3acc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_38364628-6de8-44a5-a4c0-a62737834e62" w:customStyle="1">
-    <w:name w:val="Normal Table_38364628-6de8-44a5-a4c0-a62737834e62"/>
+  <w:style w:type="table" w:styleId="NormalTable_c837963d-5744-43ad-b4f2-a316aa1d71d0" w:customStyle="1">
+    <w:name w:val="Normal Table_c837963d-5744-43ad-b4f2-a316aa1d71d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_31abd842-8209-43a6-a13f-85b89fa05fcf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_38364628-6de8-44a5-a4c0-a62737834e62"/>
+  <w:style w:type="table" w:styleId="TableGrid_e72df27b-7815-4288-a0a0-25d174020e91" w:customStyle="1">
+    <w:name w:val="Table Grid_e72df27b-7815-4288-a0a0-25d174020e91"/>
+    <w:basedOn w:val="NormalTable_c837963d-5744-43ad-b4f2-a316aa1d71d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -17255,55 +18522,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71DE9AA1-B3D8-44CE-82F5-640BF4A3835E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>660-7-2.7 SHA-koordineringsmøte PL-KU-HB.dot</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2061</Words>
-  <Characters>10927</Characters>
+  <Words>2052</Words>
+  <Characters>10878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
+  <Lines>90</Lines>
   <Paragraphs>25</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus>Godkjent</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">