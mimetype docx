--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -5436,89 +5436,106 @@
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_05df4b30-ae6e-4fa1-9a61-71b0c3da6272"/>
+      <w:tblStyle w:val="TableGrid_b8568e27-d5c3-4bf4-b392-bfa1b5ed15f9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:16:02 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:25 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -5546,74 +5563,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d524fdd4-d8d7-4abc-bbf3-bc64ea612369"/>
+      <w:tblStyle w:val="TableGrid_4edc3dfd-9ef0-40d7-9fbc-0bea2d9337f4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6942"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 112. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -5631,408 +5665,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+            <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+      <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f9e646d0-4eb3-4f24-bf9f-bb2fbec3da03"/>
+      <w:tblStyle w:val="TableGrid_58702a1f-c9b3-4c23-b6c6-95d7eb7d69fe"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2dd7196b-1e6e-42b0-8afe-2a0b0e063e56"/>
+            <w:tblStyle w:val="TableGrid_f80bab3a-dedf-40fb-9fa6-46c30e2d6903"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+            <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_fc6c8517-6bb9-46a2-a564-7b13773460c0"/>
+            <w:tblStyle w:val="TableGrid_62e06c7f-8c17-47f7-871a-f1a39edbc5c1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+            <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+      <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="019C78A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12827,51 +12946,51 @@
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="47"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:embedSystemFonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:activeWritingStyle xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:appName="MSWord" w:lang="nb-NO" w:vendorID="666" w:dllVersion="513" w:checkStyle="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="120"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
   <w:displayVerticalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -13567,629 +13686,629 @@
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac" w:customStyle="1">
-    <w:name w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+  <w:style w:type="paragraph" w:styleId="Normal_f58f0386-74d1-444e-8920-be134e90a4e1" w:customStyle="1">
+    <w:name w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+    <w:basedOn w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7468dea6-096d-48f5-af39-4e1cefe5d8ef" w:customStyle="1">
-    <w:name w:val="Normal Table_7468dea6-096d-48f5-af39-4e1cefe5d8ef"/>
+  <w:style w:type="table" w:styleId="NormalTable_7dfae1f8-a9b4-4882-92dd-5bb831512b72" w:customStyle="1">
+    <w:name w:val="Normal Table_7dfae1f8-a9b4-4882-92dd-5bb831512b72"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ccfed0c1-3bc5-455c-8c5b-683c789b0bd5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7468dea6-096d-48f5-af39-4e1cefe5d8ef"/>
+  <w:style w:type="table" w:styleId="TableGrid_097ce05e-6f26-435f-bbb8-82ef432aad53" w:customStyle="1">
+    <w:name w:val="Table Grid_097ce05e-6f26-435f-bbb8-82ef432aad53"/>
+    <w:basedOn w:val="NormalTable_7dfae1f8-a9b4-4882-92dd-5bb831512b72"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+    <w:basedOn w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_d51aaebc-ec7a-45ef-a1c6-db9d817f6aac"/>
+    <w:basedOn w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_510ff6c2-5658-4065-9e73-a00c9ee46ad5" w:customStyle="1">
-    <w:name w:val="Normal Table_510ff6c2-5658-4065-9e73-a00c9ee46ad5"/>
+  <w:style w:type="table" w:styleId="NormalTable_53136eb9-255a-4e8f-8cae-b6b4ed55d5b4" w:customStyle="1">
+    <w:name w:val="Normal Table_53136eb9-255a-4e8f-8cae-b6b4ed55d5b4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d71f51c0-1864-439b-9b59-c19f831a3aba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_510ff6c2-5658-4065-9e73-a00c9ee46ad5"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0a81ffd-476b-475b-a1ca-73560db47328" w:customStyle="1">
+    <w:name w:val="Table Grid_b0a81ffd-476b-475b-a1ca-73560db47328"/>
+    <w:basedOn w:val="NormalTable_53136eb9-255a-4e8f-8cae-b6b4ed55d5b4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_592dbe70-0903-4f7b-b160-8df7693e06d6" w:customStyle="1">
-    <w:name w:val="Normal Table_592dbe70-0903-4f7b-b160-8df7693e06d6"/>
+  <w:style w:type="table" w:styleId="NormalTable_b226669b-e311-49fd-ab17-c8b67a85cba9" w:customStyle="1">
+    <w:name w:val="Normal Table_b226669b-e311-49fd-ab17-c8b67a85cba9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc716010-ae44-452c-9f74-f5766d9e4d5b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_592dbe70-0903-4f7b-b160-8df7693e06d6"/>
+  <w:style w:type="table" w:styleId="TableGrid_8befde23-553e-4528-bcb6-652bb5397a83" w:customStyle="1">
+    <w:name w:val="Table Grid_8befde23-553e-4528-bcb6-652bb5397a83"/>
+    <w:basedOn w:val="NormalTable_b226669b-e311-49fd-ab17-c8b67a85cba9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_91aa4b30-8e9c-4826-9a3e-ba74e14ef566" w:customStyle="1">
-    <w:name w:val="Normal Table_91aa4b30-8e9c-4826-9a3e-ba74e14ef566"/>
+  <w:style w:type="table" w:styleId="NormalTable_3893bfb0-15a6-4180-a9cd-16405806c795" w:customStyle="1">
+    <w:name w:val="Normal Table_3893bfb0-15a6-4180-a9cd-16405806c795"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3cc2260a-f8c1-48c9-887e-027ed4f5201b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_91aa4b30-8e9c-4826-9a3e-ba74e14ef566"/>
+  <w:style w:type="table" w:styleId="TableGrid_938af972-cc5c-4401-baf0-26033d897248" w:customStyle="1">
+    <w:name w:val="Table Grid_938af972-cc5c-4401-baf0-26033d897248"/>
+    <w:basedOn w:val="NormalTable_3893bfb0-15a6-4180-a9cd-16405806c795"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98c21619-efb7-4d3f-852e-e105f3b1c731" w:customStyle="1">
-    <w:name w:val="Normal Table_98c21619-efb7-4d3f-852e-e105f3b1c731"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e0b11b9-4399-4826-9718-7c99acf41f3f" w:customStyle="1">
+    <w:name w:val="Normal Table_4e0b11b9-4399-4826-9718-7c99acf41f3f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_353c7f80-8bd4-4440-8563-ee2c2a11dde8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_98c21619-efb7-4d3f-852e-e105f3b1c731"/>
+  <w:style w:type="table" w:styleId="TableGrid_4df2f703-2e66-4595-83b5-045143b5c62e" w:customStyle="1">
+    <w:name w:val="Table Grid_4df2f703-2e66-4595-83b5-045143b5c62e"/>
+    <w:basedOn w:val="NormalTable_4e0b11b9-4399-4826-9718-7c99acf41f3f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8805ad9a-c8dc-430c-bc31-a8f54471e171" w:customStyle="1">
-    <w:name w:val="Normal Table_8805ad9a-c8dc-430c-bc31-a8f54471e171"/>
+  <w:style w:type="table" w:styleId="NormalTable_4abf3ff6-b07f-4ba1-ab21-c0e86f1c9912" w:customStyle="1">
+    <w:name w:val="Normal Table_4abf3ff6-b07f-4ba1-ab21-c0e86f1c9912"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_05df4b30-ae6e-4fa1-9a61-71b0c3da6272" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8805ad9a-c8dc-430c-bc31-a8f54471e171"/>
+  <w:style w:type="table" w:styleId="TableGrid_b8568e27-d5c3-4bf4-b392-bfa1b5ed15f9" w:customStyle="1">
+    <w:name w:val="Table Grid_b8568e27-d5c3-4bf4-b392-bfa1b5ed15f9"/>
+    <w:basedOn w:val="NormalTable_4abf3ff6-b07f-4ba1-ab21-c0e86f1c9912"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_06751cb9-f62c-4584-be21-e6854c715789" w:customStyle="1">
-    <w:name w:val="Normal Table_06751cb9-f62c-4584-be21-e6854c715789"/>
+  <w:style w:type="table" w:styleId="NormalTable_8fd2a1c9-7109-45ee-9f0b-197390b6a605" w:customStyle="1">
+    <w:name w:val="Normal Table_8fd2a1c9-7109-45ee-9f0b-197390b6a605"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d524fdd4-d8d7-4abc-bbf3-bc64ea612369" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_06751cb9-f62c-4584-be21-e6854c715789"/>
+  <w:style w:type="table" w:styleId="TableGrid_4edc3dfd-9ef0-40d7-9fbc-0bea2d9337f4" w:customStyle="1">
+    <w:name w:val="Table Grid_4edc3dfd-9ef0-40d7-9fbc-0bea2d9337f4"/>
+    <w:basedOn w:val="NormalTable_8fd2a1c9-7109-45ee-9f0b-197390b6a605"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a59de4cd-4b89-4758-99a8-aae1cb4a5134" w:customStyle="1">
-    <w:name w:val="Normal Table_a59de4cd-4b89-4758-99a8-aae1cb4a5134"/>
+  <w:style w:type="table" w:styleId="NormalTable_101c4a94-d875-46a0-aa54-d57efef80bc8" w:customStyle="1">
+    <w:name w:val="Normal Table_101c4a94-d875-46a0-aa54-d57efef80bc8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2dd7196b-1e6e-42b0-8afe-2a0b0e063e56" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a59de4cd-4b89-4758-99a8-aae1cb4a5134"/>
+  <w:style w:type="table" w:styleId="TableGrid_f80bab3a-dedf-40fb-9fa6-46c30e2d6903" w:customStyle="1">
+    <w:name w:val="Table Grid_f80bab3a-dedf-40fb-9fa6-46c30e2d6903"/>
+    <w:basedOn w:val="NormalTable_101c4a94-d875-46a0-aa54-d57efef80bc8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f6ebad1e-d27b-4e27-a755-b6c14bc76d9a" w:customStyle="1">
-    <w:name w:val="Normal Table_f6ebad1e-d27b-4e27-a755-b6c14bc76d9a"/>
+  <w:style w:type="table" w:styleId="NormalTable_318636b7-f2a4-4397-907f-37975fde3b58" w:customStyle="1">
+    <w:name w:val="Normal Table_318636b7-f2a4-4397-907f-37975fde3b58"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc6c8517-6bb9-46a2-a564-7b13773460c0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f6ebad1e-d27b-4e27-a755-b6c14bc76d9a"/>
+  <w:style w:type="table" w:styleId="TableGrid_62e06c7f-8c17-47f7-871a-f1a39edbc5c1" w:customStyle="1">
+    <w:name w:val="Table Grid_62e06c7f-8c17-47f7-871a-f1a39edbc5c1"/>
+    <w:basedOn w:val="NormalTable_318636b7-f2a4-4397-907f-37975fde3b58"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3ed6a782-57ee-4642-9237-af547f6c2db5" w:customStyle="1">
-    <w:name w:val="Normal Table_3ed6a782-57ee-4642-9237-af547f6c2db5"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ec7d2c3-29d9-4500-b8fa-010efc275114" w:customStyle="1">
+    <w:name w:val="Normal Table_2ec7d2c3-29d9-4500-b8fa-010efc275114"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f9e646d0-4eb3-4f24-bf9f-bb2fbec3da03" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3ed6a782-57ee-4642-9237-af547f6c2db5"/>
+  <w:style w:type="table" w:styleId="TableGrid_58702a1f-c9b3-4c23-b6c6-95d7eb7d69fe" w:customStyle="1">
+    <w:name w:val="Table Grid_58702a1f-c9b3-4c23-b6c6-95d7eb7d69fe"/>
+    <w:basedOn w:val="NormalTable_2ec7d2c3-29d9-4500-b8fa-010efc275114"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>