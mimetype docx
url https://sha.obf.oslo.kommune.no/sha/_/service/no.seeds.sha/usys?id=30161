--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -5436,51 +5436,51 @@
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b8568e27-d5c3-4bf4-b392-bfa1b5ed15f9"/>
+      <w:tblStyle w:val="TableGrid_33fc61c3-50d4-4187-ac6f-a421a3194670"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5491,51 +5491,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:25 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:56 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -5563,51 +5563,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4edc3dfd-9ef0-40d7-9fbc-0bea2d9337f4"/>
+      <w:tblStyle w:val="TableGrid_50f0ccf5-39a6-4d65-bb71-b6d3c49e23e5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -5665,51 +5665,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+            <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5722,59 +5722,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+      <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_58702a1f-c9b3-4c23-b6c6-95d7eb7d69fe"/>
+      <w:tblStyle w:val="TableGrid_ef2fefdc-9add-4b33-b743-9deba6b87ee8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5785,51 +5785,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f80bab3a-dedf-40fb-9fa6-46c30e2d6903"/>
+            <w:tblStyle w:val="TableGrid_ee5c7fb1-c589-4a45-ad13-41e919c1c8b5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5930,72 +5930,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+            <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_62e06c7f-8c17-47f7-871a-f1a39edbc5c1"/>
+            <w:tblStyle w:val="TableGrid_76799af9-8b2e-4da2-98ad-fe7265a5dd47"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6096,62 +6096,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+            <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+      <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="019C78A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13686,629 +13686,629 @@
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_f58f0386-74d1-444e-8920-be134e90a4e1" w:customStyle="1">
-    <w:name w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c7278f68-c31d-41a2-865e-fc05148b2975" w:customStyle="1">
+    <w:name w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+    <w:basedOn w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7dfae1f8-a9b4-4882-92dd-5bb831512b72" w:customStyle="1">
-    <w:name w:val="Normal Table_7dfae1f8-a9b4-4882-92dd-5bb831512b72"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3a5cdb0-e38c-4f09-809c-7bcf4c709b3c" w:customStyle="1">
+    <w:name w:val="Normal Table_f3a5cdb0-e38c-4f09-809c-7bcf4c709b3c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_097ce05e-6f26-435f-bbb8-82ef432aad53" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7dfae1f8-a9b4-4882-92dd-5bb831512b72"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee9d8a12-c6d3-4e48-b90d-f6e68ed82972" w:customStyle="1">
+    <w:name w:val="Table Grid_ee9d8a12-c6d3-4e48-b90d-f6e68ed82972"/>
+    <w:basedOn w:val="NormalTable_f3a5cdb0-e38c-4f09-809c-7bcf4c709b3c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+    <w:basedOn w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_f58f0386-74d1-444e-8920-be134e90a4e1"/>
+    <w:basedOn w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_53136eb9-255a-4e8f-8cae-b6b4ed55d5b4" w:customStyle="1">
-    <w:name w:val="Normal Table_53136eb9-255a-4e8f-8cae-b6b4ed55d5b4"/>
+  <w:style w:type="table" w:styleId="NormalTable_124b8cc7-90fe-4944-9854-10630ed3f7cf" w:customStyle="1">
+    <w:name w:val="Normal Table_124b8cc7-90fe-4944-9854-10630ed3f7cf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0a81ffd-476b-475b-a1ca-73560db47328" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_53136eb9-255a-4e8f-8cae-b6b4ed55d5b4"/>
+  <w:style w:type="table" w:styleId="TableGrid_b3ecdec8-95b9-4888-919f-d2879eeaa53d" w:customStyle="1">
+    <w:name w:val="Table Grid_b3ecdec8-95b9-4888-919f-d2879eeaa53d"/>
+    <w:basedOn w:val="NormalTable_124b8cc7-90fe-4944-9854-10630ed3f7cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b226669b-e311-49fd-ab17-c8b67a85cba9" w:customStyle="1">
-    <w:name w:val="Normal Table_b226669b-e311-49fd-ab17-c8b67a85cba9"/>
+  <w:style w:type="table" w:styleId="NormalTable_1843d6ca-9411-4ee6-8828-336349d3576c" w:customStyle="1">
+    <w:name w:val="Normal Table_1843d6ca-9411-4ee6-8828-336349d3576c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8befde23-553e-4528-bcb6-652bb5397a83" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b226669b-e311-49fd-ab17-c8b67a85cba9"/>
+  <w:style w:type="table" w:styleId="TableGrid_0a01ecef-5f5b-4dfd-a5d0-a3542c3a4a8d" w:customStyle="1">
+    <w:name w:val="Table Grid_0a01ecef-5f5b-4dfd-a5d0-a3542c3a4a8d"/>
+    <w:basedOn w:val="NormalTable_1843d6ca-9411-4ee6-8828-336349d3576c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3893bfb0-15a6-4180-a9cd-16405806c795" w:customStyle="1">
-    <w:name w:val="Normal Table_3893bfb0-15a6-4180-a9cd-16405806c795"/>
+  <w:style w:type="table" w:styleId="NormalTable_213ab3a7-5d95-4576-9575-a63a85f5101a" w:customStyle="1">
+    <w:name w:val="Normal Table_213ab3a7-5d95-4576-9575-a63a85f5101a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_938af972-cc5c-4401-baf0-26033d897248" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3893bfb0-15a6-4180-a9cd-16405806c795"/>
+  <w:style w:type="table" w:styleId="TableGrid_b947a14c-f2d4-4a7c-a548-e8efaf6e7d23" w:customStyle="1">
+    <w:name w:val="Table Grid_b947a14c-f2d4-4a7c-a548-e8efaf6e7d23"/>
+    <w:basedOn w:val="NormalTable_213ab3a7-5d95-4576-9575-a63a85f5101a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4e0b11b9-4399-4826-9718-7c99acf41f3f" w:customStyle="1">
-    <w:name w:val="Normal Table_4e0b11b9-4399-4826-9718-7c99acf41f3f"/>
+  <w:style w:type="table" w:styleId="NormalTable_49fd23b9-b1f9-4579-a995-9aef6eaf31b9" w:customStyle="1">
+    <w:name w:val="Normal Table_49fd23b9-b1f9-4579-a995-9aef6eaf31b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4df2f703-2e66-4595-83b5-045143b5c62e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4e0b11b9-4399-4826-9718-7c99acf41f3f"/>
+  <w:style w:type="table" w:styleId="TableGrid_45e17ae7-2116-4c46-8103-a947f9a6d564" w:customStyle="1">
+    <w:name w:val="Table Grid_45e17ae7-2116-4c46-8103-a947f9a6d564"/>
+    <w:basedOn w:val="NormalTable_49fd23b9-b1f9-4579-a995-9aef6eaf31b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4abf3ff6-b07f-4ba1-ab21-c0e86f1c9912" w:customStyle="1">
-    <w:name w:val="Normal Table_4abf3ff6-b07f-4ba1-ab21-c0e86f1c9912"/>
+  <w:style w:type="table" w:styleId="NormalTable_7f95ee8f-3ff1-42f1-b01e-d5aa761a811a" w:customStyle="1">
+    <w:name w:val="Normal Table_7f95ee8f-3ff1-42f1-b01e-d5aa761a811a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b8568e27-d5c3-4bf4-b392-bfa1b5ed15f9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4abf3ff6-b07f-4ba1-ab21-c0e86f1c9912"/>
+  <w:style w:type="table" w:styleId="TableGrid_33fc61c3-50d4-4187-ac6f-a421a3194670" w:customStyle="1">
+    <w:name w:val="Table Grid_33fc61c3-50d4-4187-ac6f-a421a3194670"/>
+    <w:basedOn w:val="NormalTable_7f95ee8f-3ff1-42f1-b01e-d5aa761a811a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8fd2a1c9-7109-45ee-9f0b-197390b6a605" w:customStyle="1">
-    <w:name w:val="Normal Table_8fd2a1c9-7109-45ee-9f0b-197390b6a605"/>
+  <w:style w:type="table" w:styleId="NormalTable_96571628-151a-42c5-9253-8395daec92ec" w:customStyle="1">
+    <w:name w:val="Normal Table_96571628-151a-42c5-9253-8395daec92ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4edc3dfd-9ef0-40d7-9fbc-0bea2d9337f4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8fd2a1c9-7109-45ee-9f0b-197390b6a605"/>
+  <w:style w:type="table" w:styleId="TableGrid_50f0ccf5-39a6-4d65-bb71-b6d3c49e23e5" w:customStyle="1">
+    <w:name w:val="Table Grid_50f0ccf5-39a6-4d65-bb71-b6d3c49e23e5"/>
+    <w:basedOn w:val="NormalTable_96571628-151a-42c5-9253-8395daec92ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_101c4a94-d875-46a0-aa54-d57efef80bc8" w:customStyle="1">
-    <w:name w:val="Normal Table_101c4a94-d875-46a0-aa54-d57efef80bc8"/>
+  <w:style w:type="table" w:styleId="NormalTable_d0c8a787-309a-452a-aa04-1c24402ee07b" w:customStyle="1">
+    <w:name w:val="Normal Table_d0c8a787-309a-452a-aa04-1c24402ee07b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f80bab3a-dedf-40fb-9fa6-46c30e2d6903" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_101c4a94-d875-46a0-aa54-d57efef80bc8"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee5c7fb1-c589-4a45-ad13-41e919c1c8b5" w:customStyle="1">
+    <w:name w:val="Table Grid_ee5c7fb1-c589-4a45-ad13-41e919c1c8b5"/>
+    <w:basedOn w:val="NormalTable_d0c8a787-309a-452a-aa04-1c24402ee07b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_318636b7-f2a4-4397-907f-37975fde3b58" w:customStyle="1">
-    <w:name w:val="Normal Table_318636b7-f2a4-4397-907f-37975fde3b58"/>
+  <w:style w:type="table" w:styleId="NormalTable_e44c82cc-c424-4582-a000-122824645927" w:customStyle="1">
+    <w:name w:val="Normal Table_e44c82cc-c424-4582-a000-122824645927"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_62e06c7f-8c17-47f7-871a-f1a39edbc5c1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_318636b7-f2a4-4397-907f-37975fde3b58"/>
+  <w:style w:type="table" w:styleId="TableGrid_76799af9-8b2e-4da2-98ad-fe7265a5dd47" w:customStyle="1">
+    <w:name w:val="Table Grid_76799af9-8b2e-4da2-98ad-fe7265a5dd47"/>
+    <w:basedOn w:val="NormalTable_e44c82cc-c424-4582-a000-122824645927"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ec7d2c3-29d9-4500-b8fa-010efc275114" w:customStyle="1">
-    <w:name w:val="Normal Table_2ec7d2c3-29d9-4500-b8fa-010efc275114"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0497cf1-6047-41b3-bb50-3143c1d5d38a" w:customStyle="1">
+    <w:name w:val="Normal Table_c0497cf1-6047-41b3-bb50-3143c1d5d38a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_58702a1f-c9b3-4c23-b6c6-95d7eb7d69fe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ec7d2c3-29d9-4500-b8fa-010efc275114"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef2fefdc-9add-4b33-b743-9deba6b87ee8" w:customStyle="1">
+    <w:name w:val="Table Grid_ef2fefdc-9add-4b33-b743-9deba6b87ee8"/>
+    <w:basedOn w:val="NormalTable_c0497cf1-6047-41b3-bb50-3143c1d5d38a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>