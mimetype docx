--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -5436,51 +5436,51 @@
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_33fc61c3-50d4-4187-ac6f-a421a3194670"/>
+      <w:tblStyle w:val="TableGrid_b6b9b2e9-9416-4074-9d1d-ae7e9567e1aa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5491,51 +5491,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:56 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:47:09 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -5563,51 +5563,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_50f0ccf5-39a6-4d65-bb71-b6d3c49e23e5"/>
+      <w:tblStyle w:val="TableGrid_d2644aee-5be5-4e48-98ee-c95019d62377"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -5665,51 +5665,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+            <w:pStyle w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5722,59 +5722,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+      <w:pStyle w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ef2fefdc-9add-4b33-b743-9deba6b87ee8"/>
+      <w:tblStyle w:val="TableGrid_48db7896-820c-4b2d-a2c6-a292a9f24239"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5785,51 +5785,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ee5c7fb1-c589-4a45-ad13-41e919c1c8b5"/>
+            <w:tblStyle w:val="TableGrid_45b82465-1da2-4fee-95a8-073761686417"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5930,72 +5930,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+            <w:pStyle w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_76799af9-8b2e-4da2-98ad-fe7265a5dd47"/>
+            <w:tblStyle w:val="TableGrid_c988c928-ae91-4d1b-8056-69057ce0a5a7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6096,62 +6096,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+            <w:pStyle w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+      <w:pStyle w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="019C78A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13686,629 +13686,629 @@
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c7278f68-c31d-41a2-865e-fc05148b2975" w:customStyle="1">
-    <w:name w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55" w:customStyle="1">
+    <w:name w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+    <w:basedOn w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f3a5cdb0-e38c-4f09-809c-7bcf4c709b3c" w:customStyle="1">
-    <w:name w:val="Normal Table_f3a5cdb0-e38c-4f09-809c-7bcf4c709b3c"/>
+  <w:style w:type="table" w:styleId="NormalTable_f2e0045c-5870-4855-a562-7aa171330414" w:customStyle="1">
+    <w:name w:val="Normal Table_f2e0045c-5870-4855-a562-7aa171330414"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ee9d8a12-c6d3-4e48-b90d-f6e68ed82972" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f3a5cdb0-e38c-4f09-809c-7bcf4c709b3c"/>
+  <w:style w:type="table" w:styleId="TableGrid_de660644-b06e-49df-9b67-70272b1bf2aa" w:customStyle="1">
+    <w:name w:val="Table Grid_de660644-b06e-49df-9b67-70272b1bf2aa"/>
+    <w:basedOn w:val="NormalTable_f2e0045c-5870-4855-a562-7aa171330414"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+    <w:basedOn w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c7278f68-c31d-41a2-865e-fc05148b2975"/>
+    <w:basedOn w:val="Normal_9d22da0a-ebb9-4a23-89b0-04e613806b55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_124b8cc7-90fe-4944-9854-10630ed3f7cf" w:customStyle="1">
-    <w:name w:val="Normal Table_124b8cc7-90fe-4944-9854-10630ed3f7cf"/>
+  <w:style w:type="table" w:styleId="NormalTable_8258439a-c0b6-4fc4-bab8-e3d0285725ed" w:customStyle="1">
+    <w:name w:val="Normal Table_8258439a-c0b6-4fc4-bab8-e3d0285725ed"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b3ecdec8-95b9-4888-919f-d2879eeaa53d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_124b8cc7-90fe-4944-9854-10630ed3f7cf"/>
+  <w:style w:type="table" w:styleId="TableGrid_0edc474c-b5dc-4471-9d11-1e7a1b91c079" w:customStyle="1">
+    <w:name w:val="Table Grid_0edc474c-b5dc-4471-9d11-1e7a1b91c079"/>
+    <w:basedOn w:val="NormalTable_8258439a-c0b6-4fc4-bab8-e3d0285725ed"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1843d6ca-9411-4ee6-8828-336349d3576c" w:customStyle="1">
-    <w:name w:val="Normal Table_1843d6ca-9411-4ee6-8828-336349d3576c"/>
+  <w:style w:type="table" w:styleId="NormalTable_db0f2d6e-1dff-4c96-89d9-18c909d6850c" w:customStyle="1">
+    <w:name w:val="Normal Table_db0f2d6e-1dff-4c96-89d9-18c909d6850c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0a01ecef-5f5b-4dfd-a5d0-a3542c3a4a8d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1843d6ca-9411-4ee6-8828-336349d3576c"/>
+  <w:style w:type="table" w:styleId="TableGrid_90a8625c-fd01-4ce1-b4ae-cfeadb3bd17d" w:customStyle="1">
+    <w:name w:val="Table Grid_90a8625c-fd01-4ce1-b4ae-cfeadb3bd17d"/>
+    <w:basedOn w:val="NormalTable_db0f2d6e-1dff-4c96-89d9-18c909d6850c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_213ab3a7-5d95-4576-9575-a63a85f5101a" w:customStyle="1">
-    <w:name w:val="Normal Table_213ab3a7-5d95-4576-9575-a63a85f5101a"/>
+  <w:style w:type="table" w:styleId="NormalTable_9976a92d-94c5-44a2-9498-62558d62e8c2" w:customStyle="1">
+    <w:name w:val="Normal Table_9976a92d-94c5-44a2-9498-62558d62e8c2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b947a14c-f2d4-4a7c-a548-e8efaf6e7d23" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_213ab3a7-5d95-4576-9575-a63a85f5101a"/>
+  <w:style w:type="table" w:styleId="TableGrid_302fc189-6fd9-4d74-afce-7e818f9e04ef" w:customStyle="1">
+    <w:name w:val="Table Grid_302fc189-6fd9-4d74-afce-7e818f9e04ef"/>
+    <w:basedOn w:val="NormalTable_9976a92d-94c5-44a2-9498-62558d62e8c2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_49fd23b9-b1f9-4579-a995-9aef6eaf31b9" w:customStyle="1">
-    <w:name w:val="Normal Table_49fd23b9-b1f9-4579-a995-9aef6eaf31b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_3109ec18-3ea0-487d-aaea-31a053edef2f" w:customStyle="1">
+    <w:name w:val="Normal Table_3109ec18-3ea0-487d-aaea-31a053edef2f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45e17ae7-2116-4c46-8103-a947f9a6d564" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_49fd23b9-b1f9-4579-a995-9aef6eaf31b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_c92d5983-116f-4a47-94c9-4d6694838702" w:customStyle="1">
+    <w:name w:val="Table Grid_c92d5983-116f-4a47-94c9-4d6694838702"/>
+    <w:basedOn w:val="NormalTable_3109ec18-3ea0-487d-aaea-31a053edef2f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7f95ee8f-3ff1-42f1-b01e-d5aa761a811a" w:customStyle="1">
-    <w:name w:val="Normal Table_7f95ee8f-3ff1-42f1-b01e-d5aa761a811a"/>
+  <w:style w:type="table" w:styleId="NormalTable_9869a78f-b13f-4a5b-8a4b-b714ee7ed627" w:customStyle="1">
+    <w:name w:val="Normal Table_9869a78f-b13f-4a5b-8a4b-b714ee7ed627"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_33fc61c3-50d4-4187-ac6f-a421a3194670" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7f95ee8f-3ff1-42f1-b01e-d5aa761a811a"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6b9b2e9-9416-4074-9d1d-ae7e9567e1aa" w:customStyle="1">
+    <w:name w:val="Table Grid_b6b9b2e9-9416-4074-9d1d-ae7e9567e1aa"/>
+    <w:basedOn w:val="NormalTable_9869a78f-b13f-4a5b-8a4b-b714ee7ed627"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_96571628-151a-42c5-9253-8395daec92ec" w:customStyle="1">
-    <w:name w:val="Normal Table_96571628-151a-42c5-9253-8395daec92ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_3695c9d1-ffe4-4a7b-a646-58dfca76c4c8" w:customStyle="1">
+    <w:name w:val="Normal Table_3695c9d1-ffe4-4a7b-a646-58dfca76c4c8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_50f0ccf5-39a6-4d65-bb71-b6d3c49e23e5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_96571628-151a-42c5-9253-8395daec92ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2644aee-5be5-4e48-98ee-c95019d62377" w:customStyle="1">
+    <w:name w:val="Table Grid_d2644aee-5be5-4e48-98ee-c95019d62377"/>
+    <w:basedOn w:val="NormalTable_3695c9d1-ffe4-4a7b-a646-58dfca76c4c8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d0c8a787-309a-452a-aa04-1c24402ee07b" w:customStyle="1">
-    <w:name w:val="Normal Table_d0c8a787-309a-452a-aa04-1c24402ee07b"/>
+  <w:style w:type="table" w:styleId="NormalTable_a3ab66a3-7322-44cf-8c40-d98cd5735a89" w:customStyle="1">
+    <w:name w:val="Normal Table_a3ab66a3-7322-44cf-8c40-d98cd5735a89"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ee5c7fb1-c589-4a45-ad13-41e919c1c8b5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d0c8a787-309a-452a-aa04-1c24402ee07b"/>
+  <w:style w:type="table" w:styleId="TableGrid_45b82465-1da2-4fee-95a8-073761686417" w:customStyle="1">
+    <w:name w:val="Table Grid_45b82465-1da2-4fee-95a8-073761686417"/>
+    <w:basedOn w:val="NormalTable_a3ab66a3-7322-44cf-8c40-d98cd5735a89"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e44c82cc-c424-4582-a000-122824645927" w:customStyle="1">
-    <w:name w:val="Normal Table_e44c82cc-c424-4582-a000-122824645927"/>
+  <w:style w:type="table" w:styleId="NormalTable_f2ade307-0461-4c4f-86f8-03782452505d" w:customStyle="1">
+    <w:name w:val="Normal Table_f2ade307-0461-4c4f-86f8-03782452505d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_76799af9-8b2e-4da2-98ad-fe7265a5dd47" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e44c82cc-c424-4582-a000-122824645927"/>
+  <w:style w:type="table" w:styleId="TableGrid_c988c928-ae91-4d1b-8056-69057ce0a5a7" w:customStyle="1">
+    <w:name w:val="Table Grid_c988c928-ae91-4d1b-8056-69057ce0a5a7"/>
+    <w:basedOn w:val="NormalTable_f2ade307-0461-4c4f-86f8-03782452505d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c0497cf1-6047-41b3-bb50-3143c1d5d38a" w:customStyle="1">
-    <w:name w:val="Normal Table_c0497cf1-6047-41b3-bb50-3143c1d5d38a"/>
+  <w:style w:type="table" w:styleId="NormalTable_8be27fd3-5e38-4996-9458-cbdd3a5739da" w:customStyle="1">
+    <w:name w:val="Normal Table_8be27fd3-5e38-4996-9458-cbdd3a5739da"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef2fefdc-9add-4b33-b743-9deba6b87ee8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c0497cf1-6047-41b3-bb50-3143c1d5d38a"/>
+  <w:style w:type="table" w:styleId="TableGrid_48db7896-820c-4b2d-a2c6-a292a9f24239" w:customStyle="1">
+    <w:name w:val="Table Grid_48db7896-820c-4b2d-a2c6-a292a9f24239"/>
+    <w:basedOn w:val="NormalTable_8be27fd3-5e38-4996-9458-cbdd3a5739da"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>