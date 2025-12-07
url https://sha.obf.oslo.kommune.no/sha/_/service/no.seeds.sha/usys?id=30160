--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -111,88 +111,86 @@
         <w:gridCol w:w="4019"/>
         <w:gridCol w:w="5137"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="388" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="942"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="880232326"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Prosjekt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9156"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">(Navn)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="880232326"/>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4961"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Byggherre (BH)</w:t>
             </w:r>
             <w:r>
@@ -220,51 +218,51 @@
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4961"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="910518099"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Oslo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bygg Oslo KF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5137"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -273,52 +271,52 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Firma&gt;  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4961"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1819618562"/>
-            <w:permEnd w:id="910518099"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2"/>
+            <w:permEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grense</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">veien 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5137"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -327,108 +325,107 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Adresse&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4961"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="398527759"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">0663</w:t>
             </w:r>
-            <w:permEnd w:id="1819618562"/>
+            <w:permEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oslo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5137"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Pnr-Psted&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4961"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="149162631"/>
-            <w:permEnd w:id="398527759"/>
+            <w:permEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Org</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">nr.: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="333333"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">924 599 545</w:t>
@@ -460,51 +457,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">nr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: MVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="149162631"/>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4961"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Navn PL: </w:t>
             </w:r>
@@ -541,75 +537,71 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4961"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="1679643929"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="785546579"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5137"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1679643929"/>
-      <w:permEnd w:id="785546579"/>
     </w:tbl>
     <w:p w14:paraId="56A88B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AF380C7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Byggherren er </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pålagt å vurdere mulig </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in</w:t>
       </w:r>
       <w:r>
@@ -1308,51 +1300,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="814"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="205547850"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9608"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1424,51 +1415,50 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">skal dette </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">beskriv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">es.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="205547850"/>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="170" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="814"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9608"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -1651,77 +1641,75 @@
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1410"/>
         <w:gridCol w:w="8847"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1410"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="1727076799"/>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sted og dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8847"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1727076799"/>
     </w:tbl>
     <w:p w14:paraId="17DB2F19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EAA9FA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4962"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sign.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
@@ -1819,51 +1807,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4786"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="1568043594"/>
+            <w:permStart w:edGrp="everyone" w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">For </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Oslo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bygg Oslo KF,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="284"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -1901,95 +1889,91 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;for Firma&gt;,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5070"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="56643982"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1568043594"/>
+            <w:permEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Navn&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5187"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Navn&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="56643982"/>
-      <w:permEnd w:id="719272287"/>
     </w:tbl>
     <w:p w14:paraId="07A7D52F">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CAA2013">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1304" w:right="709" w:bottom="1021" w:left="851" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
@@ -2047,89 +2031,106 @@
   <w:font w:name="Open Sans">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a6d9f0e5-f5a5-47ba-970b-ed50a94f5a4d"/>
+      <w:tblStyle w:val="TableGrid_1510cfb9-024c-4944-bed6-a7ca08f7662f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:50:26 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:30:04 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2157,74 +2158,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4c0b9c87-084c-4e9e-a634-b882e2675b65"/>
+      <w:tblStyle w:val="TableGrid_dc6ec9f6-0d1f-49d0-a9f2-e032e6b86972"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6942"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 111. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -2242,408 +2260,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+            <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+      <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c929e55b-8a25-4ce7-b10b-96eefcd9e690"/>
+      <w:tblStyle w:val="TableGrid_9372aff6-4f35-4822-bb71-fb1d37643e1d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c2131abe-0093-4d15-8bfb-23698c740f02"/>
+            <w:tblStyle w:val="TableGrid_1d996668-9d12-4b70-ab09-628db3c58d8e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+            <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_46dd3bfc-5fb9-4e91-bd32-44e9b3ea91e4"/>
+            <w:tblStyle w:val="TableGrid_472a597d-e300-4e23-87c4-2313cf1c81f4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+            <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+      <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="25FF60A7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="23"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2770,51 +2873,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -3336,629 +3439,629 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutenett">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Vanligtabell"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169" w:customStyle="1">
-    <w:name w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531" w:customStyle="1">
+    <w:name w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+    <w:basedOn w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bf85d544-40c8-4398-a6fe-4023346b8459" w:customStyle="1">
-    <w:name w:val="Normal Table_bf85d544-40c8-4398-a6fe-4023346b8459"/>
+  <w:style w:type="table" w:styleId="NormalTable_55eb6e95-4909-40f6-9df7-0af9e8c613b4" w:customStyle="1">
+    <w:name w:val="Normal Table_55eb6e95-4909-40f6-9df7-0af9e8c613b4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b69c4b7d-bbc5-4ab3-af66-1e81d59a065d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bf85d544-40c8-4398-a6fe-4023346b8459"/>
+  <w:style w:type="table" w:styleId="TableGrid_0c9dd13d-81cc-48bd-acf4-cdeceba93e36" w:customStyle="1">
+    <w:name w:val="Table Grid_0c9dd13d-81cc-48bd-acf4-cdeceba93e36"/>
+    <w:basedOn w:val="NormalTable_55eb6e95-4909-40f6-9df7-0af9e8c613b4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+    <w:basedOn w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_6f707134-e85d-4e8a-b3f2-a09ab338c169"/>
+    <w:basedOn w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee507871-648a-45e7-8e93-926d24de18ad" w:customStyle="1">
-    <w:name w:val="Normal Table_ee507871-648a-45e7-8e93-926d24de18ad"/>
+  <w:style w:type="table" w:styleId="NormalTable_107c9615-5102-472c-87f4-ddab0f72d43c" w:customStyle="1">
+    <w:name w:val="Normal Table_107c9615-5102-472c-87f4-ddab0f72d43c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_47d7b996-c57e-43ca-b813-69e2a4731fc5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee507871-648a-45e7-8e93-926d24de18ad"/>
+  <w:style w:type="table" w:styleId="TableGrid_4166cbf5-4443-4020-a85c-9776e3477ce8" w:customStyle="1">
+    <w:name w:val="Table Grid_4166cbf5-4443-4020-a85c-9776e3477ce8"/>
+    <w:basedOn w:val="NormalTable_107c9615-5102-472c-87f4-ddab0f72d43c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_759b5ffe-f716-4d96-81cb-5b0a60fa318a" w:customStyle="1">
-    <w:name w:val="Normal Table_759b5ffe-f716-4d96-81cb-5b0a60fa318a"/>
+  <w:style w:type="table" w:styleId="NormalTable_ddd5e81b-69cc-4f68-8dc4-9470b52f2b43" w:customStyle="1">
+    <w:name w:val="Normal Table_ddd5e81b-69cc-4f68-8dc4-9470b52f2b43"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c072a7d7-7cff-4fd1-a21e-64fd903455a9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_759b5ffe-f716-4d96-81cb-5b0a60fa318a"/>
+  <w:style w:type="table" w:styleId="TableGrid_d9044850-2e80-4145-b9c4-2cc845161519" w:customStyle="1">
+    <w:name w:val="Table Grid_d9044850-2e80-4145-b9c4-2cc845161519"/>
+    <w:basedOn w:val="NormalTable_ddd5e81b-69cc-4f68-8dc4-9470b52f2b43"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2756322f-3100-42c2-9230-9a91eb2a7e01" w:customStyle="1">
-    <w:name w:val="Normal Table_2756322f-3100-42c2-9230-9a91eb2a7e01"/>
+  <w:style w:type="table" w:styleId="NormalTable_9f825d7d-e0be-4534-959f-3d0d2786eb13" w:customStyle="1">
+    <w:name w:val="Normal Table_9f825d7d-e0be-4534-959f-3d0d2786eb13"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e5c4f3c1-998a-4f3b-bb89-cbc021e70004" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2756322f-3100-42c2-9230-9a91eb2a7e01"/>
+  <w:style w:type="table" w:styleId="TableGrid_f0c43ace-c1f5-4997-9f07-41459cf58bf3" w:customStyle="1">
+    <w:name w:val="Table Grid_f0c43ace-c1f5-4997-9f07-41459cf58bf3"/>
+    <w:basedOn w:val="NormalTable_9f825d7d-e0be-4534-959f-3d0d2786eb13"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b01798cf-72da-465b-8f1d-1fc663728840" w:customStyle="1">
-    <w:name w:val="Normal Table_b01798cf-72da-465b-8f1d-1fc663728840"/>
+  <w:style w:type="table" w:styleId="NormalTable_43fd8fed-99b7-421f-a487-2504a86b02c9" w:customStyle="1">
+    <w:name w:val="Normal Table_43fd8fed-99b7-421f-a487-2504a86b02c9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e1e9008a-b578-448b-80c9-e3c39e2f3637" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b01798cf-72da-465b-8f1d-1fc663728840"/>
+  <w:style w:type="table" w:styleId="TableGrid_4515ec13-74ce-49ed-aeba-8441963926e9" w:customStyle="1">
+    <w:name w:val="Table Grid_4515ec13-74ce-49ed-aeba-8441963926e9"/>
+    <w:basedOn w:val="NormalTable_43fd8fed-99b7-421f-a487-2504a86b02c9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_78e5decc-57e6-4e08-9688-e30594dacb0a" w:customStyle="1">
-    <w:name w:val="Normal Table_78e5decc-57e6-4e08-9688-e30594dacb0a"/>
+  <w:style w:type="table" w:styleId="NormalTable_54170a52-966b-4175-aacd-732f7b9e4f02" w:customStyle="1">
+    <w:name w:val="Normal Table_54170a52-966b-4175-aacd-732f7b9e4f02"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a6d9f0e5-f5a5-47ba-970b-ed50a94f5a4d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_78e5decc-57e6-4e08-9688-e30594dacb0a"/>
+  <w:style w:type="table" w:styleId="TableGrid_1510cfb9-024c-4944-bed6-a7ca08f7662f" w:customStyle="1">
+    <w:name w:val="Table Grid_1510cfb9-024c-4944-bed6-a7ca08f7662f"/>
+    <w:basedOn w:val="NormalTable_54170a52-966b-4175-aacd-732f7b9e4f02"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6ab0c13f-d7a7-4c1d-99f6-9506bb1a0996" w:customStyle="1">
-    <w:name w:val="Normal Table_6ab0c13f-d7a7-4c1d-99f6-9506bb1a0996"/>
+  <w:style w:type="table" w:styleId="NormalTable_1dac75d6-7e81-4ffc-aa98-f234702d19e7" w:customStyle="1">
+    <w:name w:val="Normal Table_1dac75d6-7e81-4ffc-aa98-f234702d19e7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4c0b9c87-084c-4e9e-a634-b882e2675b65" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6ab0c13f-d7a7-4c1d-99f6-9506bb1a0996"/>
+  <w:style w:type="table" w:styleId="TableGrid_dc6ec9f6-0d1f-49d0-a9f2-e032e6b86972" w:customStyle="1">
+    <w:name w:val="Table Grid_dc6ec9f6-0d1f-49d0-a9f2-e032e6b86972"/>
+    <w:basedOn w:val="NormalTable_1dac75d6-7e81-4ffc-aa98-f234702d19e7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e25108c8-0485-4f72-9943-af24e8069220" w:customStyle="1">
-    <w:name w:val="Normal Table_e25108c8-0485-4f72-9943-af24e8069220"/>
+  <w:style w:type="table" w:styleId="NormalTable_22cacbe0-63f4-4b87-8289-14e0e78d99fe" w:customStyle="1">
+    <w:name w:val="Normal Table_22cacbe0-63f4-4b87-8289-14e0e78d99fe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c2131abe-0093-4d15-8bfb-23698c740f02" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e25108c8-0485-4f72-9943-af24e8069220"/>
+  <w:style w:type="table" w:styleId="TableGrid_1d996668-9d12-4b70-ab09-628db3c58d8e" w:customStyle="1">
+    <w:name w:val="Table Grid_1d996668-9d12-4b70-ab09-628db3c58d8e"/>
+    <w:basedOn w:val="NormalTable_22cacbe0-63f4-4b87-8289-14e0e78d99fe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3b2684d0-78ab-4f17-8b4e-75e5e55ce248" w:customStyle="1">
-    <w:name w:val="Normal Table_3b2684d0-78ab-4f17-8b4e-75e5e55ce248"/>
+  <w:style w:type="table" w:styleId="NormalTable_f00961ce-b2a5-4388-9219-8bad04113d7c" w:customStyle="1">
+    <w:name w:val="Normal Table_f00961ce-b2a5-4388-9219-8bad04113d7c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_46dd3bfc-5fb9-4e91-bd32-44e9b3ea91e4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3b2684d0-78ab-4f17-8b4e-75e5e55ce248"/>
+  <w:style w:type="table" w:styleId="TableGrid_472a597d-e300-4e23-87c4-2313cf1c81f4" w:customStyle="1">
+    <w:name w:val="Table Grid_472a597d-e300-4e23-87c4-2313cf1c81f4"/>
+    <w:basedOn w:val="NormalTable_f00961ce-b2a5-4388-9219-8bad04113d7c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_865f6728-e72b-4deb-839f-84f8f454ac5c" w:customStyle="1">
-    <w:name w:val="Normal Table_865f6728-e72b-4deb-839f-84f8f454ac5c"/>
+  <w:style w:type="table" w:styleId="NormalTable_6982c426-22c0-4253-985e-8d989660e353" w:customStyle="1">
+    <w:name w:val="Normal Table_6982c426-22c0-4253-985e-8d989660e353"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c929e55b-8a25-4ce7-b10b-96eefcd9e690" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_865f6728-e72b-4deb-839f-84f8f454ac5c"/>
+  <w:style w:type="table" w:styleId="TableGrid_9372aff6-4f35-4822-bb71-fb1d37643e1d" w:customStyle="1">
+    <w:name w:val="Table Grid_9372aff6-4f35-4822-bb71-fb1d37643e1d"/>
+    <w:basedOn w:val="NormalTable_6982c426-22c0-4253-985e-8d989660e353"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>