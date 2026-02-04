--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -2031,51 +2031,51 @@
   <w:font w:name="Open Sans">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1510cfb9-024c-4944-bed6-a7ca08f7662f"/>
+      <w:tblStyle w:val="TableGrid_0c91c56f-de06-441f-805e-1db946163adb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2086,51 +2086,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:30:04 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2158,51 +2158,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_dc6ec9f6-0d1f-49d0-a9f2-e032e6b86972"/>
+      <w:tblStyle w:val="TableGrid_53ebadea-a0d1-419c-ae5c-e38e66f084f3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2260,51 +2260,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+            <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2317,59 +2317,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+      <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9372aff6-4f35-4822-bb71-fb1d37643e1d"/>
+      <w:tblStyle w:val="TableGrid_45a97c39-d53b-4e01-ac9c-8ec86238a086"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2380,51 +2380,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1d996668-9d12-4b70-ab09-628db3c58d8e"/>
+            <w:tblStyle w:val="TableGrid_d1fe1021-d628-4fc6-af8f-fe68bbd4c60e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2525,72 +2525,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+            <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_472a597d-e300-4e23-87c4-2313cf1c81f4"/>
+            <w:tblStyle w:val="TableGrid_842939be-4f65-4567-bdbb-3e71983ea076"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2691,62 +2691,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+            <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+      <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="25FF60A7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="23"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3439,629 +3439,629 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutenett">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Vanligtabell"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531" w:customStyle="1">
-    <w:name w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+  <w:style w:type="paragraph" w:styleId="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f" w:customStyle="1">
+    <w:name w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+    <w:basedOn w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_55eb6e95-4909-40f6-9df7-0af9e8c613b4" w:customStyle="1">
-    <w:name w:val="Normal Table_55eb6e95-4909-40f6-9df7-0af9e8c613b4"/>
+  <w:style w:type="table" w:styleId="NormalTable_e4b95341-b79e-46f3-a67f-bea79036d5ed" w:customStyle="1">
+    <w:name w:val="Normal Table_e4b95341-b79e-46f3-a67f-bea79036d5ed"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0c9dd13d-81cc-48bd-acf4-cdeceba93e36" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_55eb6e95-4909-40f6-9df7-0af9e8c613b4"/>
+  <w:style w:type="table" w:styleId="TableGrid_aaa15718-62f6-4d6b-b614-a47d8ff9bdb5" w:customStyle="1">
+    <w:name w:val="Table Grid_aaa15718-62f6-4d6b-b614-a47d8ff9bdb5"/>
+    <w:basedOn w:val="NormalTable_e4b95341-b79e-46f3-a67f-bea79036d5ed"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+    <w:basedOn w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_1b5e63ac-afc8-4817-81dc-d528adb5a531"/>
+    <w:basedOn w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_107c9615-5102-472c-87f4-ddab0f72d43c" w:customStyle="1">
-    <w:name w:val="Normal Table_107c9615-5102-472c-87f4-ddab0f72d43c"/>
+  <w:style w:type="table" w:styleId="NormalTable_3e0d6bb0-521c-4f2e-8a3b-2d463191d851" w:customStyle="1">
+    <w:name w:val="Normal Table_3e0d6bb0-521c-4f2e-8a3b-2d463191d851"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4166cbf5-4443-4020-a85c-9776e3477ce8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_107c9615-5102-472c-87f4-ddab0f72d43c"/>
+  <w:style w:type="table" w:styleId="TableGrid_27156890-b0f3-4a26-8e5c-fa00e28eb618" w:customStyle="1">
+    <w:name w:val="Table Grid_27156890-b0f3-4a26-8e5c-fa00e28eb618"/>
+    <w:basedOn w:val="NormalTable_3e0d6bb0-521c-4f2e-8a3b-2d463191d851"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ddd5e81b-69cc-4f68-8dc4-9470b52f2b43" w:customStyle="1">
-    <w:name w:val="Normal Table_ddd5e81b-69cc-4f68-8dc4-9470b52f2b43"/>
+  <w:style w:type="table" w:styleId="NormalTable_0fa4d17e-088f-4b59-94fe-fb0b97c0e75f" w:customStyle="1">
+    <w:name w:val="Normal Table_0fa4d17e-088f-4b59-94fe-fb0b97c0e75f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d9044850-2e80-4145-b9c4-2cc845161519" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ddd5e81b-69cc-4f68-8dc4-9470b52f2b43"/>
+  <w:style w:type="table" w:styleId="TableGrid_ca1e1e4b-b514-4586-8f01-30a8fa8eb8ed" w:customStyle="1">
+    <w:name w:val="Table Grid_ca1e1e4b-b514-4586-8f01-30a8fa8eb8ed"/>
+    <w:basedOn w:val="NormalTable_0fa4d17e-088f-4b59-94fe-fb0b97c0e75f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9f825d7d-e0be-4534-959f-3d0d2786eb13" w:customStyle="1">
-    <w:name w:val="Normal Table_9f825d7d-e0be-4534-959f-3d0d2786eb13"/>
+  <w:style w:type="table" w:styleId="NormalTable_5bfb8053-9dbc-466c-a7c0-e156b31a75a6" w:customStyle="1">
+    <w:name w:val="Normal Table_5bfb8053-9dbc-466c-a7c0-e156b31a75a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f0c43ace-c1f5-4997-9f07-41459cf58bf3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9f825d7d-e0be-4534-959f-3d0d2786eb13"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6603488-d680-48a2-aa18-e1f3661223a2" w:customStyle="1">
+    <w:name w:val="Table Grid_b6603488-d680-48a2-aa18-e1f3661223a2"/>
+    <w:basedOn w:val="NormalTable_5bfb8053-9dbc-466c-a7c0-e156b31a75a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_43fd8fed-99b7-421f-a487-2504a86b02c9" w:customStyle="1">
-    <w:name w:val="Normal Table_43fd8fed-99b7-421f-a487-2504a86b02c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_eb0b8c84-a39a-467b-8bf8-3b7670fd5393" w:customStyle="1">
+    <w:name w:val="Normal Table_eb0b8c84-a39a-467b-8bf8-3b7670fd5393"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4515ec13-74ce-49ed-aeba-8441963926e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_43fd8fed-99b7-421f-a487-2504a86b02c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_42e7b486-c2c4-431f-9583-09d9e4799250" w:customStyle="1">
+    <w:name w:val="Table Grid_42e7b486-c2c4-431f-9583-09d9e4799250"/>
+    <w:basedOn w:val="NormalTable_eb0b8c84-a39a-467b-8bf8-3b7670fd5393"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_54170a52-966b-4175-aacd-732f7b9e4f02" w:customStyle="1">
-    <w:name w:val="Normal Table_54170a52-966b-4175-aacd-732f7b9e4f02"/>
+  <w:style w:type="table" w:styleId="NormalTable_c916dda7-a4b7-4df4-908c-3b6fd5cd5b82" w:customStyle="1">
+    <w:name w:val="Normal Table_c916dda7-a4b7-4df4-908c-3b6fd5cd5b82"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1510cfb9-024c-4944-bed6-a7ca08f7662f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_54170a52-966b-4175-aacd-732f7b9e4f02"/>
+  <w:style w:type="table" w:styleId="TableGrid_0c91c56f-de06-441f-805e-1db946163adb" w:customStyle="1">
+    <w:name w:val="Table Grid_0c91c56f-de06-441f-805e-1db946163adb"/>
+    <w:basedOn w:val="NormalTable_c916dda7-a4b7-4df4-908c-3b6fd5cd5b82"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1dac75d6-7e81-4ffc-aa98-f234702d19e7" w:customStyle="1">
-    <w:name w:val="Normal Table_1dac75d6-7e81-4ffc-aa98-f234702d19e7"/>
+  <w:style w:type="table" w:styleId="NormalTable_cd51ae50-67f8-455d-9c4b-db24e3ab0e1d" w:customStyle="1">
+    <w:name w:val="Normal Table_cd51ae50-67f8-455d-9c4b-db24e3ab0e1d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc6ec9f6-0d1f-49d0-a9f2-e032e6b86972" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1dac75d6-7e81-4ffc-aa98-f234702d19e7"/>
+  <w:style w:type="table" w:styleId="TableGrid_53ebadea-a0d1-419c-ae5c-e38e66f084f3" w:customStyle="1">
+    <w:name w:val="Table Grid_53ebadea-a0d1-419c-ae5c-e38e66f084f3"/>
+    <w:basedOn w:val="NormalTable_cd51ae50-67f8-455d-9c4b-db24e3ab0e1d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_22cacbe0-63f4-4b87-8289-14e0e78d99fe" w:customStyle="1">
-    <w:name w:val="Normal Table_22cacbe0-63f4-4b87-8289-14e0e78d99fe"/>
+  <w:style w:type="table" w:styleId="NormalTable_dd72c822-ce10-4752-b8fb-f02e01a3f8a4" w:customStyle="1">
+    <w:name w:val="Normal Table_dd72c822-ce10-4752-b8fb-f02e01a3f8a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1d996668-9d12-4b70-ab09-628db3c58d8e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_22cacbe0-63f4-4b87-8289-14e0e78d99fe"/>
+  <w:style w:type="table" w:styleId="TableGrid_d1fe1021-d628-4fc6-af8f-fe68bbd4c60e" w:customStyle="1">
+    <w:name w:val="Table Grid_d1fe1021-d628-4fc6-af8f-fe68bbd4c60e"/>
+    <w:basedOn w:val="NormalTable_dd72c822-ce10-4752-b8fb-f02e01a3f8a4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f00961ce-b2a5-4388-9219-8bad04113d7c" w:customStyle="1">
-    <w:name w:val="Normal Table_f00961ce-b2a5-4388-9219-8bad04113d7c"/>
+  <w:style w:type="table" w:styleId="NormalTable_beda4a9b-43cc-40b5-8bf9-483a608921d0" w:customStyle="1">
+    <w:name w:val="Normal Table_beda4a9b-43cc-40b5-8bf9-483a608921d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_472a597d-e300-4e23-87c4-2313cf1c81f4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f00961ce-b2a5-4388-9219-8bad04113d7c"/>
+  <w:style w:type="table" w:styleId="TableGrid_842939be-4f65-4567-bdbb-3e71983ea076" w:customStyle="1">
+    <w:name w:val="Table Grid_842939be-4f65-4567-bdbb-3e71983ea076"/>
+    <w:basedOn w:val="NormalTable_beda4a9b-43cc-40b5-8bf9-483a608921d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6982c426-22c0-4253-985e-8d989660e353" w:customStyle="1">
-    <w:name w:val="Normal Table_6982c426-22c0-4253-985e-8d989660e353"/>
+  <w:style w:type="table" w:styleId="NormalTable_089b671d-b497-4a45-b1a7-f6d30239e904" w:customStyle="1">
+    <w:name w:val="Normal Table_089b671d-b497-4a45-b1a7-f6d30239e904"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9372aff6-4f35-4822-bb71-fb1d37643e1d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6982c426-22c0-4253-985e-8d989660e353"/>
+  <w:style w:type="table" w:styleId="TableGrid_45a97c39-d53b-4e01-ac9c-8ec86238a086" w:customStyle="1">
+    <w:name w:val="Table Grid_45a97c39-d53b-4e01-ac9c-8ec86238a086"/>
+    <w:basedOn w:val="NormalTable_089b671d-b497-4a45-b1a7-f6d30239e904"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>