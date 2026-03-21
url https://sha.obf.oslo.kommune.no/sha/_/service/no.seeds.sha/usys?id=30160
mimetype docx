--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -2031,51 +2031,51 @@
   <w:font w:name="Open Sans">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0c91c56f-de06-441f-805e-1db946163adb"/>
+      <w:tblStyle w:val="TableGrid_dfdc38d4-ad73-478e-8b2f-09756622cbb8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2086,51 +2086,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:09 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:43:11 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2158,51 +2158,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_53ebadea-a0d1-419c-ae5c-e38e66f084f3"/>
+      <w:tblStyle w:val="TableGrid_e38b3c64-a288-46b0-a895-cc56a6484be1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2260,51 +2260,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+            <w:pStyle w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2317,59 +2317,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+      <w:pStyle w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_45a97c39-d53b-4e01-ac9c-8ec86238a086"/>
+      <w:tblStyle w:val="TableGrid_657064ef-5efb-4c23-acb1-ee4c693e4570"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2380,51 +2380,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d1fe1021-d628-4fc6-af8f-fe68bbd4c60e"/>
+            <w:tblStyle w:val="TableGrid_bb8968f4-835d-4765-9bf7-b36274d909a8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2525,72 +2525,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+            <w:pStyle w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_842939be-4f65-4567-bdbb-3e71983ea076"/>
+            <w:tblStyle w:val="TableGrid_22e1eb01-e2ad-404f-92bb-80b475b2546a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2691,62 +2691,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+            <w:pStyle w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+      <w:pStyle w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="25FF60A7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="23"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3439,629 +3439,629 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutenett">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Vanligtabell"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f" w:customStyle="1">
-    <w:name w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+  <w:style w:type="paragraph" w:styleId="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6" w:customStyle="1">
+    <w:name w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+    <w:basedOn w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e4b95341-b79e-46f3-a67f-bea79036d5ed" w:customStyle="1">
-    <w:name w:val="Normal Table_e4b95341-b79e-46f3-a67f-bea79036d5ed"/>
+  <w:style w:type="table" w:styleId="NormalTable_a4e08fe5-30b9-48f5-ad9a-781e38a64e4e" w:customStyle="1">
+    <w:name w:val="Normal Table_a4e08fe5-30b9-48f5-ad9a-781e38a64e4e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aaa15718-62f6-4d6b-b614-a47d8ff9bdb5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e4b95341-b79e-46f3-a67f-bea79036d5ed"/>
+  <w:style w:type="table" w:styleId="TableGrid_b8dee994-9d05-4c70-a5c6-785abb7e21f9" w:customStyle="1">
+    <w:name w:val="Table Grid_b8dee994-9d05-4c70-a5c6-785abb7e21f9"/>
+    <w:basedOn w:val="NormalTable_a4e08fe5-30b9-48f5-ad9a-781e38a64e4e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+    <w:basedOn w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_eedb7814-6b27-4b86-b9c0-c0d1c764d37f"/>
+    <w:basedOn w:val="Normal_281cd5be-5885-4f83-a64e-4c1ff28092b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3e0d6bb0-521c-4f2e-8a3b-2d463191d851" w:customStyle="1">
-    <w:name w:val="Normal Table_3e0d6bb0-521c-4f2e-8a3b-2d463191d851"/>
+  <w:style w:type="table" w:styleId="NormalTable_813edb42-02d7-41b0-929d-4f68c40adc36" w:customStyle="1">
+    <w:name w:val="Normal Table_813edb42-02d7-41b0-929d-4f68c40adc36"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_27156890-b0f3-4a26-8e5c-fa00e28eb618" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3e0d6bb0-521c-4f2e-8a3b-2d463191d851"/>
+  <w:style w:type="table" w:styleId="TableGrid_1796dae1-8895-485a-97df-953989412419" w:customStyle="1">
+    <w:name w:val="Table Grid_1796dae1-8895-485a-97df-953989412419"/>
+    <w:basedOn w:val="NormalTable_813edb42-02d7-41b0-929d-4f68c40adc36"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0fa4d17e-088f-4b59-94fe-fb0b97c0e75f" w:customStyle="1">
-    <w:name w:val="Normal Table_0fa4d17e-088f-4b59-94fe-fb0b97c0e75f"/>
+  <w:style w:type="table" w:styleId="NormalTable_ea4e22b5-4ed0-46b9-bb0d-a455b4adc8e5" w:customStyle="1">
+    <w:name w:val="Normal Table_ea4e22b5-4ed0-46b9-bb0d-a455b4adc8e5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ca1e1e4b-b514-4586-8f01-30a8fa8eb8ed" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0fa4d17e-088f-4b59-94fe-fb0b97c0e75f"/>
+  <w:style w:type="table" w:styleId="TableGrid_fae32ce6-fdc1-44f4-9d04-8822bfa4ad64" w:customStyle="1">
+    <w:name w:val="Table Grid_fae32ce6-fdc1-44f4-9d04-8822bfa4ad64"/>
+    <w:basedOn w:val="NormalTable_ea4e22b5-4ed0-46b9-bb0d-a455b4adc8e5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5bfb8053-9dbc-466c-a7c0-e156b31a75a6" w:customStyle="1">
-    <w:name w:val="Normal Table_5bfb8053-9dbc-466c-a7c0-e156b31a75a6"/>
+  <w:style w:type="table" w:styleId="NormalTable_92fc658a-1bde-428c-8363-d6c0d365bb4d" w:customStyle="1">
+    <w:name w:val="Normal Table_92fc658a-1bde-428c-8363-d6c0d365bb4d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6603488-d680-48a2-aa18-e1f3661223a2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5bfb8053-9dbc-466c-a7c0-e156b31a75a6"/>
+  <w:style w:type="table" w:styleId="TableGrid_82650478-2859-41cc-b69b-1efd600a4f35" w:customStyle="1">
+    <w:name w:val="Table Grid_82650478-2859-41cc-b69b-1efd600a4f35"/>
+    <w:basedOn w:val="NormalTable_92fc658a-1bde-428c-8363-d6c0d365bb4d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eb0b8c84-a39a-467b-8bf8-3b7670fd5393" w:customStyle="1">
-    <w:name w:val="Normal Table_eb0b8c84-a39a-467b-8bf8-3b7670fd5393"/>
+  <w:style w:type="table" w:styleId="NormalTable_0872db25-bbd3-42d4-97d3-c47d1e5df905" w:customStyle="1">
+    <w:name w:val="Normal Table_0872db25-bbd3-42d4-97d3-c47d1e5df905"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_42e7b486-c2c4-431f-9583-09d9e4799250" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eb0b8c84-a39a-467b-8bf8-3b7670fd5393"/>
+  <w:style w:type="table" w:styleId="TableGrid_0bf72cf8-8c13-4a48-a256-1c9b99f8867a" w:customStyle="1">
+    <w:name w:val="Table Grid_0bf72cf8-8c13-4a48-a256-1c9b99f8867a"/>
+    <w:basedOn w:val="NormalTable_0872db25-bbd3-42d4-97d3-c47d1e5df905"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c916dda7-a4b7-4df4-908c-3b6fd5cd5b82" w:customStyle="1">
-    <w:name w:val="Normal Table_c916dda7-a4b7-4df4-908c-3b6fd5cd5b82"/>
+  <w:style w:type="table" w:styleId="NormalTable_58928ee8-7a43-4f30-aa36-4dc70083b343" w:customStyle="1">
+    <w:name w:val="Normal Table_58928ee8-7a43-4f30-aa36-4dc70083b343"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0c91c56f-de06-441f-805e-1db946163adb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c916dda7-a4b7-4df4-908c-3b6fd5cd5b82"/>
+  <w:style w:type="table" w:styleId="TableGrid_dfdc38d4-ad73-478e-8b2f-09756622cbb8" w:customStyle="1">
+    <w:name w:val="Table Grid_dfdc38d4-ad73-478e-8b2f-09756622cbb8"/>
+    <w:basedOn w:val="NormalTable_58928ee8-7a43-4f30-aa36-4dc70083b343"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cd51ae50-67f8-455d-9c4b-db24e3ab0e1d" w:customStyle="1">
-    <w:name w:val="Normal Table_cd51ae50-67f8-455d-9c4b-db24e3ab0e1d"/>
+  <w:style w:type="table" w:styleId="NormalTable_c875b3a5-7a1d-4aaf-8c6d-cc02f65bc104" w:customStyle="1">
+    <w:name w:val="Normal Table_c875b3a5-7a1d-4aaf-8c6d-cc02f65bc104"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_53ebadea-a0d1-419c-ae5c-e38e66f084f3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cd51ae50-67f8-455d-9c4b-db24e3ab0e1d"/>
+  <w:style w:type="table" w:styleId="TableGrid_e38b3c64-a288-46b0-a895-cc56a6484be1" w:customStyle="1">
+    <w:name w:val="Table Grid_e38b3c64-a288-46b0-a895-cc56a6484be1"/>
+    <w:basedOn w:val="NormalTable_c875b3a5-7a1d-4aaf-8c6d-cc02f65bc104"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dd72c822-ce10-4752-b8fb-f02e01a3f8a4" w:customStyle="1">
-    <w:name w:val="Normal Table_dd72c822-ce10-4752-b8fb-f02e01a3f8a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_e4d893db-fc76-453b-8a3d-24857a243219" w:customStyle="1">
+    <w:name w:val="Normal Table_e4d893db-fc76-453b-8a3d-24857a243219"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d1fe1021-d628-4fc6-af8f-fe68bbd4c60e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dd72c822-ce10-4752-b8fb-f02e01a3f8a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_bb8968f4-835d-4765-9bf7-b36274d909a8" w:customStyle="1">
+    <w:name w:val="Table Grid_bb8968f4-835d-4765-9bf7-b36274d909a8"/>
+    <w:basedOn w:val="NormalTable_e4d893db-fc76-453b-8a3d-24857a243219"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_beda4a9b-43cc-40b5-8bf9-483a608921d0" w:customStyle="1">
-    <w:name w:val="Normal Table_beda4a9b-43cc-40b5-8bf9-483a608921d0"/>
+  <w:style w:type="table" w:styleId="NormalTable_0dde72b0-f789-4c97-903f-532cb9c2dcdd" w:customStyle="1">
+    <w:name w:val="Normal Table_0dde72b0-f789-4c97-903f-532cb9c2dcdd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_842939be-4f65-4567-bdbb-3e71983ea076" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_beda4a9b-43cc-40b5-8bf9-483a608921d0"/>
+  <w:style w:type="table" w:styleId="TableGrid_22e1eb01-e2ad-404f-92bb-80b475b2546a" w:customStyle="1">
+    <w:name w:val="Table Grid_22e1eb01-e2ad-404f-92bb-80b475b2546a"/>
+    <w:basedOn w:val="NormalTable_0dde72b0-f789-4c97-903f-532cb9c2dcdd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_089b671d-b497-4a45-b1a7-f6d30239e904" w:customStyle="1">
-    <w:name w:val="Normal Table_089b671d-b497-4a45-b1a7-f6d30239e904"/>
+  <w:style w:type="table" w:styleId="NormalTable_ec3582bd-44ff-4267-91c1-29604e1e2414" w:customStyle="1">
+    <w:name w:val="Normal Table_ec3582bd-44ff-4267-91c1-29604e1e2414"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45a97c39-d53b-4e01-ac9c-8ec86238a086" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_089b671d-b497-4a45-b1a7-f6d30239e904"/>
+  <w:style w:type="table" w:styleId="TableGrid_657064ef-5efb-4c23-acb1-ee4c693e4570" w:customStyle="1">
+    <w:name w:val="Table Grid_657064ef-5efb-4c23-acb1-ee4c693e4570"/>
+    <w:basedOn w:val="NormalTable_ec3582bd-44ff-4267-91c1-29604e1e2414"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>