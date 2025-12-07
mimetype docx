--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -2809,89 +2809,106 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_355983af-6cc2-4c26-b4fd-3668deda8a7e"/>
+      <w:tblStyle w:val="TableGrid_7565346f-e6ce-4727-a3f3-54426bd176e3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 19:52:31 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:10 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2919,74 +2936,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_faf46654-f90c-4c12-bf8b-0f7ad72fd9f3"/>
+      <w:tblStyle w:val="TableGrid_ebe8ebe1-80b2-4333-8efb-2f0a8314bec6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 110. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -3004,408 +3038,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+            <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+      <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8b26c047-3722-4441-9c97-6e2df3048c87"/>
+      <w:tblStyle w:val="TableGrid_dab1ca92-544e-4f2f-8f3d-9f0e43411a6d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_09151426-68ef-4dc5-b7ba-0a77a6cfce9b"/>
+            <w:tblStyle w:val="TableGrid_774a6d8f-72f5-4e7a-b05f-5b7ce8184304"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+            <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_093b04f4-56e8-47c8-96fb-16394063c7af"/>
+            <w:tblStyle w:val="TableGrid_72eae3c6-aedc-4d7e-8558-1d8aca3a2290"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+            <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+      <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0AF926CF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4255,51 +4374,51 @@
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4949,629 +5068,629 @@
   <w:style w:type="paragraph" w:styleId="StilTopptekstFetFr5pktEtter5pkt" w:customStyle="1">
     <w:name w:val="Stil Topptekst + Fet Før:  5 pkt Etter:  5 pkt"/>
     <w:basedOn w:val="Topptekst"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Avsnitt10" w:customStyle="1">
     <w:name w:val="Avsnitt 1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c" w:customStyle="1">
-    <w:name w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+  <w:style w:type="paragraph" w:styleId="Normal_70537916-e2e6-4523-ab49-3d049c1770f5" w:customStyle="1">
+    <w:name w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+    <w:basedOn w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a4f34f86-f974-490f-9172-4e2bb11ff055" w:customStyle="1">
-    <w:name w:val="Normal Table_a4f34f86-f974-490f-9172-4e2bb11ff055"/>
+  <w:style w:type="table" w:styleId="NormalTable_987fc3a0-27d8-4739-93be-b114a9223e20" w:customStyle="1">
+    <w:name w:val="Normal Table_987fc3a0-27d8-4739-93be-b114a9223e20"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_769223bc-3da9-49a5-8360-0d7985898c2e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a4f34f86-f974-490f-9172-4e2bb11ff055"/>
+  <w:style w:type="table" w:styleId="TableGrid_cf5abe83-9c96-418e-be8a-f03cf601700c" w:customStyle="1">
+    <w:name w:val="Table Grid_cf5abe83-9c96-418e-be8a-f03cf601700c"/>
+    <w:basedOn w:val="NormalTable_987fc3a0-27d8-4739-93be-b114a9223e20"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+    <w:basedOn w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_aa7f9a39-36b3-4c10-a90f-b853875d835c"/>
+    <w:basedOn w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_58ef1516-6402-4ec3-b3ca-329a11ba9056" w:customStyle="1">
-    <w:name w:val="Normal Table_58ef1516-6402-4ec3-b3ca-329a11ba9056"/>
+  <w:style w:type="table" w:styleId="NormalTable_1bdb61c6-be07-4fe3-aa80-c8321da0d5b1" w:customStyle="1">
+    <w:name w:val="Normal Table_1bdb61c6-be07-4fe3-aa80-c8321da0d5b1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_707bb63e-eb39-4179-a294-8243c108f487" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_58ef1516-6402-4ec3-b3ca-329a11ba9056"/>
+  <w:style w:type="table" w:styleId="TableGrid_72e263ec-ba56-4558-98f5-6ff41b53e1d7" w:customStyle="1">
+    <w:name w:val="Table Grid_72e263ec-ba56-4558-98f5-6ff41b53e1d7"/>
+    <w:basedOn w:val="NormalTable_1bdb61c6-be07-4fe3-aa80-c8321da0d5b1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4a05bc08-dbcf-4566-9d10-8f711f629aa9" w:customStyle="1">
-    <w:name w:val="Normal Table_4a05bc08-dbcf-4566-9d10-8f711f629aa9"/>
+  <w:style w:type="table" w:styleId="NormalTable_19f063bd-6b50-4df3-a963-f99f414d4491" w:customStyle="1">
+    <w:name w:val="Normal Table_19f063bd-6b50-4df3-a963-f99f414d4491"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b4571471-28ba-4796-a261-fd7b34d63b1f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4a05bc08-dbcf-4566-9d10-8f711f629aa9"/>
+  <w:style w:type="table" w:styleId="TableGrid_bd3fbfda-3a5c-48b9-9c42-2a62227d6cdb" w:customStyle="1">
+    <w:name w:val="Table Grid_bd3fbfda-3a5c-48b9-9c42-2a62227d6cdb"/>
+    <w:basedOn w:val="NormalTable_19f063bd-6b50-4df3-a963-f99f414d4491"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c5f08aa7-6c08-4d49-abb8-24e030a21289" w:customStyle="1">
-    <w:name w:val="Normal Table_c5f08aa7-6c08-4d49-abb8-24e030a21289"/>
+  <w:style w:type="table" w:styleId="NormalTable_89898ac3-312f-4994-9531-70695a8cf943" w:customStyle="1">
+    <w:name w:val="Normal Table_89898ac3-312f-4994-9531-70695a8cf943"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ac64b3fa-5445-44af-b428-3ab18696d561" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c5f08aa7-6c08-4d49-abb8-24e030a21289"/>
+  <w:style w:type="table" w:styleId="TableGrid_f36aad86-6871-44a0-a767-6fb631843735" w:customStyle="1">
+    <w:name w:val="Table Grid_f36aad86-6871-44a0-a767-6fb631843735"/>
+    <w:basedOn w:val="NormalTable_89898ac3-312f-4994-9531-70695a8cf943"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1a7b9773-aa32-462c-8e44-f3f74f8cb0a4" w:customStyle="1">
-    <w:name w:val="Normal Table_1a7b9773-aa32-462c-8e44-f3f74f8cb0a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_257971a9-c3be-4628-b506-02ae0f58518d" w:customStyle="1">
+    <w:name w:val="Normal Table_257971a9-c3be-4628-b506-02ae0f58518d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6bcd08cc-e84c-429e-b2d1-af977f1a3013" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1a7b9773-aa32-462c-8e44-f3f74f8cb0a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_4e306707-fba1-4d60-a9c6-ee5fbd1ab04d" w:customStyle="1">
+    <w:name w:val="Table Grid_4e306707-fba1-4d60-a9c6-ee5fbd1ab04d"/>
+    <w:basedOn w:val="NormalTable_257971a9-c3be-4628-b506-02ae0f58518d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9f63d492-4498-4bfe-810d-90fe77f07aa3" w:customStyle="1">
-    <w:name w:val="Normal Table_9f63d492-4498-4bfe-810d-90fe77f07aa3"/>
+  <w:style w:type="table" w:styleId="NormalTable_ccec064b-7ed8-4ca1-a569-077f86b2e2b4" w:customStyle="1">
+    <w:name w:val="Normal Table_ccec064b-7ed8-4ca1-a569-077f86b2e2b4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_355983af-6cc2-4c26-b4fd-3668deda8a7e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9f63d492-4498-4bfe-810d-90fe77f07aa3"/>
+  <w:style w:type="table" w:styleId="TableGrid_7565346f-e6ce-4727-a3f3-54426bd176e3" w:customStyle="1">
+    <w:name w:val="Table Grid_7565346f-e6ce-4727-a3f3-54426bd176e3"/>
+    <w:basedOn w:val="NormalTable_ccec064b-7ed8-4ca1-a569-077f86b2e2b4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_60b2f629-5bc4-4417-b944-4f95f9830f8e" w:customStyle="1">
-    <w:name w:val="Normal Table_60b2f629-5bc4-4417-b944-4f95f9830f8e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c406a77c-dd91-454b-a3f6-f7e5527c81aa" w:customStyle="1">
+    <w:name w:val="Normal Table_c406a77c-dd91-454b-a3f6-f7e5527c81aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_faf46654-f90c-4c12-bf8b-0f7ad72fd9f3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_60b2f629-5bc4-4417-b944-4f95f9830f8e"/>
+  <w:style w:type="table" w:styleId="TableGrid_ebe8ebe1-80b2-4333-8efb-2f0a8314bec6" w:customStyle="1">
+    <w:name w:val="Table Grid_ebe8ebe1-80b2-4333-8efb-2f0a8314bec6"/>
+    <w:basedOn w:val="NormalTable_c406a77c-dd91-454b-a3f6-f7e5527c81aa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c1e90495-6060-444f-b0e7-a5148425015c" w:customStyle="1">
-    <w:name w:val="Normal Table_c1e90495-6060-444f-b0e7-a5148425015c"/>
+  <w:style w:type="table" w:styleId="NormalTable_1364250a-c4ab-42ef-8b9f-4e4b7029fe08" w:customStyle="1">
+    <w:name w:val="Normal Table_1364250a-c4ab-42ef-8b9f-4e4b7029fe08"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_09151426-68ef-4dc5-b7ba-0a77a6cfce9b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c1e90495-6060-444f-b0e7-a5148425015c"/>
+  <w:style w:type="table" w:styleId="TableGrid_774a6d8f-72f5-4e7a-b05f-5b7ce8184304" w:customStyle="1">
+    <w:name w:val="Table Grid_774a6d8f-72f5-4e7a-b05f-5b7ce8184304"/>
+    <w:basedOn w:val="NormalTable_1364250a-c4ab-42ef-8b9f-4e4b7029fe08"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b1322985-61d8-41b8-999e-fdf3c70e7a6f" w:customStyle="1">
-    <w:name w:val="Normal Table_b1322985-61d8-41b8-999e-fdf3c70e7a6f"/>
+  <w:style w:type="table" w:styleId="NormalTable_a2b94501-b1e2-476b-b8f3-2320217c1659" w:customStyle="1">
+    <w:name w:val="Normal Table_a2b94501-b1e2-476b-b8f3-2320217c1659"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_093b04f4-56e8-47c8-96fb-16394063c7af" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b1322985-61d8-41b8-999e-fdf3c70e7a6f"/>
+  <w:style w:type="table" w:styleId="TableGrid_72eae3c6-aedc-4d7e-8558-1d8aca3a2290" w:customStyle="1">
+    <w:name w:val="Table Grid_72eae3c6-aedc-4d7e-8558-1d8aca3a2290"/>
+    <w:basedOn w:val="NormalTable_a2b94501-b1e2-476b-b8f3-2320217c1659"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9cfaa504-b0aa-4ebb-94ac-d02afc919a2b" w:customStyle="1">
-    <w:name w:val="Normal Table_9cfaa504-b0aa-4ebb-94ac-d02afc919a2b"/>
+  <w:style w:type="table" w:styleId="NormalTable_6116e822-6676-459e-8afb-6e45a13416de" w:customStyle="1">
+    <w:name w:val="Normal Table_6116e822-6676-459e-8afb-6e45a13416de"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8b26c047-3722-4441-9c97-6e2df3048c87" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9cfaa504-b0aa-4ebb-94ac-d02afc919a2b"/>
+  <w:style w:type="table" w:styleId="TableGrid_dab1ca92-544e-4f2f-8f3d-9f0e43411a6d" w:customStyle="1">
+    <w:name w:val="Table Grid_dab1ca92-544e-4f2f-8f3d-9f0e43411a6d"/>
+    <w:basedOn w:val="NormalTable_6116e822-6676-459e-8afb-6e45a13416de"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>