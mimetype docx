--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -2809,51 +2809,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7565346f-e6ce-4727-a3f3-54426bd176e3"/>
+      <w:tblStyle w:val="TableGrid_8819046d-24f1-4d82-b999-df8b7d2f939d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2864,51 +2864,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:10 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:56 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2936,51 +2936,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ebe8ebe1-80b2-4333-8efb-2f0a8314bec6"/>
+      <w:tblStyle w:val="TableGrid_a8015e26-8dd4-4136-a479-8825162e9d9e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3038,51 +3038,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+            <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3095,59 +3095,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+      <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_dab1ca92-544e-4f2f-8f3d-9f0e43411a6d"/>
+      <w:tblStyle w:val="TableGrid_1abc14c0-4649-4063-b731-5c264cc8b26b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3158,51 +3158,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_774a6d8f-72f5-4e7a-b05f-5b7ce8184304"/>
+            <w:tblStyle w:val="TableGrid_1d6a3e40-2906-48c2-b636-ce1baf702775"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3303,72 +3303,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+            <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_72eae3c6-aedc-4d7e-8558-1d8aca3a2290"/>
+            <w:tblStyle w:val="TableGrid_1499b0fc-ed39-4384-ae35-c5d334f23b7e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3469,62 +3469,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+            <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+      <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0AF926CF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -5068,629 +5068,629 @@
   <w:style w:type="paragraph" w:styleId="StilTopptekstFetFr5pktEtter5pkt" w:customStyle="1">
     <w:name w:val="Stil Topptekst + Fet Før:  5 pkt Etter:  5 pkt"/>
     <w:basedOn w:val="Topptekst"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Avsnitt10" w:customStyle="1">
     <w:name w:val="Avsnitt 1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_70537916-e2e6-4523-ab49-3d049c1770f5" w:customStyle="1">
-    <w:name w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+  <w:style w:type="paragraph" w:styleId="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40" w:customStyle="1">
+    <w:name w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+    <w:basedOn w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_987fc3a0-27d8-4739-93be-b114a9223e20" w:customStyle="1">
-    <w:name w:val="Normal Table_987fc3a0-27d8-4739-93be-b114a9223e20"/>
+  <w:style w:type="table" w:styleId="NormalTable_cf36e9b0-2c45-4fe9-bd2f-f83305724dc1" w:customStyle="1">
+    <w:name w:val="Normal Table_cf36e9b0-2c45-4fe9-bd2f-f83305724dc1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cf5abe83-9c96-418e-be8a-f03cf601700c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_987fc3a0-27d8-4739-93be-b114a9223e20"/>
+  <w:style w:type="table" w:styleId="TableGrid_7f957b5c-6a9a-4760-9ca6-cdc9d5e53c10" w:customStyle="1">
+    <w:name w:val="Table Grid_7f957b5c-6a9a-4760-9ca6-cdc9d5e53c10"/>
+    <w:basedOn w:val="NormalTable_cf36e9b0-2c45-4fe9-bd2f-f83305724dc1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+    <w:basedOn w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_70537916-e2e6-4523-ab49-3d049c1770f5"/>
+    <w:basedOn w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1bdb61c6-be07-4fe3-aa80-c8321da0d5b1" w:customStyle="1">
-    <w:name w:val="Normal Table_1bdb61c6-be07-4fe3-aa80-c8321da0d5b1"/>
+  <w:style w:type="table" w:styleId="NormalTable_d681e8c6-12af-42c8-929b-6541e6ed0691" w:customStyle="1">
+    <w:name w:val="Normal Table_d681e8c6-12af-42c8-929b-6541e6ed0691"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_72e263ec-ba56-4558-98f5-6ff41b53e1d7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1bdb61c6-be07-4fe3-aa80-c8321da0d5b1"/>
+  <w:style w:type="table" w:styleId="TableGrid_8338c21a-5b71-4884-bf28-de841d39bae2" w:customStyle="1">
+    <w:name w:val="Table Grid_8338c21a-5b71-4884-bf28-de841d39bae2"/>
+    <w:basedOn w:val="NormalTable_d681e8c6-12af-42c8-929b-6541e6ed0691"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_19f063bd-6b50-4df3-a963-f99f414d4491" w:customStyle="1">
-    <w:name w:val="Normal Table_19f063bd-6b50-4df3-a963-f99f414d4491"/>
+  <w:style w:type="table" w:styleId="NormalTable_b6cac1d1-ceb5-4ad2-8126-cfad8f60e7dd" w:customStyle="1">
+    <w:name w:val="Normal Table_b6cac1d1-ceb5-4ad2-8126-cfad8f60e7dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bd3fbfda-3a5c-48b9-9c42-2a62227d6cdb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_19f063bd-6b50-4df3-a963-f99f414d4491"/>
+  <w:style w:type="table" w:styleId="TableGrid_d7d03e41-dbd8-478f-a362-fd3a81f4124e" w:customStyle="1">
+    <w:name w:val="Table Grid_d7d03e41-dbd8-478f-a362-fd3a81f4124e"/>
+    <w:basedOn w:val="NormalTable_b6cac1d1-ceb5-4ad2-8126-cfad8f60e7dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_89898ac3-312f-4994-9531-70695a8cf943" w:customStyle="1">
-    <w:name w:val="Normal Table_89898ac3-312f-4994-9531-70695a8cf943"/>
+  <w:style w:type="table" w:styleId="NormalTable_390c0e5c-9095-477a-8941-3155a3fd6b21" w:customStyle="1">
+    <w:name w:val="Normal Table_390c0e5c-9095-477a-8941-3155a3fd6b21"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f36aad86-6871-44a0-a767-6fb631843735" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_89898ac3-312f-4994-9531-70695a8cf943"/>
+  <w:style w:type="table" w:styleId="TableGrid_235b31e7-e114-4ed2-abbd-07bd52da9052" w:customStyle="1">
+    <w:name w:val="Table Grid_235b31e7-e114-4ed2-abbd-07bd52da9052"/>
+    <w:basedOn w:val="NormalTable_390c0e5c-9095-477a-8941-3155a3fd6b21"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_257971a9-c3be-4628-b506-02ae0f58518d" w:customStyle="1">
-    <w:name w:val="Normal Table_257971a9-c3be-4628-b506-02ae0f58518d"/>
+  <w:style w:type="table" w:styleId="NormalTable_d95731fb-3d55-4d00-856a-2aee0d5fd8d2" w:customStyle="1">
+    <w:name w:val="Normal Table_d95731fb-3d55-4d00-856a-2aee0d5fd8d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4e306707-fba1-4d60-a9c6-ee5fbd1ab04d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_257971a9-c3be-4628-b506-02ae0f58518d"/>
+  <w:style w:type="table" w:styleId="TableGrid_4d9d7b7f-8857-432a-bd32-dfadb03fff8c" w:customStyle="1">
+    <w:name w:val="Table Grid_4d9d7b7f-8857-432a-bd32-dfadb03fff8c"/>
+    <w:basedOn w:val="NormalTable_d95731fb-3d55-4d00-856a-2aee0d5fd8d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ccec064b-7ed8-4ca1-a569-077f86b2e2b4" w:customStyle="1">
-    <w:name w:val="Normal Table_ccec064b-7ed8-4ca1-a569-077f86b2e2b4"/>
+  <w:style w:type="table" w:styleId="NormalTable_05f24960-e09f-412c-9593-ab9832402837" w:customStyle="1">
+    <w:name w:val="Normal Table_05f24960-e09f-412c-9593-ab9832402837"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7565346f-e6ce-4727-a3f3-54426bd176e3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ccec064b-7ed8-4ca1-a569-077f86b2e2b4"/>
+  <w:style w:type="table" w:styleId="TableGrid_8819046d-24f1-4d82-b999-df8b7d2f939d" w:customStyle="1">
+    <w:name w:val="Table Grid_8819046d-24f1-4d82-b999-df8b7d2f939d"/>
+    <w:basedOn w:val="NormalTable_05f24960-e09f-412c-9593-ab9832402837"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c406a77c-dd91-454b-a3f6-f7e5527c81aa" w:customStyle="1">
-    <w:name w:val="Normal Table_c406a77c-dd91-454b-a3f6-f7e5527c81aa"/>
+  <w:style w:type="table" w:styleId="NormalTable_0139cdd5-dcb3-4e4a-b448-38436a15c38f" w:customStyle="1">
+    <w:name w:val="Normal Table_0139cdd5-dcb3-4e4a-b448-38436a15c38f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ebe8ebe1-80b2-4333-8efb-2f0a8314bec6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c406a77c-dd91-454b-a3f6-f7e5527c81aa"/>
+  <w:style w:type="table" w:styleId="TableGrid_a8015e26-8dd4-4136-a479-8825162e9d9e" w:customStyle="1">
+    <w:name w:val="Table Grid_a8015e26-8dd4-4136-a479-8825162e9d9e"/>
+    <w:basedOn w:val="NormalTable_0139cdd5-dcb3-4e4a-b448-38436a15c38f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1364250a-c4ab-42ef-8b9f-4e4b7029fe08" w:customStyle="1">
-    <w:name w:val="Normal Table_1364250a-c4ab-42ef-8b9f-4e4b7029fe08"/>
+  <w:style w:type="table" w:styleId="NormalTable_740a870b-61a8-4a4d-952e-aeed5e05071e" w:customStyle="1">
+    <w:name w:val="Normal Table_740a870b-61a8-4a4d-952e-aeed5e05071e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_774a6d8f-72f5-4e7a-b05f-5b7ce8184304" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1364250a-c4ab-42ef-8b9f-4e4b7029fe08"/>
+  <w:style w:type="table" w:styleId="TableGrid_1d6a3e40-2906-48c2-b636-ce1baf702775" w:customStyle="1">
+    <w:name w:val="Table Grid_1d6a3e40-2906-48c2-b636-ce1baf702775"/>
+    <w:basedOn w:val="NormalTable_740a870b-61a8-4a4d-952e-aeed5e05071e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a2b94501-b1e2-476b-b8f3-2320217c1659" w:customStyle="1">
-    <w:name w:val="Normal Table_a2b94501-b1e2-476b-b8f3-2320217c1659"/>
+  <w:style w:type="table" w:styleId="NormalTable_bc758f0b-6853-4881-9f94-1997c0e74bd7" w:customStyle="1">
+    <w:name w:val="Normal Table_bc758f0b-6853-4881-9f94-1997c0e74bd7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_72eae3c6-aedc-4d7e-8558-1d8aca3a2290" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a2b94501-b1e2-476b-b8f3-2320217c1659"/>
+  <w:style w:type="table" w:styleId="TableGrid_1499b0fc-ed39-4384-ae35-c5d334f23b7e" w:customStyle="1">
+    <w:name w:val="Table Grid_1499b0fc-ed39-4384-ae35-c5d334f23b7e"/>
+    <w:basedOn w:val="NormalTable_bc758f0b-6853-4881-9f94-1997c0e74bd7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6116e822-6676-459e-8afb-6e45a13416de" w:customStyle="1">
-    <w:name w:val="Normal Table_6116e822-6676-459e-8afb-6e45a13416de"/>
+  <w:style w:type="table" w:styleId="NormalTable_49105ec4-a4b2-4c08-9d13-44dfd205b6ec" w:customStyle="1">
+    <w:name w:val="Normal Table_49105ec4-a4b2-4c08-9d13-44dfd205b6ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dab1ca92-544e-4f2f-8f3d-9f0e43411a6d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6116e822-6676-459e-8afb-6e45a13416de"/>
+  <w:style w:type="table" w:styleId="TableGrid_1abc14c0-4649-4063-b731-5c264cc8b26b" w:customStyle="1">
+    <w:name w:val="Table Grid_1abc14c0-4649-4063-b731-5c264cc8b26b"/>
+    <w:basedOn w:val="NormalTable_49105ec4-a4b2-4c08-9d13-44dfd205b6ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>