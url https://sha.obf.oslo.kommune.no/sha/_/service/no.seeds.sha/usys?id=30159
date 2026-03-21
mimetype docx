--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -2809,51 +2809,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8819046d-24f1-4d82-b999-df8b7d2f939d"/>
+      <w:tblStyle w:val="TableGrid_25a350ef-c28e-4236-bb75-6f3d1c28287d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2864,51 +2864,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:56 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:47:06 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2936,51 +2936,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a8015e26-8dd4-4136-a479-8825162e9d9e"/>
+      <w:tblStyle w:val="TableGrid_9cfb34b1-35db-4086-97a4-570e078445a6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3038,51 +3038,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+            <w:pStyle w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3095,59 +3095,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+      <w:pStyle w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1abc14c0-4649-4063-b731-5c264cc8b26b"/>
+      <w:tblStyle w:val="TableGrid_59c8ce59-813f-45d1-a2fd-fd883556bbf5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3158,51 +3158,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1d6a3e40-2906-48c2-b636-ce1baf702775"/>
+            <w:tblStyle w:val="TableGrid_8f808524-915b-494e-8e2a-8d21654aeabc"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3303,72 +3303,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+            <w:pStyle w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1499b0fc-ed39-4384-ae35-c5d334f23b7e"/>
+            <w:tblStyle w:val="TableGrid_578b545c-6807-48a3-af57-4a9c998d6b23"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3469,62 +3469,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+            <w:pStyle w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+      <w:pStyle w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0AF926CF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -5068,629 +5068,629 @@
   <w:style w:type="paragraph" w:styleId="StilTopptekstFetFr5pktEtter5pkt" w:customStyle="1">
     <w:name w:val="Stil Topptekst + Fet Før:  5 pkt Etter:  5 pkt"/>
     <w:basedOn w:val="Topptekst"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Avsnitt10" w:customStyle="1">
     <w:name w:val="Avsnitt 1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40" w:customStyle="1">
-    <w:name w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb" w:customStyle="1">
+    <w:name w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+    <w:basedOn w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cf36e9b0-2c45-4fe9-bd2f-f83305724dc1" w:customStyle="1">
-    <w:name w:val="Normal Table_cf36e9b0-2c45-4fe9-bd2f-f83305724dc1"/>
+  <w:style w:type="table" w:styleId="NormalTable_100f19db-943f-4a5f-8629-37fc61277f0d" w:customStyle="1">
+    <w:name w:val="Normal Table_100f19db-943f-4a5f-8629-37fc61277f0d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7f957b5c-6a9a-4760-9ca6-cdc9d5e53c10" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cf36e9b0-2c45-4fe9-bd2f-f83305724dc1"/>
+  <w:style w:type="table" w:styleId="TableGrid_a73d5ff6-a0a3-45ef-b61c-ed964bc75e38" w:customStyle="1">
+    <w:name w:val="Table Grid_a73d5ff6-a0a3-45ef-b61c-ed964bc75e38"/>
+    <w:basedOn w:val="NormalTable_100f19db-943f-4a5f-8629-37fc61277f0d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+    <w:basedOn w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_72d0f868-663c-4e09-86c7-0ec7946b9e40"/>
+    <w:basedOn w:val="Normal_1bccf8c4-9dd0-4b12-9fe8-c6b8371247eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d681e8c6-12af-42c8-929b-6541e6ed0691" w:customStyle="1">
-    <w:name w:val="Normal Table_d681e8c6-12af-42c8-929b-6541e6ed0691"/>
+  <w:style w:type="table" w:styleId="NormalTable_75bd008f-784d-4687-a6ea-1438829feeae" w:customStyle="1">
+    <w:name w:val="Normal Table_75bd008f-784d-4687-a6ea-1438829feeae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8338c21a-5b71-4884-bf28-de841d39bae2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d681e8c6-12af-42c8-929b-6541e6ed0691"/>
+  <w:style w:type="table" w:styleId="TableGrid_c30d619d-bc9e-4609-8459-81f1c17b56ec" w:customStyle="1">
+    <w:name w:val="Table Grid_c30d619d-bc9e-4609-8459-81f1c17b56ec"/>
+    <w:basedOn w:val="NormalTable_75bd008f-784d-4687-a6ea-1438829feeae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b6cac1d1-ceb5-4ad2-8126-cfad8f60e7dd" w:customStyle="1">
-    <w:name w:val="Normal Table_b6cac1d1-ceb5-4ad2-8126-cfad8f60e7dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_418a0b42-c65c-4ecc-98b8-2e6afcbe1a0e" w:customStyle="1">
+    <w:name w:val="Normal Table_418a0b42-c65c-4ecc-98b8-2e6afcbe1a0e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d7d03e41-dbd8-478f-a362-fd3a81f4124e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b6cac1d1-ceb5-4ad2-8126-cfad8f60e7dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_cc493a62-2c92-4663-b99c-3eb909f0f024" w:customStyle="1">
+    <w:name w:val="Table Grid_cc493a62-2c92-4663-b99c-3eb909f0f024"/>
+    <w:basedOn w:val="NormalTable_418a0b42-c65c-4ecc-98b8-2e6afcbe1a0e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_390c0e5c-9095-477a-8941-3155a3fd6b21" w:customStyle="1">
-    <w:name w:val="Normal Table_390c0e5c-9095-477a-8941-3155a3fd6b21"/>
+  <w:style w:type="table" w:styleId="NormalTable_538403b4-575f-4fd2-a5df-c8cef0fccd67" w:customStyle="1">
+    <w:name w:val="Normal Table_538403b4-575f-4fd2-a5df-c8cef0fccd67"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_235b31e7-e114-4ed2-abbd-07bd52da9052" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_390c0e5c-9095-477a-8941-3155a3fd6b21"/>
+  <w:style w:type="table" w:styleId="TableGrid_bafa1127-5932-4052-aca0-7083ea604774" w:customStyle="1">
+    <w:name w:val="Table Grid_bafa1127-5932-4052-aca0-7083ea604774"/>
+    <w:basedOn w:val="NormalTable_538403b4-575f-4fd2-a5df-c8cef0fccd67"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d95731fb-3d55-4d00-856a-2aee0d5fd8d2" w:customStyle="1">
-    <w:name w:val="Normal Table_d95731fb-3d55-4d00-856a-2aee0d5fd8d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_137b8bf5-b1db-4212-be4f-a08f93530b0e" w:customStyle="1">
+    <w:name w:val="Normal Table_137b8bf5-b1db-4212-be4f-a08f93530b0e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4d9d7b7f-8857-432a-bd32-dfadb03fff8c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d95731fb-3d55-4d00-856a-2aee0d5fd8d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_7008c9d9-01af-46b8-98b8-656fb3deb7eb" w:customStyle="1">
+    <w:name w:val="Table Grid_7008c9d9-01af-46b8-98b8-656fb3deb7eb"/>
+    <w:basedOn w:val="NormalTable_137b8bf5-b1db-4212-be4f-a08f93530b0e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_05f24960-e09f-412c-9593-ab9832402837" w:customStyle="1">
-    <w:name w:val="Normal Table_05f24960-e09f-412c-9593-ab9832402837"/>
+  <w:style w:type="table" w:styleId="NormalTable_6f110b0b-5368-45db-adb8-7449949602a6" w:customStyle="1">
+    <w:name w:val="Normal Table_6f110b0b-5368-45db-adb8-7449949602a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8819046d-24f1-4d82-b999-df8b7d2f939d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_05f24960-e09f-412c-9593-ab9832402837"/>
+  <w:style w:type="table" w:styleId="TableGrid_25a350ef-c28e-4236-bb75-6f3d1c28287d" w:customStyle="1">
+    <w:name w:val="Table Grid_25a350ef-c28e-4236-bb75-6f3d1c28287d"/>
+    <w:basedOn w:val="NormalTable_6f110b0b-5368-45db-adb8-7449949602a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0139cdd5-dcb3-4e4a-b448-38436a15c38f" w:customStyle="1">
-    <w:name w:val="Normal Table_0139cdd5-dcb3-4e4a-b448-38436a15c38f"/>
+  <w:style w:type="table" w:styleId="NormalTable_27f60b18-7ae6-4fef-b15c-9c53f35f191e" w:customStyle="1">
+    <w:name w:val="Normal Table_27f60b18-7ae6-4fef-b15c-9c53f35f191e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a8015e26-8dd4-4136-a479-8825162e9d9e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0139cdd5-dcb3-4e4a-b448-38436a15c38f"/>
+  <w:style w:type="table" w:styleId="TableGrid_9cfb34b1-35db-4086-97a4-570e078445a6" w:customStyle="1">
+    <w:name w:val="Table Grid_9cfb34b1-35db-4086-97a4-570e078445a6"/>
+    <w:basedOn w:val="NormalTable_27f60b18-7ae6-4fef-b15c-9c53f35f191e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_740a870b-61a8-4a4d-952e-aeed5e05071e" w:customStyle="1">
-    <w:name w:val="Normal Table_740a870b-61a8-4a4d-952e-aeed5e05071e"/>
+  <w:style w:type="table" w:styleId="NormalTable_778a6e46-781f-459d-a48c-7cdf3e49d688" w:customStyle="1">
+    <w:name w:val="Normal Table_778a6e46-781f-459d-a48c-7cdf3e49d688"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1d6a3e40-2906-48c2-b636-ce1baf702775" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_740a870b-61a8-4a4d-952e-aeed5e05071e"/>
+  <w:style w:type="table" w:styleId="TableGrid_8f808524-915b-494e-8e2a-8d21654aeabc" w:customStyle="1">
+    <w:name w:val="Table Grid_8f808524-915b-494e-8e2a-8d21654aeabc"/>
+    <w:basedOn w:val="NormalTable_778a6e46-781f-459d-a48c-7cdf3e49d688"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bc758f0b-6853-4881-9f94-1997c0e74bd7" w:customStyle="1">
-    <w:name w:val="Normal Table_bc758f0b-6853-4881-9f94-1997c0e74bd7"/>
+  <w:style w:type="table" w:styleId="NormalTable_b26f5285-94ce-476e-b57f-86d4e550ff55" w:customStyle="1">
+    <w:name w:val="Normal Table_b26f5285-94ce-476e-b57f-86d4e550ff55"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1499b0fc-ed39-4384-ae35-c5d334f23b7e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bc758f0b-6853-4881-9f94-1997c0e74bd7"/>
+  <w:style w:type="table" w:styleId="TableGrid_578b545c-6807-48a3-af57-4a9c998d6b23" w:customStyle="1">
+    <w:name w:val="Table Grid_578b545c-6807-48a3-af57-4a9c998d6b23"/>
+    <w:basedOn w:val="NormalTable_b26f5285-94ce-476e-b57f-86d4e550ff55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_49105ec4-a4b2-4c08-9d13-44dfd205b6ec" w:customStyle="1">
-    <w:name w:val="Normal Table_49105ec4-a4b2-4c08-9d13-44dfd205b6ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_a4316adc-2a3c-43ef-b66c-c66c8916719c" w:customStyle="1">
+    <w:name w:val="Normal Table_a4316adc-2a3c-43ef-b66c-c66c8916719c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1abc14c0-4649-4063-b731-5c264cc8b26b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_49105ec4-a4b2-4c08-9d13-44dfd205b6ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_59c8ce59-813f-45d1-a2fd-fd883556bbf5" w:customStyle="1">
+    <w:name w:val="Table Grid_59c8ce59-813f-45d1-a2fd-fd883556bbf5"/>
+    <w:basedOn w:val="NormalTable_a4316adc-2a3c-43ef-b66c-c66c8916719c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>