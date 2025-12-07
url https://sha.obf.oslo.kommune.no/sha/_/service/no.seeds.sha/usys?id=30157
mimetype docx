--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1887,89 +1887,106 @@
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d3ae021a-900d-4cec-9108-eb14eab1ea1b"/>
+      <w:tblStyle w:val="TableGrid_b29014ea-f48a-49ce-9191-5d14c7205582"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:46:46 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:28:50 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1997,74 +2014,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8a1f9787-a30d-4d54-a57d-50655c2dcc90"/>
+      <w:tblStyle w:val="TableGrid_e2da3d79-0d7e-4fa2-b5f8-2b53b910564f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 108. Versjonsnummer: 4</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -2082,408 +2116,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+            <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+      <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_42e08a19-789c-4e11-aac1-6c4b42491b9d"/>
+      <w:tblStyle w:val="TableGrid_1cc9a578-b806-431a-9db2-595f08772887"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0acf45e7-40fe-4875-8c54-1918a16942e2"/>
+            <w:tblStyle w:val="TableGrid_f6f7858a-012c-4e29-b1ee-07bcc26a9802"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+            <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4b9de4ef-7196-45c6-b6ac-ba0454fa4c8c"/>
+            <w:tblStyle w:val="TableGrid_0fa6adbe-2b09-4b99-859f-d4c11a6ce509"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+            <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+      <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15C56021"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3254,51 +3373,51 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -3845,629 +3964,629 @@
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1" w:customStyle="1">
-    <w:name w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d" w:customStyle="1">
+    <w:name w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+    <w:basedOn w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7999b0a7-ccc8-4707-aeb4-8fcc30f58da3" w:customStyle="1">
-    <w:name w:val="Normal Table_7999b0a7-ccc8-4707-aeb4-8fcc30f58da3"/>
+  <w:style w:type="table" w:styleId="NormalTable_a91ec841-fab2-4e92-853f-403ed3215f8c" w:customStyle="1">
+    <w:name w:val="Normal Table_a91ec841-fab2-4e92-853f-403ed3215f8c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3091f290-9ff1-403d-be50-2aeb18523685" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7999b0a7-ccc8-4707-aeb4-8fcc30f58da3"/>
+  <w:style w:type="table" w:styleId="TableGrid_9fb6c34c-24a4-4d8e-b4dd-4b1ee0bb0bc5" w:customStyle="1">
+    <w:name w:val="Table Grid_9fb6c34c-24a4-4d8e-b4dd-4b1ee0bb0bc5"/>
+    <w:basedOn w:val="NormalTable_a91ec841-fab2-4e92-853f-403ed3215f8c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+    <w:basedOn w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_3bc9c2df-da94-4f3f-a0ee-5c9b490014a1"/>
+    <w:basedOn w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bbffd9b7-dafb-4819-850d-dfbc349bf179" w:customStyle="1">
-    <w:name w:val="Normal Table_bbffd9b7-dafb-4819-850d-dfbc349bf179"/>
+  <w:style w:type="table" w:styleId="NormalTable_490248f4-cdea-4201-a9e8-c0cb0d142ece" w:customStyle="1">
+    <w:name w:val="Normal Table_490248f4-cdea-4201-a9e8-c0cb0d142ece"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4abe03f5-f7f2-4f24-8a8d-5b9b9bfb60bf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bbffd9b7-dafb-4819-850d-dfbc349bf179"/>
+  <w:style w:type="table" w:styleId="TableGrid_7d6984ed-134d-4d2f-b4fb-ee5bec9364a0" w:customStyle="1">
+    <w:name w:val="Table Grid_7d6984ed-134d-4d2f-b4fb-ee5bec9364a0"/>
+    <w:basedOn w:val="NormalTable_490248f4-cdea-4201-a9e8-c0cb0d142ece"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_82351a22-4b1d-4a12-b104-59ae31b2e8b0" w:customStyle="1">
-    <w:name w:val="Normal Table_82351a22-4b1d-4a12-b104-59ae31b2e8b0"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e6f8b25-7a2c-44ec-8664-58fc130bc5d2" w:customStyle="1">
+    <w:name w:val="Normal Table_4e6f8b25-7a2c-44ec-8664-58fc130bc5d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a2c11583-410e-47e8-8b78-7fddf5021300" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_82351a22-4b1d-4a12-b104-59ae31b2e8b0"/>
+  <w:style w:type="table" w:styleId="TableGrid_e21a8d8c-1559-4acc-9f96-099af7684fa1" w:customStyle="1">
+    <w:name w:val="Table Grid_e21a8d8c-1559-4acc-9f96-099af7684fa1"/>
+    <w:basedOn w:val="NormalTable_4e6f8b25-7a2c-44ec-8664-58fc130bc5d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0e3f3218-1d40-4903-a343-809050b602a5" w:customStyle="1">
-    <w:name w:val="Normal Table_0e3f3218-1d40-4903-a343-809050b602a5"/>
+  <w:style w:type="table" w:styleId="NormalTable_787ab4f7-b30c-4a2a-a7b9-9d055b5eb74d" w:customStyle="1">
+    <w:name w:val="Normal Table_787ab4f7-b30c-4a2a-a7b9-9d055b5eb74d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d587766a-203e-414e-8f14-d9614b8f6197" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0e3f3218-1d40-4903-a343-809050b602a5"/>
+  <w:style w:type="table" w:styleId="TableGrid_b2160efb-5faf-40d6-b700-a97d97f99018" w:customStyle="1">
+    <w:name w:val="Table Grid_b2160efb-5faf-40d6-b700-a97d97f99018"/>
+    <w:basedOn w:val="NormalTable_787ab4f7-b30c-4a2a-a7b9-9d055b5eb74d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1741de79-3efc-44a1-9138-83773e442588" w:customStyle="1">
-    <w:name w:val="Normal Table_1741de79-3efc-44a1-9138-83773e442588"/>
+  <w:style w:type="table" w:styleId="NormalTable_0060eed2-516c-49cc-9859-340916eb1e34" w:customStyle="1">
+    <w:name w:val="Normal Table_0060eed2-516c-49cc-9859-340916eb1e34"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_83349559-6eb7-414f-9f9b-c6be40d39ac7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1741de79-3efc-44a1-9138-83773e442588"/>
+  <w:style w:type="table" w:styleId="TableGrid_cd8edc24-ea5e-4a1e-9e5c-b34478622003" w:customStyle="1">
+    <w:name w:val="Table Grid_cd8edc24-ea5e-4a1e-9e5c-b34478622003"/>
+    <w:basedOn w:val="NormalTable_0060eed2-516c-49cc-9859-340916eb1e34"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8f906a7e-f6a2-4276-9190-9943d7d3c993" w:customStyle="1">
-    <w:name w:val="Normal Table_8f906a7e-f6a2-4276-9190-9943d7d3c993"/>
+  <w:style w:type="table" w:styleId="NormalTable_79237a16-9325-4b86-a197-91b7f84ee36b" w:customStyle="1">
+    <w:name w:val="Normal Table_79237a16-9325-4b86-a197-91b7f84ee36b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d3ae021a-900d-4cec-9108-eb14eab1ea1b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8f906a7e-f6a2-4276-9190-9943d7d3c993"/>
+  <w:style w:type="table" w:styleId="TableGrid_b29014ea-f48a-49ce-9191-5d14c7205582" w:customStyle="1">
+    <w:name w:val="Table Grid_b29014ea-f48a-49ce-9191-5d14c7205582"/>
+    <w:basedOn w:val="NormalTable_79237a16-9325-4b86-a197-91b7f84ee36b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0c2d35ca-b3f0-4490-8ca2-d9e586254ba5" w:customStyle="1">
-    <w:name w:val="Normal Table_0c2d35ca-b3f0-4490-8ca2-d9e586254ba5"/>
+  <w:style w:type="table" w:styleId="NormalTable_ba4050fa-c76d-468f-a60e-4c351ff6e580" w:customStyle="1">
+    <w:name w:val="Normal Table_ba4050fa-c76d-468f-a60e-4c351ff6e580"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8a1f9787-a30d-4d54-a57d-50655c2dcc90" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0c2d35ca-b3f0-4490-8ca2-d9e586254ba5"/>
+  <w:style w:type="table" w:styleId="TableGrid_e2da3d79-0d7e-4fa2-b5f8-2b53b910564f" w:customStyle="1">
+    <w:name w:val="Table Grid_e2da3d79-0d7e-4fa2-b5f8-2b53b910564f"/>
+    <w:basedOn w:val="NormalTable_ba4050fa-c76d-468f-a60e-4c351ff6e580"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5604fc2e-0873-48d6-9a56-80a8e64d4b81" w:customStyle="1">
-    <w:name w:val="Normal Table_5604fc2e-0873-48d6-9a56-80a8e64d4b81"/>
+  <w:style w:type="table" w:styleId="NormalTable_cb80c8ec-259a-4b7d-8a38-78c294480e14" w:customStyle="1">
+    <w:name w:val="Normal Table_cb80c8ec-259a-4b7d-8a38-78c294480e14"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0acf45e7-40fe-4875-8c54-1918a16942e2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5604fc2e-0873-48d6-9a56-80a8e64d4b81"/>
+  <w:style w:type="table" w:styleId="TableGrid_f6f7858a-012c-4e29-b1ee-07bcc26a9802" w:customStyle="1">
+    <w:name w:val="Table Grid_f6f7858a-012c-4e29-b1ee-07bcc26a9802"/>
+    <w:basedOn w:val="NormalTable_cb80c8ec-259a-4b7d-8a38-78c294480e14"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3d1252aa-fdc1-4197-a92b-08ce287f84f0" w:customStyle="1">
-    <w:name w:val="Normal Table_3d1252aa-fdc1-4197-a92b-08ce287f84f0"/>
+  <w:style w:type="table" w:styleId="NormalTable_e771a856-7c33-404a-8834-355c11f36fc3" w:customStyle="1">
+    <w:name w:val="Normal Table_e771a856-7c33-404a-8834-355c11f36fc3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4b9de4ef-7196-45c6-b6ac-ba0454fa4c8c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3d1252aa-fdc1-4197-a92b-08ce287f84f0"/>
+  <w:style w:type="table" w:styleId="TableGrid_0fa6adbe-2b09-4b99-859f-d4c11a6ce509" w:customStyle="1">
+    <w:name w:val="Table Grid_0fa6adbe-2b09-4b99-859f-d4c11a6ce509"/>
+    <w:basedOn w:val="NormalTable_e771a856-7c33-404a-8834-355c11f36fc3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_901daa48-95c2-45ff-85c3-e41ce6e23260" w:customStyle="1">
-    <w:name w:val="Normal Table_901daa48-95c2-45ff-85c3-e41ce6e23260"/>
+  <w:style w:type="table" w:styleId="NormalTable_c974201d-8ebe-45b3-b661-922fefbda8a8" w:customStyle="1">
+    <w:name w:val="Normal Table_c974201d-8ebe-45b3-b661-922fefbda8a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_42e08a19-789c-4e11-aac1-6c4b42491b9d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_901daa48-95c2-45ff-85c3-e41ce6e23260"/>
+  <w:style w:type="table" w:styleId="TableGrid_1cc9a578-b806-431a-9db2-595f08772887" w:customStyle="1">
+    <w:name w:val="Table Grid_1cc9a578-b806-431a-9db2-595f08772887"/>
+    <w:basedOn w:val="NormalTable_c974201d-8ebe-45b3-b661-922fefbda8a8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>