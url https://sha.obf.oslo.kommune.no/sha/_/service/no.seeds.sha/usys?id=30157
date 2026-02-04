--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -1887,51 +1887,51 @@
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b29014ea-f48a-49ce-9191-5d14c7205582"/>
+      <w:tblStyle w:val="TableGrid_5410d1db-f96c-446a-abc2-a398954bb8e8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1942,51 +1942,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:28:50 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2014,51 +2014,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e2da3d79-0d7e-4fa2-b5f8-2b53b910564f"/>
+      <w:tblStyle w:val="TableGrid_ef0c311a-638e-4f9a-b575-a266b168bc0f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2116,51 +2116,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+            <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2173,59 +2173,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+      <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1cc9a578-b806-431a-9db2-595f08772887"/>
+      <w:tblStyle w:val="TableGrid_a057fc0c-e646-4835-a9a6-18b1893c5909"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2236,51 +2236,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f6f7858a-012c-4e29-b1ee-07bcc26a9802"/>
+            <w:tblStyle w:val="TableGrid_187da972-b350-4bb5-860d-43352e4deeb4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2381,72 +2381,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+            <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0fa6adbe-2b09-4b99-859f-d4c11a6ce509"/>
+            <w:tblStyle w:val="TableGrid_68704239-417a-4b70-b3a1-86df2092f484"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2547,62 +2547,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+            <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+      <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15C56021"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3964,629 +3964,629 @@
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d" w:customStyle="1">
-    <w:name w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8" w:customStyle="1">
+    <w:name w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+    <w:basedOn w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a91ec841-fab2-4e92-853f-403ed3215f8c" w:customStyle="1">
-    <w:name w:val="Normal Table_a91ec841-fab2-4e92-853f-403ed3215f8c"/>
+  <w:style w:type="table" w:styleId="NormalTable_1fcd7c97-f83b-412c-888d-e781abf62405" w:customStyle="1">
+    <w:name w:val="Normal Table_1fcd7c97-f83b-412c-888d-e781abf62405"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9fb6c34c-24a4-4d8e-b4dd-4b1ee0bb0bc5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a91ec841-fab2-4e92-853f-403ed3215f8c"/>
+  <w:style w:type="table" w:styleId="TableGrid_6e64af36-09bc-46ed-a197-5283edd1aaaf" w:customStyle="1">
+    <w:name w:val="Table Grid_6e64af36-09bc-46ed-a197-5283edd1aaaf"/>
+    <w:basedOn w:val="NormalTable_1fcd7c97-f83b-412c-888d-e781abf62405"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+    <w:basedOn w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e1d9c7d7-125d-4253-a4ed-5b3b4083a80d"/>
+    <w:basedOn w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_490248f4-cdea-4201-a9e8-c0cb0d142ece" w:customStyle="1">
-    <w:name w:val="Normal Table_490248f4-cdea-4201-a9e8-c0cb0d142ece"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f039620-a28e-4bf3-8d4c-aabff0dcdd30" w:customStyle="1">
+    <w:name w:val="Normal Table_0f039620-a28e-4bf3-8d4c-aabff0dcdd30"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7d6984ed-134d-4d2f-b4fb-ee5bec9364a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_490248f4-cdea-4201-a9e8-c0cb0d142ece"/>
+  <w:style w:type="table" w:styleId="TableGrid_0cd65715-7595-452e-88fa-518c2e23961c" w:customStyle="1">
+    <w:name w:val="Table Grid_0cd65715-7595-452e-88fa-518c2e23961c"/>
+    <w:basedOn w:val="NormalTable_0f039620-a28e-4bf3-8d4c-aabff0dcdd30"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4e6f8b25-7a2c-44ec-8664-58fc130bc5d2" w:customStyle="1">
-    <w:name w:val="Normal Table_4e6f8b25-7a2c-44ec-8664-58fc130bc5d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_87e9e2ec-d994-41a3-8cc5-8a71d9056991" w:customStyle="1">
+    <w:name w:val="Normal Table_87e9e2ec-d994-41a3-8cc5-8a71d9056991"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e21a8d8c-1559-4acc-9f96-099af7684fa1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4e6f8b25-7a2c-44ec-8664-58fc130bc5d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_77553e8a-8064-48ac-a48a-16dcaf9f718b" w:customStyle="1">
+    <w:name w:val="Table Grid_77553e8a-8064-48ac-a48a-16dcaf9f718b"/>
+    <w:basedOn w:val="NormalTable_87e9e2ec-d994-41a3-8cc5-8a71d9056991"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_787ab4f7-b30c-4a2a-a7b9-9d055b5eb74d" w:customStyle="1">
-    <w:name w:val="Normal Table_787ab4f7-b30c-4a2a-a7b9-9d055b5eb74d"/>
+  <w:style w:type="table" w:styleId="NormalTable_d2431072-e57e-4f32-b077-82ea8fd41c9a" w:customStyle="1">
+    <w:name w:val="Normal Table_d2431072-e57e-4f32-b077-82ea8fd41c9a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b2160efb-5faf-40d6-b700-a97d97f99018" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_787ab4f7-b30c-4a2a-a7b9-9d055b5eb74d"/>
+  <w:style w:type="table" w:styleId="TableGrid_206b3f5b-d089-419e-b247-d5b2d2485863" w:customStyle="1">
+    <w:name w:val="Table Grid_206b3f5b-d089-419e-b247-d5b2d2485863"/>
+    <w:basedOn w:val="NormalTable_d2431072-e57e-4f32-b077-82ea8fd41c9a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0060eed2-516c-49cc-9859-340916eb1e34" w:customStyle="1">
-    <w:name w:val="Normal Table_0060eed2-516c-49cc-9859-340916eb1e34"/>
+  <w:style w:type="table" w:styleId="NormalTable_6efdd3e1-14db-401f-9cc6-41d7de7a412d" w:customStyle="1">
+    <w:name w:val="Normal Table_6efdd3e1-14db-401f-9cc6-41d7de7a412d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cd8edc24-ea5e-4a1e-9e5c-b34478622003" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0060eed2-516c-49cc-9859-340916eb1e34"/>
+  <w:style w:type="table" w:styleId="TableGrid_7429f214-bc2b-4099-9cc1-6c75c07cc527" w:customStyle="1">
+    <w:name w:val="Table Grid_7429f214-bc2b-4099-9cc1-6c75c07cc527"/>
+    <w:basedOn w:val="NormalTable_6efdd3e1-14db-401f-9cc6-41d7de7a412d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_79237a16-9325-4b86-a197-91b7f84ee36b" w:customStyle="1">
-    <w:name w:val="Normal Table_79237a16-9325-4b86-a197-91b7f84ee36b"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0dea984-c09e-4935-bd1c-db188a362669" w:customStyle="1">
+    <w:name w:val="Normal Table_c0dea984-c09e-4935-bd1c-db188a362669"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b29014ea-f48a-49ce-9191-5d14c7205582" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_79237a16-9325-4b86-a197-91b7f84ee36b"/>
+  <w:style w:type="table" w:styleId="TableGrid_5410d1db-f96c-446a-abc2-a398954bb8e8" w:customStyle="1">
+    <w:name w:val="Table Grid_5410d1db-f96c-446a-abc2-a398954bb8e8"/>
+    <w:basedOn w:val="NormalTable_c0dea984-c09e-4935-bd1c-db188a362669"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ba4050fa-c76d-468f-a60e-4c351ff6e580" w:customStyle="1">
-    <w:name w:val="Normal Table_ba4050fa-c76d-468f-a60e-4c351ff6e580"/>
+  <w:style w:type="table" w:styleId="NormalTable_41979945-f4cd-4bae-88c6-c21b252e0ae9" w:customStyle="1">
+    <w:name w:val="Normal Table_41979945-f4cd-4bae-88c6-c21b252e0ae9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e2da3d79-0d7e-4fa2-b5f8-2b53b910564f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ba4050fa-c76d-468f-a60e-4c351ff6e580"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef0c311a-638e-4f9a-b575-a266b168bc0f" w:customStyle="1">
+    <w:name w:val="Table Grid_ef0c311a-638e-4f9a-b575-a266b168bc0f"/>
+    <w:basedOn w:val="NormalTable_41979945-f4cd-4bae-88c6-c21b252e0ae9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cb80c8ec-259a-4b7d-8a38-78c294480e14" w:customStyle="1">
-    <w:name w:val="Normal Table_cb80c8ec-259a-4b7d-8a38-78c294480e14"/>
+  <w:style w:type="table" w:styleId="NormalTable_accdc195-3942-4084-94ba-b068603ff6e6" w:customStyle="1">
+    <w:name w:val="Normal Table_accdc195-3942-4084-94ba-b068603ff6e6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f6f7858a-012c-4e29-b1ee-07bcc26a9802" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cb80c8ec-259a-4b7d-8a38-78c294480e14"/>
+  <w:style w:type="table" w:styleId="TableGrid_187da972-b350-4bb5-860d-43352e4deeb4" w:customStyle="1">
+    <w:name w:val="Table Grid_187da972-b350-4bb5-860d-43352e4deeb4"/>
+    <w:basedOn w:val="NormalTable_accdc195-3942-4084-94ba-b068603ff6e6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e771a856-7c33-404a-8834-355c11f36fc3" w:customStyle="1">
-    <w:name w:val="Normal Table_e771a856-7c33-404a-8834-355c11f36fc3"/>
+  <w:style w:type="table" w:styleId="NormalTable_ffb4379c-d174-42ed-afed-d6c54e0df8da" w:customStyle="1">
+    <w:name w:val="Normal Table_ffb4379c-d174-42ed-afed-d6c54e0df8da"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0fa6adbe-2b09-4b99-859f-d4c11a6ce509" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e771a856-7c33-404a-8834-355c11f36fc3"/>
+  <w:style w:type="table" w:styleId="TableGrid_68704239-417a-4b70-b3a1-86df2092f484" w:customStyle="1">
+    <w:name w:val="Table Grid_68704239-417a-4b70-b3a1-86df2092f484"/>
+    <w:basedOn w:val="NormalTable_ffb4379c-d174-42ed-afed-d6c54e0df8da"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c974201d-8ebe-45b3-b661-922fefbda8a8" w:customStyle="1">
-    <w:name w:val="Normal Table_c974201d-8ebe-45b3-b661-922fefbda8a8"/>
+  <w:style w:type="table" w:styleId="NormalTable_37de96f9-de23-44c2-8cb6-c2166df1908b" w:customStyle="1">
+    <w:name w:val="Normal Table_37de96f9-de23-44c2-8cb6-c2166df1908b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1cc9a578-b806-431a-9db2-595f08772887" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c974201d-8ebe-45b3-b661-922fefbda8a8"/>
+  <w:style w:type="table" w:styleId="TableGrid_a057fc0c-e646-4835-a9a6-18b1893c5909" w:customStyle="1">
+    <w:name w:val="Table Grid_a057fc0c-e646-4835-a9a6-18b1893c5909"/>
+    <w:basedOn w:val="NormalTable_37de96f9-de23-44c2-8cb6-c2166df1908b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>