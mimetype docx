--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1887,51 +1887,51 @@
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5410d1db-f96c-446a-abc2-a398954bb8e8"/>
+      <w:tblStyle w:val="TableGrid_457f0bf4-a22d-4a43-9964-f59c861a1c57"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1942,51 +1942,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:49:40 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2014,51 +2014,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ef0c311a-638e-4f9a-b575-a266b168bc0f"/>
+      <w:tblStyle w:val="TableGrid_336c77d7-362c-4761-aee6-7bb519459d32"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2116,51 +2116,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+            <w:pStyle w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2173,59 +2173,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+      <w:pStyle w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a057fc0c-e646-4835-a9a6-18b1893c5909"/>
+      <w:tblStyle w:val="TableGrid_56ab2e0a-2283-4d52-85ee-ca4ce979155a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2236,51 +2236,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_187da972-b350-4bb5-860d-43352e4deeb4"/>
+            <w:tblStyle w:val="TableGrid_cadcce6b-d80b-4804-bfc1-cfdcd357c7f4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2381,72 +2381,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+            <w:pStyle w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_68704239-417a-4b70-b3a1-86df2092f484"/>
+            <w:tblStyle w:val="TableGrid_14ca9290-e6b4-4a29-8956-514149326c13"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2547,62 +2547,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+            <w:pStyle w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+      <w:pStyle w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15C56021"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3964,629 +3964,629 @@
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8" w:customStyle="1">
-    <w:name w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+  <w:style w:type="paragraph" w:styleId="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea" w:customStyle="1">
+    <w:name w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+    <w:basedOn w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1fcd7c97-f83b-412c-888d-e781abf62405" w:customStyle="1">
-    <w:name w:val="Normal Table_1fcd7c97-f83b-412c-888d-e781abf62405"/>
+  <w:style w:type="table" w:styleId="NormalTable_4a6b5708-7d92-4a73-8b6b-58d64e1e4761" w:customStyle="1">
+    <w:name w:val="Normal Table_4a6b5708-7d92-4a73-8b6b-58d64e1e4761"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6e64af36-09bc-46ed-a197-5283edd1aaaf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1fcd7c97-f83b-412c-888d-e781abf62405"/>
+  <w:style w:type="table" w:styleId="TableGrid_9963a79c-1bcd-4b26-b758-c90d88855f6a" w:customStyle="1">
+    <w:name w:val="Table Grid_9963a79c-1bcd-4b26-b758-c90d88855f6a"/>
+    <w:basedOn w:val="NormalTable_4a6b5708-7d92-4a73-8b6b-58d64e1e4761"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+    <w:basedOn w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9b3438a7-a780-45f6-b147-ef48207b68c8"/>
+    <w:basedOn w:val="Normal_0f602107-8e09-4504-b4b5-1ab3562150ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0f039620-a28e-4bf3-8d4c-aabff0dcdd30" w:customStyle="1">
-    <w:name w:val="Normal Table_0f039620-a28e-4bf3-8d4c-aabff0dcdd30"/>
+  <w:style w:type="table" w:styleId="NormalTable_b2c6f9e6-dada-44c0-9e4d-8eb03160c9ea" w:customStyle="1">
+    <w:name w:val="Normal Table_b2c6f9e6-dada-44c0-9e4d-8eb03160c9ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0cd65715-7595-452e-88fa-518c2e23961c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0f039620-a28e-4bf3-8d4c-aabff0dcdd30"/>
+  <w:style w:type="table" w:styleId="TableGrid_f809a174-0d7e-4dbd-80b6-3b2a79d912e1" w:customStyle="1">
+    <w:name w:val="Table Grid_f809a174-0d7e-4dbd-80b6-3b2a79d912e1"/>
+    <w:basedOn w:val="NormalTable_b2c6f9e6-dada-44c0-9e4d-8eb03160c9ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87e9e2ec-d994-41a3-8cc5-8a71d9056991" w:customStyle="1">
-    <w:name w:val="Normal Table_87e9e2ec-d994-41a3-8cc5-8a71d9056991"/>
+  <w:style w:type="table" w:styleId="NormalTable_921ad7ae-4bb8-4c73-b904-de1a0468dd6a" w:customStyle="1">
+    <w:name w:val="Normal Table_921ad7ae-4bb8-4c73-b904-de1a0468dd6a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_77553e8a-8064-48ac-a48a-16dcaf9f718b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87e9e2ec-d994-41a3-8cc5-8a71d9056991"/>
+  <w:style w:type="table" w:styleId="TableGrid_254da5d5-d2e0-4b11-ae96-fee5dcd89aae" w:customStyle="1">
+    <w:name w:val="Table Grid_254da5d5-d2e0-4b11-ae96-fee5dcd89aae"/>
+    <w:basedOn w:val="NormalTable_921ad7ae-4bb8-4c73-b904-de1a0468dd6a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d2431072-e57e-4f32-b077-82ea8fd41c9a" w:customStyle="1">
-    <w:name w:val="Normal Table_d2431072-e57e-4f32-b077-82ea8fd41c9a"/>
+  <w:style w:type="table" w:styleId="NormalTable_d8a11f12-ede2-4693-badc-f474bf57fa4d" w:customStyle="1">
+    <w:name w:val="Normal Table_d8a11f12-ede2-4693-badc-f474bf57fa4d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_206b3f5b-d089-419e-b247-d5b2d2485863" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d2431072-e57e-4f32-b077-82ea8fd41c9a"/>
+  <w:style w:type="table" w:styleId="TableGrid_85535d14-0107-41b5-b9ed-0e9634cf8b32" w:customStyle="1">
+    <w:name w:val="Table Grid_85535d14-0107-41b5-b9ed-0e9634cf8b32"/>
+    <w:basedOn w:val="NormalTable_d8a11f12-ede2-4693-badc-f474bf57fa4d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6efdd3e1-14db-401f-9cc6-41d7de7a412d" w:customStyle="1">
-    <w:name w:val="Normal Table_6efdd3e1-14db-401f-9cc6-41d7de7a412d"/>
+  <w:style w:type="table" w:styleId="NormalTable_09a00651-1539-45e1-8b6a-1e7c8084c4cc" w:customStyle="1">
+    <w:name w:val="Normal Table_09a00651-1539-45e1-8b6a-1e7c8084c4cc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7429f214-bc2b-4099-9cc1-6c75c07cc527" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6efdd3e1-14db-401f-9cc6-41d7de7a412d"/>
+  <w:style w:type="table" w:styleId="TableGrid_4bb5e5c1-f926-4e16-8dfe-18c7ef3c5f5f" w:customStyle="1">
+    <w:name w:val="Table Grid_4bb5e5c1-f926-4e16-8dfe-18c7ef3c5f5f"/>
+    <w:basedOn w:val="NormalTable_09a00651-1539-45e1-8b6a-1e7c8084c4cc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c0dea984-c09e-4935-bd1c-db188a362669" w:customStyle="1">
-    <w:name w:val="Normal Table_c0dea984-c09e-4935-bd1c-db188a362669"/>
+  <w:style w:type="table" w:styleId="NormalTable_7bc64079-f7f4-46eb-85ce-def873acb8aa" w:customStyle="1">
+    <w:name w:val="Normal Table_7bc64079-f7f4-46eb-85ce-def873acb8aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5410d1db-f96c-446a-abc2-a398954bb8e8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c0dea984-c09e-4935-bd1c-db188a362669"/>
+  <w:style w:type="table" w:styleId="TableGrid_457f0bf4-a22d-4a43-9964-f59c861a1c57" w:customStyle="1">
+    <w:name w:val="Table Grid_457f0bf4-a22d-4a43-9964-f59c861a1c57"/>
+    <w:basedOn w:val="NormalTable_7bc64079-f7f4-46eb-85ce-def873acb8aa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_41979945-f4cd-4bae-88c6-c21b252e0ae9" w:customStyle="1">
-    <w:name w:val="Normal Table_41979945-f4cd-4bae-88c6-c21b252e0ae9"/>
+  <w:style w:type="table" w:styleId="NormalTable_85fd23b5-b340-474b-8731-e936c909f626" w:customStyle="1">
+    <w:name w:val="Normal Table_85fd23b5-b340-474b-8731-e936c909f626"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef0c311a-638e-4f9a-b575-a266b168bc0f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_41979945-f4cd-4bae-88c6-c21b252e0ae9"/>
+  <w:style w:type="table" w:styleId="TableGrid_336c77d7-362c-4761-aee6-7bb519459d32" w:customStyle="1">
+    <w:name w:val="Table Grid_336c77d7-362c-4761-aee6-7bb519459d32"/>
+    <w:basedOn w:val="NormalTable_85fd23b5-b340-474b-8731-e936c909f626"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_accdc195-3942-4084-94ba-b068603ff6e6" w:customStyle="1">
-    <w:name w:val="Normal Table_accdc195-3942-4084-94ba-b068603ff6e6"/>
+  <w:style w:type="table" w:styleId="NormalTable_c9080db9-1cb0-46dd-b8e3-6cbfd2dfaccf" w:customStyle="1">
+    <w:name w:val="Normal Table_c9080db9-1cb0-46dd-b8e3-6cbfd2dfaccf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_187da972-b350-4bb5-860d-43352e4deeb4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_accdc195-3942-4084-94ba-b068603ff6e6"/>
+  <w:style w:type="table" w:styleId="TableGrid_cadcce6b-d80b-4804-bfc1-cfdcd357c7f4" w:customStyle="1">
+    <w:name w:val="Table Grid_cadcce6b-d80b-4804-bfc1-cfdcd357c7f4"/>
+    <w:basedOn w:val="NormalTable_c9080db9-1cb0-46dd-b8e3-6cbfd2dfaccf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ffb4379c-d174-42ed-afed-d6c54e0df8da" w:customStyle="1">
-    <w:name w:val="Normal Table_ffb4379c-d174-42ed-afed-d6c54e0df8da"/>
+  <w:style w:type="table" w:styleId="NormalTable_8b1de080-b5c0-47cb-8fae-debda217a394" w:customStyle="1">
+    <w:name w:val="Normal Table_8b1de080-b5c0-47cb-8fae-debda217a394"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_68704239-417a-4b70-b3a1-86df2092f484" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ffb4379c-d174-42ed-afed-d6c54e0df8da"/>
+  <w:style w:type="table" w:styleId="TableGrid_14ca9290-e6b4-4a29-8956-514149326c13" w:customStyle="1">
+    <w:name w:val="Table Grid_14ca9290-e6b4-4a29-8956-514149326c13"/>
+    <w:basedOn w:val="NormalTable_8b1de080-b5c0-47cb-8fae-debda217a394"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37de96f9-de23-44c2-8cb6-c2166df1908b" w:customStyle="1">
-    <w:name w:val="Normal Table_37de96f9-de23-44c2-8cb6-c2166df1908b"/>
+  <w:style w:type="table" w:styleId="NormalTable_a579c3d7-feb7-4dd1-9218-616c0e9799f1" w:customStyle="1">
+    <w:name w:val="Normal Table_a579c3d7-feb7-4dd1-9218-616c0e9799f1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a057fc0c-e646-4835-a9a6-18b1893c5909" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37de96f9-de23-44c2-8cb6-c2166df1908b"/>
+  <w:style w:type="table" w:styleId="TableGrid_56ab2e0a-2283-4d52-85ee-ca4ce979155a" w:customStyle="1">
+    <w:name w:val="Table Grid_56ab2e0a-2283-4d52-85ee-ca4ce979155a"/>
+    <w:basedOn w:val="NormalTable_a579c3d7-feb7-4dd1-9218-616c0e9799f1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>