--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1911,89 +1911,106 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ad88a220-a8b5-4e70-992a-9e322f8a097d"/>
+      <w:tblStyle w:val="TableGrid_162e0166-7d0d-4312-b05b-158d727e4cd3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4749"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:48:42 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:31:02 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2021,74 +2038,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c6afb457-279d-4e30-bdb7-b4e36f525f55"/>
+      <w:tblStyle w:val="TableGrid_12420031-ab01-4724-883a-513dcf93f877"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6372"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6372"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 107. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -2106,408 +2140,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+            <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+      <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4dd111ff-c89e-4835-b620-635d199bb99e"/>
+      <w:tblStyle w:val="TableGrid_0075a7ff-5500-4902-ad4f-e2d8f2da2ae7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6173"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6173"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3af8a9ce-33a7-433d-a566-886a49c10baa"/>
+            <w:tblStyle w:val="TableGrid_8be0a693-3bdf-4168-b615-6d29bab17683"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+            <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e4172928-e4cc-49b8-8883-f25142733f09"/>
+            <w:tblStyle w:val="TableGrid_9c4b7a7f-0540-4199-ba90-d033fd978b10"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+            <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+      <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="26FC3C1D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3048,51 +3167,51 @@
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3672,629 +3791,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_56475eef-4090-4f19-b834-48060778e438" w:customStyle="1">
-    <w:name w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+  <w:style w:type="paragraph" w:styleId="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0" w:customStyle="1">
+    <w:name w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+    <w:basedOn w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_43241a04-242c-489c-8388-27eedc0759ae" w:customStyle="1">
-    <w:name w:val="Normal Table_43241a04-242c-489c-8388-27eedc0759ae"/>
+  <w:style w:type="table" w:styleId="NormalTable_ddabcca8-4feb-4eca-b2b5-7b75786b3dd6" w:customStyle="1">
+    <w:name w:val="Normal Table_ddabcca8-4feb-4eca-b2b5-7b75786b3dd6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18ddb278-09e6-458d-bebe-6f066321607d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_43241a04-242c-489c-8388-27eedc0759ae"/>
+  <w:style w:type="table" w:styleId="TableGrid_11ae584c-a4ac-4186-8cb5-04ba6a4bf4aa" w:customStyle="1">
+    <w:name w:val="Table Grid_11ae584c-a4ac-4186-8cb5-04ba6a4bf4aa"/>
+    <w:basedOn w:val="NormalTable_ddabcca8-4feb-4eca-b2b5-7b75786b3dd6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+    <w:basedOn w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_56475eef-4090-4f19-b834-48060778e438"/>
+    <w:basedOn w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d7d282a-084a-475d-ab3a-84f462936f2b" w:customStyle="1">
-    <w:name w:val="Normal Table_6d7d282a-084a-475d-ab3a-84f462936f2b"/>
+  <w:style w:type="table" w:styleId="NormalTable_127cc8b8-705b-42d3-8fc5-b458a43dc04b" w:customStyle="1">
+    <w:name w:val="Normal Table_127cc8b8-705b-42d3-8fc5-b458a43dc04b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_10bb48a4-6d76-41eb-8393-3e2f402b13fe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d7d282a-084a-475d-ab3a-84f462936f2b"/>
+  <w:style w:type="table" w:styleId="TableGrid_4b449211-69c7-4fdd-98d6-dff027c3e6f1" w:customStyle="1">
+    <w:name w:val="Table Grid_4b449211-69c7-4fdd-98d6-dff027c3e6f1"/>
+    <w:basedOn w:val="NormalTable_127cc8b8-705b-42d3-8fc5-b458a43dc04b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f094a400-b1ed-4324-8950-13b197367c76" w:customStyle="1">
-    <w:name w:val="Normal Table_f094a400-b1ed-4324-8950-13b197367c76"/>
+  <w:style w:type="table" w:styleId="NormalTable_ed822ec4-6b22-4605-9660-8d8c20e1a844" w:customStyle="1">
+    <w:name w:val="Normal Table_ed822ec4-6b22-4605-9660-8d8c20e1a844"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4fdfd3b2-6062-44fc-963e-8cd29051dbcd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f094a400-b1ed-4324-8950-13b197367c76"/>
+  <w:style w:type="table" w:styleId="TableGrid_183238e2-fad0-4642-8026-2f5c32920a2a" w:customStyle="1">
+    <w:name w:val="Table Grid_183238e2-fad0-4642-8026-2f5c32920a2a"/>
+    <w:basedOn w:val="NormalTable_ed822ec4-6b22-4605-9660-8d8c20e1a844"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_428d1ad7-eed1-451b-b743-3ccf0cd31017" w:customStyle="1">
-    <w:name w:val="Normal Table_428d1ad7-eed1-451b-b743-3ccf0cd31017"/>
+  <w:style w:type="table" w:styleId="NormalTable_9d96072f-b98b-4158-85d7-2b47f350e74d" w:customStyle="1">
+    <w:name w:val="Normal Table_9d96072f-b98b-4158-85d7-2b47f350e74d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_546d51d5-707d-404d-be1e-5cb98a7b6c1b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_428d1ad7-eed1-451b-b743-3ccf0cd31017"/>
+  <w:style w:type="table" w:styleId="TableGrid_1167d89c-19e9-4db5-8d16-4bf0c73b6314" w:customStyle="1">
+    <w:name w:val="Table Grid_1167d89c-19e9-4db5-8d16-4bf0c73b6314"/>
+    <w:basedOn w:val="NormalTable_9d96072f-b98b-4158-85d7-2b47f350e74d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_52e4a421-4532-441a-bd4b-afcf043c3bdc" w:customStyle="1">
-    <w:name w:val="Normal Table_52e4a421-4532-441a-bd4b-afcf043c3bdc"/>
+  <w:style w:type="table" w:styleId="NormalTable_f5811af2-df15-4b39-8ef0-2ee4a0bcb99f" w:customStyle="1">
+    <w:name w:val="Normal Table_f5811af2-df15-4b39-8ef0-2ee4a0bcb99f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8e585c97-95c2-4b94-9993-a91f88d7d5b3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_52e4a421-4532-441a-bd4b-afcf043c3bdc"/>
+  <w:style w:type="table" w:styleId="TableGrid_0a9f7124-3b90-47c5-b7d8-d14c45603809" w:customStyle="1">
+    <w:name w:val="Table Grid_0a9f7124-3b90-47c5-b7d8-d14c45603809"/>
+    <w:basedOn w:val="NormalTable_f5811af2-df15-4b39-8ef0-2ee4a0bcb99f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_595d3fc0-ae7a-4b7e-a6c5-028197bb23ce" w:customStyle="1">
-    <w:name w:val="Normal Table_595d3fc0-ae7a-4b7e-a6c5-028197bb23ce"/>
+  <w:style w:type="table" w:styleId="NormalTable_cf5f9fb2-7c01-4fb4-bd4e-7fe9c17d02d5" w:customStyle="1">
+    <w:name w:val="Normal Table_cf5f9fb2-7c01-4fb4-bd4e-7fe9c17d02d5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ad88a220-a8b5-4e70-992a-9e322f8a097d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_595d3fc0-ae7a-4b7e-a6c5-028197bb23ce"/>
+  <w:style w:type="table" w:styleId="TableGrid_162e0166-7d0d-4312-b05b-158d727e4cd3" w:customStyle="1">
+    <w:name w:val="Table Grid_162e0166-7d0d-4312-b05b-158d727e4cd3"/>
+    <w:basedOn w:val="NormalTable_cf5f9fb2-7c01-4fb4-bd4e-7fe9c17d02d5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_51ca45ad-4fe7-4e7f-a4aa-1303a9899881" w:customStyle="1">
-    <w:name w:val="Normal Table_51ca45ad-4fe7-4e7f-a4aa-1303a9899881"/>
+  <w:style w:type="table" w:styleId="NormalTable_9a1cdf20-7d30-4695-9ad7-901eb75a7d9a" w:customStyle="1">
+    <w:name w:val="Normal Table_9a1cdf20-7d30-4695-9ad7-901eb75a7d9a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c6afb457-279d-4e30-bdb7-b4e36f525f55" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_51ca45ad-4fe7-4e7f-a4aa-1303a9899881"/>
+  <w:style w:type="table" w:styleId="TableGrid_12420031-ab01-4724-883a-513dcf93f877" w:customStyle="1">
+    <w:name w:val="Table Grid_12420031-ab01-4724-883a-513dcf93f877"/>
+    <w:basedOn w:val="NormalTable_9a1cdf20-7d30-4695-9ad7-901eb75a7d9a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_11a93d9b-ae8f-43b6-b6e4-cccc96e29826" w:customStyle="1">
-    <w:name w:val="Normal Table_11a93d9b-ae8f-43b6-b6e4-cccc96e29826"/>
+  <w:style w:type="table" w:styleId="NormalTable_f90c30b4-baec-4b02-8ec4-60ce1baecb37" w:customStyle="1">
+    <w:name w:val="Normal Table_f90c30b4-baec-4b02-8ec4-60ce1baecb37"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3af8a9ce-33a7-433d-a566-886a49c10baa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_11a93d9b-ae8f-43b6-b6e4-cccc96e29826"/>
+  <w:style w:type="table" w:styleId="TableGrid_8be0a693-3bdf-4168-b615-6d29bab17683" w:customStyle="1">
+    <w:name w:val="Table Grid_8be0a693-3bdf-4168-b615-6d29bab17683"/>
+    <w:basedOn w:val="NormalTable_f90c30b4-baec-4b02-8ec4-60ce1baecb37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ea5e4b94-0a7a-41a2-8872-bf5b9e3bf8a0" w:customStyle="1">
-    <w:name w:val="Normal Table_ea5e4b94-0a7a-41a2-8872-bf5b9e3bf8a0"/>
+  <w:style w:type="table" w:styleId="NormalTable_3ef638ce-690b-4e7a-b37a-15684faf0ea1" w:customStyle="1">
+    <w:name w:val="Normal Table_3ef638ce-690b-4e7a-b37a-15684faf0ea1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e4172928-e4cc-49b8-8883-f25142733f09" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ea5e4b94-0a7a-41a2-8872-bf5b9e3bf8a0"/>
+  <w:style w:type="table" w:styleId="TableGrid_9c4b7a7f-0540-4199-ba90-d033fd978b10" w:customStyle="1">
+    <w:name w:val="Table Grid_9c4b7a7f-0540-4199-ba90-d033fd978b10"/>
+    <w:basedOn w:val="NormalTable_3ef638ce-690b-4e7a-b37a-15684faf0ea1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b1ab2593-2313-4ef7-ba5f-8b8788571864" w:customStyle="1">
-    <w:name w:val="Normal Table_b1ab2593-2313-4ef7-ba5f-8b8788571864"/>
+  <w:style w:type="table" w:styleId="NormalTable_0d17aca7-0a0d-430a-9d75-e42f9e62724e" w:customStyle="1">
+    <w:name w:val="Normal Table_0d17aca7-0a0d-430a-9d75-e42f9e62724e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4dd111ff-c89e-4835-b620-635d199bb99e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b1ab2593-2313-4ef7-ba5f-8b8788571864"/>
+  <w:style w:type="table" w:styleId="TableGrid_0075a7ff-5500-4902-ad4f-e2d8f2da2ae7" w:customStyle="1">
+    <w:name w:val="Table Grid_0075a7ff-5500-4902-ad4f-e2d8f2da2ae7"/>
+    <w:basedOn w:val="NormalTable_0d17aca7-0a0d-430a-9d75-e42f9e62724e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>