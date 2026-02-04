--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -1911,51 +1911,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_162e0166-7d0d-4312-b05b-158d727e4cd3"/>
+      <w:tblStyle w:val="TableGrid_3648539f-96c3-477d-b138-129f64d7f586"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4749"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1966,51 +1966,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:31:02 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:55 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2038,51 +2038,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_12420031-ab01-4724-883a-513dcf93f877"/>
+      <w:tblStyle w:val="TableGrid_ce492966-77d4-4ff9-bdbe-25c56adc6aef"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6372"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2140,51 +2140,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+            <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2197,59 +2197,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+      <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0075a7ff-5500-4902-ad4f-e2d8f2da2ae7"/>
+      <w:tblStyle w:val="TableGrid_65c1bfb2-6992-467d-b953-351f60c1c104"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6173"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2260,51 +2260,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6173"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8be0a693-3bdf-4168-b615-6d29bab17683"/>
+            <w:tblStyle w:val="TableGrid_e8eee6e8-89d4-4dad-a9d6-aa19a41ba58f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2405,72 +2405,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+            <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9c4b7a7f-0540-4199-ba90-d033fd978b10"/>
+            <w:tblStyle w:val="TableGrid_0796af60-4bfb-44b6-9736-39ce5eb01901"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2571,62 +2571,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+            <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+      <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="26FC3C1D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3791,629 +3791,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0" w:customStyle="1">
-    <w:name w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+  <w:style w:type="paragraph" w:styleId="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1" w:customStyle="1">
+    <w:name w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+    <w:basedOn w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ddabcca8-4feb-4eca-b2b5-7b75786b3dd6" w:customStyle="1">
-    <w:name w:val="Normal Table_ddabcca8-4feb-4eca-b2b5-7b75786b3dd6"/>
+  <w:style w:type="table" w:styleId="NormalTable_6a6e5ea9-8cc5-4fa3-bc48-74c00da987f1" w:customStyle="1">
+    <w:name w:val="Normal Table_6a6e5ea9-8cc5-4fa3-bc48-74c00da987f1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_11ae584c-a4ac-4186-8cb5-04ba6a4bf4aa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ddabcca8-4feb-4eca-b2b5-7b75786b3dd6"/>
+  <w:style w:type="table" w:styleId="TableGrid_de83f5ed-8432-4e72-8afc-1ddca9f476dd" w:customStyle="1">
+    <w:name w:val="Table Grid_de83f5ed-8432-4e72-8afc-1ddca9f476dd"/>
+    <w:basedOn w:val="NormalTable_6a6e5ea9-8cc5-4fa3-bc48-74c00da987f1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+    <w:basedOn w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_4c2ed9ce-2379-480e-9588-c04bec3c4ad0"/>
+    <w:basedOn w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_127cc8b8-705b-42d3-8fc5-b458a43dc04b" w:customStyle="1">
-    <w:name w:val="Normal Table_127cc8b8-705b-42d3-8fc5-b458a43dc04b"/>
+  <w:style w:type="table" w:styleId="NormalTable_2f68449f-3926-49f5-9617-78e7ed238be2" w:customStyle="1">
+    <w:name w:val="Normal Table_2f68449f-3926-49f5-9617-78e7ed238be2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4b449211-69c7-4fdd-98d6-dff027c3e6f1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_127cc8b8-705b-42d3-8fc5-b458a43dc04b"/>
+  <w:style w:type="table" w:styleId="TableGrid_1475be4e-416d-4a4a-8bf9-a70017c75e8e" w:customStyle="1">
+    <w:name w:val="Table Grid_1475be4e-416d-4a4a-8bf9-a70017c75e8e"/>
+    <w:basedOn w:val="NormalTable_2f68449f-3926-49f5-9617-78e7ed238be2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ed822ec4-6b22-4605-9660-8d8c20e1a844" w:customStyle="1">
-    <w:name w:val="Normal Table_ed822ec4-6b22-4605-9660-8d8c20e1a844"/>
+  <w:style w:type="table" w:styleId="NormalTable_2406f298-9f2c-41d7-973d-bd17a94cb832" w:customStyle="1">
+    <w:name w:val="Normal Table_2406f298-9f2c-41d7-973d-bd17a94cb832"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_183238e2-fad0-4642-8026-2f5c32920a2a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ed822ec4-6b22-4605-9660-8d8c20e1a844"/>
+  <w:style w:type="table" w:styleId="TableGrid_d041b48c-b180-420d-b43f-3c48f3abb209" w:customStyle="1">
+    <w:name w:val="Table Grid_d041b48c-b180-420d-b43f-3c48f3abb209"/>
+    <w:basedOn w:val="NormalTable_2406f298-9f2c-41d7-973d-bd17a94cb832"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9d96072f-b98b-4158-85d7-2b47f350e74d" w:customStyle="1">
-    <w:name w:val="Normal Table_9d96072f-b98b-4158-85d7-2b47f350e74d"/>
+  <w:style w:type="table" w:styleId="NormalTable_225eb0da-96b2-41f4-95e9-2b954106268c" w:customStyle="1">
+    <w:name w:val="Normal Table_225eb0da-96b2-41f4-95e9-2b954106268c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1167d89c-19e9-4db5-8d16-4bf0c73b6314" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9d96072f-b98b-4158-85d7-2b47f350e74d"/>
+  <w:style w:type="table" w:styleId="TableGrid_259c56cc-99ac-4821-885a-0bdd5174abe4" w:customStyle="1">
+    <w:name w:val="Table Grid_259c56cc-99ac-4821-885a-0bdd5174abe4"/>
+    <w:basedOn w:val="NormalTable_225eb0da-96b2-41f4-95e9-2b954106268c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f5811af2-df15-4b39-8ef0-2ee4a0bcb99f" w:customStyle="1">
-    <w:name w:val="Normal Table_f5811af2-df15-4b39-8ef0-2ee4a0bcb99f"/>
+  <w:style w:type="table" w:styleId="NormalTable_b5881bac-8cfa-4ddd-ba0d-fbbbc50c8c1f" w:customStyle="1">
+    <w:name w:val="Normal Table_b5881bac-8cfa-4ddd-ba0d-fbbbc50c8c1f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0a9f7124-3b90-47c5-b7d8-d14c45603809" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f5811af2-df15-4b39-8ef0-2ee4a0bcb99f"/>
+  <w:style w:type="table" w:styleId="TableGrid_85625d38-0312-4f7c-bf19-8e391e876aee" w:customStyle="1">
+    <w:name w:val="Table Grid_85625d38-0312-4f7c-bf19-8e391e876aee"/>
+    <w:basedOn w:val="NormalTable_b5881bac-8cfa-4ddd-ba0d-fbbbc50c8c1f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cf5f9fb2-7c01-4fb4-bd4e-7fe9c17d02d5" w:customStyle="1">
-    <w:name w:val="Normal Table_cf5f9fb2-7c01-4fb4-bd4e-7fe9c17d02d5"/>
+  <w:style w:type="table" w:styleId="NormalTable_3da0c49a-f5bb-4463-8d77-a8067c22eab7" w:customStyle="1">
+    <w:name w:val="Normal Table_3da0c49a-f5bb-4463-8d77-a8067c22eab7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_162e0166-7d0d-4312-b05b-158d727e4cd3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cf5f9fb2-7c01-4fb4-bd4e-7fe9c17d02d5"/>
+  <w:style w:type="table" w:styleId="TableGrid_3648539f-96c3-477d-b138-129f64d7f586" w:customStyle="1">
+    <w:name w:val="Table Grid_3648539f-96c3-477d-b138-129f64d7f586"/>
+    <w:basedOn w:val="NormalTable_3da0c49a-f5bb-4463-8d77-a8067c22eab7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9a1cdf20-7d30-4695-9ad7-901eb75a7d9a" w:customStyle="1">
-    <w:name w:val="Normal Table_9a1cdf20-7d30-4695-9ad7-901eb75a7d9a"/>
+  <w:style w:type="table" w:styleId="NormalTable_13307446-c610-4ee6-a563-88cc275a0094" w:customStyle="1">
+    <w:name w:val="Normal Table_13307446-c610-4ee6-a563-88cc275a0094"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_12420031-ab01-4724-883a-513dcf93f877" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9a1cdf20-7d30-4695-9ad7-901eb75a7d9a"/>
+  <w:style w:type="table" w:styleId="TableGrid_ce492966-77d4-4ff9-bdbe-25c56adc6aef" w:customStyle="1">
+    <w:name w:val="Table Grid_ce492966-77d4-4ff9-bdbe-25c56adc6aef"/>
+    <w:basedOn w:val="NormalTable_13307446-c610-4ee6-a563-88cc275a0094"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f90c30b4-baec-4b02-8ec4-60ce1baecb37" w:customStyle="1">
-    <w:name w:val="Normal Table_f90c30b4-baec-4b02-8ec4-60ce1baecb37"/>
+  <w:style w:type="table" w:styleId="NormalTable_b6aa9aaf-b78f-48ad-a14d-23d1c75a90db" w:customStyle="1">
+    <w:name w:val="Normal Table_b6aa9aaf-b78f-48ad-a14d-23d1c75a90db"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8be0a693-3bdf-4168-b615-6d29bab17683" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f90c30b4-baec-4b02-8ec4-60ce1baecb37"/>
+  <w:style w:type="table" w:styleId="TableGrid_e8eee6e8-89d4-4dad-a9d6-aa19a41ba58f" w:customStyle="1">
+    <w:name w:val="Table Grid_e8eee6e8-89d4-4dad-a9d6-aa19a41ba58f"/>
+    <w:basedOn w:val="NormalTable_b6aa9aaf-b78f-48ad-a14d-23d1c75a90db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3ef638ce-690b-4e7a-b37a-15684faf0ea1" w:customStyle="1">
-    <w:name w:val="Normal Table_3ef638ce-690b-4e7a-b37a-15684faf0ea1"/>
+  <w:style w:type="table" w:styleId="NormalTable_c63283fe-bfe2-40c9-8c3e-98b3e52a05dc" w:customStyle="1">
+    <w:name w:val="Normal Table_c63283fe-bfe2-40c9-8c3e-98b3e52a05dc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c4b7a7f-0540-4199-ba90-d033fd978b10" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3ef638ce-690b-4e7a-b37a-15684faf0ea1"/>
+  <w:style w:type="table" w:styleId="TableGrid_0796af60-4bfb-44b6-9736-39ce5eb01901" w:customStyle="1">
+    <w:name w:val="Table Grid_0796af60-4bfb-44b6-9736-39ce5eb01901"/>
+    <w:basedOn w:val="NormalTable_c63283fe-bfe2-40c9-8c3e-98b3e52a05dc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0d17aca7-0a0d-430a-9d75-e42f9e62724e" w:customStyle="1">
-    <w:name w:val="Normal Table_0d17aca7-0a0d-430a-9d75-e42f9e62724e"/>
+  <w:style w:type="table" w:styleId="NormalTable_eb3a1075-c052-4f3b-ae14-0c9d125b60ad" w:customStyle="1">
+    <w:name w:val="Normal Table_eb3a1075-c052-4f3b-ae14-0c9d125b60ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0075a7ff-5500-4902-ad4f-e2d8f2da2ae7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0d17aca7-0a0d-430a-9d75-e42f9e62724e"/>
+  <w:style w:type="table" w:styleId="TableGrid_65c1bfb2-6992-467d-b953-351f60c1c104" w:customStyle="1">
+    <w:name w:val="Table Grid_65c1bfb2-6992-467d-b953-351f60c1c104"/>
+    <w:basedOn w:val="NormalTable_eb3a1075-c052-4f3b-ae14-0c9d125b60ad"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>