--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1911,51 +1911,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3648539f-96c3-477d-b138-129f64d7f586"/>
+      <w:tblStyle w:val="TableGrid_204466de-302b-44c2-aaef-0a2429eb15d8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4749"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1966,51 +1966,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:55 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:48:20 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2038,51 +2038,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ce492966-77d4-4ff9-bdbe-25c56adc6aef"/>
+      <w:tblStyle w:val="TableGrid_d6abfdcb-e03e-40d8-9cb1-4877c65e18e1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6372"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2140,51 +2140,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+            <w:pStyle w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2197,59 +2197,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+      <w:pStyle w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_65c1bfb2-6992-467d-b953-351f60c1c104"/>
+      <w:tblStyle w:val="TableGrid_03ab4e9c-c0f9-418c-87bf-4a52650af340"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6173"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2260,51 +2260,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6173"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e8eee6e8-89d4-4dad-a9d6-aa19a41ba58f"/>
+            <w:tblStyle w:val="TableGrid_54497cc2-a9cb-4963-b6b7-cfa2717f4c7b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2405,72 +2405,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+            <w:pStyle w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0796af60-4bfb-44b6-9736-39ce5eb01901"/>
+            <w:tblStyle w:val="TableGrid_1452f810-cb55-476c-baa1-9cfb32cf3208"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2571,62 +2571,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+            <w:pStyle w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+      <w:pStyle w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="26FC3C1D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3791,629 +3791,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1" w:customStyle="1">
-    <w:name w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c8254128-47f6-455d-946f-ff7c6559acd4" w:customStyle="1">
+    <w:name w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+    <w:basedOn w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6a6e5ea9-8cc5-4fa3-bc48-74c00da987f1" w:customStyle="1">
-    <w:name w:val="Normal Table_6a6e5ea9-8cc5-4fa3-bc48-74c00da987f1"/>
+  <w:style w:type="table" w:styleId="NormalTable_a6c54808-355f-48d1-aa79-37b078a83153" w:customStyle="1">
+    <w:name w:val="Normal Table_a6c54808-355f-48d1-aa79-37b078a83153"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_de83f5ed-8432-4e72-8afc-1ddca9f476dd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6a6e5ea9-8cc5-4fa3-bc48-74c00da987f1"/>
+  <w:style w:type="table" w:styleId="TableGrid_68172f33-6f32-48c4-8831-973d2b666df5" w:customStyle="1">
+    <w:name w:val="Table Grid_68172f33-6f32-48c4-8831-973d2b666df5"/>
+    <w:basedOn w:val="NormalTable_a6c54808-355f-48d1-aa79-37b078a83153"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+    <w:basedOn w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_b59a408f-f998-465f-b53a-5c62b8014ed1"/>
+    <w:basedOn w:val="Normal_c8254128-47f6-455d-946f-ff7c6559acd4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f68449f-3926-49f5-9617-78e7ed238be2" w:customStyle="1">
-    <w:name w:val="Normal Table_2f68449f-3926-49f5-9617-78e7ed238be2"/>
+  <w:style w:type="table" w:styleId="NormalTable_2344dce7-f203-4317-a509-0da1040abe0d" w:customStyle="1">
+    <w:name w:val="Normal Table_2344dce7-f203-4317-a509-0da1040abe0d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1475be4e-416d-4a4a-8bf9-a70017c75e8e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f68449f-3926-49f5-9617-78e7ed238be2"/>
+  <w:style w:type="table" w:styleId="TableGrid_94070c78-f5c1-4133-8a91-13fed9af6fd5" w:customStyle="1">
+    <w:name w:val="Table Grid_94070c78-f5c1-4133-8a91-13fed9af6fd5"/>
+    <w:basedOn w:val="NormalTable_2344dce7-f203-4317-a509-0da1040abe0d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2406f298-9f2c-41d7-973d-bd17a94cb832" w:customStyle="1">
-    <w:name w:val="Normal Table_2406f298-9f2c-41d7-973d-bd17a94cb832"/>
+  <w:style w:type="table" w:styleId="NormalTable_6f1ebb48-bdaa-4946-bf95-e0f5faf7a758" w:customStyle="1">
+    <w:name w:val="Normal Table_6f1ebb48-bdaa-4946-bf95-e0f5faf7a758"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d041b48c-b180-420d-b43f-3c48f3abb209" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2406f298-9f2c-41d7-973d-bd17a94cb832"/>
+  <w:style w:type="table" w:styleId="TableGrid_45c020cc-df24-42ce-a00f-0a750de4b8e9" w:customStyle="1">
+    <w:name w:val="Table Grid_45c020cc-df24-42ce-a00f-0a750de4b8e9"/>
+    <w:basedOn w:val="NormalTable_6f1ebb48-bdaa-4946-bf95-e0f5faf7a758"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_225eb0da-96b2-41f4-95e9-2b954106268c" w:customStyle="1">
-    <w:name w:val="Normal Table_225eb0da-96b2-41f4-95e9-2b954106268c"/>
+  <w:style w:type="table" w:styleId="NormalTable_245b0f39-6793-4637-ba9d-86aaeac81913" w:customStyle="1">
+    <w:name w:val="Normal Table_245b0f39-6793-4637-ba9d-86aaeac81913"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_259c56cc-99ac-4821-885a-0bdd5174abe4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_225eb0da-96b2-41f4-95e9-2b954106268c"/>
+  <w:style w:type="table" w:styleId="TableGrid_91a40bd4-9790-4431-9e74-8d6387993737" w:customStyle="1">
+    <w:name w:val="Table Grid_91a40bd4-9790-4431-9e74-8d6387993737"/>
+    <w:basedOn w:val="NormalTable_245b0f39-6793-4637-ba9d-86aaeac81913"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b5881bac-8cfa-4ddd-ba0d-fbbbc50c8c1f" w:customStyle="1">
-    <w:name w:val="Normal Table_b5881bac-8cfa-4ddd-ba0d-fbbbc50c8c1f"/>
+  <w:style w:type="table" w:styleId="NormalTable_008890e9-0129-46a4-aab3-9688fff7cbf9" w:customStyle="1">
+    <w:name w:val="Normal Table_008890e9-0129-46a4-aab3-9688fff7cbf9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_85625d38-0312-4f7c-bf19-8e391e876aee" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b5881bac-8cfa-4ddd-ba0d-fbbbc50c8c1f"/>
+  <w:style w:type="table" w:styleId="TableGrid_06d5cfcf-7d54-4e3e-9236-ef1c5fee1448" w:customStyle="1">
+    <w:name w:val="Table Grid_06d5cfcf-7d54-4e3e-9236-ef1c5fee1448"/>
+    <w:basedOn w:val="NormalTable_008890e9-0129-46a4-aab3-9688fff7cbf9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3da0c49a-f5bb-4463-8d77-a8067c22eab7" w:customStyle="1">
-    <w:name w:val="Normal Table_3da0c49a-f5bb-4463-8d77-a8067c22eab7"/>
+  <w:style w:type="table" w:styleId="NormalTable_b9177f6f-dce5-4219-b55c-3330310efa74" w:customStyle="1">
+    <w:name w:val="Normal Table_b9177f6f-dce5-4219-b55c-3330310efa74"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3648539f-96c3-477d-b138-129f64d7f586" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3da0c49a-f5bb-4463-8d77-a8067c22eab7"/>
+  <w:style w:type="table" w:styleId="TableGrid_204466de-302b-44c2-aaef-0a2429eb15d8" w:customStyle="1">
+    <w:name w:val="Table Grid_204466de-302b-44c2-aaef-0a2429eb15d8"/>
+    <w:basedOn w:val="NormalTable_b9177f6f-dce5-4219-b55c-3330310efa74"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_13307446-c610-4ee6-a563-88cc275a0094" w:customStyle="1">
-    <w:name w:val="Normal Table_13307446-c610-4ee6-a563-88cc275a0094"/>
+  <w:style w:type="table" w:styleId="NormalTable_676438ee-da1e-49fc-9633-3c824193b79b" w:customStyle="1">
+    <w:name w:val="Normal Table_676438ee-da1e-49fc-9633-3c824193b79b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ce492966-77d4-4ff9-bdbe-25c56adc6aef" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_13307446-c610-4ee6-a563-88cc275a0094"/>
+  <w:style w:type="table" w:styleId="TableGrid_d6abfdcb-e03e-40d8-9cb1-4877c65e18e1" w:customStyle="1">
+    <w:name w:val="Table Grid_d6abfdcb-e03e-40d8-9cb1-4877c65e18e1"/>
+    <w:basedOn w:val="NormalTable_676438ee-da1e-49fc-9633-3c824193b79b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b6aa9aaf-b78f-48ad-a14d-23d1c75a90db" w:customStyle="1">
-    <w:name w:val="Normal Table_b6aa9aaf-b78f-48ad-a14d-23d1c75a90db"/>
+  <w:style w:type="table" w:styleId="NormalTable_444ff727-0b1f-43a2-81b6-61e3fdb0e356" w:customStyle="1">
+    <w:name w:val="Normal Table_444ff727-0b1f-43a2-81b6-61e3fdb0e356"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e8eee6e8-89d4-4dad-a9d6-aa19a41ba58f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b6aa9aaf-b78f-48ad-a14d-23d1c75a90db"/>
+  <w:style w:type="table" w:styleId="TableGrid_54497cc2-a9cb-4963-b6b7-cfa2717f4c7b" w:customStyle="1">
+    <w:name w:val="Table Grid_54497cc2-a9cb-4963-b6b7-cfa2717f4c7b"/>
+    <w:basedOn w:val="NormalTable_444ff727-0b1f-43a2-81b6-61e3fdb0e356"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c63283fe-bfe2-40c9-8c3e-98b3e52a05dc" w:customStyle="1">
-    <w:name w:val="Normal Table_c63283fe-bfe2-40c9-8c3e-98b3e52a05dc"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b3d3d53-dc8c-469d-bd8e-dfee1a2f2c28" w:customStyle="1">
+    <w:name w:val="Normal Table_2b3d3d53-dc8c-469d-bd8e-dfee1a2f2c28"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0796af60-4bfb-44b6-9736-39ce5eb01901" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c63283fe-bfe2-40c9-8c3e-98b3e52a05dc"/>
+  <w:style w:type="table" w:styleId="TableGrid_1452f810-cb55-476c-baa1-9cfb32cf3208" w:customStyle="1">
+    <w:name w:val="Table Grid_1452f810-cb55-476c-baa1-9cfb32cf3208"/>
+    <w:basedOn w:val="NormalTable_2b3d3d53-dc8c-469d-bd8e-dfee1a2f2c28"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eb3a1075-c052-4f3b-ae14-0c9d125b60ad" w:customStyle="1">
-    <w:name w:val="Normal Table_eb3a1075-c052-4f3b-ae14-0c9d125b60ad"/>
+  <w:style w:type="table" w:styleId="NormalTable_52601e18-e2a4-4088-8d52-d7e1ff687dae" w:customStyle="1">
+    <w:name w:val="Normal Table_52601e18-e2a4-4088-8d52-d7e1ff687dae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_65c1bfb2-6992-467d-b953-351f60c1c104" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eb3a1075-c052-4f3b-ae14-0c9d125b60ad"/>
+  <w:style w:type="table" w:styleId="TableGrid_03ab4e9c-c0f9-418c-87bf-4a52650af340" w:customStyle="1">
+    <w:name w:val="Table Grid_03ab4e9c-c0f9-418c-87bf-4a52650af340"/>
+    <w:basedOn w:val="NormalTable_52601e18-e2a4-4088-8d52-d7e1ff687dae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>