--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -354,51 +354,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Denne avtale gjelder for prosjekt: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121666E0">
       <w:pPr>
         <w:spacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:edGrp="everyone" w:id="1821056844"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ProsjektNavn"/>
             <w:textInput>
               <w:type w:val="regular"/>
               <w:default w:val="&lt;Prosjektnavn&gt;"/>
               <w:format w:val="None"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -409,116 +408,116 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Prosjektnavn&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:permEnd w:id="1821056844"/>
     </w:p>
     <w:p w14:paraId="6B3AA7CB">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B1CB929">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00754D9C">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Avtalen er inngått mellom:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="1266"/>
         <w:gridCol w:w="3416"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="4234"/>
         <w:gridCol w:w="7"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="7"/>
           <w:trHeight w:val="388" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="4364"/>
+            <w:tcW w:type="dxa" w:w="4682"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -549,63 +548,63 @@
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Koordinator (KU)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="7"/>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="4364"/>
+            <w:tcW w:type="dxa" w:w="4682"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="492465656"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Oslo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bygg Oslo KF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5144"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
@@ -662,64 +661,64 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="7"/>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="4364"/>
+            <w:tcW w:type="dxa" w:w="4682"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="728970911"/>
-            <w:permEnd w:id="492465656"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2"/>
+            <w:permEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grense</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">veien 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5144"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
@@ -768,71 +767,71 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Adresse&gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="7"/>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="4364"/>
+            <w:tcW w:type="dxa" w:w="4682"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="712970027"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">0663</w:t>
             </w:r>
-            <w:permEnd w:id="728970911"/>
+            <w:permEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oslo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5144"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -872,66 +871,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Pnr-Psted&gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="4364"/>
+            <w:tcW w:type="dxa" w:w="4682"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="288622562"/>
-            <w:permEnd w:id="712970027"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="4"/>
+            <w:permEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Org.nr.: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">924 599 545</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="910"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
@@ -956,67 +955,65 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4241"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="948"/>
+            <w:tcW w:type="dxa" w:w="1266"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="197270519"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="288622562"/>
+            <w:permEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Navn PL: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3416"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1048,719 +1045,1073 @@
               </w:rPr>
               <w:t xml:space="preserve">Navn KU: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4241"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="197270519"/>
-      <w:permEnd w:id="538132060"/>
     </w:tbl>
     <w:p w14:paraId="6EC0E276">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rStyle w:val="StilTheSansOffice"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9747"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
-[...48 lines deleted...]
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...34 lines deleted...]
-          </w:tcPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbeidslivs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">seriøsitet:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
-              <w:spacing w:after="60"/>
-              <w:ind w:left="599" w:hanging="279"/>
+              <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:szCs w:val="22"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">følge opp de risikoforhold som fremgår av byggherrens plan for sikkerhet, helse og arbeidsmiljø</w:t>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersom KU skal utføre oppgaver innen arbeidslivs-seriøsitet i prosjektet avtales dette basert på egen ytelsesbeskrivelse: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:instrText xml:space="preserve">HYPERLINK "https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Ftqm3.tqmenterprise.no%2Foslobygg%2FAdministration%2FDocument%2FLoadDocumentContent%2F39384%3Fversion%3D1%26printMode%3DOriginalWithHeader%26forOL1%3Doslobygg&amp;data=05%7C02%7Cbard.dybsjord%40obf.oslo.kommune.no%7C0461bec44e844e0f5da608de24fcc391%7Ce67950816391442e9ab45e9ef74f18ea%7C0%7C0%7C638988865198051590%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=CoYtWvEtBvMhoYTGDlIRl%2FV5VJEJASid5uQnVsLu6NQ%3D&amp;reserved=0" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperkobling"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ytelsesbeskrivelse for oppfølging av seriøsitetsbestemmelser.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ytelsesbeskrivelsen vedlegges KU-avtalen. Det må </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">avropes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> egne timer til disse oppgavene</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
-              <w:spacing w:after="60"/>
-              <w:ind w:left="599" w:hanging="279"/>
+              <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...431 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0040811A">
-[...7 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="78729367">
+      <w:pPr>
+        <w:spacing/>
+        <w:rPr>
+          <w:rStyle w:val="StilTheSansOffice"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9747"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">skal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="9747"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Utføre koordineringen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ihht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BHFs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> krav f</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or utførelsesfasen som </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">omfatter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="9747"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="599" w:hanging="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">følge opp de risikoforhold som </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fremgår</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av byggherrens plan for sikkerhet, helse og arbeidsmiljø</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="599" w:hanging="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">følge opp at virksomhetene gjennomfører planen for sikkerhet, helse og arbeidsmiljø</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="599" w:hanging="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">følge opp at det utarbeides tidsplaner som sikrer at det avsettes tilstrekkelig tid til utførelse av de forskjellige arbeidsoperasjoner</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="599" w:hanging="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sørge for at de enkelte virksomheters arbeid som kan påvirke hverandre med hensyn til sikkerhet, helse og arbeidsmiljø, blir koordinert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og samordnet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="599" w:hanging="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">følge opp at kravene etter § 9 gjennomføres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av arbeidsgivere (forebyggende tiltak) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="599" w:hanging="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sørge for at det føres oversiktslister etter § 15.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANDRE OPPGAVER </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="9747"/>
+            <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:contextualSpacing w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">okumentere oppstart av KUs oppgaver på "Kontrollskjema KU ved oppstart byggeplass" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Føre referat fra de månedlige SHA-Koordineringsmøter med Byggherren (og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">hovedbedriften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="false"/>
+              <w:autoSpaceDN w:val="false"/>
+              <w:adjustRightInd w:val="false"/>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Delta i og gjennomføre særmøter med SHA-koordinator for prosjekteringen (KP) og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hovedbedriften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> slik at innholdet i risikomatrisen fra prosjekteringen blir forstått som grunnlag for vedlikehold og videreutviklingen av risikomatrisen i utførelsesfasen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="9747"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vedlikeholde SHA-planen med tilhørende dokumenter, og påse at denne sammen med risiko</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">matrisen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">har blitt hengt opp på HMS-infotavla til </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">hovedbedriften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> samt revidert løpende</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A4726C8">
+      <w:pPr>
+        <w:spacing/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9747"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="9747"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Påse at de spesifikke risikoreduserende tiltakene som </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">fremkommer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> i risikomatrisen fra prosjekteringen, og som beskrevet i konkurransegrunnlaget, blir iverksatt og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fungerer etter hensikten</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Følge opp at </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">andre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> risikoreduserende tiltak som blir besluttet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">iverksatt i prosjektet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> av </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">hovedbedriften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> sammen med KU og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, blir gjennomført </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ihht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">. risikomatrisen for utførelsesfasen</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Påse at alle </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">SHA krav</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> i kontrakt, blir gjennomført i prosjektet og at status blir tatt opp i SHA koordineringsmøte hver mnd. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0040811A">
+      <w:pPr>
+        <w:spacing/>
+        <w:rPr/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9747"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="9747"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Listeavsnitt"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Påse at alle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">O</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">BFs faktaark </w:t>
+              <w:t xml:space="preserve">BFs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> faktaark </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">i kontrakten </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">blir ivaretatt i prosjektet </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ha hovedansvaret for å ajourføre SHA-permen og påse at denne gjenspeiler situasjonen på byggeplassen. Dette innebærer bl.a. stikkprøvekontroller av punktene </w:t>
             </w:r>
             <w:r>
@@ -1775,51 +2126,50 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblInd w:w="-318" w:type="dxa"/>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar/>
         </w:tblPrEx>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">Påse at forhåndsmelding er hengt opp på informasjonstavlene</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve"> og revidert ved krav</w:t>
             </w:r>
@@ -1856,126 +2206,159 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">"Samordn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">ingss</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">kjema" </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">fra HMSreg </w:t>
+              <w:t xml:space="preserve">fra </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">blir</w:t>
+              <w:t xml:space="preserve">HMSreg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve"> opphengt på HMS-infotavla</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">blir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
-              <w:t xml:space="preserve">til hovedbedrift </w:t>
+              <w:t xml:space="preserve"> opphengt på HMS-infotavla</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">til </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hovedbedrift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="nb-NO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">når nye UE blir godkjent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">elta på samordningsmøter (SM) og samordningsrunder (SR) ledet av hovedbedrift</w:t>
+              <w:t xml:space="preserve">elta på samordningsmøter (SM) og samordningsrunder (SR) ledet av </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hovedbedrift</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:bCs/>
@@ -2017,51 +2400,57 @@
               </w:rPr>
               <w:t xml:space="preserve">Oversende </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">ukentlig </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">rapport til </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">BH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> og hovedbedrift</w:t>
+              <w:t xml:space="preserve"> og </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hovedbedrift</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> som skal være en del av grunnlaget </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">til</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> HB i påfølgende </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">/ kommende </w:t>
             </w:r>
@@ -2094,51 +2483,63 @@
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">Være en pådriver for at uønskede hendelser vedr SHA/HMS blir rapportert skriftlig til hovedbedrift, og at denne har et iverksatt system for RUH-håndtering</w:t>
+              <w:t xml:space="preserve">Være en pådriver for at uønskede hendelser vedr SHA/HMS blir rapportert skriftlig til </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hovedbedrift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, og at denne har et iverksatt system for RUH-håndtering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> og statistikk utarbeidelse </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
@@ -2166,59 +2567,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">varsles</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> BH umiddelbart</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ved gjentatte stans av enkeltvise arbeidsoperasjoner, skal KU anmode </w:t>
+              <w:t xml:space="preserve">Ved gjentatte stans av </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">enkeltvise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> arbeidsoperasjoner, skal KU anmode </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">O</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">BFs PL om stanse av </w:t>
+              <w:t xml:space="preserve">BFs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> PL om stanse av </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">hele </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">byggeplassen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
@@ -2242,259 +2655,280 @@
               <w:t xml:space="preserve">ørge for at gitte varslings- og rapporteringsrutiner følges ved ulykker/nestenulykker</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Påse at elektronisk mannskapsregistrering </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">i HMSreg </w:t>
+              <w:t xml:space="preserve">i </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HMSreg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">blir etablert </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">ved prosjektoppstart.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Kontrolle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">re at </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">personlige sikkerhetsinformasjonen (PSI) ved fremmøte på byggeplassen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">blir </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">gjennomført</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> og at PSI finnes på aktuelle språk ihht. prosjektets språkplan</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> inkl. info om bruk av kamera på byggelassen</w:t>
+              <w:t xml:space="preserve"> og at PSI finnes på aktuelle språk </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ihht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. prosjektets språkplan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> inkl. info om bruk av kamera på </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">byggeplassen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Delta jevnlig på fremdriftsmøter (minst annethvert møte)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Medvirke til at byggherreforskriftens § 18 Generelle plikter (herunder bl.a. utarbeidelse av prosjekttilpassede HMS-planer) og § 19 Informasjonsplikt (til verneombud og arbeidstakere om SHA-planen) blir ivaretatt</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...10 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">VEDRØRENDE HELSE OG </w:t>
+              <w:t xml:space="preserve">VEDRØRENDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HELSE OG </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ARBEIDSMILJØ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="false"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">K</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ontrollere </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">at det er blitt </w:t>
             </w:r>
@@ -2514,382 +2948,390 @@
               <w:rPr/>
               <w:t xml:space="preserve"> dersom dette pålegges av BH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">i </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">den elektroniske databasen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Cobuilder Collaborate</w:t>
+              <w:t xml:space="preserve">Cobuilder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Collaborate</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714"/>
               <w:contextualSpacing w:val="false"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">V</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ed stikkprøvekontroller påse at </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">systemet </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">er oppdatert og vedlikeholdt. Kontrollen innebærer også å påse at substitusjonsplikten blir ivaretatt. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Påse at </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">prosjetktets </w:t>
+              <w:t xml:space="preserve">prosjektets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RTB-plan er etablert og at rutinene etterleves i praksis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="515522E8">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E0E4981">
+    <w:p w14:paraId="587944D6">
+      <w:pPr>
+        <w:spacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E813FBD">
+      <w:pPr>
+        <w:spacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A290C33">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FORUTSETNINGER:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED9F9E5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">øvrige oppgaver.</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signere på dokument "Vurdering av mulig inhabilitet / Rollekonflikt" ved oppstart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587944D6">
-[...49 lines deleted...]
-    <w:p w14:paraId="5ED9F9E5">
+    <w:p w14:paraId="23C5EC47">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Signere på dokument "Vurdering av mulig inhabilitet / Rollekonflikt" ved oppstart.</w:t>
+        <w:t xml:space="preserve">KU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Firma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">må </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">være registrert og ha egen gyldig innkjøpsavtale i </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Startbank (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Achilles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inkl. SKAV fullmakt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C5EC47">
+    <w:p w14:paraId="7B061AE8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">KU</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Firma</w:t>
+        <w:t xml:space="preserve">person må oppfylle kravene i </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BFs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kompetansematrise</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> før oppstart eller innen rimelig tid etter oppstart</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">må </w:t>
+        <w:t xml:space="preserve">av KU-avtalen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">være registrert og ha egen gyldig innkjøpsavtale i </w:t>
+        <w:t xml:space="preserve">(seinest innen 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Startbank (Achilles)</w:t>
+        <w:t xml:space="preserve">mnd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> inkl. SKAV fullmakt.</w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">(seinest innen 2 mnd) </w:t>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="291107A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">KU- person må til enhver tid ha gyldig HMS-kort for bygg og anlegg</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1CF133">
       <w:pPr>
@@ -3009,91 +3451,87 @@
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1304"/>
         <w:gridCol w:w="4747"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1304"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="733363087"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Sted og dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4747"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="733363087"/>
     </w:tbl>
     <w:p w14:paraId="3DD751AF">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rStyle w:val="StilTheSansOffice"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FFB2848">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rStyle w:val="StilTheSansOffice"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9494" w:type="dxa"/>
         <w:tblBorders>
@@ -3261,51 +3699,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4747"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="2097229065"/>
+            <w:permStart w:edGrp="everyone" w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">For </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Oslo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">bygg Oslo KF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3337,53 +3775,53 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4747"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="2142787552"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="2097229065"/>
+            <w:permStart w:edGrp="everyone" w:id="9"/>
+            <w:permStart w:edGrp="everyone" w:id="10"/>
+            <w:permEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Navn PL </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">O</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">BF&gt;</w:t>
             </w:r>
           </w:p>
@@ -3403,52 +3841,52 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59C34597">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_PRISTILBUD_1"/>
       <w:bookmarkStart w:id="3" w:name="_PRISTILBUD_2"/>
       <w:bookmarkStart w:id="4" w:name="_FORHÅNDSMELDING_TIL_ARBEIDSTILSYNET_2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:permEnd w:id="2142787552"/>
-      <w:permEnd w:id="1701674701"/>
+      <w:permEnd w:id="9"/>
+      <w:permEnd w:id="10"/>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1304" w:right="1134" w:bottom="1021" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -3485,89 +3923,106 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9ec8a8a6-f4cc-4605-9c10-4af049316432"/>
+      <w:tblStyle w:val="TableGrid_17f7fd57-86a9-40fe-9580-ef7d26a63879"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:47:12 </w:t>
+            <w:t xml:space="preserve">07.12.2025 22:22:39 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3595,493 +4050,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_bf6dfffd-f0b6-42a5-8b62-28a467784101"/>
+      <w:tblStyle w:val="TableGrid_f8e110ba-1c8a-4ba9-ad7f-682d3e5c415b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 106. Versjonsnummer: 4</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 106. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.1 Avtale BH - KU med ytelsesbeskrivelse</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2240"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+            <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+      <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_69baf6ca-505a-4a0c-b823-e929e00f0693"/>
+      <w:tblStyle w:val="TableGrid_79a13570-66c3-4a7d-9c33-693f3ad9c62c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d9642955-a327-4105-bff0-1b5b87a5468f"/>
+            <w:tblStyle w:val="TableGrid_50970a17-7718-44ff-ae47-5581af29fb24"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">18.11.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+            <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_dba1777d-3eb5-4d5f-9dc5-1622c3458cfc"/>
+            <w:tblStyle w:val="TableGrid_f2118920-6515-46e4-bc75-813b0b3b3865"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+            <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+      <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16AB4BC5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1)"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4539,59 +5096,60 @@
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5145,629 +5703,650 @@
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1" w:customStyle="1">
-    <w:name w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+  <w:style w:type="character" w:styleId="Hyperkobling">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7" w:customStyle="1">
+    <w:name w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+    <w:basedOn w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8b7f6676-9882-4f21-9406-ad19a1aeef59" w:customStyle="1">
-    <w:name w:val="Normal Table_8b7f6676-9882-4f21-9406-ad19a1aeef59"/>
+  <w:style w:type="table" w:styleId="NormalTable_493b72a9-7a8f-466c-9264-c21021156134" w:customStyle="1">
+    <w:name w:val="Normal Table_493b72a9-7a8f-466c-9264-c21021156134"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0e524001-984c-4ff9-bb8a-35dc72450df1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8b7f6676-9882-4f21-9406-ad19a1aeef59"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef1301be-8288-403c-8bdd-28db2f574e14" w:customStyle="1">
+    <w:name w:val="Table Grid_ef1301be-8288-403c-8bdd-28db2f574e14"/>
+    <w:basedOn w:val="NormalTable_493b72a9-7a8f-466c-9264-c21021156134"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+    <w:basedOn w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_2c89c027-9a3a-401c-802d-45e123ac39e1"/>
+    <w:basedOn w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_383ecbe9-273b-408e-98ac-0e0fd3f092c5" w:customStyle="1">
-    <w:name w:val="Normal Table_383ecbe9-273b-408e-98ac-0e0fd3f092c5"/>
+  <w:style w:type="table" w:styleId="NormalTable_0d6594f7-f417-4072-b7c6-4e5d818bfe83" w:customStyle="1">
+    <w:name w:val="Normal Table_0d6594f7-f417-4072-b7c6-4e5d818bfe83"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ccb7b3d0-9af9-4a86-bb7e-1439b90618f9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_383ecbe9-273b-408e-98ac-0e0fd3f092c5"/>
+  <w:style w:type="table" w:styleId="TableGrid_f28b4860-9d8c-4c42-b51e-5d363fa9a552" w:customStyle="1">
+    <w:name w:val="Table Grid_f28b4860-9d8c-4c42-b51e-5d363fa9a552"/>
+    <w:basedOn w:val="NormalTable_0d6594f7-f417-4072-b7c6-4e5d818bfe83"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a2638a51-9c82-41a5-b03d-3f803e02c2b9" w:customStyle="1">
-    <w:name w:val="Normal Table_a2638a51-9c82-41a5-b03d-3f803e02c2b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_6d3036c6-632f-4a46-a503-fe6c681d585b" w:customStyle="1">
+    <w:name w:val="Normal Table_6d3036c6-632f-4a46-a503-fe6c681d585b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8759ad5c-cdf8-4ceb-8d33-69c100a55945" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a2638a51-9c82-41a5-b03d-3f803e02c2b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_3352736e-7b4f-4037-8b1b-a18ea8609af5" w:customStyle="1">
+    <w:name w:val="Table Grid_3352736e-7b4f-4037-8b1b-a18ea8609af5"/>
+    <w:basedOn w:val="NormalTable_6d3036c6-632f-4a46-a503-fe6c681d585b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a28251a5-8516-4cd4-aac6-7161ab27c383" w:customStyle="1">
-    <w:name w:val="Normal Table_a28251a5-8516-4cd4-aac6-7161ab27c383"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a018c14-1729-476e-893e-ed114e416074" w:customStyle="1">
+    <w:name w:val="Normal Table_7a018c14-1729-476e-893e-ed114e416074"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7624d93a-5840-4685-b118-d2d5eaf418ff" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a28251a5-8516-4cd4-aac6-7161ab27c383"/>
+  <w:style w:type="table" w:styleId="TableGrid_c6e6f3ee-2942-4d23-b78c-45a7f8aa27ed" w:customStyle="1">
+    <w:name w:val="Table Grid_c6e6f3ee-2942-4d23-b78c-45a7f8aa27ed"/>
+    <w:basedOn w:val="NormalTable_7a018c14-1729-476e-893e-ed114e416074"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6280af8d-c59b-4935-921d-2256a4eec647" w:customStyle="1">
-    <w:name w:val="Normal Table_6280af8d-c59b-4935-921d-2256a4eec647"/>
+  <w:style w:type="table" w:styleId="NormalTable_d385f516-32b7-4dcd-a311-19ff226966fa" w:customStyle="1">
+    <w:name w:val="Normal Table_d385f516-32b7-4dcd-a311-19ff226966fa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f546703c-ce3f-4081-9b1f-88aa835a6f7d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6280af8d-c59b-4935-921d-2256a4eec647"/>
+  <w:style w:type="table" w:styleId="TableGrid_83b3d15f-f94c-44c2-b848-06406b58eab1" w:customStyle="1">
+    <w:name w:val="Table Grid_83b3d15f-f94c-44c2-b848-06406b58eab1"/>
+    <w:basedOn w:val="NormalTable_d385f516-32b7-4dcd-a311-19ff226966fa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3a987573-4146-4860-b416-a7acb30a246f" w:customStyle="1">
-    <w:name w:val="Normal Table_3a987573-4146-4860-b416-a7acb30a246f"/>
+  <w:style w:type="table" w:styleId="NormalTable_563ab241-d53c-47f3-90c2-d2a863c9e161" w:customStyle="1">
+    <w:name w:val="Normal Table_563ab241-d53c-47f3-90c2-d2a863c9e161"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ec8a8a6-f4cc-4605-9c10-4af049316432" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3a987573-4146-4860-b416-a7acb30a246f"/>
+  <w:style w:type="table" w:styleId="TableGrid_17f7fd57-86a9-40fe-9580-ef7d26a63879" w:customStyle="1">
+    <w:name w:val="Table Grid_17f7fd57-86a9-40fe-9580-ef7d26a63879"/>
+    <w:basedOn w:val="NormalTable_563ab241-d53c-47f3-90c2-d2a863c9e161"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_72ad17bf-2713-4a63-b535-1b39917d68ff" w:customStyle="1">
-    <w:name w:val="Normal Table_72ad17bf-2713-4a63-b535-1b39917d68ff"/>
+  <w:style w:type="table" w:styleId="NormalTable_12b96963-9523-4b29-813f-62f164c5a90c" w:customStyle="1">
+    <w:name w:val="Normal Table_12b96963-9523-4b29-813f-62f164c5a90c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bf6dfffd-f0b6-42a5-8b62-28a467784101" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_72ad17bf-2713-4a63-b535-1b39917d68ff"/>
+  <w:style w:type="table" w:styleId="TableGrid_f8e110ba-1c8a-4ba9-ad7f-682d3e5c415b" w:customStyle="1">
+    <w:name w:val="Table Grid_f8e110ba-1c8a-4ba9-ad7f-682d3e5c415b"/>
+    <w:basedOn w:val="NormalTable_12b96963-9523-4b29-813f-62f164c5a90c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6e2cbc83-89eb-4256-80af-978e51c6bf14" w:customStyle="1">
-    <w:name w:val="Normal Table_6e2cbc83-89eb-4256-80af-978e51c6bf14"/>
+  <w:style w:type="table" w:styleId="NormalTable_864641cc-4e23-479b-9abe-1ec9cef4c0b2" w:customStyle="1">
+    <w:name w:val="Normal Table_864641cc-4e23-479b-9abe-1ec9cef4c0b2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d9642955-a327-4105-bff0-1b5b87a5468f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6e2cbc83-89eb-4256-80af-978e51c6bf14"/>
+  <w:style w:type="table" w:styleId="TableGrid_50970a17-7718-44ff-ae47-5581af29fb24" w:customStyle="1">
+    <w:name w:val="Table Grid_50970a17-7718-44ff-ae47-5581af29fb24"/>
+    <w:basedOn w:val="NormalTable_864641cc-4e23-479b-9abe-1ec9cef4c0b2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8b4e4c87-9384-4a00-90ad-cadfdf231011" w:customStyle="1">
-    <w:name w:val="Normal Table_8b4e4c87-9384-4a00-90ad-cadfdf231011"/>
+  <w:style w:type="table" w:styleId="NormalTable_2cdbb6f1-0463-439c-9bf7-7ef96def9598" w:customStyle="1">
+    <w:name w:val="Normal Table_2cdbb6f1-0463-439c-9bf7-7ef96def9598"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dba1777d-3eb5-4d5f-9dc5-1622c3458cfc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8b4e4c87-9384-4a00-90ad-cadfdf231011"/>
+  <w:style w:type="table" w:styleId="TableGrid_f2118920-6515-46e4-bc75-813b0b3b3865" w:customStyle="1">
+    <w:name w:val="Table Grid_f2118920-6515-46e4-bc75-813b0b3b3865"/>
+    <w:basedOn w:val="NormalTable_2cdbb6f1-0463-439c-9bf7-7ef96def9598"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c6a7868e-cdff-41d1-8c75-bf22cfb06e3b" w:customStyle="1">
-    <w:name w:val="Normal Table_c6a7868e-cdff-41d1-8c75-bf22cfb06e3b"/>
+  <w:style w:type="table" w:styleId="NormalTable_cdf55f7a-143e-4e7c-9d39-6325f2f68d1f" w:customStyle="1">
+    <w:name w:val="Normal Table_cdf55f7a-143e-4e7c-9d39-6325f2f68d1f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_69baf6ca-505a-4a0c-b823-e929e00f0693" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c6a7868e-cdff-41d1-8c75-bf22cfb06e3b"/>
+  <w:style w:type="table" w:styleId="TableGrid_79a13570-66c3-4a7d-9c33-693f3ad9c62c" w:customStyle="1">
+    <w:name w:val="Table Grid_79a13570-66c3-4a7d-9c33-693f3ad9c62c"/>
+    <w:basedOn w:val="NormalTable_cdf55f7a-143e-4e7c-9d39-6325f2f68d1f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -6063,56 +6642,56 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
   <a:extraClrSchemeLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>671-3-2.1 Avtale BH - KU med ytelsesbeskrivelse.dot</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>921</Words>
-  <Characters>4882</Characters>
+  <Words>1038</Words>
+  <Characters>5502</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>13</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus>Godkjent</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_Enabled" pid="2">