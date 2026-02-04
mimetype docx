--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -3923,51 +3923,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_17f7fd57-86a9-40fe-9580-ef7d26a63879"/>
+      <w:tblStyle w:val="TableGrid_c62d4f5e-c38b-48a6-9f50-377cffc0b96a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3978,51 +3978,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 22:22:39 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4050,51 +4050,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f8e110ba-1c8a-4ba9-ad7f-682d3e5c415b"/>
+      <w:tblStyle w:val="TableGrid_5e203af4-47b4-4641-acd1-fee442317ab6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4152,51 +4152,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+            <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4209,59 +4209,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+      <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_79a13570-66c3-4a7d-9c33-693f3ad9c62c"/>
+      <w:tblStyle w:val="TableGrid_15048929-f553-4798-a1d5-b911964535c6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4272,51 +4272,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_50970a17-7718-44ff-ae47-5581af29fb24"/>
+            <w:tblStyle w:val="TableGrid_15f8f7c9-828f-4840-8d0b-cd6acbcc77f4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4417,72 +4417,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">18.11.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+            <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f2118920-6515-46e4-bc75-813b0b3b3865"/>
+            <w:tblStyle w:val="TableGrid_95465a9b-3962-46a7-ab7e-bb0ca58f516c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4583,62 +4583,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+            <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+      <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16AB4BC5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1)"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5724,629 +5724,629 @@
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7" w:customStyle="1">
-    <w:name w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043" w:customStyle="1">
+    <w:name w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+    <w:basedOn w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_493b72a9-7a8f-466c-9264-c21021156134" w:customStyle="1">
-    <w:name w:val="Normal Table_493b72a9-7a8f-466c-9264-c21021156134"/>
+  <w:style w:type="table" w:styleId="NormalTable_e54c26e0-2efb-440f-9273-ca45b70ae490" w:customStyle="1">
+    <w:name w:val="Normal Table_e54c26e0-2efb-440f-9273-ca45b70ae490"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef1301be-8288-403c-8bdd-28db2f574e14" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_493b72a9-7a8f-466c-9264-c21021156134"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ba2a31f-e2fb-4b7a-a7d1-c186f6ea3358" w:customStyle="1">
+    <w:name w:val="Table Grid_9ba2a31f-e2fb-4b7a-a7d1-c186f6ea3358"/>
+    <w:basedOn w:val="NormalTable_e54c26e0-2efb-440f-9273-ca45b70ae490"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+    <w:basedOn w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_5d6e0a72-64f4-4fb3-a895-60cb3f8108d7"/>
+    <w:basedOn w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0d6594f7-f417-4072-b7c6-4e5d818bfe83" w:customStyle="1">
-    <w:name w:val="Normal Table_0d6594f7-f417-4072-b7c6-4e5d818bfe83"/>
+  <w:style w:type="table" w:styleId="NormalTable_a9989c29-724e-4304-8637-1c14b8bd6ae3" w:customStyle="1">
+    <w:name w:val="Normal Table_a9989c29-724e-4304-8637-1c14b8bd6ae3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f28b4860-9d8c-4c42-b51e-5d363fa9a552" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0d6594f7-f417-4072-b7c6-4e5d818bfe83"/>
+  <w:style w:type="table" w:styleId="TableGrid_165e1fa6-0040-4057-bf36-da16306fdcb5" w:customStyle="1">
+    <w:name w:val="Table Grid_165e1fa6-0040-4057-bf36-da16306fdcb5"/>
+    <w:basedOn w:val="NormalTable_a9989c29-724e-4304-8637-1c14b8bd6ae3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d3036c6-632f-4a46-a503-fe6c681d585b" w:customStyle="1">
-    <w:name w:val="Normal Table_6d3036c6-632f-4a46-a503-fe6c681d585b"/>
+  <w:style w:type="table" w:styleId="NormalTable_22d6df30-ca59-49a3-bf78-147a03399553" w:customStyle="1">
+    <w:name w:val="Normal Table_22d6df30-ca59-49a3-bf78-147a03399553"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3352736e-7b4f-4037-8b1b-a18ea8609af5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d3036c6-632f-4a46-a503-fe6c681d585b"/>
+  <w:style w:type="table" w:styleId="TableGrid_07e2174a-b889-4902-9f3d-1263991207a4" w:customStyle="1">
+    <w:name w:val="Table Grid_07e2174a-b889-4902-9f3d-1263991207a4"/>
+    <w:basedOn w:val="NormalTable_22d6df30-ca59-49a3-bf78-147a03399553"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7a018c14-1729-476e-893e-ed114e416074" w:customStyle="1">
-    <w:name w:val="Normal Table_7a018c14-1729-476e-893e-ed114e416074"/>
+  <w:style w:type="table" w:styleId="NormalTable_228d09e1-3dd9-4b7e-a88a-8afd9a97fd10" w:customStyle="1">
+    <w:name w:val="Normal Table_228d09e1-3dd9-4b7e-a88a-8afd9a97fd10"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c6e6f3ee-2942-4d23-b78c-45a7f8aa27ed" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7a018c14-1729-476e-893e-ed114e416074"/>
+  <w:style w:type="table" w:styleId="TableGrid_4607c80d-d3a6-4ae0-b821-15ed707e034c" w:customStyle="1">
+    <w:name w:val="Table Grid_4607c80d-d3a6-4ae0-b821-15ed707e034c"/>
+    <w:basedOn w:val="NormalTable_228d09e1-3dd9-4b7e-a88a-8afd9a97fd10"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d385f516-32b7-4dcd-a311-19ff226966fa" w:customStyle="1">
-    <w:name w:val="Normal Table_d385f516-32b7-4dcd-a311-19ff226966fa"/>
+  <w:style w:type="table" w:styleId="NormalTable_0502b619-f9b8-4f58-b1ac-e6b44cbf92ec" w:customStyle="1">
+    <w:name w:val="Normal Table_0502b619-f9b8-4f58-b1ac-e6b44cbf92ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_83b3d15f-f94c-44c2-b848-06406b58eab1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d385f516-32b7-4dcd-a311-19ff226966fa"/>
+  <w:style w:type="table" w:styleId="TableGrid_783344d1-1655-4809-b5c0-dcb62af6b5fd" w:customStyle="1">
+    <w:name w:val="Table Grid_783344d1-1655-4809-b5c0-dcb62af6b5fd"/>
+    <w:basedOn w:val="NormalTable_0502b619-f9b8-4f58-b1ac-e6b44cbf92ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_563ab241-d53c-47f3-90c2-d2a863c9e161" w:customStyle="1">
-    <w:name w:val="Normal Table_563ab241-d53c-47f3-90c2-d2a863c9e161"/>
+  <w:style w:type="table" w:styleId="NormalTable_26d701a4-d7d9-4921-89c3-12f1c81952f5" w:customStyle="1">
+    <w:name w:val="Normal Table_26d701a4-d7d9-4921-89c3-12f1c81952f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_17f7fd57-86a9-40fe-9580-ef7d26a63879" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_563ab241-d53c-47f3-90c2-d2a863c9e161"/>
+  <w:style w:type="table" w:styleId="TableGrid_c62d4f5e-c38b-48a6-9f50-377cffc0b96a" w:customStyle="1">
+    <w:name w:val="Table Grid_c62d4f5e-c38b-48a6-9f50-377cffc0b96a"/>
+    <w:basedOn w:val="NormalTable_26d701a4-d7d9-4921-89c3-12f1c81952f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_12b96963-9523-4b29-813f-62f164c5a90c" w:customStyle="1">
-    <w:name w:val="Normal Table_12b96963-9523-4b29-813f-62f164c5a90c"/>
+  <w:style w:type="table" w:styleId="NormalTable_d9b56e99-303f-4a0a-95c7-ae3b710732d0" w:customStyle="1">
+    <w:name w:val="Normal Table_d9b56e99-303f-4a0a-95c7-ae3b710732d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f8e110ba-1c8a-4ba9-ad7f-682d3e5c415b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_12b96963-9523-4b29-813f-62f164c5a90c"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e203af4-47b4-4641-acd1-fee442317ab6" w:customStyle="1">
+    <w:name w:val="Table Grid_5e203af4-47b4-4641-acd1-fee442317ab6"/>
+    <w:basedOn w:val="NormalTable_d9b56e99-303f-4a0a-95c7-ae3b710732d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_864641cc-4e23-479b-9abe-1ec9cef4c0b2" w:customStyle="1">
-    <w:name w:val="Normal Table_864641cc-4e23-479b-9abe-1ec9cef4c0b2"/>
+  <w:style w:type="table" w:styleId="NormalTable_02e4d550-1a4d-4b3b-8bf1-7b97be068c93" w:customStyle="1">
+    <w:name w:val="Normal Table_02e4d550-1a4d-4b3b-8bf1-7b97be068c93"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_50970a17-7718-44ff-ae47-5581af29fb24" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_864641cc-4e23-479b-9abe-1ec9cef4c0b2"/>
+  <w:style w:type="table" w:styleId="TableGrid_15f8f7c9-828f-4840-8d0b-cd6acbcc77f4" w:customStyle="1">
+    <w:name w:val="Table Grid_15f8f7c9-828f-4840-8d0b-cd6acbcc77f4"/>
+    <w:basedOn w:val="NormalTable_02e4d550-1a4d-4b3b-8bf1-7b97be068c93"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2cdbb6f1-0463-439c-9bf7-7ef96def9598" w:customStyle="1">
-    <w:name w:val="Normal Table_2cdbb6f1-0463-439c-9bf7-7ef96def9598"/>
+  <w:style w:type="table" w:styleId="NormalTable_1ceb0543-525f-431d-be4c-794af945e9ac" w:customStyle="1">
+    <w:name w:val="Normal Table_1ceb0543-525f-431d-be4c-794af945e9ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f2118920-6515-46e4-bc75-813b0b3b3865" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2cdbb6f1-0463-439c-9bf7-7ef96def9598"/>
+  <w:style w:type="table" w:styleId="TableGrid_95465a9b-3962-46a7-ab7e-bb0ca58f516c" w:customStyle="1">
+    <w:name w:val="Table Grid_95465a9b-3962-46a7-ab7e-bb0ca58f516c"/>
+    <w:basedOn w:val="NormalTable_1ceb0543-525f-431d-be4c-794af945e9ac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cdf55f7a-143e-4e7c-9d39-6325f2f68d1f" w:customStyle="1">
-    <w:name w:val="Normal Table_cdf55f7a-143e-4e7c-9d39-6325f2f68d1f"/>
+  <w:style w:type="table" w:styleId="NormalTable_09c0e720-6035-4633-8b47-9507a814dc28" w:customStyle="1">
+    <w:name w:val="Normal Table_09c0e720-6035-4633-8b47-9507a814dc28"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_79a13570-66c3-4a7d-9c33-693f3ad9c62c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cdf55f7a-143e-4e7c-9d39-6325f2f68d1f"/>
+  <w:style w:type="table" w:styleId="TableGrid_15048929-f553-4798-a1d5-b911964535c6" w:customStyle="1">
+    <w:name w:val="Table Grid_15048929-f553-4798-a1d5-b911964535c6"/>
+    <w:basedOn w:val="NormalTable_09c0e720-6035-4633-8b47-9507a814dc28"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>