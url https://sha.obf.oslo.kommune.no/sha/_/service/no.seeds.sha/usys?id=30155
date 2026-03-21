--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -3923,51 +3923,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c62d4f5e-c38b-48a6-9f50-377cffc0b96a"/>
+      <w:tblStyle w:val="TableGrid_dd11297e-dffc-445f-a2ce-d535fbc0af98"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3978,51 +3978,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:54 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4050,51 +4050,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5e203af4-47b4-4641-acd1-fee442317ab6"/>
+      <w:tblStyle w:val="TableGrid_f45192f5-158c-4425-958e-7afab342e86f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4152,51 +4152,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+            <w:pStyle w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4209,59 +4209,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+      <w:pStyle w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_15048929-f553-4798-a1d5-b911964535c6"/>
+      <w:tblStyle w:val="TableGrid_a7a1f295-4500-408d-ae84-7136db22beab"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4272,51 +4272,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_15f8f7c9-828f-4840-8d0b-cd6acbcc77f4"/>
+            <w:tblStyle w:val="TableGrid_741f80f2-178b-4833-a387-a38358fb0df5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4417,72 +4417,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">18.11.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+            <w:pStyle w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_95465a9b-3962-46a7-ab7e-bb0ca58f516c"/>
+            <w:tblStyle w:val="TableGrid_b9e1342d-fbff-468a-a179-e967d2bef440"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4583,62 +4583,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+            <w:pStyle w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+      <w:pStyle w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16AB4BC5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1)"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5724,629 +5724,629 @@
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043" w:customStyle="1">
-    <w:name w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1" w:customStyle="1">
+    <w:name w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+    <w:basedOn w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e54c26e0-2efb-440f-9273-ca45b70ae490" w:customStyle="1">
-    <w:name w:val="Normal Table_e54c26e0-2efb-440f-9273-ca45b70ae490"/>
+  <w:style w:type="table" w:styleId="NormalTable_727d0734-4795-4314-a7be-dfa73ca2f989" w:customStyle="1">
+    <w:name w:val="Normal Table_727d0734-4795-4314-a7be-dfa73ca2f989"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ba2a31f-e2fb-4b7a-a7d1-c186f6ea3358" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e54c26e0-2efb-440f-9273-ca45b70ae490"/>
+  <w:style w:type="table" w:styleId="TableGrid_e1bb74d4-3edc-4a03-960f-f321910e75f6" w:customStyle="1">
+    <w:name w:val="Table Grid_e1bb74d4-3edc-4a03-960f-f321910e75f6"/>
+    <w:basedOn w:val="NormalTable_727d0734-4795-4314-a7be-dfa73ca2f989"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+    <w:basedOn w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_7a98ea36-ab5e-47bd-b451-dc52ef174043"/>
+    <w:basedOn w:val="Normal_1188a6e8-66e6-45fa-9fec-cb890785c1a1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a9989c29-724e-4304-8637-1c14b8bd6ae3" w:customStyle="1">
-    <w:name w:val="Normal Table_a9989c29-724e-4304-8637-1c14b8bd6ae3"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc4464c4-1812-4ef8-b9fe-bd788fdccdc3" w:customStyle="1">
+    <w:name w:val="Normal Table_fc4464c4-1812-4ef8-b9fe-bd788fdccdc3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_165e1fa6-0040-4057-bf36-da16306fdcb5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a9989c29-724e-4304-8637-1c14b8bd6ae3"/>
+  <w:style w:type="table" w:styleId="TableGrid_054801b1-85cd-48a9-a54b-1996e2ed7393" w:customStyle="1">
+    <w:name w:val="Table Grid_054801b1-85cd-48a9-a54b-1996e2ed7393"/>
+    <w:basedOn w:val="NormalTable_fc4464c4-1812-4ef8-b9fe-bd788fdccdc3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_22d6df30-ca59-49a3-bf78-147a03399553" w:customStyle="1">
-    <w:name w:val="Normal Table_22d6df30-ca59-49a3-bf78-147a03399553"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b4ff04a-747a-465a-885a-d07cae0b0674" w:customStyle="1">
+    <w:name w:val="Normal Table_2b4ff04a-747a-465a-885a-d07cae0b0674"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_07e2174a-b889-4902-9f3d-1263991207a4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_22d6df30-ca59-49a3-bf78-147a03399553"/>
+  <w:style w:type="table" w:styleId="TableGrid_33ed2b2c-6464-40a8-ad4c-9003c3ebb3c1" w:customStyle="1">
+    <w:name w:val="Table Grid_33ed2b2c-6464-40a8-ad4c-9003c3ebb3c1"/>
+    <w:basedOn w:val="NormalTable_2b4ff04a-747a-465a-885a-d07cae0b0674"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_228d09e1-3dd9-4b7e-a88a-8afd9a97fd10" w:customStyle="1">
-    <w:name w:val="Normal Table_228d09e1-3dd9-4b7e-a88a-8afd9a97fd10"/>
+  <w:style w:type="table" w:styleId="NormalTable_8262ad3f-f91b-42aa-a0ef-10e9e7c2313b" w:customStyle="1">
+    <w:name w:val="Normal Table_8262ad3f-f91b-42aa-a0ef-10e9e7c2313b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4607c80d-d3a6-4ae0-b821-15ed707e034c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_228d09e1-3dd9-4b7e-a88a-8afd9a97fd10"/>
+  <w:style w:type="table" w:styleId="TableGrid_947f4af7-546c-4861-8698-9299eb9e6bd8" w:customStyle="1">
+    <w:name w:val="Table Grid_947f4af7-546c-4861-8698-9299eb9e6bd8"/>
+    <w:basedOn w:val="NormalTable_8262ad3f-f91b-42aa-a0ef-10e9e7c2313b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0502b619-f9b8-4f58-b1ac-e6b44cbf92ec" w:customStyle="1">
-    <w:name w:val="Normal Table_0502b619-f9b8-4f58-b1ac-e6b44cbf92ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_c88e5d81-e18d-4407-93ed-ee62266002c1" w:customStyle="1">
+    <w:name w:val="Normal Table_c88e5d81-e18d-4407-93ed-ee62266002c1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_783344d1-1655-4809-b5c0-dcb62af6b5fd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0502b619-f9b8-4f58-b1ac-e6b44cbf92ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_8c48e0f3-3620-49fe-8c99-ced1e910a574" w:customStyle="1">
+    <w:name w:val="Table Grid_8c48e0f3-3620-49fe-8c99-ced1e910a574"/>
+    <w:basedOn w:val="NormalTable_c88e5d81-e18d-4407-93ed-ee62266002c1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_26d701a4-d7d9-4921-89c3-12f1c81952f5" w:customStyle="1">
-    <w:name w:val="Normal Table_26d701a4-d7d9-4921-89c3-12f1c81952f5"/>
+  <w:style w:type="table" w:styleId="NormalTable_27c56d05-e823-44ac-8156-708fe7419d8a" w:customStyle="1">
+    <w:name w:val="Normal Table_27c56d05-e823-44ac-8156-708fe7419d8a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c62d4f5e-c38b-48a6-9f50-377cffc0b96a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_26d701a4-d7d9-4921-89c3-12f1c81952f5"/>
+  <w:style w:type="table" w:styleId="TableGrid_dd11297e-dffc-445f-a2ce-d535fbc0af98" w:customStyle="1">
+    <w:name w:val="Table Grid_dd11297e-dffc-445f-a2ce-d535fbc0af98"/>
+    <w:basedOn w:val="NormalTable_27c56d05-e823-44ac-8156-708fe7419d8a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d9b56e99-303f-4a0a-95c7-ae3b710732d0" w:customStyle="1">
-    <w:name w:val="Normal Table_d9b56e99-303f-4a0a-95c7-ae3b710732d0"/>
+  <w:style w:type="table" w:styleId="NormalTable_68c65b80-f7f2-4c9e-8204-f1a1d70926a3" w:customStyle="1">
+    <w:name w:val="Normal Table_68c65b80-f7f2-4c9e-8204-f1a1d70926a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5e203af4-47b4-4641-acd1-fee442317ab6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d9b56e99-303f-4a0a-95c7-ae3b710732d0"/>
+  <w:style w:type="table" w:styleId="TableGrid_f45192f5-158c-4425-958e-7afab342e86f" w:customStyle="1">
+    <w:name w:val="Table Grid_f45192f5-158c-4425-958e-7afab342e86f"/>
+    <w:basedOn w:val="NormalTable_68c65b80-f7f2-4c9e-8204-f1a1d70926a3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_02e4d550-1a4d-4b3b-8bf1-7b97be068c93" w:customStyle="1">
-    <w:name w:val="Normal Table_02e4d550-1a4d-4b3b-8bf1-7b97be068c93"/>
+  <w:style w:type="table" w:styleId="NormalTable_f35e455c-df6c-4d8c-9ea5-73ac17298831" w:customStyle="1">
+    <w:name w:val="Normal Table_f35e455c-df6c-4d8c-9ea5-73ac17298831"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_15f8f7c9-828f-4840-8d0b-cd6acbcc77f4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_02e4d550-1a4d-4b3b-8bf1-7b97be068c93"/>
+  <w:style w:type="table" w:styleId="TableGrid_741f80f2-178b-4833-a387-a38358fb0df5" w:customStyle="1">
+    <w:name w:val="Table Grid_741f80f2-178b-4833-a387-a38358fb0df5"/>
+    <w:basedOn w:val="NormalTable_f35e455c-df6c-4d8c-9ea5-73ac17298831"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1ceb0543-525f-431d-be4c-794af945e9ac" w:customStyle="1">
-    <w:name w:val="Normal Table_1ceb0543-525f-431d-be4c-794af945e9ac"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f735ae2-29f5-4b42-a961-0e4d5f5ed8d8" w:customStyle="1">
+    <w:name w:val="Normal Table_3f735ae2-29f5-4b42-a961-0e4d5f5ed8d8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_95465a9b-3962-46a7-ab7e-bb0ca58f516c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1ceb0543-525f-431d-be4c-794af945e9ac"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9e1342d-fbff-468a-a179-e967d2bef440" w:customStyle="1">
+    <w:name w:val="Table Grid_b9e1342d-fbff-468a-a179-e967d2bef440"/>
+    <w:basedOn w:val="NormalTable_3f735ae2-29f5-4b42-a961-0e4d5f5ed8d8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_09c0e720-6035-4633-8b47-9507a814dc28" w:customStyle="1">
-    <w:name w:val="Normal Table_09c0e720-6035-4633-8b47-9507a814dc28"/>
+  <w:style w:type="table" w:styleId="NormalTable_bc482ddb-7da7-45b5-b9f2-ac4393ab941e" w:customStyle="1">
+    <w:name w:val="Normal Table_bc482ddb-7da7-45b5-b9f2-ac4393ab941e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_15048929-f553-4798-a1d5-b911964535c6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_09c0e720-6035-4633-8b47-9507a814dc28"/>
+  <w:style w:type="table" w:styleId="TableGrid_a7a1f295-4500-408d-ae84-7136db22beab" w:customStyle="1">
+    <w:name w:val="Table Grid_a7a1f295-4500-408d-ae84-7136db22beab"/>
+    <w:basedOn w:val="NormalTable_bc482ddb-7da7-45b5-b9f2-ac4393ab941e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>