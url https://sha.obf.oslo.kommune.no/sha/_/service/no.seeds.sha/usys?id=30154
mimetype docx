--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -254,51 +254,50 @@
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10453"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="10453"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="751197808"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="ProsjektNavn"/>
                   <w:textInput>
                     <w:type w:val="regular"/>
                     <w:default w:val="&lt;Prosjektnavn&gt;"/>
                     <w:format w:val="None"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> FORMTEXT </w:t>
             </w:r>
@@ -308,51 +307,50 @@
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;Prosjektnavn&gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:permEnd w:id="751197808"/>
     <w:p w14:paraId="1943221A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Avtalen er inngått mellom:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10456" w:type="dxa"/>
@@ -442,51 +440,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Koordinator (KP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4644"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="691563858"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Oslo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bygg Oslo KF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5812"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -543,52 +541,52 @@
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4644"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="134576980"/>
-            <w:permEnd w:id="691563858"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2"/>
+            <w:permEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grense</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">veien 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5812"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -638,58 +636,58 @@
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4644"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1411738102"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">0663</w:t>
             </w:r>
-            <w:permEnd w:id="134576980"/>
+            <w:permEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oslo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5812"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -753,52 +751,52 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4644"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="2083610569"/>
-            <w:permEnd w:id="1411738102"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="4"/>
+            <w:permEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Org.nr.: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">924 599 545</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="952"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
@@ -830,53 +828,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="276" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="934"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="2117419699"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="2083610569"/>
+            <w:permEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Navn PL: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3710"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -900,52 +896,50 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Navn KP: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4852"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="2117419699"/>
-      <w:permEnd w:id="1225196635"/>
     </w:tbl>
     <w:p w14:paraId="50BFE5CA">
       <w:pPr>
         <w:autoSpaceDE w:val="false"/>
         <w:autoSpaceDN w:val="false"/>
         <w:adjustRightInd w:val="false"/>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CDF4D72">
       <w:pPr>
         <w:autoSpaceDE w:val="false"/>
         <w:autoSpaceDN w:val="false"/>
         <w:adjustRightInd w:val="false"/>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2102,97 +2096,97 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="3997"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1418"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:edGrp="everyone" w:id="458380307"/>
+            <w:permStart w:edGrp="everyone" w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Sted og dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3997"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StilTheSansOffice"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68D907D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_PRISTILBUD_1"/>
       <w:bookmarkStart w:id="3" w:name="_PRISTILBUD_2"/>
       <w:bookmarkStart w:id="4" w:name="_FORHÅNDSMELDING_TIL_ARBEIDSTILSYNET_2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:permEnd w:id="458380307"/>
+      <w:permEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10273" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4928"/>
         <w:gridCol w:w="293"/>
         <w:gridCol w:w="4810"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="6"/>
       </w:tblGrid>
@@ -2329,51 +2323,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="6"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1304184698"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">For </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oslo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">bygg Oslo KF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5046"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2411,74 +2404,71 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;for KP-Firma&gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1304184698"/>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="dxa" w:w="6"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="146831825"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2011062718"/>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:textInput>
                     <w:type w:val="regular"/>
                     <w:default w:val="&lt;Navn PL OBF&gt;"/>
                     <w:format w:val="None"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> FORMTEXT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -2497,52 +2487,50 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5046"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="146831825"/>
-      <w:permEnd w:id="2011062718"/>
     </w:tbl>
     <w:p w14:paraId="3D0E3DF6">
       <w:pPr>
         <w:spacing/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="666BD723">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1304" w:right="709" w:bottom="1021" w:left="992" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
@@ -2593,89 +2581,106 @@
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1b70138d-6bca-4f74-a8ff-2e97766ef47e"/>
+      <w:tblStyle w:val="TableGrid_8e96ee8d-eaeb-48ce-a5ee-b943c2a5d357"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:52:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:27:30 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2703,74 +2708,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9e5eccd7-da67-43e4-90d0-515847cb5ba6"/>
+      <w:tblStyle w:val="TableGrid_0f993551-2348-4ae1-8706-55d7bea9ec39"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 105. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -2788,408 +2810,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+            <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+      <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_31d47d77-b1b1-4845-916a-ae31d663c274"/>
+      <w:tblStyle w:val="TableGrid_f188eccb-4909-464d-9f58-2e0ed6a8d41f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_07f5282c-d79d-44bf-922f-e684e7788681"/>
+            <w:tblStyle w:val="TableGrid_1008b55c-901a-4298-aae2-cdf38f30e092"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+            <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7262b4d8-7251-49f0-ac4a-72fdd49ff14e"/>
+            <w:tblStyle w:val="TableGrid_858cf02e-cb7b-4da9-b030-916e5ab9e4d4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+            <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+      <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="26FC3C1D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3594,51 +3701,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
@@ -4224,629 +4331,629 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrødtekstTegn"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e" w:customStyle="1">
-    <w:name w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8" w:customStyle="1">
+    <w:name w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+    <w:basedOn w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c4bc236f-91b8-42a4-873f-bb3709c8bed7" w:customStyle="1">
-    <w:name w:val="Normal Table_c4bc236f-91b8-42a4-873f-bb3709c8bed7"/>
+  <w:style w:type="table" w:styleId="NormalTable_e8cf123e-4a59-4c4a-afcc-3cbcf5dd708d" w:customStyle="1">
+    <w:name w:val="Normal Table_e8cf123e-4a59-4c4a-afcc-3cbcf5dd708d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_027b08a1-8712-433b-9297-93cf5c5f4b7a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c4bc236f-91b8-42a4-873f-bb3709c8bed7"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f6f0ddf-c625-4a13-a9cc-ea8af15db56e" w:customStyle="1">
+    <w:name w:val="Table Grid_2f6f0ddf-c625-4a13-a9cc-ea8af15db56e"/>
+    <w:basedOn w:val="NormalTable_e8cf123e-4a59-4c4a-afcc-3cbcf5dd708d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+    <w:basedOn w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_31249cc5-967f-4242-8a9b-ca724109eb9e"/>
+    <w:basedOn w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e29953a0-fc8e-4690-982c-fb503e14fe67" w:customStyle="1">
-    <w:name w:val="Normal Table_e29953a0-fc8e-4690-982c-fb503e14fe67"/>
+  <w:style w:type="table" w:styleId="NormalTable_c998afec-0593-4493-86eb-fb05a8541bb0" w:customStyle="1">
+    <w:name w:val="Normal Table_c998afec-0593-4493-86eb-fb05a8541bb0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d91ba561-3e2a-49b9-b9ce-aa7a72f533c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e29953a0-fc8e-4690-982c-fb503e14fe67"/>
+  <w:style w:type="table" w:styleId="TableGrid_b5c55f10-40ec-4437-b895-bb33738218c6" w:customStyle="1">
+    <w:name w:val="Table Grid_b5c55f10-40ec-4437-b895-bb33738218c6"/>
+    <w:basedOn w:val="NormalTable_c998afec-0593-4493-86eb-fb05a8541bb0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_78889f93-d7d0-4566-924b-e307588acb59" w:customStyle="1">
-    <w:name w:val="Normal Table_78889f93-d7d0-4566-924b-e307588acb59"/>
+  <w:style w:type="table" w:styleId="NormalTable_726640e2-9b2e-4584-b3b3-22515daf926f" w:customStyle="1">
+    <w:name w:val="Normal Table_726640e2-9b2e-4584-b3b3-22515daf926f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6a55f1a4-d446-499b-a4bf-0dbee1c9df8c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_78889f93-d7d0-4566-924b-e307588acb59"/>
+  <w:style w:type="table" w:styleId="TableGrid_f02a9c9e-8d84-4123-bcbe-872023d54820" w:customStyle="1">
+    <w:name w:val="Table Grid_f02a9c9e-8d84-4123-bcbe-872023d54820"/>
+    <w:basedOn w:val="NormalTable_726640e2-9b2e-4584-b3b3-22515daf926f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5d3a3a87-c761-40cf-a689-2b08c867322b" w:customStyle="1">
-    <w:name w:val="Normal Table_5d3a3a87-c761-40cf-a689-2b08c867322b"/>
+  <w:style w:type="table" w:styleId="NormalTable_e125f442-428f-4541-b165-2e41d30e9d1d" w:customStyle="1">
+    <w:name w:val="Normal Table_e125f442-428f-4541-b165-2e41d30e9d1d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_02e19ea9-3a53-4425-99e3-d6be6b00a58c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5d3a3a87-c761-40cf-a689-2b08c867322b"/>
+  <w:style w:type="table" w:styleId="TableGrid_29d4a45f-179e-43be-af13-c9a47d97b1f2" w:customStyle="1">
+    <w:name w:val="Table Grid_29d4a45f-179e-43be-af13-c9a47d97b1f2"/>
+    <w:basedOn w:val="NormalTable_e125f442-428f-4541-b165-2e41d30e9d1d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7c40f1c0-886e-4c58-8f7e-6a9abeca4177" w:customStyle="1">
-    <w:name w:val="Normal Table_7c40f1c0-886e-4c58-8f7e-6a9abeca4177"/>
+  <w:style w:type="table" w:styleId="NormalTable_0b527edb-31b5-4322-a323-428cfe7c4899" w:customStyle="1">
+    <w:name w:val="Normal Table_0b527edb-31b5-4322-a323-428cfe7c4899"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0686f711-bbcd-4ad0-8b5b-bbadfab7c65c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7c40f1c0-886e-4c58-8f7e-6a9abeca4177"/>
+  <w:style w:type="table" w:styleId="TableGrid_d61bb593-6374-454b-a83f-fe26d32a837d" w:customStyle="1">
+    <w:name w:val="Table Grid_d61bb593-6374-454b-a83f-fe26d32a837d"/>
+    <w:basedOn w:val="NormalTable_0b527edb-31b5-4322-a323-428cfe7c4899"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9f63912e-0970-4b2f-a7b2-6f259a8c2bc5" w:customStyle="1">
-    <w:name w:val="Normal Table_9f63912e-0970-4b2f-a7b2-6f259a8c2bc5"/>
+  <w:style w:type="table" w:styleId="NormalTable_8ca17c25-0736-4946-82a5-0c245818f1ca" w:customStyle="1">
+    <w:name w:val="Normal Table_8ca17c25-0736-4946-82a5-0c245818f1ca"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1b70138d-6bca-4f74-a8ff-2e97766ef47e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9f63912e-0970-4b2f-a7b2-6f259a8c2bc5"/>
+  <w:style w:type="table" w:styleId="TableGrid_8e96ee8d-eaeb-48ce-a5ee-b943c2a5d357" w:customStyle="1">
+    <w:name w:val="Table Grid_8e96ee8d-eaeb-48ce-a5ee-b943c2a5d357"/>
+    <w:basedOn w:val="NormalTable_8ca17c25-0736-4946-82a5-0c245818f1ca"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c0699291-bdac-4ed5-8579-2f868513f19f" w:customStyle="1">
-    <w:name w:val="Normal Table_c0699291-bdac-4ed5-8579-2f868513f19f"/>
+  <w:style w:type="table" w:styleId="NormalTable_abf33723-307d-4ee5-9028-9f7068ff5341" w:customStyle="1">
+    <w:name w:val="Normal Table_abf33723-307d-4ee5-9028-9f7068ff5341"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9e5eccd7-da67-43e4-90d0-515847cb5ba6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c0699291-bdac-4ed5-8579-2f868513f19f"/>
+  <w:style w:type="table" w:styleId="TableGrid_0f993551-2348-4ae1-8706-55d7bea9ec39" w:customStyle="1">
+    <w:name w:val="Table Grid_0f993551-2348-4ae1-8706-55d7bea9ec39"/>
+    <w:basedOn w:val="NormalTable_abf33723-307d-4ee5-9028-9f7068ff5341"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_431b051b-89ae-4b83-ba42-7049bedd2235" w:customStyle="1">
-    <w:name w:val="Normal Table_431b051b-89ae-4b83-ba42-7049bedd2235"/>
+  <w:style w:type="table" w:styleId="NormalTable_195c289a-142c-4b8a-8f3e-6a7f6d6fc2a6" w:customStyle="1">
+    <w:name w:val="Normal Table_195c289a-142c-4b8a-8f3e-6a7f6d6fc2a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_07f5282c-d79d-44bf-922f-e684e7788681" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_431b051b-89ae-4b83-ba42-7049bedd2235"/>
+  <w:style w:type="table" w:styleId="TableGrid_1008b55c-901a-4298-aae2-cdf38f30e092" w:customStyle="1">
+    <w:name w:val="Table Grid_1008b55c-901a-4298-aae2-cdf38f30e092"/>
+    <w:basedOn w:val="NormalTable_195c289a-142c-4b8a-8f3e-6a7f6d6fc2a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e43d5e7a-dc6d-47a5-ac62-c313f2f65bc1" w:customStyle="1">
-    <w:name w:val="Normal Table_e43d5e7a-dc6d-47a5-ac62-c313f2f65bc1"/>
+  <w:style w:type="table" w:styleId="NormalTable_e2501ec7-ba02-486b-a5b9-10f51c1c8f58" w:customStyle="1">
+    <w:name w:val="Normal Table_e2501ec7-ba02-486b-a5b9-10f51c1c8f58"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7262b4d8-7251-49f0-ac4a-72fdd49ff14e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e43d5e7a-dc6d-47a5-ac62-c313f2f65bc1"/>
+  <w:style w:type="table" w:styleId="TableGrid_858cf02e-cb7b-4da9-b030-916e5ab9e4d4" w:customStyle="1">
+    <w:name w:val="Table Grid_858cf02e-cb7b-4da9-b030-916e5ab9e4d4"/>
+    <w:basedOn w:val="NormalTable_e2501ec7-ba02-486b-a5b9-10f51c1c8f58"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7dd7ab86-7aef-4f4a-98b7-3e5f5f1c7651" w:customStyle="1">
-    <w:name w:val="Normal Table_7dd7ab86-7aef-4f4a-98b7-3e5f5f1c7651"/>
+  <w:style w:type="table" w:styleId="NormalTable_dd5bf9e0-531b-4d9e-bfc2-50a439567c05" w:customStyle="1">
+    <w:name w:val="Normal Table_dd5bf9e0-531b-4d9e-bfc2-50a439567c05"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_31d47d77-b1b1-4845-916a-ae31d663c274" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7dd7ab86-7aef-4f4a-98b7-3e5f5f1c7651"/>
+  <w:style w:type="table" w:styleId="TableGrid_f188eccb-4909-464d-9f58-2e0ed6a8d41f" w:customStyle="1">
+    <w:name w:val="Table Grid_f188eccb-4909-464d-9f58-2e0ed6a8d41f"/>
+    <w:basedOn w:val="NormalTable_dd5bf9e0-531b-4d9e-bfc2-50a439567c05"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>