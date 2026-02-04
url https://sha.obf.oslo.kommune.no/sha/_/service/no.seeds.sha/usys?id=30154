--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -2581,51 +2581,51 @@
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8e96ee8d-eaeb-48ce-a5ee-b943c2a5d357"/>
+      <w:tblStyle w:val="TableGrid_744649ca-118e-40cb-b86a-7f87f9f004d5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2636,51 +2636,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:27:30 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2708,51 +2708,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0f993551-2348-4ae1-8706-55d7bea9ec39"/>
+      <w:tblStyle w:val="TableGrid_9d235bb6-d364-4730-9980-3e5036f798b8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2810,51 +2810,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+            <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2867,59 +2867,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+      <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f188eccb-4909-464d-9f58-2e0ed6a8d41f"/>
+      <w:tblStyle w:val="TableGrid_1eb187d3-d1ff-4f91-8f75-65dd83873375"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2930,51 +2930,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1008b55c-901a-4298-aae2-cdf38f30e092"/>
+            <w:tblStyle w:val="TableGrid_d010529c-8a0a-429d-875a-7373d02b3070"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3075,72 +3075,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+            <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_858cf02e-cb7b-4da9-b030-916e5ab9e4d4"/>
+            <w:tblStyle w:val="TableGrid_03992cdd-25b1-4050-9415-2901d40e04a8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3241,62 +3241,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+            <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+      <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="26FC3C1D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4331,629 +4331,629 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrødtekstTegn"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8" w:customStyle="1">
-    <w:name w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+  <w:style w:type="paragraph" w:styleId="Normal_3a72b193-33e4-4baf-896f-797caa59ebac" w:customStyle="1">
+    <w:name w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+    <w:basedOn w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e8cf123e-4a59-4c4a-afcc-3cbcf5dd708d" w:customStyle="1">
-    <w:name w:val="Normal Table_e8cf123e-4a59-4c4a-afcc-3cbcf5dd708d"/>
+  <w:style w:type="table" w:styleId="NormalTable_a5d8d5f6-d1f7-483a-abea-d1df922f5b95" w:customStyle="1">
+    <w:name w:val="Normal Table_a5d8d5f6-d1f7-483a-abea-d1df922f5b95"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2f6f0ddf-c625-4a13-a9cc-ea8af15db56e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e8cf123e-4a59-4c4a-afcc-3cbcf5dd708d"/>
+  <w:style w:type="table" w:styleId="TableGrid_875d7b47-a900-4fde-bb62-e92b6211b345" w:customStyle="1">
+    <w:name w:val="Table Grid_875d7b47-a900-4fde-bb62-e92b6211b345"/>
+    <w:basedOn w:val="NormalTable_a5d8d5f6-d1f7-483a-abea-d1df922f5b95"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+    <w:basedOn w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9ed1acef-62b1-4d3c-a5eb-83ead7b7caa8"/>
+    <w:basedOn w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c998afec-0593-4493-86eb-fb05a8541bb0" w:customStyle="1">
-    <w:name w:val="Normal Table_c998afec-0593-4493-86eb-fb05a8541bb0"/>
+  <w:style w:type="table" w:styleId="NormalTable_207a864d-f6fe-4956-89e5-7dbadbda8560" w:customStyle="1">
+    <w:name w:val="Normal Table_207a864d-f6fe-4956-89e5-7dbadbda8560"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b5c55f10-40ec-4437-b895-bb33738218c6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c998afec-0593-4493-86eb-fb05a8541bb0"/>
+  <w:style w:type="table" w:styleId="TableGrid_b4fc56ee-30ec-4bf3-a741-395e0405d06e" w:customStyle="1">
+    <w:name w:val="Table Grid_b4fc56ee-30ec-4bf3-a741-395e0405d06e"/>
+    <w:basedOn w:val="NormalTable_207a864d-f6fe-4956-89e5-7dbadbda8560"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_726640e2-9b2e-4584-b3b3-22515daf926f" w:customStyle="1">
-    <w:name w:val="Normal Table_726640e2-9b2e-4584-b3b3-22515daf926f"/>
+  <w:style w:type="table" w:styleId="NormalTable_acec450c-2cdf-460e-a5f7-3234db53d289" w:customStyle="1">
+    <w:name w:val="Normal Table_acec450c-2cdf-460e-a5f7-3234db53d289"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f02a9c9e-8d84-4123-bcbe-872023d54820" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_726640e2-9b2e-4584-b3b3-22515daf926f"/>
+  <w:style w:type="table" w:styleId="TableGrid_b2e98069-4a4c-43aa-b312-729c149486a4" w:customStyle="1">
+    <w:name w:val="Table Grid_b2e98069-4a4c-43aa-b312-729c149486a4"/>
+    <w:basedOn w:val="NormalTable_acec450c-2cdf-460e-a5f7-3234db53d289"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e125f442-428f-4541-b165-2e41d30e9d1d" w:customStyle="1">
-    <w:name w:val="Normal Table_e125f442-428f-4541-b165-2e41d30e9d1d"/>
+  <w:style w:type="table" w:styleId="NormalTable_7d10ebfa-4a36-4e8d-a43f-b8929a56beac" w:customStyle="1">
+    <w:name w:val="Normal Table_7d10ebfa-4a36-4e8d-a43f-b8929a56beac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_29d4a45f-179e-43be-af13-c9a47d97b1f2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e125f442-428f-4541-b165-2e41d30e9d1d"/>
+  <w:style w:type="table" w:styleId="TableGrid_60947822-cb10-4ff3-90f3-5befbd881c49" w:customStyle="1">
+    <w:name w:val="Table Grid_60947822-cb10-4ff3-90f3-5befbd881c49"/>
+    <w:basedOn w:val="NormalTable_7d10ebfa-4a36-4e8d-a43f-b8929a56beac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0b527edb-31b5-4322-a323-428cfe7c4899" w:customStyle="1">
-    <w:name w:val="Normal Table_0b527edb-31b5-4322-a323-428cfe7c4899"/>
+  <w:style w:type="table" w:styleId="NormalTable_3e6c47f3-67c9-4186-82ae-023cf0b5a880" w:customStyle="1">
+    <w:name w:val="Normal Table_3e6c47f3-67c9-4186-82ae-023cf0b5a880"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d61bb593-6374-454b-a83f-fe26d32a837d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0b527edb-31b5-4322-a323-428cfe7c4899"/>
+  <w:style w:type="table" w:styleId="TableGrid_9c205306-2870-4ba0-92b7-c50e9d55e580" w:customStyle="1">
+    <w:name w:val="Table Grid_9c205306-2870-4ba0-92b7-c50e9d55e580"/>
+    <w:basedOn w:val="NormalTable_3e6c47f3-67c9-4186-82ae-023cf0b5a880"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ca17c25-0736-4946-82a5-0c245818f1ca" w:customStyle="1">
-    <w:name w:val="Normal Table_8ca17c25-0736-4946-82a5-0c245818f1ca"/>
+  <w:style w:type="table" w:styleId="NormalTable_3393c564-ee52-473a-a1bd-97cae0b70cd5" w:customStyle="1">
+    <w:name w:val="Normal Table_3393c564-ee52-473a-a1bd-97cae0b70cd5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8e96ee8d-eaeb-48ce-a5ee-b943c2a5d357" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ca17c25-0736-4946-82a5-0c245818f1ca"/>
+  <w:style w:type="table" w:styleId="TableGrid_744649ca-118e-40cb-b86a-7f87f9f004d5" w:customStyle="1">
+    <w:name w:val="Table Grid_744649ca-118e-40cb-b86a-7f87f9f004d5"/>
+    <w:basedOn w:val="NormalTable_3393c564-ee52-473a-a1bd-97cae0b70cd5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_abf33723-307d-4ee5-9028-9f7068ff5341" w:customStyle="1">
-    <w:name w:val="Normal Table_abf33723-307d-4ee5-9028-9f7068ff5341"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a6deb18-3029-4712-8f09-845ab720c3d8" w:customStyle="1">
+    <w:name w:val="Normal Table_7a6deb18-3029-4712-8f09-845ab720c3d8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0f993551-2348-4ae1-8706-55d7bea9ec39" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_abf33723-307d-4ee5-9028-9f7068ff5341"/>
+  <w:style w:type="table" w:styleId="TableGrid_9d235bb6-d364-4730-9980-3e5036f798b8" w:customStyle="1">
+    <w:name w:val="Table Grid_9d235bb6-d364-4730-9980-3e5036f798b8"/>
+    <w:basedOn w:val="NormalTable_7a6deb18-3029-4712-8f09-845ab720c3d8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_195c289a-142c-4b8a-8f3e-6a7f6d6fc2a6" w:customStyle="1">
-    <w:name w:val="Normal Table_195c289a-142c-4b8a-8f3e-6a7f6d6fc2a6"/>
+  <w:style w:type="table" w:styleId="NormalTable_d2a15e54-3d8b-496c-81b6-628d2e00c740" w:customStyle="1">
+    <w:name w:val="Normal Table_d2a15e54-3d8b-496c-81b6-628d2e00c740"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1008b55c-901a-4298-aae2-cdf38f30e092" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_195c289a-142c-4b8a-8f3e-6a7f6d6fc2a6"/>
+  <w:style w:type="table" w:styleId="TableGrid_d010529c-8a0a-429d-875a-7373d02b3070" w:customStyle="1">
+    <w:name w:val="Table Grid_d010529c-8a0a-429d-875a-7373d02b3070"/>
+    <w:basedOn w:val="NormalTable_d2a15e54-3d8b-496c-81b6-628d2e00c740"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e2501ec7-ba02-486b-a5b9-10f51c1c8f58" w:customStyle="1">
-    <w:name w:val="Normal Table_e2501ec7-ba02-486b-a5b9-10f51c1c8f58"/>
+  <w:style w:type="table" w:styleId="NormalTable_bbd3e389-477d-4a25-aa3c-f3723592f519" w:customStyle="1">
+    <w:name w:val="Normal Table_bbd3e389-477d-4a25-aa3c-f3723592f519"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_858cf02e-cb7b-4da9-b030-916e5ab9e4d4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e2501ec7-ba02-486b-a5b9-10f51c1c8f58"/>
+  <w:style w:type="table" w:styleId="TableGrid_03992cdd-25b1-4050-9415-2901d40e04a8" w:customStyle="1">
+    <w:name w:val="Table Grid_03992cdd-25b1-4050-9415-2901d40e04a8"/>
+    <w:basedOn w:val="NormalTable_bbd3e389-477d-4a25-aa3c-f3723592f519"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dd5bf9e0-531b-4d9e-bfc2-50a439567c05" w:customStyle="1">
-    <w:name w:val="Normal Table_dd5bf9e0-531b-4d9e-bfc2-50a439567c05"/>
+  <w:style w:type="table" w:styleId="NormalTable_6307cc74-79f4-4947-a593-74550a65d85c" w:customStyle="1">
+    <w:name w:val="Normal Table_6307cc74-79f4-4947-a593-74550a65d85c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f188eccb-4909-464d-9f58-2e0ed6a8d41f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dd5bf9e0-531b-4d9e-bfc2-50a439567c05"/>
+  <w:style w:type="table" w:styleId="TableGrid_1eb187d3-d1ff-4f91-8f75-65dd83873375" w:customStyle="1">
+    <w:name w:val="Table Grid_1eb187d3-d1ff-4f91-8f75-65dd83873375"/>
+    <w:basedOn w:val="NormalTable_6307cc74-79f4-4947-a593-74550a65d85c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>