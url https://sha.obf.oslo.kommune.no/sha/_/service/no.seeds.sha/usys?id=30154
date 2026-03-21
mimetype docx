--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -2581,51 +2581,51 @@
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_744649ca-118e-40cb-b86a-7f87f9f004d5"/>
+      <w:tblStyle w:val="TableGrid_ef769046-1577-4960-a036-3ef7f4d463c1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2636,51 +2636,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:52 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2708,51 +2708,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9d235bb6-d364-4730-9980-3e5036f798b8"/>
+      <w:tblStyle w:val="TableGrid_c52394f1-f5f8-4e6d-b9a4-8356146b9ecf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2810,51 +2810,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+            <w:pStyle w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2867,59 +2867,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+      <w:pStyle w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1eb187d3-d1ff-4f91-8f75-65dd83873375"/>
+      <w:tblStyle w:val="TableGrid_53bfc3fb-9aba-48de-a7a8-cd1d0f5daa28"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2930,51 +2930,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d010529c-8a0a-429d-875a-7373d02b3070"/>
+            <w:tblStyle w:val="TableGrid_894d2263-6be6-4e7d-b441-d8ef143eae45"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3075,72 +3075,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+            <w:pStyle w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_03992cdd-25b1-4050-9415-2901d40e04a8"/>
+            <w:tblStyle w:val="TableGrid_4c2472a0-a2f9-423c-a2c1-3978f7a602dc"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3241,62 +3241,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+            <w:pStyle w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+      <w:pStyle w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="26FC3C1D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4331,629 +4331,629 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrødtekstTegn"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_3a72b193-33e4-4baf-896f-797caa59ebac" w:customStyle="1">
-    <w:name w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+  <w:style w:type="paragraph" w:styleId="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18" w:customStyle="1">
+    <w:name w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+    <w:basedOn w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a5d8d5f6-d1f7-483a-abea-d1df922f5b95" w:customStyle="1">
-    <w:name w:val="Normal Table_a5d8d5f6-d1f7-483a-abea-d1df922f5b95"/>
+  <w:style w:type="table" w:styleId="NormalTable_8873b2fe-14a2-4568-9b1c-344a0def681b" w:customStyle="1">
+    <w:name w:val="Normal Table_8873b2fe-14a2-4568-9b1c-344a0def681b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_875d7b47-a900-4fde-bb62-e92b6211b345" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a5d8d5f6-d1f7-483a-abea-d1df922f5b95"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee041508-5a31-45ab-ae45-ca1bc05883ee" w:customStyle="1">
+    <w:name w:val="Table Grid_ee041508-5a31-45ab-ae45-ca1bc05883ee"/>
+    <w:basedOn w:val="NormalTable_8873b2fe-14a2-4568-9b1c-344a0def681b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+    <w:basedOn w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_3a72b193-33e4-4baf-896f-797caa59ebac"/>
+    <w:basedOn w:val="Normal_b97d5656-cfdf-43ac-9e78-8045b3676e18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_207a864d-f6fe-4956-89e5-7dbadbda8560" w:customStyle="1">
-    <w:name w:val="Normal Table_207a864d-f6fe-4956-89e5-7dbadbda8560"/>
+  <w:style w:type="table" w:styleId="NormalTable_9ebdbee4-742a-4b9e-95c9-57fdb71cb3fb" w:customStyle="1">
+    <w:name w:val="Normal Table_9ebdbee4-742a-4b9e-95c9-57fdb71cb3fb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b4fc56ee-30ec-4bf3-a741-395e0405d06e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_207a864d-f6fe-4956-89e5-7dbadbda8560"/>
+  <w:style w:type="table" w:styleId="TableGrid_458222eb-7556-4a48-832b-8343d63af0f1" w:customStyle="1">
+    <w:name w:val="Table Grid_458222eb-7556-4a48-832b-8343d63af0f1"/>
+    <w:basedOn w:val="NormalTable_9ebdbee4-742a-4b9e-95c9-57fdb71cb3fb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_acec450c-2cdf-460e-a5f7-3234db53d289" w:customStyle="1">
-    <w:name w:val="Normal Table_acec450c-2cdf-460e-a5f7-3234db53d289"/>
+  <w:style w:type="table" w:styleId="NormalTable_9dc723c5-c3e0-4416-86f4-f728511871bc" w:customStyle="1">
+    <w:name w:val="Normal Table_9dc723c5-c3e0-4416-86f4-f728511871bc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b2e98069-4a4c-43aa-b312-729c149486a4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_acec450c-2cdf-460e-a5f7-3234db53d289"/>
+  <w:style w:type="table" w:styleId="TableGrid_0386ea47-0ab2-4e7b-9eb6-e8a8cd301dfe" w:customStyle="1">
+    <w:name w:val="Table Grid_0386ea47-0ab2-4e7b-9eb6-e8a8cd301dfe"/>
+    <w:basedOn w:val="NormalTable_9dc723c5-c3e0-4416-86f4-f728511871bc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7d10ebfa-4a36-4e8d-a43f-b8929a56beac" w:customStyle="1">
-    <w:name w:val="Normal Table_7d10ebfa-4a36-4e8d-a43f-b8929a56beac"/>
+  <w:style w:type="table" w:styleId="NormalTable_bdce49c6-5fc8-4e5c-9ada-d22ff3607246" w:customStyle="1">
+    <w:name w:val="Normal Table_bdce49c6-5fc8-4e5c-9ada-d22ff3607246"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_60947822-cb10-4ff3-90f3-5befbd881c49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7d10ebfa-4a36-4e8d-a43f-b8929a56beac"/>
+  <w:style w:type="table" w:styleId="TableGrid_a1ec56d9-045a-4671-a912-45ec1e42e505" w:customStyle="1">
+    <w:name w:val="Table Grid_a1ec56d9-045a-4671-a912-45ec1e42e505"/>
+    <w:basedOn w:val="NormalTable_bdce49c6-5fc8-4e5c-9ada-d22ff3607246"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3e6c47f3-67c9-4186-82ae-023cf0b5a880" w:customStyle="1">
-    <w:name w:val="Normal Table_3e6c47f3-67c9-4186-82ae-023cf0b5a880"/>
+  <w:style w:type="table" w:styleId="NormalTable_faf875b1-cf58-4ec3-99f4-287e20a7dbfc" w:customStyle="1">
+    <w:name w:val="Normal Table_faf875b1-cf58-4ec3-99f4-287e20a7dbfc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c205306-2870-4ba0-92b7-c50e9d55e580" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3e6c47f3-67c9-4186-82ae-023cf0b5a880"/>
+  <w:style w:type="table" w:styleId="TableGrid_60ee892d-85dc-43d6-b397-edb75c8d87e5" w:customStyle="1">
+    <w:name w:val="Table Grid_60ee892d-85dc-43d6-b397-edb75c8d87e5"/>
+    <w:basedOn w:val="NormalTable_faf875b1-cf58-4ec3-99f4-287e20a7dbfc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3393c564-ee52-473a-a1bd-97cae0b70cd5" w:customStyle="1">
-    <w:name w:val="Normal Table_3393c564-ee52-473a-a1bd-97cae0b70cd5"/>
+  <w:style w:type="table" w:styleId="NormalTable_8e5fdfb2-83b6-4d51-bf45-a671fa3299d4" w:customStyle="1">
+    <w:name w:val="Normal Table_8e5fdfb2-83b6-4d51-bf45-a671fa3299d4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_744649ca-118e-40cb-b86a-7f87f9f004d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3393c564-ee52-473a-a1bd-97cae0b70cd5"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef769046-1577-4960-a036-3ef7f4d463c1" w:customStyle="1">
+    <w:name w:val="Table Grid_ef769046-1577-4960-a036-3ef7f4d463c1"/>
+    <w:basedOn w:val="NormalTable_8e5fdfb2-83b6-4d51-bf45-a671fa3299d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7a6deb18-3029-4712-8f09-845ab720c3d8" w:customStyle="1">
-    <w:name w:val="Normal Table_7a6deb18-3029-4712-8f09-845ab720c3d8"/>
+  <w:style w:type="table" w:styleId="NormalTable_3a531941-197a-40c1-b354-4082a4ee401f" w:customStyle="1">
+    <w:name w:val="Normal Table_3a531941-197a-40c1-b354-4082a4ee401f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9d235bb6-d364-4730-9980-3e5036f798b8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7a6deb18-3029-4712-8f09-845ab720c3d8"/>
+  <w:style w:type="table" w:styleId="TableGrid_c52394f1-f5f8-4e6d-b9a4-8356146b9ecf" w:customStyle="1">
+    <w:name w:val="Table Grid_c52394f1-f5f8-4e6d-b9a4-8356146b9ecf"/>
+    <w:basedOn w:val="NormalTable_3a531941-197a-40c1-b354-4082a4ee401f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d2a15e54-3d8b-496c-81b6-628d2e00c740" w:customStyle="1">
-    <w:name w:val="Normal Table_d2a15e54-3d8b-496c-81b6-628d2e00c740"/>
+  <w:style w:type="table" w:styleId="NormalTable_b7f2ec01-21b9-44be-b5fe-7202b6e9cb83" w:customStyle="1">
+    <w:name w:val="Normal Table_b7f2ec01-21b9-44be-b5fe-7202b6e9cb83"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d010529c-8a0a-429d-875a-7373d02b3070" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d2a15e54-3d8b-496c-81b6-628d2e00c740"/>
+  <w:style w:type="table" w:styleId="TableGrid_894d2263-6be6-4e7d-b441-d8ef143eae45" w:customStyle="1">
+    <w:name w:val="Table Grid_894d2263-6be6-4e7d-b441-d8ef143eae45"/>
+    <w:basedOn w:val="NormalTable_b7f2ec01-21b9-44be-b5fe-7202b6e9cb83"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bbd3e389-477d-4a25-aa3c-f3723592f519" w:customStyle="1">
-    <w:name w:val="Normal Table_bbd3e389-477d-4a25-aa3c-f3723592f519"/>
+  <w:style w:type="table" w:styleId="NormalTable_e48b69d6-f762-4dbe-9ff6-933bbe822634" w:customStyle="1">
+    <w:name w:val="Normal Table_e48b69d6-f762-4dbe-9ff6-933bbe822634"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_03992cdd-25b1-4050-9415-2901d40e04a8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bbd3e389-477d-4a25-aa3c-f3723592f519"/>
+  <w:style w:type="table" w:styleId="TableGrid_4c2472a0-a2f9-423c-a2c1-3978f7a602dc" w:customStyle="1">
+    <w:name w:val="Table Grid_4c2472a0-a2f9-423c-a2c1-3978f7a602dc"/>
+    <w:basedOn w:val="NormalTable_e48b69d6-f762-4dbe-9ff6-933bbe822634"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6307cc74-79f4-4947-a593-74550a65d85c" w:customStyle="1">
-    <w:name w:val="Normal Table_6307cc74-79f4-4947-a593-74550a65d85c"/>
+  <w:style w:type="table" w:styleId="NormalTable_689ba861-27e7-42a0-a085-f9c467378897" w:customStyle="1">
+    <w:name w:val="Normal Table_689ba861-27e7-42a0-a085-f9c467378897"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1eb187d3-d1ff-4f91-8f75-65dd83873375" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6307cc74-79f4-4947-a593-74550a65d85c"/>
+  <w:style w:type="table" w:styleId="TableGrid_53bfc3fb-9aba-48de-a7a8-cd1d0f5daa28" w:customStyle="1">
+    <w:name w:val="Table Grid_53bfc3fb-9aba-48de-a7a8-cd1d0f5daa28"/>
+    <w:basedOn w:val="NormalTable_689ba861-27e7-42a0-a085-f9c467378897"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>