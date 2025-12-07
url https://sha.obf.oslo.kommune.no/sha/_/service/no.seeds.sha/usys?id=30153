--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1892,243 +1892,346 @@
             <w:pPr>
               <w:pStyle w:val="OverskriftHeading"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Merknad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="366" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
-              <w:rPr/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Gjennomgang av prosjektet - før oppstart på byggeplass.</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gjennomgang av prosjektet </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">før oppstart på byggeplass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">(Kort info </w:t>
+              <w:t xml:space="preserve">Kort info </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">– 10 min – for </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SHA rådgiver</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> og </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">evnt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">. KU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">: Tegninger, hva skal </w:t>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Standardtekst"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tegninger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (Plan-/Skisse-)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, hva skal </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">bygges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, forutsetninger, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">)</w:t>
+              <w:t xml:space="preserve">, forutsetninger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Standardtekst"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Byggestart og -slutt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="425"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dato :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="366" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
-              <w:rPr/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve">SHA dokumenter på internett</w:t>
             </w:r>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">. (</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alle </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">O</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">s</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> dokumenter finnes </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">her</w:t>
             </w:r>
@@ -2246,51 +2349,51 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -2348,64 +2451,64 @@
               <w:rPr/>
               <w:t xml:space="preserve">verneorg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fremdriftsplan </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">(</w:t>
-[...10 lines deleted...]
-              <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nivå 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> - fra PG – avhengighet mellom </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">risikoer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
@@ -2503,51 +2606,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -2695,51 +2798,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -2858,51 +2961,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -3056,51 +3159,51 @@
             <w:pPr>
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -3193,51 +3296,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -3391,51 +3494,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -3460,50 +3563,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BH, </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
+              <w:ind w:left="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Møteserien er en dokumentasjon for at Byggherren jevnlig følger opp at koordinatorene oppfyller sine plikter, jf. § 5 og § 13 i Byggherreforskriften samt egen ytelsesbeskrivelse og </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">kontraktsgrunnlaget</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="130"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
@@ -3695,51 +3799,51 @@
             <w:pPr>
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -3866,51 +3970,51 @@
             <w:pPr>
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -4116,51 +4220,51 @@
             <w:pPr>
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dato: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
@@ -4310,51 +4414,51 @@
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -4428,51 +4532,51 @@
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -4646,51 +4750,51 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -4811,111 +4915,111 @@
               <w:ind w:left="130"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gjennomgang av </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">avtalen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">. Herunder krav til</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="565"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ukentlig </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">samordningsmøte (SM) og samordningsrunde (SR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">. Se veileder</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="565"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">at alle </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">entreprenører skal gjennomføre ukentlige vernerunder </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">og oversende referat fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">a</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> disse til HB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> som grunnlag for SM/SR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="565"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">at HB skal </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">lage og vedlikeholde </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">en plan med oversikt over fokus-HMS-områder som skal være tema på ukentlig SM/SR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -4955,51 +5059,51 @@
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -5122,51 +5226,51 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -5241,51 +5345,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -5773,51 +5877,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -6148,51 +6252,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6252,50 +6356,51 @@
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> det enkelte prosjekt. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
+              <w:ind w:left="0"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="425"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
@@ -6321,51 +6426,51 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -6585,51 +6690,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -6719,51 +6824,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -6918,71 +7023,68 @@
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Det skal være separate dame- og herregarderobe og toalett med egen inngang. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
+              <w:ind w:left="0"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="130"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">På rigg med inntil 10 personer kan det avtales med bedriftstillitsvalgte at kjønnsdelte garderobe og toalett sløyfes, når </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">dette likevel ikke vil bli benyttet.</w:t>
+              <w:t xml:space="preserve">På rigg med inntil 10 personer kan det avtales med bedriftstillitsvalgte at kjønnsdelte garderobe og toalett sløyfes, når dette likevel ikke vil bli benyttet.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="425"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -7008,51 +7110,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -7215,51 +7317,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -7358,51 +7460,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -7483,51 +7585,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -7662,51 +7764,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -7904,51 +8006,51 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -7968,51 +8070,51 @@
               <w:pStyle w:val="Standardtekst"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hovedbedrift skal henge opp SHA/HMS-tavler i spisebrakkene og ved hovedinngangene til byggene/byggeplassen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="130" w:hanging="130"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="426" w:hanging="284"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SHA-tavle: Byggherren</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">s </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SHA-informasjonstavle </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">skal henges opp</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
@@ -8077,368 +8179,368 @@
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Denne </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">skal kun </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">inneholder:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Forhåndsmelding til Arbeidstilsynet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Riggplan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Varslingsplan for ulykker og nestenulykker</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SHA - organisasjonskart for byggeplassen inkl. verneombud for UE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hovedfremdriftsplan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:spacing/>
               <w:ind w:left="1146"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="426" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HMS-tavle: Hovedbedrift skal henge opp HMS-informasjonstavler </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">innvendig</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> i spisebrakkene (innvendig HMS-tavle). </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Denne skal inneholde:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Riggplan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Samordningsprotokoll fra siste </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">samordnings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">runde</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fremdriftsplan med SJA (</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fra </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">både BH og totalentreprenør</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">s risikomatrise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sanksjonsmatrise "Brudd på sikkerhetsbestemmelser"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SHA-plan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> inkl. r</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">isikomatrise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">og spesifikke tiltak</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RUH-statistikk (</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">utarbeides av HB </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">og </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">oppdateres ukentlig)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Varslingsplan </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">inkl</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">organisasjonskart </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">for </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ulykker og nestenulykker</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Liste over personer med førstehjelpsopplæring</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Liste over personer /tolker basert på prosjektets språk-plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="425"/>
@@ -8467,51 +8569,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -8713,51 +8815,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -8902,55 +9004,51 @@
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Det skal være brannslukningsutstyr på alle plan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">. Min 2 stk</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alle rømningsveier skal merkes med etterlysende skilt og </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">være 0,9 m brede</w:t>
+              <w:t xml:space="preserve">Alle rømningsveier skal merkes med etterlysende skilt og være 0,9 m brede</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> og minimum 1.9 m høye</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alle rom / arealer skal være opplyst med min. </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> lux til enhver</w:t>
             </w:r>
             <w:r>
@@ -9099,51 +9197,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -9294,51 +9392,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1629"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
@@ -9458,51 +9556,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9630,51 +9728,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -9833,51 +9931,51 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskriftkolonne"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
@@ -9893,55 +9991,51 @@
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Det skal oppsettes minst 1 stk. webkamera som viser oversikt over byggeplassen og fremdrift på byggeplass.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Skjema for bestilling (Se SHA-portalen) </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Prosjekt-PSI må ha info om at webkamera er satt opp og </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">hensikten med dette</w:t>
+              <w:t xml:space="preserve">Prosjekt-PSI må ha info om at webkamera er satt opp og hensikten med dette</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="425"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
@@ -9968,51 +10062,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6379"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -10579,85 +10673,86 @@
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="D9D9D9" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6165"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
+              <w:ind w:left="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Lønns- og arbeidsvilkår – risikovurdering og kontroll </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gjennomfør</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
@@ -10696,51 +10791,51 @@
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LA-modulen i HMSreg skal benyttes i arbeidet med LA- kontroller </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hvilke arbeidstidsordninger benyttes på prosjektet/er planlagt benyttet på prosjektet. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hvordan følger HE opp dette? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="425"/>
@@ -10774,90 +10869,91 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6165"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HMSreg – veiledning og gjennomgang</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, fagarbeidere mm.</w:t>
             </w:r>
             <w:r>
@@ -10937,91 +11033,97 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Gjennomgang av hendelsesoversikten i HMSreg </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ehandle og lukke hendelser som oppstår underveis. Hendelser med alvorlighetsgrad «høy» skal lukkes med kommentar.​</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gjennomgang av tilganger til HMSreg. Behov for endringer eller flere tilganger?</w:t>
+              <w:t xml:space="preserve">Gjennomgang av tilganger til HMSreg. Behov for endringer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eller flere tilganger?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Kolonnepunkt"/>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Kun personell med tjenstlig behov skal ha roller/tilganger i prosjektet. Avslutte roller som ikke har tjenstlig behov.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -11083,51 +11185,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6165"/>
             <w:tcBorders>
@@ -11211,51 +11313,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ev. s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">tatus i HMSreg, inkludert unntaksliste. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Ingenmellomrom2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">Følge opp at alt personell i leverandørkjeden registrerer seg inn og ut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -11317,51 +11419,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6165"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
@@ -11460,51 +11562,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6165"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
@@ -11595,51 +11697,51 @@
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="568"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6165"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
@@ -11800,89 +11902,106 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_309e33ea-5107-43de-b5fa-9679c4a05287"/>
+      <w:tblStyle w:val="TableGrid_fc5abc83-9220-4b42-b953-dafc49a1a1e5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:15:58 </w:t>
+            <w:t xml:space="preserve">07.12.2025 22:28:39 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -11910,493 +12029,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_199c8204-2121-4740-bd60-c560daabc2a7"/>
+      <w:tblStyle w:val="TableGrid_89e3db0b-b493-4e23-9b01-2588e63bbd71"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 104. Versjonsnummer: 7</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 104. Versjonsnummer: 8</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.0 Overleveringsmøte 2 SHA</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+            <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+      <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_dc9e7b2b-0cea-4215-bf15-bb40459301de"/>
+      <w:tblStyle w:val="TableGrid_4cc435e7-78e2-40a8-8402-35ed49277817"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6f4d366d-b510-4e1b-85e5-ffdb05ca0ddd"/>
+            <w:tblStyle w:val="TableGrid_b28b6a83-f0af-453b-a44f-718a1f4abc54"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">14.10.2025 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">03.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+            <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9910c4cc-c8b8-455c-8734-b737ec7695b7"/>
+            <w:tblStyle w:val="TableGrid_38f15f18-00cf-44f9-95d4-100f93c42cbb"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+            <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+      <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -12606,50 +12827,170 @@
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0CE71E65"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:spacing/>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="12544DA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Kolonnepunkt"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -12727,51 +13068,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="13636323"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
@@ -12835,51 +13176,51 @@
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="16A43AA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12955,51 +13296,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="1C0943B3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13075,51 +13416,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="20895706"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13195,51 +13536,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="24115E04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13315,51 +13656,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="312214C3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -13437,51 +13778,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="39524AA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13557,51 +13898,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="3BBF3D5D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -13704,51 +14045,51 @@
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="3C0833BF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
@@ -13826,51 +14167,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="42E875FB"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
@@ -13961,51 +14302,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -14108,51 +14449,51 @@
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="4A502E5D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
@@ -14255,51 +14596,51 @@
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="5805" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6525"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="6525" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="50936C05"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
@@ -14363,51 +14704,51 @@
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="511E2255"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14483,51 +14824,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="58951A5D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14603,51 +14944,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="664239ED"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -14725,51 +15066,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="74B93FEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14845,51 +15186,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="7ACB1AD4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14965,51 +15306,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="7D4D4E05"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15085,51 +15426,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="7DFB68C5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
@@ -15193,51 +15534,51 @@
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="7E723AEF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15385,66 +15726,69 @@
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="23"/>
   </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -16027,55 +16371,55 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StilOverskriftHeading9pkt" w:customStyle="1">
     <w:name w:val="Stil Overskrift Heading + 9 pkt"/>
     <w:basedOn w:val="OverskriftHeading"/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kolonnepunkt" w:customStyle="1">
     <w:name w:val="Kolonnepunkt"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:numPr>
-      <w:numId w:val="3"/>
+      <w:numId w:val="4"/>
     </w:numPr>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
@@ -16148,629 +16492,629 @@
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TittelTegn" w:customStyle="1">
     <w:name w:val="Tittel Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899" w:customStyle="1">
-    <w:name w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+  <w:style w:type="paragraph" w:styleId="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d" w:customStyle="1">
+    <w:name w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+    <w:basedOn w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2b8a418b-e567-4dcf-9b79-5663c8ff2253" w:customStyle="1">
-    <w:name w:val="Normal Table_2b8a418b-e567-4dcf-9b79-5663c8ff2253"/>
+  <w:style w:type="table" w:styleId="NormalTable_f8450c29-f8ff-4b9b-8b2c-9a77e4a6e5d1" w:customStyle="1">
+    <w:name w:val="Normal Table_f8450c29-f8ff-4b9b-8b2c-9a77e4a6e5d1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1e65ba66-bd8b-419b-aeb1-50b880a41f22" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2b8a418b-e567-4dcf-9b79-5663c8ff2253"/>
+  <w:style w:type="table" w:styleId="TableGrid_64bbb433-1a58-4348-b9ec-a97cff7c022c" w:customStyle="1">
+    <w:name w:val="Table Grid_64bbb433-1a58-4348-b9ec-a97cff7c022c"/>
+    <w:basedOn w:val="NormalTable_f8450c29-f8ff-4b9b-8b2c-9a77e4a6e5d1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+    <w:basedOn w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_affe7c0e-0ce9-4048-8227-4f91322e0899"/>
+    <w:basedOn w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b7f9aabf-5222-4d3a-8acb-b04db9692d4b" w:customStyle="1">
-    <w:name w:val="Normal Table_b7f9aabf-5222-4d3a-8acb-b04db9692d4b"/>
+  <w:style w:type="table" w:styleId="NormalTable_cebe3083-dd83-4bda-a573-4411c5d5ab5f" w:customStyle="1">
+    <w:name w:val="Normal Table_cebe3083-dd83-4bda-a573-4411c5d5ab5f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dae77bc2-99d6-40e3-b64f-7af7438371a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b7f9aabf-5222-4d3a-8acb-b04db9692d4b"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0afbdd9-e4f5-4aa1-9bbf-821fc71c57b9" w:customStyle="1">
+    <w:name w:val="Table Grid_b0afbdd9-e4f5-4aa1-9bbf-821fc71c57b9"/>
+    <w:basedOn w:val="NormalTable_cebe3083-dd83-4bda-a573-4411c5d5ab5f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5f9fbc7a-ef99-4d70-ba0d-9cb392d65bf2" w:customStyle="1">
-    <w:name w:val="Normal Table_5f9fbc7a-ef99-4d70-ba0d-9cb392d65bf2"/>
+  <w:style w:type="table" w:styleId="NormalTable_2c01d249-89cc-4532-b4a3-0679ef47b17d" w:customStyle="1">
+    <w:name w:val="Normal Table_2c01d249-89cc-4532-b4a3-0679ef47b17d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eaab195d-b438-492c-bac7-aa9fbf895802" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5f9fbc7a-ef99-4d70-ba0d-9cb392d65bf2"/>
+  <w:style w:type="table" w:styleId="TableGrid_41f4416f-987f-4177-ba10-51895031a30d" w:customStyle="1">
+    <w:name w:val="Table Grid_41f4416f-987f-4177-ba10-51895031a30d"/>
+    <w:basedOn w:val="NormalTable_2c01d249-89cc-4532-b4a3-0679ef47b17d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_637b67a2-beef-4a4c-9f6c-d59bb7432335" w:customStyle="1">
-    <w:name w:val="Normal Table_637b67a2-beef-4a4c-9f6c-d59bb7432335"/>
+  <w:style w:type="table" w:styleId="NormalTable_db4e0cb0-d646-489e-9dff-fb0609a96403" w:customStyle="1">
+    <w:name w:val="Normal Table_db4e0cb0-d646-489e-9dff-fb0609a96403"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b7e782d4-8e18-4910-9eac-4b38f82c6aca" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_637b67a2-beef-4a4c-9f6c-d59bb7432335"/>
+  <w:style w:type="table" w:styleId="TableGrid_36a28f79-97fc-4f47-8f24-f0d19f0f0d32" w:customStyle="1">
+    <w:name w:val="Table Grid_36a28f79-97fc-4f47-8f24-f0d19f0f0d32"/>
+    <w:basedOn w:val="NormalTable_db4e0cb0-d646-489e-9dff-fb0609a96403"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d6d2cc5a-ded7-4159-9fab-869ad13b71c6" w:customStyle="1">
-    <w:name w:val="Normal Table_d6d2cc5a-ded7-4159-9fab-869ad13b71c6"/>
+  <w:style w:type="table" w:styleId="NormalTable_5ea7b926-9575-4e38-a23b-f985385f55d1" w:customStyle="1">
+    <w:name w:val="Normal Table_5ea7b926-9575-4e38-a23b-f985385f55d1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6973afa9-0bf2-4718-b74a-834256e71b0e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d6d2cc5a-ded7-4159-9fab-869ad13b71c6"/>
+  <w:style w:type="table" w:styleId="TableGrid_cda71e8f-36e5-48a1-b6f4-8ddc107912c7" w:customStyle="1">
+    <w:name w:val="Table Grid_cda71e8f-36e5-48a1-b6f4-8ddc107912c7"/>
+    <w:basedOn w:val="NormalTable_5ea7b926-9575-4e38-a23b-f985385f55d1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3630ea5b-5ccf-4c4a-ba51-46fe973d34ad" w:customStyle="1">
-    <w:name w:val="Normal Table_3630ea5b-5ccf-4c4a-ba51-46fe973d34ad"/>
+  <w:style w:type="table" w:styleId="NormalTable_cf1561c2-e682-4105-98e3-f262293dd406" w:customStyle="1">
+    <w:name w:val="Normal Table_cf1561c2-e682-4105-98e3-f262293dd406"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_309e33ea-5107-43de-b5fa-9679c4a05287" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3630ea5b-5ccf-4c4a-ba51-46fe973d34ad"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc5abc83-9220-4b42-b953-dafc49a1a1e5" w:customStyle="1">
+    <w:name w:val="Table Grid_fc5abc83-9220-4b42-b953-dafc49a1a1e5"/>
+    <w:basedOn w:val="NormalTable_cf1561c2-e682-4105-98e3-f262293dd406"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a2f0bc3f-4012-4c1c-81e2-65e4d6572248" w:customStyle="1">
-    <w:name w:val="Normal Table_a2f0bc3f-4012-4c1c-81e2-65e4d6572248"/>
+  <w:style w:type="table" w:styleId="NormalTable_b5a0f81a-b37a-4952-9ab5-55676da3a147" w:customStyle="1">
+    <w:name w:val="Normal Table_b5a0f81a-b37a-4952-9ab5-55676da3a147"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_199c8204-2121-4740-bd60-c560daabc2a7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a2f0bc3f-4012-4c1c-81e2-65e4d6572248"/>
+  <w:style w:type="table" w:styleId="TableGrid_89e3db0b-b493-4e23-9b01-2588e63bbd71" w:customStyle="1">
+    <w:name w:val="Table Grid_89e3db0b-b493-4e23-9b01-2588e63bbd71"/>
+    <w:basedOn w:val="NormalTable_b5a0f81a-b37a-4952-9ab5-55676da3a147"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0ccded9a-6607-4488-99dc-8092f29ab5b8" w:customStyle="1">
-    <w:name w:val="Normal Table_0ccded9a-6607-4488-99dc-8092f29ab5b8"/>
+  <w:style w:type="table" w:styleId="NormalTable_333774a7-6588-4c12-a627-19ddfa7890b9" w:customStyle="1">
+    <w:name w:val="Normal Table_333774a7-6588-4c12-a627-19ddfa7890b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6f4d366d-b510-4e1b-85e5-ffdb05ca0ddd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0ccded9a-6607-4488-99dc-8092f29ab5b8"/>
+  <w:style w:type="table" w:styleId="TableGrid_b28b6a83-f0af-453b-a44f-718a1f4abc54" w:customStyle="1">
+    <w:name w:val="Table Grid_b28b6a83-f0af-453b-a44f-718a1f4abc54"/>
+    <w:basedOn w:val="NormalTable_333774a7-6588-4c12-a627-19ddfa7890b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0373cb72-4d23-407b-8602-46b3f4a44b80" w:customStyle="1">
-    <w:name w:val="Normal Table_0373cb72-4d23-407b-8602-46b3f4a44b80"/>
+  <w:style w:type="table" w:styleId="NormalTable_e07422ca-6bb3-47fb-8717-92c8246093cf" w:customStyle="1">
+    <w:name w:val="Normal Table_e07422ca-6bb3-47fb-8717-92c8246093cf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9910c4cc-c8b8-455c-8734-b737ec7695b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0373cb72-4d23-407b-8602-46b3f4a44b80"/>
+  <w:style w:type="table" w:styleId="TableGrid_38f15f18-00cf-44f9-95d4-100f93c42cbb" w:customStyle="1">
+    <w:name w:val="Table Grid_38f15f18-00cf-44f9-95d4-100f93c42cbb"/>
+    <w:basedOn w:val="NormalTable_e07422ca-6bb3-47fb-8717-92c8246093cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_daa53893-adb5-41a9-bbe4-20ab04055fce" w:customStyle="1">
-    <w:name w:val="Normal Table_daa53893-adb5-41a9-bbe4-20ab04055fce"/>
+  <w:style w:type="table" w:styleId="NormalTable_d70dab0b-191c-411d-a50e-ae5f67cdc4ca" w:customStyle="1">
+    <w:name w:val="Normal Table_d70dab0b-191c-411d-a50e-ae5f67cdc4ca"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc9e7b2b-0cea-4215-bf15-bb40459301de" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_daa53893-adb5-41a9-bbe4-20ab04055fce"/>
+  <w:style w:type="table" w:styleId="TableGrid_4cc435e7-78e2-40a8-8402-35ed49277817" w:customStyle="1">
+    <w:name w:val="Table Grid_4cc435e7-78e2-40a8-8402-35ed49277817"/>
+    <w:basedOn w:val="NormalTable_d70dab0b-191c-411d-a50e-ae5f67cdc4ca"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -17082,52 +17426,52 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0919EB3-53C9-4E4C-B29F-0E4FCB6CB4E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>653-5-2.0 Overleveringsmøte 2 SHA.dot</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2506</Words>
-  <Characters>13282</Characters>
+  <Words>2512</Words>
+  <Characters>13319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>110</Lines>
   <Paragraphs>31</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus>Godkjent</cp:contentStatus>
 </cp:coreProperties>
 </file>