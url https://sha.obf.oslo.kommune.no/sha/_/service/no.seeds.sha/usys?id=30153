--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -11902,51 +11902,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fc5abc83-9220-4b42-b953-dafc49a1a1e5"/>
+      <w:tblStyle w:val="TableGrid_94260ab8-4263-43e4-bead-99305dd189ae"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -11957,51 +11957,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 22:28:39 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:53 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -12029,51 +12029,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_89e3db0b-b493-4e23-9b01-2588e63bbd71"/>
+      <w:tblStyle w:val="TableGrid_a40fb106-0432-4f64-a210-7ca1ccff7f16"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -12131,51 +12131,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+            <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -12188,59 +12188,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+      <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4cc435e7-78e2-40a8-8402-35ed49277817"/>
+      <w:tblStyle w:val="TableGrid_a322de08-bd84-4114-87df-a466201e69d6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12251,51 +12251,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b28b6a83-f0af-453b-a44f-718a1f4abc54"/>
+            <w:tblStyle w:val="TableGrid_222d0e79-5b5a-413c-b95d-acc3ce08f89c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12396,72 +12396,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+            <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_38f15f18-00cf-44f9-95d4-100f93c42cbb"/>
+            <w:tblStyle w:val="TableGrid_175c46d0-2535-4e0b-bb0e-19f60ac7a1f8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12562,62 +12562,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+            <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+      <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -16492,629 +16492,629 @@
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TittelTegn" w:customStyle="1">
     <w:name w:val="Tittel Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d" w:customStyle="1">
-    <w:name w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced" w:customStyle="1">
+    <w:name w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+    <w:basedOn w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f8450c29-f8ff-4b9b-8b2c-9a77e4a6e5d1" w:customStyle="1">
-    <w:name w:val="Normal Table_f8450c29-f8ff-4b9b-8b2c-9a77e4a6e5d1"/>
+  <w:style w:type="table" w:styleId="NormalTable_d52676cb-4515-49e2-b82c-61690e160551" w:customStyle="1">
+    <w:name w:val="Normal Table_d52676cb-4515-49e2-b82c-61690e160551"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_64bbb433-1a58-4348-b9ec-a97cff7c022c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f8450c29-f8ff-4b9b-8b2c-9a77e4a6e5d1"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0d9549a-dbba-4e79-a300-519be9732cb8" w:customStyle="1">
+    <w:name w:val="Table Grid_b0d9549a-dbba-4e79-a300-519be9732cb8"/>
+    <w:basedOn w:val="NormalTable_d52676cb-4515-49e2-b82c-61690e160551"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+    <w:basedOn w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_13cf45e4-5cb1-4910-839b-1873acbce47d"/>
+    <w:basedOn w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cebe3083-dd83-4bda-a573-4411c5d5ab5f" w:customStyle="1">
-    <w:name w:val="Normal Table_cebe3083-dd83-4bda-a573-4411c5d5ab5f"/>
+  <w:style w:type="table" w:styleId="NormalTable_e6b3498c-8616-4e21-9587-78786fe3ac56" w:customStyle="1">
+    <w:name w:val="Normal Table_e6b3498c-8616-4e21-9587-78786fe3ac56"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0afbdd9-e4f5-4aa1-9bbf-821fc71c57b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cebe3083-dd83-4bda-a573-4411c5d5ab5f"/>
+  <w:style w:type="table" w:styleId="TableGrid_bbd9b908-cd4c-483b-ac27-274f511cf686" w:customStyle="1">
+    <w:name w:val="Table Grid_bbd9b908-cd4c-483b-ac27-274f511cf686"/>
+    <w:basedOn w:val="NormalTable_e6b3498c-8616-4e21-9587-78786fe3ac56"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2c01d249-89cc-4532-b4a3-0679ef47b17d" w:customStyle="1">
-    <w:name w:val="Normal Table_2c01d249-89cc-4532-b4a3-0679ef47b17d"/>
+  <w:style w:type="table" w:styleId="NormalTable_9ac82a8c-9f31-44db-93bc-f169d7b8d53c" w:customStyle="1">
+    <w:name w:val="Normal Table_9ac82a8c-9f31-44db-93bc-f169d7b8d53c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_41f4416f-987f-4177-ba10-51895031a30d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2c01d249-89cc-4532-b4a3-0679ef47b17d"/>
+  <w:style w:type="table" w:styleId="TableGrid_5b265748-572f-4544-b6dc-655af115779c" w:customStyle="1">
+    <w:name w:val="Table Grid_5b265748-572f-4544-b6dc-655af115779c"/>
+    <w:basedOn w:val="NormalTable_9ac82a8c-9f31-44db-93bc-f169d7b8d53c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db4e0cb0-d646-489e-9dff-fb0609a96403" w:customStyle="1">
-    <w:name w:val="Normal Table_db4e0cb0-d646-489e-9dff-fb0609a96403"/>
+  <w:style w:type="table" w:styleId="NormalTable_14ffe18d-282d-4737-b431-24569ef20592" w:customStyle="1">
+    <w:name w:val="Normal Table_14ffe18d-282d-4737-b431-24569ef20592"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_36a28f79-97fc-4f47-8f24-f0d19f0f0d32" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db4e0cb0-d646-489e-9dff-fb0609a96403"/>
+  <w:style w:type="table" w:styleId="TableGrid_6fb95d0e-c9e5-4561-996e-3ddaef1ccc44" w:customStyle="1">
+    <w:name w:val="Table Grid_6fb95d0e-c9e5-4561-996e-3ddaef1ccc44"/>
+    <w:basedOn w:val="NormalTable_14ffe18d-282d-4737-b431-24569ef20592"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5ea7b926-9575-4e38-a23b-f985385f55d1" w:customStyle="1">
-    <w:name w:val="Normal Table_5ea7b926-9575-4e38-a23b-f985385f55d1"/>
+  <w:style w:type="table" w:styleId="NormalTable_00ff8c58-dfcb-4059-a0b6-f44fe4ac9296" w:customStyle="1">
+    <w:name w:val="Normal Table_00ff8c58-dfcb-4059-a0b6-f44fe4ac9296"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cda71e8f-36e5-48a1-b6f4-8ddc107912c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5ea7b926-9575-4e38-a23b-f985385f55d1"/>
+  <w:style w:type="table" w:styleId="TableGrid_798e4098-3d39-4107-8c08-2e5d8caaa2ad" w:customStyle="1">
+    <w:name w:val="Table Grid_798e4098-3d39-4107-8c08-2e5d8caaa2ad"/>
+    <w:basedOn w:val="NormalTable_00ff8c58-dfcb-4059-a0b6-f44fe4ac9296"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cf1561c2-e682-4105-98e3-f262293dd406" w:customStyle="1">
-    <w:name w:val="Normal Table_cf1561c2-e682-4105-98e3-f262293dd406"/>
+  <w:style w:type="table" w:styleId="NormalTable_88324087-0433-4691-8d8f-57b060d5a8d9" w:customStyle="1">
+    <w:name w:val="Normal Table_88324087-0433-4691-8d8f-57b060d5a8d9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc5abc83-9220-4b42-b953-dafc49a1a1e5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cf1561c2-e682-4105-98e3-f262293dd406"/>
+  <w:style w:type="table" w:styleId="TableGrid_94260ab8-4263-43e4-bead-99305dd189ae" w:customStyle="1">
+    <w:name w:val="Table Grid_94260ab8-4263-43e4-bead-99305dd189ae"/>
+    <w:basedOn w:val="NormalTable_88324087-0433-4691-8d8f-57b060d5a8d9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b5a0f81a-b37a-4952-9ab5-55676da3a147" w:customStyle="1">
-    <w:name w:val="Normal Table_b5a0f81a-b37a-4952-9ab5-55676da3a147"/>
+  <w:style w:type="table" w:styleId="NormalTable_c7392ea1-f98d-4684-8a79-b464bfaee6bb" w:customStyle="1">
+    <w:name w:val="Normal Table_c7392ea1-f98d-4684-8a79-b464bfaee6bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_89e3db0b-b493-4e23-9b01-2588e63bbd71" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b5a0f81a-b37a-4952-9ab5-55676da3a147"/>
+  <w:style w:type="table" w:styleId="TableGrid_a40fb106-0432-4f64-a210-7ca1ccff7f16" w:customStyle="1">
+    <w:name w:val="Table Grid_a40fb106-0432-4f64-a210-7ca1ccff7f16"/>
+    <w:basedOn w:val="NormalTable_c7392ea1-f98d-4684-8a79-b464bfaee6bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_333774a7-6588-4c12-a627-19ddfa7890b9" w:customStyle="1">
-    <w:name w:val="Normal Table_333774a7-6588-4c12-a627-19ddfa7890b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_3532319b-d036-4c3f-95eb-1cc7c487f1a9" w:customStyle="1">
+    <w:name w:val="Normal Table_3532319b-d036-4c3f-95eb-1cc7c487f1a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b28b6a83-f0af-453b-a44f-718a1f4abc54" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_333774a7-6588-4c12-a627-19ddfa7890b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_222d0e79-5b5a-413c-b95d-acc3ce08f89c" w:customStyle="1">
+    <w:name w:val="Table Grid_222d0e79-5b5a-413c-b95d-acc3ce08f89c"/>
+    <w:basedOn w:val="NormalTable_3532319b-d036-4c3f-95eb-1cc7c487f1a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e07422ca-6bb3-47fb-8717-92c8246093cf" w:customStyle="1">
-    <w:name w:val="Normal Table_e07422ca-6bb3-47fb-8717-92c8246093cf"/>
+  <w:style w:type="table" w:styleId="NormalTable_092f33e5-4ec5-467d-8019-047662ac330a" w:customStyle="1">
+    <w:name w:val="Normal Table_092f33e5-4ec5-467d-8019-047662ac330a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_38f15f18-00cf-44f9-95d4-100f93c42cbb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e07422ca-6bb3-47fb-8717-92c8246093cf"/>
+  <w:style w:type="table" w:styleId="TableGrid_175c46d0-2535-4e0b-bb0e-19f60ac7a1f8" w:customStyle="1">
+    <w:name w:val="Table Grid_175c46d0-2535-4e0b-bb0e-19f60ac7a1f8"/>
+    <w:basedOn w:val="NormalTable_092f33e5-4ec5-467d-8019-047662ac330a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d70dab0b-191c-411d-a50e-ae5f67cdc4ca" w:customStyle="1">
-    <w:name w:val="Normal Table_d70dab0b-191c-411d-a50e-ae5f67cdc4ca"/>
+  <w:style w:type="table" w:styleId="NormalTable_2f213caf-8bab-47d1-b14d-65001331c662" w:customStyle="1">
+    <w:name w:val="Normal Table_2f213caf-8bab-47d1-b14d-65001331c662"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4cc435e7-78e2-40a8-8402-35ed49277817" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d70dab0b-191c-411d-a50e-ae5f67cdc4ca"/>
+  <w:style w:type="table" w:styleId="TableGrid_a322de08-bd84-4114-87df-a466201e69d6" w:customStyle="1">
+    <w:name w:val="Table Grid_a322de08-bd84-4114-87df-a466201e69d6"/>
+    <w:basedOn w:val="NormalTable_2f213caf-8bab-47d1-b14d-65001331c662"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>