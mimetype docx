--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -11902,51 +11902,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_94260ab8-4263-43e4-bead-99305dd189ae"/>
+      <w:tblStyle w:val="TableGrid_64171eac-4cbd-43d8-ba22-503a30711c9e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -11957,51 +11957,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:53 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:37 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -12029,51 +12029,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a40fb106-0432-4f64-a210-7ca1ccff7f16"/>
+      <w:tblStyle w:val="TableGrid_de27b0e3-0e10-48fa-ae26-ae9e2a4ad335"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -12131,51 +12131,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+            <w:pStyle w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -12188,59 +12188,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+      <w:pStyle w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a322de08-bd84-4114-87df-a466201e69d6"/>
+      <w:tblStyle w:val="TableGrid_3780b449-ebe8-440b-9a0c-5555ac892073"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12251,51 +12251,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_222d0e79-5b5a-413c-b95d-acc3ce08f89c"/>
+            <w:tblStyle w:val="TableGrid_8dd491f8-36a7-4d99-a448-54868b5d92ea"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12396,72 +12396,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+            <w:pStyle w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_175c46d0-2535-4e0b-bb0e-19f60ac7a1f8"/>
+            <w:tblStyle w:val="TableGrid_5e71c102-806a-4ca7-bc4f-59f83d7b74e7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12562,62 +12562,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+            <w:pStyle w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+      <w:pStyle w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -16492,629 +16492,629 @@
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TittelTegn" w:customStyle="1">
     <w:name w:val="Tittel Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced" w:customStyle="1">
-    <w:name w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+  <w:style w:type="paragraph" w:styleId="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909" w:customStyle="1">
+    <w:name w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+    <w:basedOn w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d52676cb-4515-49e2-b82c-61690e160551" w:customStyle="1">
-    <w:name w:val="Normal Table_d52676cb-4515-49e2-b82c-61690e160551"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b5bae25-0630-42c2-935e-a1fa1f171b18" w:customStyle="1">
+    <w:name w:val="Normal Table_2b5bae25-0630-42c2-935e-a1fa1f171b18"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0d9549a-dbba-4e79-a300-519be9732cb8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d52676cb-4515-49e2-b82c-61690e160551"/>
+  <w:style w:type="table" w:styleId="TableGrid_fb181a76-e660-4c85-9e81-1c4476019f9a" w:customStyle="1">
+    <w:name w:val="Table Grid_fb181a76-e660-4c85-9e81-1c4476019f9a"/>
+    <w:basedOn w:val="NormalTable_2b5bae25-0630-42c2-935e-a1fa1f171b18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+    <w:basedOn w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_eed86d64-b1d4-4aea-babd-b629ec32eced"/>
+    <w:basedOn w:val="Normal_42e9e10d-cbbf-4b69-a160-e797f1e60909"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e6b3498c-8616-4e21-9587-78786fe3ac56" w:customStyle="1">
-    <w:name w:val="Normal Table_e6b3498c-8616-4e21-9587-78786fe3ac56"/>
+  <w:style w:type="table" w:styleId="NormalTable_7c073bc4-c659-4b65-beae-a076979c5e98" w:customStyle="1">
+    <w:name w:val="Normal Table_7c073bc4-c659-4b65-beae-a076979c5e98"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bbd9b908-cd4c-483b-ac27-274f511cf686" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e6b3498c-8616-4e21-9587-78786fe3ac56"/>
+  <w:style w:type="table" w:styleId="TableGrid_451fbd3b-3d4e-4cb4-b597-9cc1cdc8d416" w:customStyle="1">
+    <w:name w:val="Table Grid_451fbd3b-3d4e-4cb4-b597-9cc1cdc8d416"/>
+    <w:basedOn w:val="NormalTable_7c073bc4-c659-4b65-beae-a076979c5e98"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9ac82a8c-9f31-44db-93bc-f169d7b8d53c" w:customStyle="1">
-    <w:name w:val="Normal Table_9ac82a8c-9f31-44db-93bc-f169d7b8d53c"/>
+  <w:style w:type="table" w:styleId="NormalTable_219861e0-bc15-442c-ab28-6f7d2ea5fa44" w:customStyle="1">
+    <w:name w:val="Normal Table_219861e0-bc15-442c-ab28-6f7d2ea5fa44"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5b265748-572f-4544-b6dc-655af115779c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9ac82a8c-9f31-44db-93bc-f169d7b8d53c"/>
+  <w:style w:type="table" w:styleId="TableGrid_70950376-0438-4f56-b5a1-b35456cffe1c" w:customStyle="1">
+    <w:name w:val="Table Grid_70950376-0438-4f56-b5a1-b35456cffe1c"/>
+    <w:basedOn w:val="NormalTable_219861e0-bc15-442c-ab28-6f7d2ea5fa44"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_14ffe18d-282d-4737-b431-24569ef20592" w:customStyle="1">
-    <w:name w:val="Normal Table_14ffe18d-282d-4737-b431-24569ef20592"/>
+  <w:style w:type="table" w:styleId="NormalTable_112169c7-ebc4-4b9f-99fe-3a0fcaf3f32a" w:customStyle="1">
+    <w:name w:val="Normal Table_112169c7-ebc4-4b9f-99fe-3a0fcaf3f32a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6fb95d0e-c9e5-4561-996e-3ddaef1ccc44" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_14ffe18d-282d-4737-b431-24569ef20592"/>
+  <w:style w:type="table" w:styleId="TableGrid_6403b7b4-1014-453c-95d1-f8b8cf065cf7" w:customStyle="1">
+    <w:name w:val="Table Grid_6403b7b4-1014-453c-95d1-f8b8cf065cf7"/>
+    <w:basedOn w:val="NormalTable_112169c7-ebc4-4b9f-99fe-3a0fcaf3f32a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_00ff8c58-dfcb-4059-a0b6-f44fe4ac9296" w:customStyle="1">
-    <w:name w:val="Normal Table_00ff8c58-dfcb-4059-a0b6-f44fe4ac9296"/>
+  <w:style w:type="table" w:styleId="NormalTable_60fe6651-2ed0-4095-916f-d108e2d89d5b" w:customStyle="1">
+    <w:name w:val="Normal Table_60fe6651-2ed0-4095-916f-d108e2d89d5b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_798e4098-3d39-4107-8c08-2e5d8caaa2ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_00ff8c58-dfcb-4059-a0b6-f44fe4ac9296"/>
+  <w:style w:type="table" w:styleId="TableGrid_c0fe5a86-d4f0-4dd3-9b27-ea65219a569a" w:customStyle="1">
+    <w:name w:val="Table Grid_c0fe5a86-d4f0-4dd3-9b27-ea65219a569a"/>
+    <w:basedOn w:val="NormalTable_60fe6651-2ed0-4095-916f-d108e2d89d5b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_88324087-0433-4691-8d8f-57b060d5a8d9" w:customStyle="1">
-    <w:name w:val="Normal Table_88324087-0433-4691-8d8f-57b060d5a8d9"/>
+  <w:style w:type="table" w:styleId="NormalTable_3b0ecffb-eaf6-4406-98ab-9374ab45feab" w:customStyle="1">
+    <w:name w:val="Normal Table_3b0ecffb-eaf6-4406-98ab-9374ab45feab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_94260ab8-4263-43e4-bead-99305dd189ae" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_88324087-0433-4691-8d8f-57b060d5a8d9"/>
+  <w:style w:type="table" w:styleId="TableGrid_64171eac-4cbd-43d8-ba22-503a30711c9e" w:customStyle="1">
+    <w:name w:val="Table Grid_64171eac-4cbd-43d8-ba22-503a30711c9e"/>
+    <w:basedOn w:val="NormalTable_3b0ecffb-eaf6-4406-98ab-9374ab45feab"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c7392ea1-f98d-4684-8a79-b464bfaee6bb" w:customStyle="1">
-    <w:name w:val="Normal Table_c7392ea1-f98d-4684-8a79-b464bfaee6bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_05ebc471-3cf5-42fc-acb7-5b113a707e8a" w:customStyle="1">
+    <w:name w:val="Normal Table_05ebc471-3cf5-42fc-acb7-5b113a707e8a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a40fb106-0432-4f64-a210-7ca1ccff7f16" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c7392ea1-f98d-4684-8a79-b464bfaee6bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_de27b0e3-0e10-48fa-ae26-ae9e2a4ad335" w:customStyle="1">
+    <w:name w:val="Table Grid_de27b0e3-0e10-48fa-ae26-ae9e2a4ad335"/>
+    <w:basedOn w:val="NormalTable_05ebc471-3cf5-42fc-acb7-5b113a707e8a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3532319b-d036-4c3f-95eb-1cc7c487f1a9" w:customStyle="1">
-    <w:name w:val="Normal Table_3532319b-d036-4c3f-95eb-1cc7c487f1a9"/>
+  <w:style w:type="table" w:styleId="NormalTable_ab008641-6931-42fd-bb22-4b8162c69a17" w:customStyle="1">
+    <w:name w:val="Normal Table_ab008641-6931-42fd-bb22-4b8162c69a17"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_222d0e79-5b5a-413c-b95d-acc3ce08f89c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3532319b-d036-4c3f-95eb-1cc7c487f1a9"/>
+  <w:style w:type="table" w:styleId="TableGrid_8dd491f8-36a7-4d99-a448-54868b5d92ea" w:customStyle="1">
+    <w:name w:val="Table Grid_8dd491f8-36a7-4d99-a448-54868b5d92ea"/>
+    <w:basedOn w:val="NormalTable_ab008641-6931-42fd-bb22-4b8162c69a17"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_092f33e5-4ec5-467d-8019-047662ac330a" w:customStyle="1">
-    <w:name w:val="Normal Table_092f33e5-4ec5-467d-8019-047662ac330a"/>
+  <w:style w:type="table" w:styleId="NormalTable_2a4f0795-d4c5-4ebd-ba7e-62fab3a4fa33" w:customStyle="1">
+    <w:name w:val="Normal Table_2a4f0795-d4c5-4ebd-ba7e-62fab3a4fa33"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_175c46d0-2535-4e0b-bb0e-19f60ac7a1f8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_092f33e5-4ec5-467d-8019-047662ac330a"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e71c102-806a-4ca7-bc4f-59f83d7b74e7" w:customStyle="1">
+    <w:name w:val="Table Grid_5e71c102-806a-4ca7-bc4f-59f83d7b74e7"/>
+    <w:basedOn w:val="NormalTable_2a4f0795-d4c5-4ebd-ba7e-62fab3a4fa33"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f213caf-8bab-47d1-b14d-65001331c662" w:customStyle="1">
-    <w:name w:val="Normal Table_2f213caf-8bab-47d1-b14d-65001331c662"/>
+  <w:style w:type="table" w:styleId="NormalTable_38e9fd1e-1502-4b45-99ec-1e7b8668c1d7" w:customStyle="1">
+    <w:name w:val="Normal Table_38e9fd1e-1502-4b45-99ec-1e7b8668c1d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a322de08-bd84-4114-87df-a466201e69d6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f213caf-8bab-47d1-b14d-65001331c662"/>
+  <w:style w:type="table" w:styleId="TableGrid_3780b449-ebe8-440b-9a0c-5555ac892073" w:customStyle="1">
+    <w:name w:val="Table Grid_3780b449-ebe8-440b-9a0c-5555ac892073"/>
+    <w:basedOn w:val="NormalTable_38e9fd1e-1502-4b45-99ec-1e7b8668c1d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>