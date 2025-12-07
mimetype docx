--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -6650,89 +6650,106 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_523f56fb-91a1-443e-8977-5e58ed7fb4bf"/>
+      <w:tblStyle w:val="TableGrid_3866ca93-4e8b-44d7-ac70-332f9cc25c0d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5031"/>
       <w:gridCol w:w="5032"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5031"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 19:49:51 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:17 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5031"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -6760,74 +6777,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b71e7648-e8d6-4ce5-848d-d536b6171d63"/>
+      <w:tblStyle w:val="TableGrid_7ab04de1-669e-405f-b3e6-afd344aaa16d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6752"/>
       <w:gridCol w:w="2422"/>
       <w:gridCol w:w="889"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6752"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 103. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -6845,408 +6879,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="889"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+            <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+      <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_df239b64-01af-4694-a37b-7face9bf89a0"/>
+      <w:tblStyle w:val="TableGrid_97fe7025-3d2c-4c5d-b373-474e92eeaf49"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6541"/>
       <w:gridCol w:w="3522"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6541"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0c9a9684-b69a-427f-be1b-a3f95520a43b"/>
+            <w:tblStyle w:val="TableGrid_60d3d2dd-5854-495f-a0cc-3c4007792407"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.03.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+            <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3522"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_cf9bfea9-f82a-46ac-9108-f9bd417335e8"/>
+            <w:tblStyle w:val="TableGrid_cedcbf67-54ab-44ac-be9a-2dae04d18765"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+            <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+      <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12544DA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -9032,51 +9151,51 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="110"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9532,629 +9651,629 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a" w:customStyle="1">
-    <w:name w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf" w:customStyle="1">
+    <w:name w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+    <w:basedOn w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_42e7a186-9989-496f-af28-22dd2a3f8421" w:customStyle="1">
-    <w:name w:val="Normal Table_42e7a186-9989-496f-af28-22dd2a3f8421"/>
+  <w:style w:type="table" w:styleId="NormalTable_e3c2673d-78d9-49e8-8a79-15c01f2f9e25" w:customStyle="1">
+    <w:name w:val="Normal Table_e3c2673d-78d9-49e8-8a79-15c01f2f9e25"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e8c743c0-d874-48f2-b974-cd684adb76cd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_42e7a186-9989-496f-af28-22dd2a3f8421"/>
+  <w:style w:type="table" w:styleId="TableGrid_e075e08b-6757-4153-81fe-2d2c61ca54f0" w:customStyle="1">
+    <w:name w:val="Table Grid_e075e08b-6757-4153-81fe-2d2c61ca54f0"/>
+    <w:basedOn w:val="NormalTable_e3c2673d-78d9-49e8-8a79-15c01f2f9e25"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+    <w:basedOn w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_70e8500c-adc9-4095-96f5-b5486b4ca90a"/>
+    <w:basedOn w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2dc45cd9-2238-421b-bd3f-8c483ae122e1" w:customStyle="1">
-    <w:name w:val="Normal Table_2dc45cd9-2238-421b-bd3f-8c483ae122e1"/>
+  <w:style w:type="table" w:styleId="NormalTable_358c42c8-1204-458a-a11d-6a466123b05d" w:customStyle="1">
+    <w:name w:val="Normal Table_358c42c8-1204-458a-a11d-6a466123b05d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_be453276-4086-4bb6-88bf-fcd35828a0ba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2dc45cd9-2238-421b-bd3f-8c483ae122e1"/>
+  <w:style w:type="table" w:styleId="TableGrid_5237d45b-e12b-4a2e-a8f8-ed216f8773e5" w:customStyle="1">
+    <w:name w:val="Table Grid_5237d45b-e12b-4a2e-a8f8-ed216f8773e5"/>
+    <w:basedOn w:val="NormalTable_358c42c8-1204-458a-a11d-6a466123b05d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_44c9a18e-015b-4179-916a-48d047e4aee6" w:customStyle="1">
-    <w:name w:val="Normal Table_44c9a18e-015b-4179-916a-48d047e4aee6"/>
+  <w:style w:type="table" w:styleId="NormalTable_350640c9-1f4a-4df0-a56a-e15eb61933a4" w:customStyle="1">
+    <w:name w:val="Normal Table_350640c9-1f4a-4df0-a56a-e15eb61933a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fcd6b202-fe4f-4d15-9f50-58350373a657" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_44c9a18e-015b-4179-916a-48d047e4aee6"/>
+  <w:style w:type="table" w:styleId="TableGrid_88d77918-3602-4f65-8aa9-d15a1b029469" w:customStyle="1">
+    <w:name w:val="Table Grid_88d77918-3602-4f65-8aa9-d15a1b029469"/>
+    <w:basedOn w:val="NormalTable_350640c9-1f4a-4df0-a56a-e15eb61933a4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_915097d3-93a6-40a4-81c0-8a1ca8b6dd47" w:customStyle="1">
-    <w:name w:val="Normal Table_915097d3-93a6-40a4-81c0-8a1ca8b6dd47"/>
+  <w:style w:type="table" w:styleId="NormalTable_78542931-bb4e-42be-9de8-a97450de0a8c" w:customStyle="1">
+    <w:name w:val="Normal Table_78542931-bb4e-42be-9de8-a97450de0a8c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_63deebca-8c7b-42fd-b11a-856e9ebc6491" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_915097d3-93a6-40a4-81c0-8a1ca8b6dd47"/>
+  <w:style w:type="table" w:styleId="TableGrid_c4df8058-9ad2-458e-84be-c6b9c3c3be1c" w:customStyle="1">
+    <w:name w:val="Table Grid_c4df8058-9ad2-458e-84be-c6b9c3c3be1c"/>
+    <w:basedOn w:val="NormalTable_78542931-bb4e-42be-9de8-a97450de0a8c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5fd6fabf-3758-482f-8bd4-43b6e9aa81cc" w:customStyle="1">
-    <w:name w:val="Normal Table_5fd6fabf-3758-482f-8bd4-43b6e9aa81cc"/>
+  <w:style w:type="table" w:styleId="NormalTable_f8dbc73f-231d-499d-bcf3-de92f1baa34a" w:customStyle="1">
+    <w:name w:val="Normal Table_f8dbc73f-231d-499d-bcf3-de92f1baa34a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cc5aac8b-8815-4938-952a-1a887134c438" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5fd6fabf-3758-482f-8bd4-43b6e9aa81cc"/>
+  <w:style w:type="table" w:styleId="TableGrid_ea83f4dd-081c-44f9-87f5-61092f856b88" w:customStyle="1">
+    <w:name w:val="Table Grid_ea83f4dd-081c-44f9-87f5-61092f856b88"/>
+    <w:basedOn w:val="NormalTable_f8dbc73f-231d-499d-bcf3-de92f1baa34a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_80f15733-2dac-40fd-bdd8-8d3b5b048d7d" w:customStyle="1">
-    <w:name w:val="Normal Table_80f15733-2dac-40fd-bdd8-8d3b5b048d7d"/>
+  <w:style w:type="table" w:styleId="NormalTable_cde3cfca-c766-40c0-8047-d605c9cf2a74" w:customStyle="1">
+    <w:name w:val="Normal Table_cde3cfca-c766-40c0-8047-d605c9cf2a74"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_523f56fb-91a1-443e-8977-5e58ed7fb4bf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_80f15733-2dac-40fd-bdd8-8d3b5b048d7d"/>
+  <w:style w:type="table" w:styleId="TableGrid_3866ca93-4e8b-44d7-ac70-332f9cc25c0d" w:customStyle="1">
+    <w:name w:val="Table Grid_3866ca93-4e8b-44d7-ac70-332f9cc25c0d"/>
+    <w:basedOn w:val="NormalTable_cde3cfca-c766-40c0-8047-d605c9cf2a74"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_de327ec6-6c13-4339-a75e-29913d56b9fe" w:customStyle="1">
-    <w:name w:val="Normal Table_de327ec6-6c13-4339-a75e-29913d56b9fe"/>
+  <w:style w:type="table" w:styleId="NormalTable_997a16cb-af78-481f-b941-213491b361c7" w:customStyle="1">
+    <w:name w:val="Normal Table_997a16cb-af78-481f-b941-213491b361c7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b71e7648-e8d6-4ce5-848d-d536b6171d63" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_de327ec6-6c13-4339-a75e-29913d56b9fe"/>
+  <w:style w:type="table" w:styleId="TableGrid_7ab04de1-669e-405f-b3e6-afd344aaa16d" w:customStyle="1">
+    <w:name w:val="Table Grid_7ab04de1-669e-405f-b3e6-afd344aaa16d"/>
+    <w:basedOn w:val="NormalTable_997a16cb-af78-481f-b941-213491b361c7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_74ac7b2b-cabd-4fc8-8f22-0b34baea30a1" w:customStyle="1">
-    <w:name w:val="Normal Table_74ac7b2b-cabd-4fc8-8f22-0b34baea30a1"/>
+  <w:style w:type="table" w:styleId="NormalTable_9634b602-422e-4443-9469-08611943d69d" w:customStyle="1">
+    <w:name w:val="Normal Table_9634b602-422e-4443-9469-08611943d69d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0c9a9684-b69a-427f-be1b-a3f95520a43b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_74ac7b2b-cabd-4fc8-8f22-0b34baea30a1"/>
+  <w:style w:type="table" w:styleId="TableGrid_60d3d2dd-5854-495f-a0cc-3c4007792407" w:customStyle="1">
+    <w:name w:val="Table Grid_60d3d2dd-5854-495f-a0cc-3c4007792407"/>
+    <w:basedOn w:val="NormalTable_9634b602-422e-4443-9469-08611943d69d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_626b2a75-4156-4e26-8467-569ca17677bf" w:customStyle="1">
-    <w:name w:val="Normal Table_626b2a75-4156-4e26-8467-569ca17677bf"/>
+  <w:style w:type="table" w:styleId="NormalTable_356e2c81-cd03-40ed-82d4-b039e50a065b" w:customStyle="1">
+    <w:name w:val="Normal Table_356e2c81-cd03-40ed-82d4-b039e50a065b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cf9bfea9-f82a-46ac-9108-f9bd417335e8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_626b2a75-4156-4e26-8467-569ca17677bf"/>
+  <w:style w:type="table" w:styleId="TableGrid_cedcbf67-54ab-44ac-be9a-2dae04d18765" w:customStyle="1">
+    <w:name w:val="Table Grid_cedcbf67-54ab-44ac-be9a-2dae04d18765"/>
+    <w:basedOn w:val="NormalTable_356e2c81-cd03-40ed-82d4-b039e50a065b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d79c2eb6-bad9-4758-b82c-64225fe44b64" w:customStyle="1">
-    <w:name w:val="Normal Table_d79c2eb6-bad9-4758-b82c-64225fe44b64"/>
+  <w:style w:type="table" w:styleId="NormalTable_29ee49f4-e842-4c84-a359-e9b7f6725f1f" w:customStyle="1">
+    <w:name w:val="Normal Table_29ee49f4-e842-4c84-a359-e9b7f6725f1f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_df239b64-01af-4694-a37b-7face9bf89a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d79c2eb6-bad9-4758-b82c-64225fe44b64"/>
+  <w:style w:type="table" w:styleId="TableGrid_97fe7025-3d2c-4c5d-b373-474e92eeaf49" w:customStyle="1">
+    <w:name w:val="Table Grid_97fe7025-3d2c-4c5d-b373-474e92eeaf49"/>
+    <w:basedOn w:val="NormalTable_29ee49f4-e842-4c84-a359-e9b7f6725f1f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>