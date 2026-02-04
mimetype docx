--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -6650,51 +6650,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3866ca93-4e8b-44d7-ac70-332f9cc25c0d"/>
+      <w:tblStyle w:val="TableGrid_9c2855bf-c474-4301-87f9-bdb42452c6f2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5031"/>
       <w:gridCol w:w="5032"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6705,51 +6705,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5031"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:17 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:15 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5031"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -6777,51 +6777,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7ab04de1-669e-405f-b3e6-afd344aaa16d"/>
+      <w:tblStyle w:val="TableGrid_ecc97340-b3b5-4d63-9523-657aea8b8470"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6752"/>
       <w:gridCol w:w="2422"/>
       <w:gridCol w:w="889"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -6879,51 +6879,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="889"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+            <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6936,59 +6936,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+      <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_97fe7025-3d2c-4c5d-b373-474e92eeaf49"/>
+      <w:tblStyle w:val="TableGrid_f51f019e-f5d1-4f82-990b-1568222640e9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6541"/>
       <w:gridCol w:w="3522"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6999,51 +6999,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6541"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_60d3d2dd-5854-495f-a0cc-3c4007792407"/>
+            <w:tblStyle w:val="TableGrid_dc97e7be-4665-4c93-87f9-529891312bde"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7144,72 +7144,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.03.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+            <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3522"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_cedcbf67-54ab-44ac-be9a-2dae04d18765"/>
+            <w:tblStyle w:val="TableGrid_5affb29a-8e3f-4bc3-9a76-e6f13a066ee2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7310,62 +7310,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+            <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+      <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12544DA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -9651,629 +9651,629 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf" w:customStyle="1">
-    <w:name w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+  <w:style w:type="paragraph" w:styleId="Normal_d4b72666-88fa-4472-9465-080f670aca2a" w:customStyle="1">
+    <w:name w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+    <w:basedOn w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e3c2673d-78d9-49e8-8a79-15c01f2f9e25" w:customStyle="1">
-    <w:name w:val="Normal Table_e3c2673d-78d9-49e8-8a79-15c01f2f9e25"/>
+  <w:style w:type="table" w:styleId="NormalTable_a351893a-c67a-4654-a0b5-b96fb4ad8e7d" w:customStyle="1">
+    <w:name w:val="Normal Table_a351893a-c67a-4654-a0b5-b96fb4ad8e7d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e075e08b-6757-4153-81fe-2d2c61ca54f0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e3c2673d-78d9-49e8-8a79-15c01f2f9e25"/>
+  <w:style w:type="table" w:styleId="TableGrid_df6bef09-6367-4d61-8762-dde7e2d8ffe4" w:customStyle="1">
+    <w:name w:val="Table Grid_df6bef09-6367-4d61-8762-dde7e2d8ffe4"/>
+    <w:basedOn w:val="NormalTable_a351893a-c67a-4654-a0b5-b96fb4ad8e7d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+    <w:basedOn w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_1037d57e-f98b-4c95-82db-f6b6d9848edf"/>
+    <w:basedOn w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_358c42c8-1204-458a-a11d-6a466123b05d" w:customStyle="1">
-    <w:name w:val="Normal Table_358c42c8-1204-458a-a11d-6a466123b05d"/>
+  <w:style w:type="table" w:styleId="NormalTable_e56a1041-45ad-4ffc-a6d7-90065a871eba" w:customStyle="1">
+    <w:name w:val="Normal Table_e56a1041-45ad-4ffc-a6d7-90065a871eba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5237d45b-e12b-4a2e-a8f8-ed216f8773e5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_358c42c8-1204-458a-a11d-6a466123b05d"/>
+  <w:style w:type="table" w:styleId="TableGrid_1d59265d-d312-449c-b15c-47aa7930a4d9" w:customStyle="1">
+    <w:name w:val="Table Grid_1d59265d-d312-449c-b15c-47aa7930a4d9"/>
+    <w:basedOn w:val="NormalTable_e56a1041-45ad-4ffc-a6d7-90065a871eba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_350640c9-1f4a-4df0-a56a-e15eb61933a4" w:customStyle="1">
-    <w:name w:val="Normal Table_350640c9-1f4a-4df0-a56a-e15eb61933a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_bb21fbb2-0aa8-4420-a4ee-495bee6f1e59" w:customStyle="1">
+    <w:name w:val="Normal Table_bb21fbb2-0aa8-4420-a4ee-495bee6f1e59"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_88d77918-3602-4f65-8aa9-d15a1b029469" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_350640c9-1f4a-4df0-a56a-e15eb61933a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_42f5fd2f-2671-4fe8-a512-e0b7b09d7969" w:customStyle="1">
+    <w:name w:val="Table Grid_42f5fd2f-2671-4fe8-a512-e0b7b09d7969"/>
+    <w:basedOn w:val="NormalTable_bb21fbb2-0aa8-4420-a4ee-495bee6f1e59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_78542931-bb4e-42be-9de8-a97450de0a8c" w:customStyle="1">
-    <w:name w:val="Normal Table_78542931-bb4e-42be-9de8-a97450de0a8c"/>
+  <w:style w:type="table" w:styleId="NormalTable_72a8baae-003a-486a-b43f-3e5278264a72" w:customStyle="1">
+    <w:name w:val="Normal Table_72a8baae-003a-486a-b43f-3e5278264a72"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c4df8058-9ad2-458e-84be-c6b9c3c3be1c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_78542931-bb4e-42be-9de8-a97450de0a8c"/>
+  <w:style w:type="table" w:styleId="TableGrid_e27088ea-8a0e-499b-a4f3-cb618cc4ba60" w:customStyle="1">
+    <w:name w:val="Table Grid_e27088ea-8a0e-499b-a4f3-cb618cc4ba60"/>
+    <w:basedOn w:val="NormalTable_72a8baae-003a-486a-b43f-3e5278264a72"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f8dbc73f-231d-499d-bcf3-de92f1baa34a" w:customStyle="1">
-    <w:name w:val="Normal Table_f8dbc73f-231d-499d-bcf3-de92f1baa34a"/>
+  <w:style w:type="table" w:styleId="NormalTable_88052d17-0e2d-471e-9f8b-fabd7b7bb9b8" w:customStyle="1">
+    <w:name w:val="Normal Table_88052d17-0e2d-471e-9f8b-fabd7b7bb9b8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ea83f4dd-081c-44f9-87f5-61092f856b88" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f8dbc73f-231d-499d-bcf3-de92f1baa34a"/>
+  <w:style w:type="table" w:styleId="TableGrid_80b59231-283e-4f02-a39f-2f7845d2d5b1" w:customStyle="1">
+    <w:name w:val="Table Grid_80b59231-283e-4f02-a39f-2f7845d2d5b1"/>
+    <w:basedOn w:val="NormalTable_88052d17-0e2d-471e-9f8b-fabd7b7bb9b8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cde3cfca-c766-40c0-8047-d605c9cf2a74" w:customStyle="1">
-    <w:name w:val="Normal Table_cde3cfca-c766-40c0-8047-d605c9cf2a74"/>
+  <w:style w:type="table" w:styleId="NormalTable_691d1f44-a033-442e-8a02-0ef65dc634ec" w:customStyle="1">
+    <w:name w:val="Normal Table_691d1f44-a033-442e-8a02-0ef65dc634ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3866ca93-4e8b-44d7-ac70-332f9cc25c0d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cde3cfca-c766-40c0-8047-d605c9cf2a74"/>
+  <w:style w:type="table" w:styleId="TableGrid_9c2855bf-c474-4301-87f9-bdb42452c6f2" w:customStyle="1">
+    <w:name w:val="Table Grid_9c2855bf-c474-4301-87f9-bdb42452c6f2"/>
+    <w:basedOn w:val="NormalTable_691d1f44-a033-442e-8a02-0ef65dc634ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_997a16cb-af78-481f-b941-213491b361c7" w:customStyle="1">
-    <w:name w:val="Normal Table_997a16cb-af78-481f-b941-213491b361c7"/>
+  <w:style w:type="table" w:styleId="NormalTable_42b9eaee-8aa0-4bb8-ae5e-3824e2c68eb2" w:customStyle="1">
+    <w:name w:val="Normal Table_42b9eaee-8aa0-4bb8-ae5e-3824e2c68eb2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7ab04de1-669e-405f-b3e6-afd344aaa16d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_997a16cb-af78-481f-b941-213491b361c7"/>
+  <w:style w:type="table" w:styleId="TableGrid_ecc97340-b3b5-4d63-9523-657aea8b8470" w:customStyle="1">
+    <w:name w:val="Table Grid_ecc97340-b3b5-4d63-9523-657aea8b8470"/>
+    <w:basedOn w:val="NormalTable_42b9eaee-8aa0-4bb8-ae5e-3824e2c68eb2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9634b602-422e-4443-9469-08611943d69d" w:customStyle="1">
-    <w:name w:val="Normal Table_9634b602-422e-4443-9469-08611943d69d"/>
+  <w:style w:type="table" w:styleId="NormalTable_206ca1a7-4761-4947-bf66-9bef80e3ff4d" w:customStyle="1">
+    <w:name w:val="Normal Table_206ca1a7-4761-4947-bf66-9bef80e3ff4d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_60d3d2dd-5854-495f-a0cc-3c4007792407" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9634b602-422e-4443-9469-08611943d69d"/>
+  <w:style w:type="table" w:styleId="TableGrid_dc97e7be-4665-4c93-87f9-529891312bde" w:customStyle="1">
+    <w:name w:val="Table Grid_dc97e7be-4665-4c93-87f9-529891312bde"/>
+    <w:basedOn w:val="NormalTable_206ca1a7-4761-4947-bf66-9bef80e3ff4d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_356e2c81-cd03-40ed-82d4-b039e50a065b" w:customStyle="1">
-    <w:name w:val="Normal Table_356e2c81-cd03-40ed-82d4-b039e50a065b"/>
+  <w:style w:type="table" w:styleId="NormalTable_1df8d54e-dc55-4d34-85e3-0dfffeaa7166" w:customStyle="1">
+    <w:name w:val="Normal Table_1df8d54e-dc55-4d34-85e3-0dfffeaa7166"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cedcbf67-54ab-44ac-be9a-2dae04d18765" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_356e2c81-cd03-40ed-82d4-b039e50a065b"/>
+  <w:style w:type="table" w:styleId="TableGrid_5affb29a-8e3f-4bc3-9a76-e6f13a066ee2" w:customStyle="1">
+    <w:name w:val="Table Grid_5affb29a-8e3f-4bc3-9a76-e6f13a066ee2"/>
+    <w:basedOn w:val="NormalTable_1df8d54e-dc55-4d34-85e3-0dfffeaa7166"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_29ee49f4-e842-4c84-a359-e9b7f6725f1f" w:customStyle="1">
-    <w:name w:val="Normal Table_29ee49f4-e842-4c84-a359-e9b7f6725f1f"/>
+  <w:style w:type="table" w:styleId="NormalTable_f40d3541-3747-4349-92ee-5084b8c9a39c" w:customStyle="1">
+    <w:name w:val="Normal Table_f40d3541-3747-4349-92ee-5084b8c9a39c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97fe7025-3d2c-4c5d-b373-474e92eeaf49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_29ee49f4-e842-4c84-a359-e9b7f6725f1f"/>
+  <w:style w:type="table" w:styleId="TableGrid_f51f019e-f5d1-4f82-990b-1568222640e9" w:customStyle="1">
+    <w:name w:val="Table Grid_f51f019e-f5d1-4f82-990b-1568222640e9"/>
+    <w:basedOn w:val="NormalTable_f40d3541-3747-4349-92ee-5084b8c9a39c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>