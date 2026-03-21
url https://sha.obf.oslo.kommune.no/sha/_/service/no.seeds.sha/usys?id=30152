--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6650,51 +6650,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9c2855bf-c474-4301-87f9-bdb42452c6f2"/>
+      <w:tblStyle w:val="TableGrid_f86a0b5f-954f-44a7-bf44-d77767164501"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5031"/>
       <w:gridCol w:w="5032"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6705,51 +6705,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5031"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:15 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:43 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5031"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -6777,51 +6777,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ecc97340-b3b5-4d63-9523-657aea8b8470"/>
+      <w:tblStyle w:val="TableGrid_b96a4527-0ac0-46d8-8ec5-d419364610f5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6752"/>
       <w:gridCol w:w="2422"/>
       <w:gridCol w:w="889"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -6879,51 +6879,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="889"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+            <w:pStyle w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6936,59 +6936,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+      <w:pStyle w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f51f019e-f5d1-4f82-990b-1568222640e9"/>
+      <w:tblStyle w:val="TableGrid_62b3d98b-6d12-4c23-925e-a4402408e7bb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6541"/>
       <w:gridCol w:w="3522"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6999,51 +6999,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6541"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_dc97e7be-4665-4c93-87f9-529891312bde"/>
+            <w:tblStyle w:val="TableGrid_b274344d-24a4-4cef-b0d0-4058b36aef56"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7144,72 +7144,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.03.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+            <w:pStyle w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3522"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5affb29a-8e3f-4bc3-9a76-e6f13a066ee2"/>
+            <w:tblStyle w:val="TableGrid_5119f7c0-8304-4dac-a1aa-c4b2256992ed"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7310,62 +7310,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+            <w:pStyle w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+      <w:pStyle w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12544DA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -9651,629 +9651,629 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_d4b72666-88fa-4472-9465-080f670aca2a" w:customStyle="1">
-    <w:name w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7072a134-f807-47a7-8144-2206ad5d3582" w:customStyle="1">
+    <w:name w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+    <w:basedOn w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a351893a-c67a-4654-a0b5-b96fb4ad8e7d" w:customStyle="1">
-    <w:name w:val="Normal Table_a351893a-c67a-4654-a0b5-b96fb4ad8e7d"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c578e15-992b-41e1-a37a-37a28663eb06" w:customStyle="1">
+    <w:name w:val="Normal Table_0c578e15-992b-41e1-a37a-37a28663eb06"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_df6bef09-6367-4d61-8762-dde7e2d8ffe4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a351893a-c67a-4654-a0b5-b96fb4ad8e7d"/>
+  <w:style w:type="table" w:styleId="TableGrid_f905f0a0-8bf5-4f69-ae4f-1a56a597b6ab" w:customStyle="1">
+    <w:name w:val="Table Grid_f905f0a0-8bf5-4f69-ae4f-1a56a597b6ab"/>
+    <w:basedOn w:val="NormalTable_0c578e15-992b-41e1-a37a-37a28663eb06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+    <w:basedOn w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_d4b72666-88fa-4472-9465-080f670aca2a"/>
+    <w:basedOn w:val="Normal_7072a134-f807-47a7-8144-2206ad5d3582"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e56a1041-45ad-4ffc-a6d7-90065a871eba" w:customStyle="1">
-    <w:name w:val="Normal Table_e56a1041-45ad-4ffc-a6d7-90065a871eba"/>
+  <w:style w:type="table" w:styleId="NormalTable_b998c5ee-098c-485d-9c3c-4c47379b437c" w:customStyle="1">
+    <w:name w:val="Normal Table_b998c5ee-098c-485d-9c3c-4c47379b437c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1d59265d-d312-449c-b15c-47aa7930a4d9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e56a1041-45ad-4ffc-a6d7-90065a871eba"/>
+  <w:style w:type="table" w:styleId="TableGrid_25e12576-8a1c-413d-a4c0-7f0fc8424cb1" w:customStyle="1">
+    <w:name w:val="Table Grid_25e12576-8a1c-413d-a4c0-7f0fc8424cb1"/>
+    <w:basedOn w:val="NormalTable_b998c5ee-098c-485d-9c3c-4c47379b437c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bb21fbb2-0aa8-4420-a4ee-495bee6f1e59" w:customStyle="1">
-    <w:name w:val="Normal Table_bb21fbb2-0aa8-4420-a4ee-495bee6f1e59"/>
+  <w:style w:type="table" w:styleId="NormalTable_42a65c69-9e35-49ba-9949-c2e2f6845d36" w:customStyle="1">
+    <w:name w:val="Normal Table_42a65c69-9e35-49ba-9949-c2e2f6845d36"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_42f5fd2f-2671-4fe8-a512-e0b7b09d7969" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bb21fbb2-0aa8-4420-a4ee-495bee6f1e59"/>
+  <w:style w:type="table" w:styleId="TableGrid_6f6ef4ef-6cd5-486f-addd-8f71669f7653" w:customStyle="1">
+    <w:name w:val="Table Grid_6f6ef4ef-6cd5-486f-addd-8f71669f7653"/>
+    <w:basedOn w:val="NormalTable_42a65c69-9e35-49ba-9949-c2e2f6845d36"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_72a8baae-003a-486a-b43f-3e5278264a72" w:customStyle="1">
-    <w:name w:val="Normal Table_72a8baae-003a-486a-b43f-3e5278264a72"/>
+  <w:style w:type="table" w:styleId="NormalTable_a962d530-906b-482e-a816-affaf78f0cdc" w:customStyle="1">
+    <w:name w:val="Normal Table_a962d530-906b-482e-a816-affaf78f0cdc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e27088ea-8a0e-499b-a4f3-cb618cc4ba60" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_72a8baae-003a-486a-b43f-3e5278264a72"/>
+  <w:style w:type="table" w:styleId="TableGrid_138f4b7c-9aa6-4c3f-800f-553fff92e9e5" w:customStyle="1">
+    <w:name w:val="Table Grid_138f4b7c-9aa6-4c3f-800f-553fff92e9e5"/>
+    <w:basedOn w:val="NormalTable_a962d530-906b-482e-a816-affaf78f0cdc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_88052d17-0e2d-471e-9f8b-fabd7b7bb9b8" w:customStyle="1">
-    <w:name w:val="Normal Table_88052d17-0e2d-471e-9f8b-fabd7b7bb9b8"/>
+  <w:style w:type="table" w:styleId="NormalTable_2347ee23-241f-474e-bb5e-164440c6a5ea" w:customStyle="1">
+    <w:name w:val="Normal Table_2347ee23-241f-474e-bb5e-164440c6a5ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_80b59231-283e-4f02-a39f-2f7845d2d5b1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_88052d17-0e2d-471e-9f8b-fabd7b7bb9b8"/>
+  <w:style w:type="table" w:styleId="TableGrid_5d604364-50c6-42c2-bc4e-ffa3e6a338cd" w:customStyle="1">
+    <w:name w:val="Table Grid_5d604364-50c6-42c2-bc4e-ffa3e6a338cd"/>
+    <w:basedOn w:val="NormalTable_2347ee23-241f-474e-bb5e-164440c6a5ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_691d1f44-a033-442e-8a02-0ef65dc634ec" w:customStyle="1">
-    <w:name w:val="Normal Table_691d1f44-a033-442e-8a02-0ef65dc634ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_44c7d027-be57-41d3-8042-c4be3efdd8f0" w:customStyle="1">
+    <w:name w:val="Normal Table_44c7d027-be57-41d3-8042-c4be3efdd8f0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c2855bf-c474-4301-87f9-bdb42452c6f2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_691d1f44-a033-442e-8a02-0ef65dc634ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_f86a0b5f-954f-44a7-bf44-d77767164501" w:customStyle="1">
+    <w:name w:val="Table Grid_f86a0b5f-954f-44a7-bf44-d77767164501"/>
+    <w:basedOn w:val="NormalTable_44c7d027-be57-41d3-8042-c4be3efdd8f0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_42b9eaee-8aa0-4bb8-ae5e-3824e2c68eb2" w:customStyle="1">
-    <w:name w:val="Normal Table_42b9eaee-8aa0-4bb8-ae5e-3824e2c68eb2"/>
+  <w:style w:type="table" w:styleId="NormalTable_fe7ae927-c8f3-4c26-a7da-fb55ace1b46c" w:customStyle="1">
+    <w:name w:val="Normal Table_fe7ae927-c8f3-4c26-a7da-fb55ace1b46c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ecc97340-b3b5-4d63-9523-657aea8b8470" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_42b9eaee-8aa0-4bb8-ae5e-3824e2c68eb2"/>
+  <w:style w:type="table" w:styleId="TableGrid_b96a4527-0ac0-46d8-8ec5-d419364610f5" w:customStyle="1">
+    <w:name w:val="Table Grid_b96a4527-0ac0-46d8-8ec5-d419364610f5"/>
+    <w:basedOn w:val="NormalTable_fe7ae927-c8f3-4c26-a7da-fb55ace1b46c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_206ca1a7-4761-4947-bf66-9bef80e3ff4d" w:customStyle="1">
-    <w:name w:val="Normal Table_206ca1a7-4761-4947-bf66-9bef80e3ff4d"/>
+  <w:style w:type="table" w:styleId="NormalTable_19019161-0d2e-4fd6-8b91-cdea3265f699" w:customStyle="1">
+    <w:name w:val="Normal Table_19019161-0d2e-4fd6-8b91-cdea3265f699"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc97e7be-4665-4c93-87f9-529891312bde" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_206ca1a7-4761-4947-bf66-9bef80e3ff4d"/>
+  <w:style w:type="table" w:styleId="TableGrid_b274344d-24a4-4cef-b0d0-4058b36aef56" w:customStyle="1">
+    <w:name w:val="Table Grid_b274344d-24a4-4cef-b0d0-4058b36aef56"/>
+    <w:basedOn w:val="NormalTable_19019161-0d2e-4fd6-8b91-cdea3265f699"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1df8d54e-dc55-4d34-85e3-0dfffeaa7166" w:customStyle="1">
-    <w:name w:val="Normal Table_1df8d54e-dc55-4d34-85e3-0dfffeaa7166"/>
+  <w:style w:type="table" w:styleId="NormalTable_7c7a4fc6-155a-4c9e-8b04-161a9ed8d3e4" w:customStyle="1">
+    <w:name w:val="Normal Table_7c7a4fc6-155a-4c9e-8b04-161a9ed8d3e4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5affb29a-8e3f-4bc3-9a76-e6f13a066ee2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1df8d54e-dc55-4d34-85e3-0dfffeaa7166"/>
+  <w:style w:type="table" w:styleId="TableGrid_5119f7c0-8304-4dac-a1aa-c4b2256992ed" w:customStyle="1">
+    <w:name w:val="Table Grid_5119f7c0-8304-4dac-a1aa-c4b2256992ed"/>
+    <w:basedOn w:val="NormalTable_7c7a4fc6-155a-4c9e-8b04-161a9ed8d3e4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f40d3541-3747-4349-92ee-5084b8c9a39c" w:customStyle="1">
-    <w:name w:val="Normal Table_f40d3541-3747-4349-92ee-5084b8c9a39c"/>
+  <w:style w:type="table" w:styleId="NormalTable_d3d5e41f-64b6-49b5-a331-ea94def7db48" w:customStyle="1">
+    <w:name w:val="Normal Table_d3d5e41f-64b6-49b5-a331-ea94def7db48"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f51f019e-f5d1-4f82-990b-1568222640e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f40d3541-3747-4349-92ee-5084b8c9a39c"/>
+  <w:style w:type="table" w:styleId="TableGrid_62b3d98b-6d12-4c23-925e-a4402408e7bb" w:customStyle="1">
+    <w:name w:val="Table Grid_62b3d98b-6d12-4c23-925e-a4402408e7bb"/>
+    <w:basedOn w:val="NormalTable_d3d5e41f-64b6-49b5-a331-ea94def7db48"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>