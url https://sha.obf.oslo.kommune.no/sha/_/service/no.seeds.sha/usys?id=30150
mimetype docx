--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -15728,51 +15728,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DA36C15">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61765025">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId1"/>
           <w:footerReference w:type="default" r:id="rId2"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="23814" w:h="16839" w:orient="landscape"/>
+          <w:pgSz w:w="23814" w:h="16839"/>
           <w:pgMar w:top="2126" w:right="720" w:bottom="1134" w:left="720" w:header="454" w:footer="454" w:gutter="0"/>
           <w:pgBorders/>
           <w:pgNumType w:fmt="decimal"/>
           <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12ED9893">
       <w:pPr>
         <w:spacing/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -15827,51 +15827,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3: Vurdert</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> risiko (risikobilde)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E209CE8">
       <w:pPr>
         <w:spacing/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId3"/>
           <w:footerReference w:type="default" r:id="rId4"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="23814" w:h="16839" w:orient="landscape"/>
+          <w:pgSz w:w="23814" w:h="16839"/>
           <w:pgMar w:top="1092" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="404" w:gutter="0"/>
           <w:pgBorders/>
           <w:pgNumType w:fmt="decimal"/>
           <w:cols w:num="2" w:equalWidth="1" w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5070"/>
         <w:gridCol w:w="5070"/>
@@ -18069,51 +18069,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Uakseptabel risiko - avbøtende tiltak er nødvendig (høy risiko)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B48BFA5">
       <w:pPr>
         <w:spacing/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="23814" w:h="16839" w:orient="landscape"/>
+      <w:pgSz w:w="23814" w:h="16839"/>
       <w:pgMar w:top="1092" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="404" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="2" w:equalWidth="1" w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -18145,89 +18145,106 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_383328c9-dfcd-4310-b1f6-252494006a6b"/>
+      <w:tblStyle w:val="TableGrid_e9370f56-60fc-429e-9ad6-f73564afb70b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:20:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:31:22 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18255,89 +18272,106 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_20038066-e218-41eb-b2d6-3566cd1de519"/>
+      <w:tblStyle w:val="TableGrid_daec7374-cc18-4683-be48-2a138dd879bb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:20:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:31:22 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18365,89 +18399,106 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e82c9a66-671f-4e6f-b128-34be2d2693ba"/>
+      <w:tblStyle w:val="TableGrid_a333106b-c11c-44f7-a526-9dbb30aac9a2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:20:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:31:22 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18475,74 +18526,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_75ca1aa5-c556-437d-82c0-c9fa4ec46e27"/>
+      <w:tblStyle w:val="TableGrid_cd87f61e-0057-4e1a-a57d-019856301492"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="15012"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 101. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -18560,444 +18628,546 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="1024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_303fee3b-4d52-4389-b2d1-5a315dfff150"/>
+      <w:tblStyle w:val="TableGrid_8930cede-2738-45a0-89a1-fcb8b81c1a36"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_763b184c-2d0c-4a34-a4c2-fb062719c972"/>
+            <w:tblStyle w:val="TableGrid_d8acf1f6-c52a-42e4-b470-f334045bffa7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_aa5e9184-8d12-4f7b-b7c3-bec55ea23958"/>
+            <w:tblStyle w:val="TableGrid_80a042ea-1663-485c-ad53-c7e4f07df035"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_06bb963e-41b2-48f2-8ed1-1241bf96be07"/>
+      <w:tblStyle w:val="TableGrid_d473af58-bdef-4e6d-bf84-2e6b0b0b95b8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="15012"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 101. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -19015,444 +19185,546 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="2048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_09606383-5983-4bf7-85ef-f46a64e5e448"/>
+      <w:tblStyle w:val="TableGrid_cd18df20-e3fa-4d90-80e3-4ff2acccf759"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_dfaae3b2-9d62-4f7a-992c-fed9772d1d27"/>
+            <w:tblStyle w:val="TableGrid_6f5398aa-0a52-4c7a-a201-cf74d664abe7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ebd00608-902c-465c-a386-597618ae92b9"/>
+            <w:tblStyle w:val="TableGrid_f6dc0845-3f14-483f-8e6d-577d872d39b7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f37c6f2f-fc11-4b56-9286-c1e591fcd06b"/>
+      <w:tblStyle w:val="TableGrid_44ac8464-daf3-4173-a090-283345bbf0f5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="15012"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 101. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -19470,408 +19742,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId9"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_afd80236-76ab-4540-a6cb-2ec06a454aa7"/>
+      <w:tblStyle w:val="TableGrid_97a79779-4651-4c67-92fa-d90073e319ea"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_08182161-58ea-4aef-bf56-2c29d8fcc114"/>
+            <w:tblStyle w:val="TableGrid_c47b63d4-7013-4c85-b2c2-07050f980564"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8f8dc4ac-7627-4795-80e2-fad8fea0d637"/>
+            <w:tblStyle w:val="TableGrid_2fbc856b-9cd4-4870-9a29-354e16c7419b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -21133,51 +21490,51 @@
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
@@ -21780,1729 +22137,1729 @@
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7" w:customStyle="1">
-    <w:name w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+  <w:style w:type="paragraph" w:styleId="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515" w:customStyle="1">
+    <w:name w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+    <w:basedOn w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fe7e262d-09dd-49aa-937b-21388bb6ac54" w:customStyle="1">
-    <w:name w:val="Normal Table_fe7e262d-09dd-49aa-937b-21388bb6ac54"/>
+  <w:style w:type="table" w:styleId="NormalTable_b4510fc9-63da-4d2d-a528-9d5164d5f03d" w:customStyle="1">
+    <w:name w:val="Normal Table_b4510fc9-63da-4d2d-a528-9d5164d5f03d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5aac1cc3-06fd-43c6-8897-d1d61aa243d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fe7e262d-09dd-49aa-937b-21388bb6ac54"/>
+  <w:style w:type="table" w:styleId="TableGrid_1c1609a8-32fe-4b74-9266-8e30cee5a6f7" w:customStyle="1">
+    <w:name w:val="Table Grid_1c1609a8-32fe-4b74-9266-8e30cee5a6f7"/>
+    <w:basedOn w:val="NormalTable_b4510fc9-63da-4d2d-a528-9d5164d5f03d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+    <w:basedOn w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_7f6fbcd1-f497-4e2f-9728-708cdc1faaf7"/>
+    <w:basedOn w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f7eb12b0-e997-4db9-8210-e0a1a19358b4" w:customStyle="1">
-    <w:name w:val="Normal Table_f7eb12b0-e997-4db9-8210-e0a1a19358b4"/>
+  <w:style w:type="table" w:styleId="NormalTable_be8778da-40cb-4ffc-a400-65cb371f8262" w:customStyle="1">
+    <w:name w:val="Normal Table_be8778da-40cb-4ffc-a400-65cb371f8262"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d56a70fb-1e00-496e-8999-d58175ce7705" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f7eb12b0-e997-4db9-8210-e0a1a19358b4"/>
+  <w:style w:type="table" w:styleId="TableGrid_299e92c8-89e0-4c18-be3a-2c3a8909392e" w:customStyle="1">
+    <w:name w:val="Table Grid_299e92c8-89e0-4c18-be3a-2c3a8909392e"/>
+    <w:basedOn w:val="NormalTable_be8778da-40cb-4ffc-a400-65cb371f8262"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ef723a27-4c24-4371-af31-146d3b32d42d" w:customStyle="1">
-    <w:name w:val="Normal Table_ef723a27-4c24-4371-af31-146d3b32d42d"/>
+  <w:style w:type="table" w:styleId="NormalTable_bcf0a6d8-942a-43a1-9cac-2aa327e9b1ea" w:customStyle="1">
+    <w:name w:val="Normal Table_bcf0a6d8-942a-43a1-9cac-2aa327e9b1ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_68e631f9-c1d3-47b5-aa07-69a5504206a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ef723a27-4c24-4371-af31-146d3b32d42d"/>
+  <w:style w:type="table" w:styleId="TableGrid_ccb63630-5720-488e-ad19-d132f47c31a3" w:customStyle="1">
+    <w:name w:val="Table Grid_ccb63630-5720-488e-ad19-d132f47c31a3"/>
+    <w:basedOn w:val="NormalTable_bcf0a6d8-942a-43a1-9cac-2aa327e9b1ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4d6645f5-cfee-4d98-9552-b40e8793f356" w:customStyle="1">
-    <w:name w:val="Normal Table_4d6645f5-cfee-4d98-9552-b40e8793f356"/>
+  <w:style w:type="table" w:styleId="NormalTable_1f92a4fc-bb3b-472e-a721-44662825268e" w:customStyle="1">
+    <w:name w:val="Normal Table_1f92a4fc-bb3b-472e-a721-44662825268e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba24ed10-7da9-4ec2-ba32-f6c72702ef49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4d6645f5-cfee-4d98-9552-b40e8793f356"/>
+  <w:style w:type="table" w:styleId="TableGrid_151c3d37-fee8-42a7-9220-4251b13491be" w:customStyle="1">
+    <w:name w:val="Table Grid_151c3d37-fee8-42a7-9220-4251b13491be"/>
+    <w:basedOn w:val="NormalTable_1f92a4fc-bb3b-472e-a721-44662825268e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e047cece-b567-4a59-bf5c-845b6d07add4" w:customStyle="1">
-    <w:name w:val="Normal Table_e047cece-b567-4a59-bf5c-845b6d07add4"/>
+  <w:style w:type="table" w:styleId="NormalTable_6e2a42a0-8d42-41e3-9a24-a1896abc410b" w:customStyle="1">
+    <w:name w:val="Normal Table_6e2a42a0-8d42-41e3-9a24-a1896abc410b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_47b8ce67-0d99-47b4-95bd-55b7988898d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e047cece-b567-4a59-bf5c-845b6d07add4"/>
+  <w:style w:type="table" w:styleId="TableGrid_86161aa5-23c9-4195-8ae1-b8c9f4f7eba4" w:customStyle="1">
+    <w:name w:val="Table Grid_86161aa5-23c9-4195-8ae1-b8c9f4f7eba4"/>
+    <w:basedOn w:val="NormalTable_6e2a42a0-8d42-41e3-9a24-a1896abc410b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ec998a5a-fb4c-4e01-bf27-857f72d87eef" w:customStyle="1">
-    <w:name w:val="Normal Table_ec998a5a-fb4c-4e01-bf27-857f72d87eef"/>
+  <w:style w:type="table" w:styleId="NormalTable_71d6ca05-d6e6-43db-9d2c-4a9975eb6978" w:customStyle="1">
+    <w:name w:val="Normal Table_71d6ca05-d6e6-43db-9d2c-4a9975eb6978"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_383328c9-dfcd-4310-b1f6-252494006a6b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ec998a5a-fb4c-4e01-bf27-857f72d87eef"/>
+  <w:style w:type="table" w:styleId="TableGrid_e9370f56-60fc-429e-9ad6-f73564afb70b" w:customStyle="1">
+    <w:name w:val="Table Grid_e9370f56-60fc-429e-9ad6-f73564afb70b"/>
+    <w:basedOn w:val="NormalTable_71d6ca05-d6e6-43db-9d2c-4a9975eb6978"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_be0baf43-f8e3-4f10-8033-656f5fb38ced" w:customStyle="1">
-    <w:name w:val="Normal Table_be0baf43-f8e3-4f10-8033-656f5fb38ced"/>
+  <w:style w:type="table" w:styleId="NormalTable_5bb6bcfe-084f-4d93-b262-3897d7b97b3e" w:customStyle="1">
+    <w:name w:val="Normal Table_5bb6bcfe-084f-4d93-b262-3897d7b97b3e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_75ca1aa5-c556-437d-82c0-c9fa4ec46e27" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_be0baf43-f8e3-4f10-8033-656f5fb38ced"/>
+  <w:style w:type="table" w:styleId="TableGrid_cd87f61e-0057-4e1a-a57d-019856301492" w:customStyle="1">
+    <w:name w:val="Table Grid_cd87f61e-0057-4e1a-a57d-019856301492"/>
+    <w:basedOn w:val="NormalTable_5bb6bcfe-084f-4d93-b262-3897d7b97b3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_34a7e5cb-6cd1-4c28-b77e-74276fab0fc9" w:customStyle="1">
-    <w:name w:val="Normal Table_34a7e5cb-6cd1-4c28-b77e-74276fab0fc9"/>
+  <w:style w:type="table" w:styleId="NormalTable_8b2cd25b-b41b-4959-a147-5440c2c7c4ef" w:customStyle="1">
+    <w:name w:val="Normal Table_8b2cd25b-b41b-4959-a147-5440c2c7c4ef"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_763b184c-2d0c-4a34-a4c2-fb062719c972" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_34a7e5cb-6cd1-4c28-b77e-74276fab0fc9"/>
+  <w:style w:type="table" w:styleId="TableGrid_d8acf1f6-c52a-42e4-b470-f334045bffa7" w:customStyle="1">
+    <w:name w:val="Table Grid_d8acf1f6-c52a-42e4-b470-f334045bffa7"/>
+    <w:basedOn w:val="NormalTable_8b2cd25b-b41b-4959-a147-5440c2c7c4ef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08bccb4c-c18e-4919-ac71-f92d32db4bb6" w:customStyle="1">
-    <w:name w:val="Normal Table_08bccb4c-c18e-4919-ac71-f92d32db4bb6"/>
+  <w:style w:type="table" w:styleId="NormalTable_3cbd31e4-56ad-41d9-8e5e-11b137623fd8" w:customStyle="1">
+    <w:name w:val="Normal Table_3cbd31e4-56ad-41d9-8e5e-11b137623fd8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aa5e9184-8d12-4f7b-b7c3-bec55ea23958" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08bccb4c-c18e-4919-ac71-f92d32db4bb6"/>
+  <w:style w:type="table" w:styleId="TableGrid_80a042ea-1663-485c-ad53-c7e4f07df035" w:customStyle="1">
+    <w:name w:val="Table Grid_80a042ea-1663-485c-ad53-c7e4f07df035"/>
+    <w:basedOn w:val="NormalTable_3cbd31e4-56ad-41d9-8e5e-11b137623fd8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f5d055d9-6797-4192-ac93-f694574df6e3" w:customStyle="1">
-    <w:name w:val="Normal Table_f5d055d9-6797-4192-ac93-f694574df6e3"/>
+  <w:style w:type="table" w:styleId="NormalTable_e281baab-8a2b-47d3-ac8a-7b5babd8ec85" w:customStyle="1">
+    <w:name w:val="Normal Table_e281baab-8a2b-47d3-ac8a-7b5babd8ec85"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_303fee3b-4d52-4389-b2d1-5a315dfff150" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f5d055d9-6797-4192-ac93-f694574df6e3"/>
+  <w:style w:type="table" w:styleId="TableGrid_8930cede-2738-45a0-89a1-fcb8b81c1a36" w:customStyle="1">
+    <w:name w:val="Table Grid_8930cede-2738-45a0-89a1-fcb8b81c1a36"/>
+    <w:basedOn w:val="NormalTable_e281baab-8a2b-47d3-ac8a-7b5babd8ec85"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d41e573-2f85-4b8b-9269-6b11d8c8cf34" w:customStyle="1">
-    <w:name w:val="Normal Table_6d41e573-2f85-4b8b-9269-6b11d8c8cf34"/>
+  <w:style w:type="table" w:styleId="NormalTable_587ef23d-793d-485c-acc2-ff1a8f1b4cc5" w:customStyle="1">
+    <w:name w:val="Normal Table_587ef23d-793d-485c-acc2-ff1a8f1b4cc5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dfbdb771-0c68-4ba9-84cd-b1330eb9b821" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d41e573-2f85-4b8b-9269-6b11d8c8cf34"/>
+  <w:style w:type="table" w:styleId="TableGrid_b505a486-2573-41b4-9c37-a8503002bb89" w:customStyle="1">
+    <w:name w:val="Table Grid_b505a486-2573-41b4-9c37-a8503002bb89"/>
+    <w:basedOn w:val="NormalTable_587ef23d-793d-485c-acc2-ff1a8f1b4cc5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b8f5eb40-9135-4b1e-90e1-fa3f2b1a0f87" w:customStyle="1">
-    <w:name w:val="Normal Table_b8f5eb40-9135-4b1e-90e1-fa3f2b1a0f87"/>
+  <w:style w:type="table" w:styleId="NormalTable_bb4863f3-7f9f-4648-b32a-6388aabc709e" w:customStyle="1">
+    <w:name w:val="Normal Table_bb4863f3-7f9f-4648-b32a-6388aabc709e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4c670418-2608-45b5-a550-93029ff74ef5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b8f5eb40-9135-4b1e-90e1-fa3f2b1a0f87"/>
+  <w:style w:type="table" w:styleId="TableGrid_eeb2e362-b56e-422d-8fbc-5f4826716959" w:customStyle="1">
+    <w:name w:val="Table Grid_eeb2e362-b56e-422d-8fbc-5f4826716959"/>
+    <w:basedOn w:val="NormalTable_bb4863f3-7f9f-4648-b32a-6388aabc709e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_11658155-4bdd-450c-b737-cf53f953ef77" w:customStyle="1">
-    <w:name w:val="Normal Table_11658155-4bdd-450c-b737-cf53f953ef77"/>
+  <w:style w:type="table" w:styleId="NormalTable_1a3d28e1-5368-4c16-8cd3-1e2a6139ebfa" w:customStyle="1">
+    <w:name w:val="Normal Table_1a3d28e1-5368-4c16-8cd3-1e2a6139ebfa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_85515125-6e01-4be0-ba8a-a875ef67cd65" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_11658155-4bdd-450c-b737-cf53f953ef77"/>
+  <w:style w:type="table" w:styleId="TableGrid_2aaf2680-a749-48de-b912-1431678dabb4" w:customStyle="1">
+    <w:name w:val="Table Grid_2aaf2680-a749-48de-b912-1431678dabb4"/>
+    <w:basedOn w:val="NormalTable_1a3d28e1-5368-4c16-8cd3-1e2a6139ebfa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bed46056-bfc4-4a51-82b3-211ae17e1fee" w:customStyle="1">
-    <w:name w:val="Normal Table_bed46056-bfc4-4a51-82b3-211ae17e1fee"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ba5fdfb-4d0f-4e70-80fd-0145045bbefc" w:customStyle="1">
+    <w:name w:val="Normal Table_2ba5fdfb-4d0f-4e70-80fd-0145045bbefc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_758ac57d-c36e-48ba-a4f2-284a6ba2d7f3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bed46056-bfc4-4a51-82b3-211ae17e1fee"/>
+  <w:style w:type="table" w:styleId="TableGrid_80600fad-dd3e-4b65-9fd7-49bd5d4211f8" w:customStyle="1">
+    <w:name w:val="Table Grid_80600fad-dd3e-4b65-9fd7-49bd5d4211f8"/>
+    <w:basedOn w:val="NormalTable_2ba5fdfb-4d0f-4e70-80fd-0145045bbefc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_de0b65a9-c256-4940-af31-5fcf2e8b908e" w:customStyle="1">
-    <w:name w:val="Normal Table_de0b65a9-c256-4940-af31-5fcf2e8b908e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f1b7260d-3d37-4c58-854f-9a84d4af61fd" w:customStyle="1">
+    <w:name w:val="Normal Table_f1b7260d-3d37-4c58-854f-9a84d4af61fd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_57af08e5-6420-4b27-b44f-efb86d392585" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_de0b65a9-c256-4940-af31-5fcf2e8b908e"/>
+  <w:style w:type="table" w:styleId="TableGrid_07467ce6-b9a3-4912-9c6e-40edaa3f7e51" w:customStyle="1">
+    <w:name w:val="Table Grid_07467ce6-b9a3-4912-9c6e-40edaa3f7e51"/>
+    <w:basedOn w:val="NormalTable_f1b7260d-3d37-4c58-854f-9a84d4af61fd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e7520b49-5178-4e1e-8308-142409ccf5dd" w:customStyle="1">
-    <w:name w:val="Normal Table_e7520b49-5178-4e1e-8308-142409ccf5dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_45ea2ef8-9715-452c-bbbe-628626996607" w:customStyle="1">
+    <w:name w:val="Normal Table_45ea2ef8-9715-452c-bbbe-628626996607"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20038066-e218-41eb-b2d6-3566cd1de519" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e7520b49-5178-4e1e-8308-142409ccf5dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_daec7374-cc18-4683-be48-2a138dd879bb" w:customStyle="1">
+    <w:name w:val="Table Grid_daec7374-cc18-4683-be48-2a138dd879bb"/>
+    <w:basedOn w:val="NormalTable_45ea2ef8-9715-452c-bbbe-628626996607"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_35bcb216-e567-4d61-a202-03673defc290" w:customStyle="1">
-    <w:name w:val="Normal Table_35bcb216-e567-4d61-a202-03673defc290"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e957674-7114-4277-a4d5-d6bbdf01b0d6" w:customStyle="1">
+    <w:name w:val="Normal Table_1e957674-7114-4277-a4d5-d6bbdf01b0d6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_06bb963e-41b2-48f2-8ed1-1241bf96be07" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_35bcb216-e567-4d61-a202-03673defc290"/>
+  <w:style w:type="table" w:styleId="TableGrid_d473af58-bdef-4e6d-bf84-2e6b0b0b95b8" w:customStyle="1">
+    <w:name w:val="Table Grid_d473af58-bdef-4e6d-bf84-2e6b0b0b95b8"/>
+    <w:basedOn w:val="NormalTable_1e957674-7114-4277-a4d5-d6bbdf01b0d6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_27279c49-1c9c-41f2-b856-647bfcbcc917" w:customStyle="1">
-    <w:name w:val="Normal Table_27279c49-1c9c-41f2-b856-647bfcbcc917"/>
+  <w:style w:type="table" w:styleId="NormalTable_44559c6a-ea69-48a8-b388-8641d802de3b" w:customStyle="1">
+    <w:name w:val="Normal Table_44559c6a-ea69-48a8-b388-8641d802de3b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dfaae3b2-9d62-4f7a-992c-fed9772d1d27" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_27279c49-1c9c-41f2-b856-647bfcbcc917"/>
+  <w:style w:type="table" w:styleId="TableGrid_6f5398aa-0a52-4c7a-a201-cf74d664abe7" w:customStyle="1">
+    <w:name w:val="Table Grid_6f5398aa-0a52-4c7a-a201-cf74d664abe7"/>
+    <w:basedOn w:val="NormalTable_44559c6a-ea69-48a8-b388-8641d802de3b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e2798dee-e947-45dd-ac1b-dd5317572bee" w:customStyle="1">
-    <w:name w:val="Normal Table_e2798dee-e947-45dd-ac1b-dd5317572bee"/>
+  <w:style w:type="table" w:styleId="NormalTable_d1abb37d-7fcb-4911-81aa-0c3fce0d59d0" w:customStyle="1">
+    <w:name w:val="Normal Table_d1abb37d-7fcb-4911-81aa-0c3fce0d59d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ebd00608-902c-465c-a386-597618ae92b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e2798dee-e947-45dd-ac1b-dd5317572bee"/>
+  <w:style w:type="table" w:styleId="TableGrid_f6dc0845-3f14-483f-8e6d-577d872d39b7" w:customStyle="1">
+    <w:name w:val="Table Grid_f6dc0845-3f14-483f-8e6d-577d872d39b7"/>
+    <w:basedOn w:val="NormalTable_d1abb37d-7fcb-4911-81aa-0c3fce0d59d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_91cf6301-32e0-4da9-9267-5e8ee175e2f8" w:customStyle="1">
-    <w:name w:val="Normal Table_91cf6301-32e0-4da9-9267-5e8ee175e2f8"/>
+  <w:style w:type="table" w:styleId="NormalTable_d13c4b90-1601-4179-a668-036b6beca64d" w:customStyle="1">
+    <w:name w:val="Normal Table_d13c4b90-1601-4179-a668-036b6beca64d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_09606383-5983-4bf7-85ef-f46a64e5e448" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_91cf6301-32e0-4da9-9267-5e8ee175e2f8"/>
+  <w:style w:type="table" w:styleId="TableGrid_cd18df20-e3fa-4d90-80e3-4ff2acccf759" w:customStyle="1">
+    <w:name w:val="Table Grid_cd18df20-e3fa-4d90-80e3-4ff2acccf759"/>
+    <w:basedOn w:val="NormalTable_d13c4b90-1601-4179-a668-036b6beca64d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_35389131-29da-45ad-abab-548861e25ae1" w:customStyle="1">
-    <w:name w:val="Normal Table_35389131-29da-45ad-abab-548861e25ae1"/>
+  <w:style w:type="table" w:styleId="NormalTable_3e497ce7-b062-4e36-9bce-5fe60b8ff53b" w:customStyle="1">
+    <w:name w:val="Normal Table_3e497ce7-b062-4e36-9bce-5fe60b8ff53b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e82058ef-aea3-4b8f-b327-c99d1b428e39" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_35389131-29da-45ad-abab-548861e25ae1"/>
+  <w:style w:type="table" w:styleId="TableGrid_8123cb74-17a9-40f0-bdb7-fa7f4cc19d34" w:customStyle="1">
+    <w:name w:val="Table Grid_8123cb74-17a9-40f0-bdb7-fa7f4cc19d34"/>
+    <w:basedOn w:val="NormalTable_3e497ce7-b062-4e36-9bce-5fe60b8ff53b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87525f16-f3c6-46dd-8a65-2ea459b341e8" w:customStyle="1">
-    <w:name w:val="Normal Table_87525f16-f3c6-46dd-8a65-2ea459b341e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_3a8ba32a-1b6c-4381-b28a-088231cbf0dd" w:customStyle="1">
+    <w:name w:val="Normal Table_3a8ba32a-1b6c-4381-b28a-088231cbf0dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2d906660-6045-48df-9a0c-b6cf154fb058" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87525f16-f3c6-46dd-8a65-2ea459b341e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_edbe7d50-788a-4ac4-8b1c-1db64cbe6627" w:customStyle="1">
+    <w:name w:val="Table Grid_edbe7d50-788a-4ac4-8b1c-1db64cbe6627"/>
+    <w:basedOn w:val="NormalTable_3a8ba32a-1b6c-4381-b28a-088231cbf0dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9c84b714-69d3-4966-bf39-efeb73827522" w:customStyle="1">
-    <w:name w:val="Normal Table_9c84b714-69d3-4966-bf39-efeb73827522"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1fb3562-1791-46ce-b4cd-842239613d91" w:customStyle="1">
+    <w:name w:val="Normal Table_c1fb3562-1791-46ce-b4cd-842239613d91"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7a09e7bd-9928-44eb-9cc0-b8d3628df0a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9c84b714-69d3-4966-bf39-efeb73827522"/>
+  <w:style w:type="table" w:styleId="TableGrid_8d490327-9141-42f7-9394-4a2133118520" w:customStyle="1">
+    <w:name w:val="Table Grid_8d490327-9141-42f7-9394-4a2133118520"/>
+    <w:basedOn w:val="NormalTable_c1fb3562-1791-46ce-b4cd-842239613d91"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bda419a2-b20c-42eb-8240-9ea1381e8ed6" w:customStyle="1">
-    <w:name w:val="Normal Table_bda419a2-b20c-42eb-8240-9ea1381e8ed6"/>
+  <w:style w:type="table" w:styleId="NormalTable_21ab84c9-93df-4ca9-ac69-34f440efaf53" w:customStyle="1">
+    <w:name w:val="Normal Table_21ab84c9-93df-4ca9-ac69-34f440efaf53"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2bf4607e-8155-4937-944d-5eabf12dcfb3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bda419a2-b20c-42eb-8240-9ea1381e8ed6"/>
+  <w:style w:type="table" w:styleId="TableGrid_1361725b-1cb2-4b35-96b4-aa2ff41d6aad" w:customStyle="1">
+    <w:name w:val="Table Grid_1361725b-1cb2-4b35-96b4-aa2ff41d6aad"/>
+    <w:basedOn w:val="NormalTable_21ab84c9-93df-4ca9-ac69-34f440efaf53"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ec01f5c-107c-4dc2-96ed-e10068931a4c" w:customStyle="1">
-    <w:name w:val="Normal Table_8ec01f5c-107c-4dc2-96ed-e10068931a4c"/>
+  <w:style w:type="table" w:styleId="NormalTable_c9abbe2c-bde9-47fc-b080-4971e7cac703" w:customStyle="1">
+    <w:name w:val="Normal Table_c9abbe2c-bde9-47fc-b080-4971e7cac703"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ee53726f-0884-4ae7-8288-61cc75fdeadb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ec01f5c-107c-4dc2-96ed-e10068931a4c"/>
+  <w:style w:type="table" w:styleId="TableGrid_4f9a616f-b157-4ac2-8cf8-12859f472488" w:customStyle="1">
+    <w:name w:val="Table Grid_4f9a616f-b157-4ac2-8cf8-12859f472488"/>
+    <w:basedOn w:val="NormalTable_c9abbe2c-bde9-47fc-b080-4971e7cac703"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_edca2010-63f5-4251-b87c-4f5cb484c33b" w:customStyle="1">
-    <w:name w:val="Normal Table_edca2010-63f5-4251-b87c-4f5cb484c33b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4a7d3806-1514-464b-bcc7-039c62483acc" w:customStyle="1">
+    <w:name w:val="Normal Table_4a7d3806-1514-464b-bcc7-039c62483acc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e82c9a66-671f-4e6f-b128-34be2d2693ba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_edca2010-63f5-4251-b87c-4f5cb484c33b"/>
+  <w:style w:type="table" w:styleId="TableGrid_a333106b-c11c-44f7-a526-9dbb30aac9a2" w:customStyle="1">
+    <w:name w:val="Table Grid_a333106b-c11c-44f7-a526-9dbb30aac9a2"/>
+    <w:basedOn w:val="NormalTable_4a7d3806-1514-464b-bcc7-039c62483acc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b23b6fe-8883-41dc-ba30-ff4c991c24c0" w:customStyle="1">
-    <w:name w:val="Normal Table_4b23b6fe-8883-41dc-ba30-ff4c991c24c0"/>
+  <w:style w:type="table" w:styleId="NormalTable_72671ad2-a643-42cf-87cd-15b484edc3a2" w:customStyle="1">
+    <w:name w:val="Normal Table_72671ad2-a643-42cf-87cd-15b484edc3a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f37c6f2f-fc11-4b56-9286-c1e591fcd06b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b23b6fe-8883-41dc-ba30-ff4c991c24c0"/>
+  <w:style w:type="table" w:styleId="TableGrid_44ac8464-daf3-4173-a090-283345bbf0f5" w:customStyle="1">
+    <w:name w:val="Table Grid_44ac8464-daf3-4173-a090-283345bbf0f5"/>
+    <w:basedOn w:val="NormalTable_72671ad2-a643-42cf-87cd-15b484edc3a2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fecfb4f8-c102-4b8c-a7c1-11f1f9bf3369" w:customStyle="1">
-    <w:name w:val="Normal Table_fecfb4f8-c102-4b8c-a7c1-11f1f9bf3369"/>
+  <w:style w:type="table" w:styleId="NormalTable_32289378-e4da-41f8-81db-0a73a3c136fd" w:customStyle="1">
+    <w:name w:val="Normal Table_32289378-e4da-41f8-81db-0a73a3c136fd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_08182161-58ea-4aef-bf56-2c29d8fcc114" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fecfb4f8-c102-4b8c-a7c1-11f1f9bf3369"/>
+  <w:style w:type="table" w:styleId="TableGrid_c47b63d4-7013-4c85-b2c2-07050f980564" w:customStyle="1">
+    <w:name w:val="Table Grid_c47b63d4-7013-4c85-b2c2-07050f980564"/>
+    <w:basedOn w:val="NormalTable_32289378-e4da-41f8-81db-0a73a3c136fd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a358f383-8878-4701-bfd2-269a219e925b" w:customStyle="1">
-    <w:name w:val="Normal Table_a358f383-8878-4701-bfd2-269a219e925b"/>
+  <w:style w:type="table" w:styleId="NormalTable_d3068d08-d0e9-4498-8a18-10343e04865e" w:customStyle="1">
+    <w:name w:val="Normal Table_d3068d08-d0e9-4498-8a18-10343e04865e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8f8dc4ac-7627-4795-80e2-fad8fea0d637" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a358f383-8878-4701-bfd2-269a219e925b"/>
+  <w:style w:type="table" w:styleId="TableGrid_2fbc856b-9cd4-4870-9a29-354e16c7419b" w:customStyle="1">
+    <w:name w:val="Table Grid_2fbc856b-9cd4-4870-9a29-354e16c7419b"/>
+    <w:basedOn w:val="NormalTable_d3068d08-d0e9-4498-8a18-10343e04865e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_efa9fa78-4486-4f36-9fce-0665dd11f7af" w:customStyle="1">
-    <w:name w:val="Normal Table_efa9fa78-4486-4f36-9fce-0665dd11f7af"/>
+  <w:style w:type="table" w:styleId="NormalTable_78bd1b2f-8647-44f0-8864-1dcb3f990bec" w:customStyle="1">
+    <w:name w:val="Normal Table_78bd1b2f-8647-44f0-8864-1dcb3f990bec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_afd80236-76ab-4540-a6cb-2ec06a454aa7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_efa9fa78-4486-4f36-9fce-0665dd11f7af"/>
+  <w:style w:type="table" w:styleId="TableGrid_97a79779-4651-4c67-92fa-d90073e319ea" w:customStyle="1">
+    <w:name w:val="Table Grid_97a79779-4651-4c67-92fa-d90073e319ea"/>
+    <w:basedOn w:val="NormalTable_78bd1b2f-8647-44f0-8864-1dcb3f990bec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>