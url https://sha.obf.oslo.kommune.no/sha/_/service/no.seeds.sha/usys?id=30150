--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -18145,51 +18145,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e9370f56-60fc-429e-9ad6-f73564afb70b"/>
+      <w:tblStyle w:val="TableGrid_7757c752-2c34-4a4b-943b-6c22a1d3865a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18200,51 +18200,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:31:22 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18272,51 +18272,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_daec7374-cc18-4683-be48-2a138dd879bb"/>
+      <w:tblStyle w:val="TableGrid_a45dc537-a3cb-4175-be84-2fcae4f9bee3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18327,51 +18327,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:31:22 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18399,51 +18399,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a333106b-c11c-44f7-a526-9dbb30aac9a2"/>
+      <w:tblStyle w:val="TableGrid_01779e6f-fa0a-4267-87c7-3aa9dd1b0c9a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18454,51 +18454,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:31:22 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18526,51 +18526,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cd87f61e-0057-4e1a-a57d-019856301492"/>
+      <w:tblStyle w:val="TableGrid_af7717fb-6f1c-4fbe-8e8a-5485983c895d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -18628,51 +18628,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -18685,59 +18685,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8930cede-2738-45a0-89a1-fcb8b81c1a36"/>
+      <w:tblStyle w:val="TableGrid_14dc2b79-c9b8-401a-82d7-66c80e2e3ff9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18748,51 +18748,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d8acf1f6-c52a-42e4-b470-f334045bffa7"/>
+            <w:tblStyle w:val="TableGrid_af277522-b637-4ba0-9012-c36c12e0e203"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18893,72 +18893,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_80a042ea-1663-485c-ad53-c7e4f07df035"/>
+            <w:tblStyle w:val="TableGrid_3b0274d9-3bc2-4034-b210-b83e5bb80cd0"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19059,75 +19059,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d473af58-bdef-4e6d-bf84-2e6b0b0b95b8"/>
+      <w:tblStyle w:val="TableGrid_40148cbf-acf5-49cb-bfe9-f267e4e27d44"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -19185,51 +19185,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -19242,59 +19242,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cd18df20-e3fa-4d90-80e3-4ff2acccf759"/>
+      <w:tblStyle w:val="TableGrid_3c6cf988-15a2-45c7-a62b-b3a243681b54"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19305,51 +19305,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6f5398aa-0a52-4c7a-a201-cf74d664abe7"/>
+            <w:tblStyle w:val="TableGrid_50c03aa3-68ff-4f07-9a61-952124d59350"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19450,72 +19450,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f6dc0845-3f14-483f-8e6d-577d872d39b7"/>
+            <w:tblStyle w:val="TableGrid_a1cd6ddb-a5e2-4266-b559-9448af3bf86b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19616,75 +19616,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_44ac8464-daf3-4173-a090-283345bbf0f5"/>
+      <w:tblStyle w:val="TableGrid_9e723edd-8048-4f05-b7ba-afe406c9f916"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -19742,51 +19742,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -19799,59 +19799,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_97a79779-4651-4c67-92fa-d90073e319ea"/>
+      <w:tblStyle w:val="TableGrid_4525b447-2f48-4de5-93b2-af8abc48ea65"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19862,51 +19862,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c47b63d4-7013-4c85-b2c2-07050f980564"/>
+            <w:tblStyle w:val="TableGrid_01245377-d6f0-4923-b60a-8234ed6c63a6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20007,72 +20007,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2fbc856b-9cd4-4870-9a29-354e16c7419b"/>
+            <w:tblStyle w:val="TableGrid_faa62a06-116a-4a29-821f-180ce94b3eaf"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20173,62 +20173,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -22137,1729 +22137,1729 @@
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515" w:customStyle="1">
-    <w:name w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2" w:customStyle="1">
+    <w:name w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+    <w:basedOn w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b4510fc9-63da-4d2d-a528-9d5164d5f03d" w:customStyle="1">
-    <w:name w:val="Normal Table_b4510fc9-63da-4d2d-a528-9d5164d5f03d"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ac2ec3c-e12c-4e71-a507-60bded0e854f" w:customStyle="1">
+    <w:name w:val="Normal Table_4ac2ec3c-e12c-4e71-a507-60bded0e854f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1c1609a8-32fe-4b74-9266-8e30cee5a6f7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b4510fc9-63da-4d2d-a528-9d5164d5f03d"/>
+  <w:style w:type="table" w:styleId="TableGrid_3edb331c-ad77-45cf-a9aa-9de719760b09" w:customStyle="1">
+    <w:name w:val="Table Grid_3edb331c-ad77-45cf-a9aa-9de719760b09"/>
+    <w:basedOn w:val="NormalTable_4ac2ec3c-e12c-4e71-a507-60bded0e854f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+    <w:basedOn w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_fab4e677-b3f0-4a4c-9ce9-6b935232d515"/>
+    <w:basedOn w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_be8778da-40cb-4ffc-a400-65cb371f8262" w:customStyle="1">
-    <w:name w:val="Normal Table_be8778da-40cb-4ffc-a400-65cb371f8262"/>
+  <w:style w:type="table" w:styleId="NormalTable_58224577-7368-4374-9f87-56e046817c85" w:customStyle="1">
+    <w:name w:val="Normal Table_58224577-7368-4374-9f87-56e046817c85"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_299e92c8-89e0-4c18-be3a-2c3a8909392e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_be8778da-40cb-4ffc-a400-65cb371f8262"/>
+  <w:style w:type="table" w:styleId="TableGrid_6bb34933-282c-49cc-9555-e534367fceb5" w:customStyle="1">
+    <w:name w:val="Table Grid_6bb34933-282c-49cc-9555-e534367fceb5"/>
+    <w:basedOn w:val="NormalTable_58224577-7368-4374-9f87-56e046817c85"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bcf0a6d8-942a-43a1-9cac-2aa327e9b1ea" w:customStyle="1">
-    <w:name w:val="Normal Table_bcf0a6d8-942a-43a1-9cac-2aa327e9b1ea"/>
+  <w:style w:type="table" w:styleId="NormalTable_ccdd4108-16f2-4418-a939-6ee3c04d315f" w:customStyle="1">
+    <w:name w:val="Normal Table_ccdd4108-16f2-4418-a939-6ee3c04d315f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ccb63630-5720-488e-ad19-d132f47c31a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bcf0a6d8-942a-43a1-9cac-2aa327e9b1ea"/>
+  <w:style w:type="table" w:styleId="TableGrid_09dab229-91f3-44e3-ad90-f019c7447932" w:customStyle="1">
+    <w:name w:val="Table Grid_09dab229-91f3-44e3-ad90-f019c7447932"/>
+    <w:basedOn w:val="NormalTable_ccdd4108-16f2-4418-a939-6ee3c04d315f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1f92a4fc-bb3b-472e-a721-44662825268e" w:customStyle="1">
-    <w:name w:val="Normal Table_1f92a4fc-bb3b-472e-a721-44662825268e"/>
+  <w:style w:type="table" w:styleId="NormalTable_8f5aefad-f464-4d05-ae05-af8a0e94924c" w:customStyle="1">
+    <w:name w:val="Normal Table_8f5aefad-f464-4d05-ae05-af8a0e94924c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_151c3d37-fee8-42a7-9220-4251b13491be" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1f92a4fc-bb3b-472e-a721-44662825268e"/>
+  <w:style w:type="table" w:styleId="TableGrid_1a802721-709c-4ed3-9767-2557379127af" w:customStyle="1">
+    <w:name w:val="Table Grid_1a802721-709c-4ed3-9767-2557379127af"/>
+    <w:basedOn w:val="NormalTable_8f5aefad-f464-4d05-ae05-af8a0e94924c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6e2a42a0-8d42-41e3-9a24-a1896abc410b" w:customStyle="1">
-    <w:name w:val="Normal Table_6e2a42a0-8d42-41e3-9a24-a1896abc410b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4f854573-214d-4f6e-abde-dcfa2701cf93" w:customStyle="1">
+    <w:name w:val="Normal Table_4f854573-214d-4f6e-abde-dcfa2701cf93"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86161aa5-23c9-4195-8ae1-b8c9f4f7eba4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6e2a42a0-8d42-41e3-9a24-a1896abc410b"/>
+  <w:style w:type="table" w:styleId="TableGrid_f67b8d0b-090a-4f2d-a8a8-973d8c54e9e8" w:customStyle="1">
+    <w:name w:val="Table Grid_f67b8d0b-090a-4f2d-a8a8-973d8c54e9e8"/>
+    <w:basedOn w:val="NormalTable_4f854573-214d-4f6e-abde-dcfa2701cf93"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_71d6ca05-d6e6-43db-9d2c-4a9975eb6978" w:customStyle="1">
-    <w:name w:val="Normal Table_71d6ca05-d6e6-43db-9d2c-4a9975eb6978"/>
+  <w:style w:type="table" w:styleId="NormalTable_af45318d-c832-45c9-b629-52b111ce8a7d" w:customStyle="1">
+    <w:name w:val="Normal Table_af45318d-c832-45c9-b629-52b111ce8a7d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e9370f56-60fc-429e-9ad6-f73564afb70b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_71d6ca05-d6e6-43db-9d2c-4a9975eb6978"/>
+  <w:style w:type="table" w:styleId="TableGrid_7757c752-2c34-4a4b-943b-6c22a1d3865a" w:customStyle="1">
+    <w:name w:val="Table Grid_7757c752-2c34-4a4b-943b-6c22a1d3865a"/>
+    <w:basedOn w:val="NormalTable_af45318d-c832-45c9-b629-52b111ce8a7d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5bb6bcfe-084f-4d93-b262-3897d7b97b3e" w:customStyle="1">
-    <w:name w:val="Normal Table_5bb6bcfe-084f-4d93-b262-3897d7b97b3e"/>
+  <w:style w:type="table" w:styleId="NormalTable_7725f3d2-e04b-48c7-a61a-3632669ea974" w:customStyle="1">
+    <w:name w:val="Normal Table_7725f3d2-e04b-48c7-a61a-3632669ea974"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cd87f61e-0057-4e1a-a57d-019856301492" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5bb6bcfe-084f-4d93-b262-3897d7b97b3e"/>
+  <w:style w:type="table" w:styleId="TableGrid_af7717fb-6f1c-4fbe-8e8a-5485983c895d" w:customStyle="1">
+    <w:name w:val="Table Grid_af7717fb-6f1c-4fbe-8e8a-5485983c895d"/>
+    <w:basedOn w:val="NormalTable_7725f3d2-e04b-48c7-a61a-3632669ea974"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8b2cd25b-b41b-4959-a147-5440c2c7c4ef" w:customStyle="1">
-    <w:name w:val="Normal Table_8b2cd25b-b41b-4959-a147-5440c2c7c4ef"/>
+  <w:style w:type="table" w:styleId="NormalTable_24cceeb9-afb4-4bbd-abf4-1ff61443b48b" w:customStyle="1">
+    <w:name w:val="Normal Table_24cceeb9-afb4-4bbd-abf4-1ff61443b48b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d8acf1f6-c52a-42e4-b470-f334045bffa7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8b2cd25b-b41b-4959-a147-5440c2c7c4ef"/>
+  <w:style w:type="table" w:styleId="TableGrid_af277522-b637-4ba0-9012-c36c12e0e203" w:customStyle="1">
+    <w:name w:val="Table Grid_af277522-b637-4ba0-9012-c36c12e0e203"/>
+    <w:basedOn w:val="NormalTable_24cceeb9-afb4-4bbd-abf4-1ff61443b48b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3cbd31e4-56ad-41d9-8e5e-11b137623fd8" w:customStyle="1">
-    <w:name w:val="Normal Table_3cbd31e4-56ad-41d9-8e5e-11b137623fd8"/>
+  <w:style w:type="table" w:styleId="NormalTable_090ac1d0-5be2-4e53-ab80-25c2f2224d4a" w:customStyle="1">
+    <w:name w:val="Normal Table_090ac1d0-5be2-4e53-ab80-25c2f2224d4a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_80a042ea-1663-485c-ad53-c7e4f07df035" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3cbd31e4-56ad-41d9-8e5e-11b137623fd8"/>
+  <w:style w:type="table" w:styleId="TableGrid_3b0274d9-3bc2-4034-b210-b83e5bb80cd0" w:customStyle="1">
+    <w:name w:val="Table Grid_3b0274d9-3bc2-4034-b210-b83e5bb80cd0"/>
+    <w:basedOn w:val="NormalTable_090ac1d0-5be2-4e53-ab80-25c2f2224d4a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e281baab-8a2b-47d3-ac8a-7b5babd8ec85" w:customStyle="1">
-    <w:name w:val="Normal Table_e281baab-8a2b-47d3-ac8a-7b5babd8ec85"/>
+  <w:style w:type="table" w:styleId="NormalTable_a969d6c3-083f-4337-b28c-d0625a02e645" w:customStyle="1">
+    <w:name w:val="Normal Table_a969d6c3-083f-4337-b28c-d0625a02e645"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8930cede-2738-45a0-89a1-fcb8b81c1a36" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e281baab-8a2b-47d3-ac8a-7b5babd8ec85"/>
+  <w:style w:type="table" w:styleId="TableGrid_14dc2b79-c9b8-401a-82d7-66c80e2e3ff9" w:customStyle="1">
+    <w:name w:val="Table Grid_14dc2b79-c9b8-401a-82d7-66c80e2e3ff9"/>
+    <w:basedOn w:val="NormalTable_a969d6c3-083f-4337-b28c-d0625a02e645"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_587ef23d-793d-485c-acc2-ff1a8f1b4cc5" w:customStyle="1">
-    <w:name w:val="Normal Table_587ef23d-793d-485c-acc2-ff1a8f1b4cc5"/>
+  <w:style w:type="table" w:styleId="NormalTable_965ecec6-adba-4c1a-ae5c-222a5c4721b5" w:customStyle="1">
+    <w:name w:val="Normal Table_965ecec6-adba-4c1a-ae5c-222a5c4721b5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b505a486-2573-41b4-9c37-a8503002bb89" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_587ef23d-793d-485c-acc2-ff1a8f1b4cc5"/>
+  <w:style w:type="table" w:styleId="TableGrid_f03f0138-311f-418e-b5f6-b95af479381c" w:customStyle="1">
+    <w:name w:val="Table Grid_f03f0138-311f-418e-b5f6-b95af479381c"/>
+    <w:basedOn w:val="NormalTable_965ecec6-adba-4c1a-ae5c-222a5c4721b5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bb4863f3-7f9f-4648-b32a-6388aabc709e" w:customStyle="1">
-    <w:name w:val="Normal Table_bb4863f3-7f9f-4648-b32a-6388aabc709e"/>
+  <w:style w:type="table" w:styleId="NormalTable_859f70a2-d39e-43c4-a7e9-0bf56df9abc6" w:customStyle="1">
+    <w:name w:val="Normal Table_859f70a2-d39e-43c4-a7e9-0bf56df9abc6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eeb2e362-b56e-422d-8fbc-5f4826716959" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bb4863f3-7f9f-4648-b32a-6388aabc709e"/>
+  <w:style w:type="table" w:styleId="TableGrid_b07ab67b-fe18-4f15-9c58-f9c007934c54" w:customStyle="1">
+    <w:name w:val="Table Grid_b07ab67b-fe18-4f15-9c58-f9c007934c54"/>
+    <w:basedOn w:val="NormalTable_859f70a2-d39e-43c4-a7e9-0bf56df9abc6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1a3d28e1-5368-4c16-8cd3-1e2a6139ebfa" w:customStyle="1">
-    <w:name w:val="Normal Table_1a3d28e1-5368-4c16-8cd3-1e2a6139ebfa"/>
+  <w:style w:type="table" w:styleId="NormalTable_fd8a0460-5456-459f-83f0-a9f9f5ea0cef" w:customStyle="1">
+    <w:name w:val="Normal Table_fd8a0460-5456-459f-83f0-a9f9f5ea0cef"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2aaf2680-a749-48de-b912-1431678dabb4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1a3d28e1-5368-4c16-8cd3-1e2a6139ebfa"/>
+  <w:style w:type="table" w:styleId="TableGrid_26f5ace2-2062-4b04-bb8c-cb1628097794" w:customStyle="1">
+    <w:name w:val="Table Grid_26f5ace2-2062-4b04-bb8c-cb1628097794"/>
+    <w:basedOn w:val="NormalTable_fd8a0460-5456-459f-83f0-a9f9f5ea0cef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ba5fdfb-4d0f-4e70-80fd-0145045bbefc" w:customStyle="1">
-    <w:name w:val="Normal Table_2ba5fdfb-4d0f-4e70-80fd-0145045bbefc"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f6a316d-b0d3-4b05-8aa0-7e64b6066944" w:customStyle="1">
+    <w:name w:val="Normal Table_0f6a316d-b0d3-4b05-8aa0-7e64b6066944"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_80600fad-dd3e-4b65-9fd7-49bd5d4211f8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ba5fdfb-4d0f-4e70-80fd-0145045bbefc"/>
+  <w:style w:type="table" w:styleId="TableGrid_4947e40e-2608-43be-8799-fab0017c85c8" w:customStyle="1">
+    <w:name w:val="Table Grid_4947e40e-2608-43be-8799-fab0017c85c8"/>
+    <w:basedOn w:val="NormalTable_0f6a316d-b0d3-4b05-8aa0-7e64b6066944"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f1b7260d-3d37-4c58-854f-9a84d4af61fd" w:customStyle="1">
-    <w:name w:val="Normal Table_f1b7260d-3d37-4c58-854f-9a84d4af61fd"/>
+  <w:style w:type="table" w:styleId="NormalTable_5faf5fa6-1efa-493b-9320-af83e8a65536" w:customStyle="1">
+    <w:name w:val="Normal Table_5faf5fa6-1efa-493b-9320-af83e8a65536"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_07467ce6-b9a3-4912-9c6e-40edaa3f7e51" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f1b7260d-3d37-4c58-854f-9a84d4af61fd"/>
+  <w:style w:type="table" w:styleId="TableGrid_0295939f-dcf1-4475-8f30-580c17da8668" w:customStyle="1">
+    <w:name w:val="Table Grid_0295939f-dcf1-4475-8f30-580c17da8668"/>
+    <w:basedOn w:val="NormalTable_5faf5fa6-1efa-493b-9320-af83e8a65536"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_45ea2ef8-9715-452c-bbbe-628626996607" w:customStyle="1">
-    <w:name w:val="Normal Table_45ea2ef8-9715-452c-bbbe-628626996607"/>
+  <w:style w:type="table" w:styleId="NormalTable_7753a8d3-7091-4adc-a7bf-127bcc050dcb" w:customStyle="1">
+    <w:name w:val="Normal Table_7753a8d3-7091-4adc-a7bf-127bcc050dcb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_daec7374-cc18-4683-be48-2a138dd879bb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_45ea2ef8-9715-452c-bbbe-628626996607"/>
+  <w:style w:type="table" w:styleId="TableGrid_a45dc537-a3cb-4175-be84-2fcae4f9bee3" w:customStyle="1">
+    <w:name w:val="Table Grid_a45dc537-a3cb-4175-be84-2fcae4f9bee3"/>
+    <w:basedOn w:val="NormalTable_7753a8d3-7091-4adc-a7bf-127bcc050dcb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1e957674-7114-4277-a4d5-d6bbdf01b0d6" w:customStyle="1">
-    <w:name w:val="Normal Table_1e957674-7114-4277-a4d5-d6bbdf01b0d6"/>
+  <w:style w:type="table" w:styleId="NormalTable_dbcd0cab-415e-40a0-86eb-6419d2ec192e" w:customStyle="1">
+    <w:name w:val="Normal Table_dbcd0cab-415e-40a0-86eb-6419d2ec192e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d473af58-bdef-4e6d-bf84-2e6b0b0b95b8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1e957674-7114-4277-a4d5-d6bbdf01b0d6"/>
+  <w:style w:type="table" w:styleId="TableGrid_40148cbf-acf5-49cb-bfe9-f267e4e27d44" w:customStyle="1">
+    <w:name w:val="Table Grid_40148cbf-acf5-49cb-bfe9-f267e4e27d44"/>
+    <w:basedOn w:val="NormalTable_dbcd0cab-415e-40a0-86eb-6419d2ec192e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_44559c6a-ea69-48a8-b388-8641d802de3b" w:customStyle="1">
-    <w:name w:val="Normal Table_44559c6a-ea69-48a8-b388-8641d802de3b"/>
+  <w:style w:type="table" w:styleId="NormalTable_74aee71b-3a0e-40a3-abf5-a2b73c549bd6" w:customStyle="1">
+    <w:name w:val="Normal Table_74aee71b-3a0e-40a3-abf5-a2b73c549bd6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6f5398aa-0a52-4c7a-a201-cf74d664abe7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_44559c6a-ea69-48a8-b388-8641d802de3b"/>
+  <w:style w:type="table" w:styleId="TableGrid_50c03aa3-68ff-4f07-9a61-952124d59350" w:customStyle="1">
+    <w:name w:val="Table Grid_50c03aa3-68ff-4f07-9a61-952124d59350"/>
+    <w:basedOn w:val="NormalTable_74aee71b-3a0e-40a3-abf5-a2b73c549bd6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d1abb37d-7fcb-4911-81aa-0c3fce0d59d0" w:customStyle="1">
-    <w:name w:val="Normal Table_d1abb37d-7fcb-4911-81aa-0c3fce0d59d0"/>
+  <w:style w:type="table" w:styleId="NormalTable_6ab181dd-765c-4ad3-ba64-3dbff7474ddc" w:customStyle="1">
+    <w:name w:val="Normal Table_6ab181dd-765c-4ad3-ba64-3dbff7474ddc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f6dc0845-3f14-483f-8e6d-577d872d39b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d1abb37d-7fcb-4911-81aa-0c3fce0d59d0"/>
+  <w:style w:type="table" w:styleId="TableGrid_a1cd6ddb-a5e2-4266-b559-9448af3bf86b" w:customStyle="1">
+    <w:name w:val="Table Grid_a1cd6ddb-a5e2-4266-b559-9448af3bf86b"/>
+    <w:basedOn w:val="NormalTable_6ab181dd-765c-4ad3-ba64-3dbff7474ddc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d13c4b90-1601-4179-a668-036b6beca64d" w:customStyle="1">
-    <w:name w:val="Normal Table_d13c4b90-1601-4179-a668-036b6beca64d"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc859bdd-f226-4e4a-a99e-e2a355f8b0dd" w:customStyle="1">
+    <w:name w:val="Normal Table_fc859bdd-f226-4e4a-a99e-e2a355f8b0dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cd18df20-e3fa-4d90-80e3-4ff2acccf759" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d13c4b90-1601-4179-a668-036b6beca64d"/>
+  <w:style w:type="table" w:styleId="TableGrid_3c6cf988-15a2-45c7-a62b-b3a243681b54" w:customStyle="1">
+    <w:name w:val="Table Grid_3c6cf988-15a2-45c7-a62b-b3a243681b54"/>
+    <w:basedOn w:val="NormalTable_fc859bdd-f226-4e4a-a99e-e2a355f8b0dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3e497ce7-b062-4e36-9bce-5fe60b8ff53b" w:customStyle="1">
-    <w:name w:val="Normal Table_3e497ce7-b062-4e36-9bce-5fe60b8ff53b"/>
+  <w:style w:type="table" w:styleId="NormalTable_ada087d2-4adc-4fb7-b0bc-4f03dfcc60e3" w:customStyle="1">
+    <w:name w:val="Normal Table_ada087d2-4adc-4fb7-b0bc-4f03dfcc60e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8123cb74-17a9-40f0-bdb7-fa7f4cc19d34" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3e497ce7-b062-4e36-9bce-5fe60b8ff53b"/>
+  <w:style w:type="table" w:styleId="TableGrid_37d2aafd-e743-4280-a91e-dac4537229d2" w:customStyle="1">
+    <w:name w:val="Table Grid_37d2aafd-e743-4280-a91e-dac4537229d2"/>
+    <w:basedOn w:val="NormalTable_ada087d2-4adc-4fb7-b0bc-4f03dfcc60e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3a8ba32a-1b6c-4381-b28a-088231cbf0dd" w:customStyle="1">
-    <w:name w:val="Normal Table_3a8ba32a-1b6c-4381-b28a-088231cbf0dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_84cde09e-e5d3-4501-a890-d47b022231e7" w:customStyle="1">
+    <w:name w:val="Normal Table_84cde09e-e5d3-4501-a890-d47b022231e7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_edbe7d50-788a-4ac4-8b1c-1db64cbe6627" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3a8ba32a-1b6c-4381-b28a-088231cbf0dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_e05a3fbf-9a18-45ff-8041-3ed8189f4683" w:customStyle="1">
+    <w:name w:val="Table Grid_e05a3fbf-9a18-45ff-8041-3ed8189f4683"/>
+    <w:basedOn w:val="NormalTable_84cde09e-e5d3-4501-a890-d47b022231e7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c1fb3562-1791-46ce-b4cd-842239613d91" w:customStyle="1">
-    <w:name w:val="Normal Table_c1fb3562-1791-46ce-b4cd-842239613d91"/>
+  <w:style w:type="table" w:styleId="NormalTable_713c276e-9a3b-4c56-ba11-97767535ae24" w:customStyle="1">
+    <w:name w:val="Normal Table_713c276e-9a3b-4c56-ba11-97767535ae24"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8d490327-9141-42f7-9394-4a2133118520" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c1fb3562-1791-46ce-b4cd-842239613d91"/>
+  <w:style w:type="table" w:styleId="TableGrid_845d409e-333b-4725-8315-05c69f822aba" w:customStyle="1">
+    <w:name w:val="Table Grid_845d409e-333b-4725-8315-05c69f822aba"/>
+    <w:basedOn w:val="NormalTable_713c276e-9a3b-4c56-ba11-97767535ae24"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_21ab84c9-93df-4ca9-ac69-34f440efaf53" w:customStyle="1">
-    <w:name w:val="Normal Table_21ab84c9-93df-4ca9-ac69-34f440efaf53"/>
+  <w:style w:type="table" w:styleId="NormalTable_72846a18-f0c0-4abb-a821-da9b67a383d2" w:customStyle="1">
+    <w:name w:val="Normal Table_72846a18-f0c0-4abb-a821-da9b67a383d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1361725b-1cb2-4b35-96b4-aa2ff41d6aad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_21ab84c9-93df-4ca9-ac69-34f440efaf53"/>
+  <w:style w:type="table" w:styleId="TableGrid_15567aaa-2339-413b-beab-7e957867c753" w:customStyle="1">
+    <w:name w:val="Table Grid_15567aaa-2339-413b-beab-7e957867c753"/>
+    <w:basedOn w:val="NormalTable_72846a18-f0c0-4abb-a821-da9b67a383d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c9abbe2c-bde9-47fc-b080-4971e7cac703" w:customStyle="1">
-    <w:name w:val="Normal Table_c9abbe2c-bde9-47fc-b080-4971e7cac703"/>
+  <w:style w:type="table" w:styleId="NormalTable_b55eab40-7155-4481-bdc5-0a2312ffd26a" w:customStyle="1">
+    <w:name w:val="Normal Table_b55eab40-7155-4481-bdc5-0a2312ffd26a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4f9a616f-b157-4ac2-8cf8-12859f472488" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c9abbe2c-bde9-47fc-b080-4971e7cac703"/>
+  <w:style w:type="table" w:styleId="TableGrid_8db70171-2dcb-4845-8d7e-007d35105a6a" w:customStyle="1">
+    <w:name w:val="Table Grid_8db70171-2dcb-4845-8d7e-007d35105a6a"/>
+    <w:basedOn w:val="NormalTable_b55eab40-7155-4481-bdc5-0a2312ffd26a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4a7d3806-1514-464b-bcc7-039c62483acc" w:customStyle="1">
-    <w:name w:val="Normal Table_4a7d3806-1514-464b-bcc7-039c62483acc"/>
+  <w:style w:type="table" w:styleId="NormalTable_ccb79797-0838-442c-8919-00e3007f28e8" w:customStyle="1">
+    <w:name w:val="Normal Table_ccb79797-0838-442c-8919-00e3007f28e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a333106b-c11c-44f7-a526-9dbb30aac9a2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4a7d3806-1514-464b-bcc7-039c62483acc"/>
+  <w:style w:type="table" w:styleId="TableGrid_01779e6f-fa0a-4267-87c7-3aa9dd1b0c9a" w:customStyle="1">
+    <w:name w:val="Table Grid_01779e6f-fa0a-4267-87c7-3aa9dd1b0c9a"/>
+    <w:basedOn w:val="NormalTable_ccb79797-0838-442c-8919-00e3007f28e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_72671ad2-a643-42cf-87cd-15b484edc3a2" w:customStyle="1">
-    <w:name w:val="Normal Table_72671ad2-a643-42cf-87cd-15b484edc3a2"/>
+  <w:style w:type="table" w:styleId="NormalTable_631659d2-b980-4d47-a7fc-8a9e6630e6e4" w:customStyle="1">
+    <w:name w:val="Normal Table_631659d2-b980-4d47-a7fc-8a9e6630e6e4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_44ac8464-daf3-4173-a090-283345bbf0f5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_72671ad2-a643-42cf-87cd-15b484edc3a2"/>
+  <w:style w:type="table" w:styleId="TableGrid_9e723edd-8048-4f05-b7ba-afe406c9f916" w:customStyle="1">
+    <w:name w:val="Table Grid_9e723edd-8048-4f05-b7ba-afe406c9f916"/>
+    <w:basedOn w:val="NormalTable_631659d2-b980-4d47-a7fc-8a9e6630e6e4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_32289378-e4da-41f8-81db-0a73a3c136fd" w:customStyle="1">
-    <w:name w:val="Normal Table_32289378-e4da-41f8-81db-0a73a3c136fd"/>
+  <w:style w:type="table" w:styleId="NormalTable_66238ea8-6229-4ea4-ae93-8668e5fac2ae" w:customStyle="1">
+    <w:name w:val="Normal Table_66238ea8-6229-4ea4-ae93-8668e5fac2ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c47b63d4-7013-4c85-b2c2-07050f980564" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_32289378-e4da-41f8-81db-0a73a3c136fd"/>
+  <w:style w:type="table" w:styleId="TableGrid_01245377-d6f0-4923-b60a-8234ed6c63a6" w:customStyle="1">
+    <w:name w:val="Table Grid_01245377-d6f0-4923-b60a-8234ed6c63a6"/>
+    <w:basedOn w:val="NormalTable_66238ea8-6229-4ea4-ae93-8668e5fac2ae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d3068d08-d0e9-4498-8a18-10343e04865e" w:customStyle="1">
-    <w:name w:val="Normal Table_d3068d08-d0e9-4498-8a18-10343e04865e"/>
+  <w:style w:type="table" w:styleId="NormalTable_9b3c5df7-19f0-45d7-9b20-1abcc57858e1" w:customStyle="1">
+    <w:name w:val="Normal Table_9b3c5df7-19f0-45d7-9b20-1abcc57858e1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2fbc856b-9cd4-4870-9a29-354e16c7419b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d3068d08-d0e9-4498-8a18-10343e04865e"/>
+  <w:style w:type="table" w:styleId="TableGrid_faa62a06-116a-4a29-821f-180ce94b3eaf" w:customStyle="1">
+    <w:name w:val="Table Grid_faa62a06-116a-4a29-821f-180ce94b3eaf"/>
+    <w:basedOn w:val="NormalTable_9b3c5df7-19f0-45d7-9b20-1abcc57858e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_78bd1b2f-8647-44f0-8864-1dcb3f990bec" w:customStyle="1">
-    <w:name w:val="Normal Table_78bd1b2f-8647-44f0-8864-1dcb3f990bec"/>
+  <w:style w:type="table" w:styleId="NormalTable_f56f6b68-7111-41ee-83f2-249173620eb3" w:customStyle="1">
+    <w:name w:val="Normal Table_f56f6b68-7111-41ee-83f2-249173620eb3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97a79779-4651-4c67-92fa-d90073e319ea" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_78bd1b2f-8647-44f0-8864-1dcb3f990bec"/>
+  <w:style w:type="table" w:styleId="TableGrid_4525b447-2f48-4de5-93b2-af8abc48ea65" w:customStyle="1">
+    <w:name w:val="Table Grid_4525b447-2f48-4de5-93b2-af8abc48ea65"/>
+    <w:basedOn w:val="NormalTable_f56f6b68-7111-41ee-83f2-249173620eb3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>