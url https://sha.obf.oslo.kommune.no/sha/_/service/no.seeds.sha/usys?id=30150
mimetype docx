--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -18145,51 +18145,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7757c752-2c34-4a4b-943b-6c22a1d3865a"/>
+      <w:tblStyle w:val="TableGrid_28e51a26-6828-4e2c-9526-9dd0b217744a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18200,51 +18200,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:49:43 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18272,51 +18272,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a45dc537-a3cb-4175-be84-2fcae4f9bee3"/>
+      <w:tblStyle w:val="TableGrid_acf5022b-ca8f-4876-a38a-f9f90fe47285"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18327,51 +18327,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:49:43 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18399,51 +18399,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_01779e6f-fa0a-4267-87c7-3aa9dd1b0c9a"/>
+      <w:tblStyle w:val="TableGrid_ebf666a1-72f7-400d-8177-a8f802550ef6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18454,51 +18454,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:38 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:49:43 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18526,51 +18526,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_af7717fb-6f1c-4fbe-8e8a-5485983c895d"/>
+      <w:tblStyle w:val="TableGrid_ee5a0217-30bb-42d8-8318-2523a8dcb133"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -18628,51 +18628,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -18685,59 +18685,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+      <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_14dc2b79-c9b8-401a-82d7-66c80e2e3ff9"/>
+      <w:tblStyle w:val="TableGrid_73b7016b-4f61-49a3-b5df-723f8a81c12d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18748,51 +18748,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_af277522-b637-4ba0-9012-c36c12e0e203"/>
+            <w:tblStyle w:val="TableGrid_f3ff4e4a-7c95-415b-8f3d-5d0cc79a2a58"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18893,72 +18893,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3b0274d9-3bc2-4034-b210-b83e5bb80cd0"/>
+            <w:tblStyle w:val="TableGrid_a114ea17-fa6b-435b-92ea-cd24ba64684b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19059,75 +19059,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+      <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_40148cbf-acf5-49cb-bfe9-f267e4e27d44"/>
+      <w:tblStyle w:val="TableGrid_688366b2-5615-46fc-8a67-d168929982ff"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -19185,51 +19185,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -19242,59 +19242,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+      <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3c6cf988-15a2-45c7-a62b-b3a243681b54"/>
+      <w:tblStyle w:val="TableGrid_4b72503a-f6d6-4a11-8ae6-a0205dded69a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19305,51 +19305,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_50c03aa3-68ff-4f07-9a61-952124d59350"/>
+            <w:tblStyle w:val="TableGrid_42ab7237-6fac-475f-9373-2b43bcde5b99"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19450,72 +19450,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a1cd6ddb-a5e2-4266-b559-9448af3bf86b"/>
+            <w:tblStyle w:val="TableGrid_2be3986f-73cc-4656-8253-b8900701ed97"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19616,75 +19616,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+      <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9e723edd-8048-4f05-b7ba-afe406c9f916"/>
+      <w:tblStyle w:val="TableGrid_64287ff9-3b09-4ec8-9cb5-712a1121fa73"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -19742,51 +19742,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -19799,59 +19799,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+      <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4525b447-2f48-4de5-93b2-af8abc48ea65"/>
+      <w:tblStyle w:val="TableGrid_c126e670-f97c-4117-bcc8-d5a3a49f64c8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19862,51 +19862,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_01245377-d6f0-4923-b60a-8234ed6c63a6"/>
+            <w:tblStyle w:val="TableGrid_4b27d073-022e-4edf-9d4d-3e5b2cbf9d44"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20007,72 +20007,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_faa62a06-116a-4a29-821f-180ce94b3eaf"/>
+            <w:tblStyle w:val="TableGrid_de99d5f6-eaf1-452f-b4c3-76d37490959c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20173,62 +20173,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+            <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+      <w:pStyle w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -22137,1729 +22137,1729 @@
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2" w:customStyle="1">
-    <w:name w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+  <w:style w:type="paragraph" w:styleId="Normal_78e90286-4f7e-414a-829b-e81d493b2560" w:customStyle="1">
+    <w:name w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+    <w:basedOn w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4ac2ec3c-e12c-4e71-a507-60bded0e854f" w:customStyle="1">
-    <w:name w:val="Normal Table_4ac2ec3c-e12c-4e71-a507-60bded0e854f"/>
+  <w:style w:type="table" w:styleId="NormalTable_4f361cba-5eda-4527-9995-cada42d425e4" w:customStyle="1">
+    <w:name w:val="Normal Table_4f361cba-5eda-4527-9995-cada42d425e4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3edb331c-ad77-45cf-a9aa-9de719760b09" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4ac2ec3c-e12c-4e71-a507-60bded0e854f"/>
+  <w:style w:type="table" w:styleId="TableGrid_dce3cc02-890e-4e18-abf5-d9393599fc00" w:customStyle="1">
+    <w:name w:val="Table Grid_dce3cc02-890e-4e18-abf5-d9393599fc00"/>
+    <w:basedOn w:val="NormalTable_4f361cba-5eda-4527-9995-cada42d425e4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+    <w:basedOn w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c456fc98-a65d-43a3-8936-6f5ee2120eb2"/>
+    <w:basedOn w:val="Normal_78e90286-4f7e-414a-829b-e81d493b2560"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_58224577-7368-4374-9f87-56e046817c85" w:customStyle="1">
-    <w:name w:val="Normal Table_58224577-7368-4374-9f87-56e046817c85"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca9c2c1d-ae77-4e5c-876f-3e068ec51ffc" w:customStyle="1">
+    <w:name w:val="Normal Table_ca9c2c1d-ae77-4e5c-876f-3e068ec51ffc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6bb34933-282c-49cc-9555-e534367fceb5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_58224577-7368-4374-9f87-56e046817c85"/>
+  <w:style w:type="table" w:styleId="TableGrid_aa902d25-29cb-4a2e-9dd2-20b89d7504b1" w:customStyle="1">
+    <w:name w:val="Table Grid_aa902d25-29cb-4a2e-9dd2-20b89d7504b1"/>
+    <w:basedOn w:val="NormalTable_ca9c2c1d-ae77-4e5c-876f-3e068ec51ffc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ccdd4108-16f2-4418-a939-6ee3c04d315f" w:customStyle="1">
-    <w:name w:val="Normal Table_ccdd4108-16f2-4418-a939-6ee3c04d315f"/>
+  <w:style w:type="table" w:styleId="NormalTable_a1b646f6-6e00-4b7b-b58e-0d7c3e35ed67" w:customStyle="1">
+    <w:name w:val="Normal Table_a1b646f6-6e00-4b7b-b58e-0d7c3e35ed67"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_09dab229-91f3-44e3-ad90-f019c7447932" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ccdd4108-16f2-4418-a939-6ee3c04d315f"/>
+  <w:style w:type="table" w:styleId="TableGrid_e585e5e4-8733-4e73-802e-b885412d5458" w:customStyle="1">
+    <w:name w:val="Table Grid_e585e5e4-8733-4e73-802e-b885412d5458"/>
+    <w:basedOn w:val="NormalTable_a1b646f6-6e00-4b7b-b58e-0d7c3e35ed67"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8f5aefad-f464-4d05-ae05-af8a0e94924c" w:customStyle="1">
-    <w:name w:val="Normal Table_8f5aefad-f464-4d05-ae05-af8a0e94924c"/>
+  <w:style w:type="table" w:styleId="NormalTable_713873a4-a792-40ef-aca3-abce1a75c017" w:customStyle="1">
+    <w:name w:val="Normal Table_713873a4-a792-40ef-aca3-abce1a75c017"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1a802721-709c-4ed3-9767-2557379127af" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8f5aefad-f464-4d05-ae05-af8a0e94924c"/>
+  <w:style w:type="table" w:styleId="TableGrid_6a8fb197-0a69-4d7d-8fb3-0c07fcf0b3f7" w:customStyle="1">
+    <w:name w:val="Table Grid_6a8fb197-0a69-4d7d-8fb3-0c07fcf0b3f7"/>
+    <w:basedOn w:val="NormalTable_713873a4-a792-40ef-aca3-abce1a75c017"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4f854573-214d-4f6e-abde-dcfa2701cf93" w:customStyle="1">
-    <w:name w:val="Normal Table_4f854573-214d-4f6e-abde-dcfa2701cf93"/>
+  <w:style w:type="table" w:styleId="NormalTable_f9d590b8-ac81-4a61-baee-c6c9342276d6" w:customStyle="1">
+    <w:name w:val="Normal Table_f9d590b8-ac81-4a61-baee-c6c9342276d6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f67b8d0b-090a-4f2d-a8a8-973d8c54e9e8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4f854573-214d-4f6e-abde-dcfa2701cf93"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8d5815c-80d2-46df-81c7-f73a90fea503" w:customStyle="1">
+    <w:name w:val="Table Grid_c8d5815c-80d2-46df-81c7-f73a90fea503"/>
+    <w:basedOn w:val="NormalTable_f9d590b8-ac81-4a61-baee-c6c9342276d6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_af45318d-c832-45c9-b629-52b111ce8a7d" w:customStyle="1">
-    <w:name w:val="Normal Table_af45318d-c832-45c9-b629-52b111ce8a7d"/>
+  <w:style w:type="table" w:styleId="NormalTable_9de2e9ee-25c0-4be6-91cb-7bc7e86fc4c3" w:customStyle="1">
+    <w:name w:val="Normal Table_9de2e9ee-25c0-4be6-91cb-7bc7e86fc4c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7757c752-2c34-4a4b-943b-6c22a1d3865a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_af45318d-c832-45c9-b629-52b111ce8a7d"/>
+  <w:style w:type="table" w:styleId="TableGrid_28e51a26-6828-4e2c-9526-9dd0b217744a" w:customStyle="1">
+    <w:name w:val="Table Grid_28e51a26-6828-4e2c-9526-9dd0b217744a"/>
+    <w:basedOn w:val="NormalTable_9de2e9ee-25c0-4be6-91cb-7bc7e86fc4c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7725f3d2-e04b-48c7-a61a-3632669ea974" w:customStyle="1">
-    <w:name w:val="Normal Table_7725f3d2-e04b-48c7-a61a-3632669ea974"/>
+  <w:style w:type="table" w:styleId="NormalTable_f1b680c3-310c-46fd-b3bc-ce1a9cdd847c" w:customStyle="1">
+    <w:name w:val="Normal Table_f1b680c3-310c-46fd-b3bc-ce1a9cdd847c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_af7717fb-6f1c-4fbe-8e8a-5485983c895d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7725f3d2-e04b-48c7-a61a-3632669ea974"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee5a0217-30bb-42d8-8318-2523a8dcb133" w:customStyle="1">
+    <w:name w:val="Table Grid_ee5a0217-30bb-42d8-8318-2523a8dcb133"/>
+    <w:basedOn w:val="NormalTable_f1b680c3-310c-46fd-b3bc-ce1a9cdd847c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_24cceeb9-afb4-4bbd-abf4-1ff61443b48b" w:customStyle="1">
-    <w:name w:val="Normal Table_24cceeb9-afb4-4bbd-abf4-1ff61443b48b"/>
+  <w:style w:type="table" w:styleId="NormalTable_d3303a08-c14e-4acb-a06e-5213d747cf49" w:customStyle="1">
+    <w:name w:val="Normal Table_d3303a08-c14e-4acb-a06e-5213d747cf49"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_af277522-b637-4ba0-9012-c36c12e0e203" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_24cceeb9-afb4-4bbd-abf4-1ff61443b48b"/>
+  <w:style w:type="table" w:styleId="TableGrid_f3ff4e4a-7c95-415b-8f3d-5d0cc79a2a58" w:customStyle="1">
+    <w:name w:val="Table Grid_f3ff4e4a-7c95-415b-8f3d-5d0cc79a2a58"/>
+    <w:basedOn w:val="NormalTable_d3303a08-c14e-4acb-a06e-5213d747cf49"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_090ac1d0-5be2-4e53-ab80-25c2f2224d4a" w:customStyle="1">
-    <w:name w:val="Normal Table_090ac1d0-5be2-4e53-ab80-25c2f2224d4a"/>
+  <w:style w:type="table" w:styleId="NormalTable_928c8e29-45a0-4c72-ab30-1d7bddb1b9f5" w:customStyle="1">
+    <w:name w:val="Normal Table_928c8e29-45a0-4c72-ab30-1d7bddb1b9f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b0274d9-3bc2-4034-b210-b83e5bb80cd0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_090ac1d0-5be2-4e53-ab80-25c2f2224d4a"/>
+  <w:style w:type="table" w:styleId="TableGrid_a114ea17-fa6b-435b-92ea-cd24ba64684b" w:customStyle="1">
+    <w:name w:val="Table Grid_a114ea17-fa6b-435b-92ea-cd24ba64684b"/>
+    <w:basedOn w:val="NormalTable_928c8e29-45a0-4c72-ab30-1d7bddb1b9f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a969d6c3-083f-4337-b28c-d0625a02e645" w:customStyle="1">
-    <w:name w:val="Normal Table_a969d6c3-083f-4337-b28c-d0625a02e645"/>
+  <w:style w:type="table" w:styleId="NormalTable_18e86a85-c7d6-43f9-8adc-57a085b58042" w:customStyle="1">
+    <w:name w:val="Normal Table_18e86a85-c7d6-43f9-8adc-57a085b58042"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_14dc2b79-c9b8-401a-82d7-66c80e2e3ff9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a969d6c3-083f-4337-b28c-d0625a02e645"/>
+  <w:style w:type="table" w:styleId="TableGrid_73b7016b-4f61-49a3-b5df-723f8a81c12d" w:customStyle="1">
+    <w:name w:val="Table Grid_73b7016b-4f61-49a3-b5df-723f8a81c12d"/>
+    <w:basedOn w:val="NormalTable_18e86a85-c7d6-43f9-8adc-57a085b58042"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_965ecec6-adba-4c1a-ae5c-222a5c4721b5" w:customStyle="1">
-    <w:name w:val="Normal Table_965ecec6-adba-4c1a-ae5c-222a5c4721b5"/>
+  <w:style w:type="table" w:styleId="NormalTable_8c6ff780-ba30-46df-b5ac-1697f99bb9d4" w:customStyle="1">
+    <w:name w:val="Normal Table_8c6ff780-ba30-46df-b5ac-1697f99bb9d4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f03f0138-311f-418e-b5f6-b95af479381c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_965ecec6-adba-4c1a-ae5c-222a5c4721b5"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9f475a5-eb83-4e65-bbc8-3bcee31a0431" w:customStyle="1">
+    <w:name w:val="Table Grid_b9f475a5-eb83-4e65-bbc8-3bcee31a0431"/>
+    <w:basedOn w:val="NormalTable_8c6ff780-ba30-46df-b5ac-1697f99bb9d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_859f70a2-d39e-43c4-a7e9-0bf56df9abc6" w:customStyle="1">
-    <w:name w:val="Normal Table_859f70a2-d39e-43c4-a7e9-0bf56df9abc6"/>
+  <w:style w:type="table" w:styleId="NormalTable_2e16ee99-420e-482b-987f-f2f8454ed686" w:customStyle="1">
+    <w:name w:val="Normal Table_2e16ee99-420e-482b-987f-f2f8454ed686"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b07ab67b-fe18-4f15-9c58-f9c007934c54" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_859f70a2-d39e-43c4-a7e9-0bf56df9abc6"/>
+  <w:style w:type="table" w:styleId="TableGrid_f9b0fef3-ed8a-421c-b14e-4a56f0b08ad8" w:customStyle="1">
+    <w:name w:val="Table Grid_f9b0fef3-ed8a-421c-b14e-4a56f0b08ad8"/>
+    <w:basedOn w:val="NormalTable_2e16ee99-420e-482b-987f-f2f8454ed686"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fd8a0460-5456-459f-83f0-a9f9f5ea0cef" w:customStyle="1">
-    <w:name w:val="Normal Table_fd8a0460-5456-459f-83f0-a9f9f5ea0cef"/>
+  <w:style w:type="table" w:styleId="NormalTable_8f2f6e14-d2ab-495d-910a-344de909fd53" w:customStyle="1">
+    <w:name w:val="Normal Table_8f2f6e14-d2ab-495d-910a-344de909fd53"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_26f5ace2-2062-4b04-bb8c-cb1628097794" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fd8a0460-5456-459f-83f0-a9f9f5ea0cef"/>
+  <w:style w:type="table" w:styleId="TableGrid_2b16097d-ad0c-413f-aa1f-73cc7b100995" w:customStyle="1">
+    <w:name w:val="Table Grid_2b16097d-ad0c-413f-aa1f-73cc7b100995"/>
+    <w:basedOn w:val="NormalTable_8f2f6e14-d2ab-495d-910a-344de909fd53"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0f6a316d-b0d3-4b05-8aa0-7e64b6066944" w:customStyle="1">
-    <w:name w:val="Normal Table_0f6a316d-b0d3-4b05-8aa0-7e64b6066944"/>
+  <w:style w:type="table" w:styleId="NormalTable_43594521-0311-4685-9b05-2baa84c77ea3" w:customStyle="1">
+    <w:name w:val="Normal Table_43594521-0311-4685-9b05-2baa84c77ea3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4947e40e-2608-43be-8799-fab0017c85c8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0f6a316d-b0d3-4b05-8aa0-7e64b6066944"/>
+  <w:style w:type="table" w:styleId="TableGrid_136ee1c7-0dd3-4e00-aa0a-eceec5929a98" w:customStyle="1">
+    <w:name w:val="Table Grid_136ee1c7-0dd3-4e00-aa0a-eceec5929a98"/>
+    <w:basedOn w:val="NormalTable_43594521-0311-4685-9b05-2baa84c77ea3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5faf5fa6-1efa-493b-9320-af83e8a65536" w:customStyle="1">
-    <w:name w:val="Normal Table_5faf5fa6-1efa-493b-9320-af83e8a65536"/>
+  <w:style w:type="table" w:styleId="NormalTable_63ae0890-b97e-4e62-873c-774bbbb46b52" w:customStyle="1">
+    <w:name w:val="Normal Table_63ae0890-b97e-4e62-873c-774bbbb46b52"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0295939f-dcf1-4475-8f30-580c17da8668" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5faf5fa6-1efa-493b-9320-af83e8a65536"/>
+  <w:style w:type="table" w:styleId="TableGrid_e4d7e22d-3a95-4109-bc67-dc63ea95c817" w:customStyle="1">
+    <w:name w:val="Table Grid_e4d7e22d-3a95-4109-bc67-dc63ea95c817"/>
+    <w:basedOn w:val="NormalTable_63ae0890-b97e-4e62-873c-774bbbb46b52"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7753a8d3-7091-4adc-a7bf-127bcc050dcb" w:customStyle="1">
-    <w:name w:val="Normal Table_7753a8d3-7091-4adc-a7bf-127bcc050dcb"/>
+  <w:style w:type="table" w:styleId="NormalTable_2f6c96e9-0a15-4591-99a6-f895012c8e78" w:customStyle="1">
+    <w:name w:val="Normal Table_2f6c96e9-0a15-4591-99a6-f895012c8e78"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a45dc537-a3cb-4175-be84-2fcae4f9bee3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7753a8d3-7091-4adc-a7bf-127bcc050dcb"/>
+  <w:style w:type="table" w:styleId="TableGrid_acf5022b-ca8f-4876-a38a-f9f90fe47285" w:customStyle="1">
+    <w:name w:val="Table Grid_acf5022b-ca8f-4876-a38a-f9f90fe47285"/>
+    <w:basedOn w:val="NormalTable_2f6c96e9-0a15-4591-99a6-f895012c8e78"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dbcd0cab-415e-40a0-86eb-6419d2ec192e" w:customStyle="1">
-    <w:name w:val="Normal Table_dbcd0cab-415e-40a0-86eb-6419d2ec192e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c08c0098-5055-4d5d-afac-b8b2f558f2f3" w:customStyle="1">
+    <w:name w:val="Normal Table_c08c0098-5055-4d5d-afac-b8b2f558f2f3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_40148cbf-acf5-49cb-bfe9-f267e4e27d44" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dbcd0cab-415e-40a0-86eb-6419d2ec192e"/>
+  <w:style w:type="table" w:styleId="TableGrid_688366b2-5615-46fc-8a67-d168929982ff" w:customStyle="1">
+    <w:name w:val="Table Grid_688366b2-5615-46fc-8a67-d168929982ff"/>
+    <w:basedOn w:val="NormalTable_c08c0098-5055-4d5d-afac-b8b2f558f2f3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_74aee71b-3a0e-40a3-abf5-a2b73c549bd6" w:customStyle="1">
-    <w:name w:val="Normal Table_74aee71b-3a0e-40a3-abf5-a2b73c549bd6"/>
+  <w:style w:type="table" w:styleId="NormalTable_f54b8c8f-1e40-4ab9-88df-35aef00b9e59" w:customStyle="1">
+    <w:name w:val="Normal Table_f54b8c8f-1e40-4ab9-88df-35aef00b9e59"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_50c03aa3-68ff-4f07-9a61-952124d59350" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_74aee71b-3a0e-40a3-abf5-a2b73c549bd6"/>
+  <w:style w:type="table" w:styleId="TableGrid_42ab7237-6fac-475f-9373-2b43bcde5b99" w:customStyle="1">
+    <w:name w:val="Table Grid_42ab7237-6fac-475f-9373-2b43bcde5b99"/>
+    <w:basedOn w:val="NormalTable_f54b8c8f-1e40-4ab9-88df-35aef00b9e59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6ab181dd-765c-4ad3-ba64-3dbff7474ddc" w:customStyle="1">
-    <w:name w:val="Normal Table_6ab181dd-765c-4ad3-ba64-3dbff7474ddc"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee270261-da4b-4cc5-a4f5-069122852cd8" w:customStyle="1">
+    <w:name w:val="Normal Table_ee270261-da4b-4cc5-a4f5-069122852cd8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a1cd6ddb-a5e2-4266-b559-9448af3bf86b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6ab181dd-765c-4ad3-ba64-3dbff7474ddc"/>
+  <w:style w:type="table" w:styleId="TableGrid_2be3986f-73cc-4656-8253-b8900701ed97" w:customStyle="1">
+    <w:name w:val="Table Grid_2be3986f-73cc-4656-8253-b8900701ed97"/>
+    <w:basedOn w:val="NormalTable_ee270261-da4b-4cc5-a4f5-069122852cd8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc859bdd-f226-4e4a-a99e-e2a355f8b0dd" w:customStyle="1">
-    <w:name w:val="Normal Table_fc859bdd-f226-4e4a-a99e-e2a355f8b0dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_02107fb0-ccca-4bb4-8817-1722a9bed51c" w:customStyle="1">
+    <w:name w:val="Normal Table_02107fb0-ccca-4bb4-8817-1722a9bed51c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3c6cf988-15a2-45c7-a62b-b3a243681b54" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc859bdd-f226-4e4a-a99e-e2a355f8b0dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_4b72503a-f6d6-4a11-8ae6-a0205dded69a" w:customStyle="1">
+    <w:name w:val="Table Grid_4b72503a-f6d6-4a11-8ae6-a0205dded69a"/>
+    <w:basedOn w:val="NormalTable_02107fb0-ccca-4bb4-8817-1722a9bed51c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ada087d2-4adc-4fb7-b0bc-4f03dfcc60e3" w:customStyle="1">
-    <w:name w:val="Normal Table_ada087d2-4adc-4fb7-b0bc-4f03dfcc60e3"/>
+  <w:style w:type="table" w:styleId="NormalTable_0a7dc6da-84b2-43e8-af02-481901a53b65" w:customStyle="1">
+    <w:name w:val="Normal Table_0a7dc6da-84b2-43e8-af02-481901a53b65"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_37d2aafd-e743-4280-a91e-dac4537229d2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ada087d2-4adc-4fb7-b0bc-4f03dfcc60e3"/>
+  <w:style w:type="table" w:styleId="TableGrid_de63ba4f-0cc4-40c4-b586-b81dd9f1879c" w:customStyle="1">
+    <w:name w:val="Table Grid_de63ba4f-0cc4-40c4-b586-b81dd9f1879c"/>
+    <w:basedOn w:val="NormalTable_0a7dc6da-84b2-43e8-af02-481901a53b65"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_84cde09e-e5d3-4501-a890-d47b022231e7" w:customStyle="1">
-    <w:name w:val="Normal Table_84cde09e-e5d3-4501-a890-d47b022231e7"/>
+  <w:style w:type="table" w:styleId="NormalTable_6803b26b-75e2-4c92-bacb-0eb5d962954d" w:customStyle="1">
+    <w:name w:val="Normal Table_6803b26b-75e2-4c92-bacb-0eb5d962954d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e05a3fbf-9a18-45ff-8041-3ed8189f4683" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_84cde09e-e5d3-4501-a890-d47b022231e7"/>
+  <w:style w:type="table" w:styleId="TableGrid_fe48b123-f591-4106-a907-acd74528917b" w:customStyle="1">
+    <w:name w:val="Table Grid_fe48b123-f591-4106-a907-acd74528917b"/>
+    <w:basedOn w:val="NormalTable_6803b26b-75e2-4c92-bacb-0eb5d962954d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_713c276e-9a3b-4c56-ba11-97767535ae24" w:customStyle="1">
-    <w:name w:val="Normal Table_713c276e-9a3b-4c56-ba11-97767535ae24"/>
+  <w:style w:type="table" w:styleId="NormalTable_4def4e6f-d4b9-43a3-bef0-42c16b04e89d" w:customStyle="1">
+    <w:name w:val="Normal Table_4def4e6f-d4b9-43a3-bef0-42c16b04e89d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_845d409e-333b-4725-8315-05c69f822aba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_713c276e-9a3b-4c56-ba11-97767535ae24"/>
+  <w:style w:type="table" w:styleId="TableGrid_0fba1ada-27f2-42df-b5e3-717313da2c8e" w:customStyle="1">
+    <w:name w:val="Table Grid_0fba1ada-27f2-42df-b5e3-717313da2c8e"/>
+    <w:basedOn w:val="NormalTable_4def4e6f-d4b9-43a3-bef0-42c16b04e89d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_72846a18-f0c0-4abb-a821-da9b67a383d2" w:customStyle="1">
-    <w:name w:val="Normal Table_72846a18-f0c0-4abb-a821-da9b67a383d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_d67cb936-19df-4008-b59f-a2334ff44d44" w:customStyle="1">
+    <w:name w:val="Normal Table_d67cb936-19df-4008-b59f-a2334ff44d44"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_15567aaa-2339-413b-beab-7e957867c753" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_72846a18-f0c0-4abb-a821-da9b67a383d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_6975c98a-b274-4466-a006-b7fdb6752a65" w:customStyle="1">
+    <w:name w:val="Table Grid_6975c98a-b274-4466-a006-b7fdb6752a65"/>
+    <w:basedOn w:val="NormalTable_d67cb936-19df-4008-b59f-a2334ff44d44"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b55eab40-7155-4481-bdc5-0a2312ffd26a" w:customStyle="1">
-    <w:name w:val="Normal Table_b55eab40-7155-4481-bdc5-0a2312ffd26a"/>
+  <w:style w:type="table" w:styleId="NormalTable_55cce3e0-5679-4f7f-9c2e-0f687801ea6f" w:customStyle="1">
+    <w:name w:val="Normal Table_55cce3e0-5679-4f7f-9c2e-0f687801ea6f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8db70171-2dcb-4845-8d7e-007d35105a6a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b55eab40-7155-4481-bdc5-0a2312ffd26a"/>
+  <w:style w:type="table" w:styleId="TableGrid_e5c0e0cc-a42c-4b0d-962b-e9774527dd63" w:customStyle="1">
+    <w:name w:val="Table Grid_e5c0e0cc-a42c-4b0d-962b-e9774527dd63"/>
+    <w:basedOn w:val="NormalTable_55cce3e0-5679-4f7f-9c2e-0f687801ea6f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ccb79797-0838-442c-8919-00e3007f28e8" w:customStyle="1">
-    <w:name w:val="Normal Table_ccb79797-0838-442c-8919-00e3007f28e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_5db2ca88-2cd6-4325-8ff6-4719729d42fc" w:customStyle="1">
+    <w:name w:val="Normal Table_5db2ca88-2cd6-4325-8ff6-4719729d42fc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_01779e6f-fa0a-4267-87c7-3aa9dd1b0c9a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ccb79797-0838-442c-8919-00e3007f28e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_ebf666a1-72f7-400d-8177-a8f802550ef6" w:customStyle="1">
+    <w:name w:val="Table Grid_ebf666a1-72f7-400d-8177-a8f802550ef6"/>
+    <w:basedOn w:val="NormalTable_5db2ca88-2cd6-4325-8ff6-4719729d42fc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_631659d2-b980-4d47-a7fc-8a9e6630e6e4" w:customStyle="1">
-    <w:name w:val="Normal Table_631659d2-b980-4d47-a7fc-8a9e6630e6e4"/>
+  <w:style w:type="table" w:styleId="NormalTable_423201f1-6961-4665-b23b-05e8cf0ef3d0" w:customStyle="1">
+    <w:name w:val="Normal Table_423201f1-6961-4665-b23b-05e8cf0ef3d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9e723edd-8048-4f05-b7ba-afe406c9f916" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_631659d2-b980-4d47-a7fc-8a9e6630e6e4"/>
+  <w:style w:type="table" w:styleId="TableGrid_64287ff9-3b09-4ec8-9cb5-712a1121fa73" w:customStyle="1">
+    <w:name w:val="Table Grid_64287ff9-3b09-4ec8-9cb5-712a1121fa73"/>
+    <w:basedOn w:val="NormalTable_423201f1-6961-4665-b23b-05e8cf0ef3d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_66238ea8-6229-4ea4-ae93-8668e5fac2ae" w:customStyle="1">
-    <w:name w:val="Normal Table_66238ea8-6229-4ea4-ae93-8668e5fac2ae"/>
+  <w:style w:type="table" w:styleId="NormalTable_7d1765a2-ca81-4e0e-ab32-76d8a1caec14" w:customStyle="1">
+    <w:name w:val="Normal Table_7d1765a2-ca81-4e0e-ab32-76d8a1caec14"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_01245377-d6f0-4923-b60a-8234ed6c63a6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_66238ea8-6229-4ea4-ae93-8668e5fac2ae"/>
+  <w:style w:type="table" w:styleId="TableGrid_4b27d073-022e-4edf-9d4d-3e5b2cbf9d44" w:customStyle="1">
+    <w:name w:val="Table Grid_4b27d073-022e-4edf-9d4d-3e5b2cbf9d44"/>
+    <w:basedOn w:val="NormalTable_7d1765a2-ca81-4e0e-ab32-76d8a1caec14"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9b3c5df7-19f0-45d7-9b20-1abcc57858e1" w:customStyle="1">
-    <w:name w:val="Normal Table_9b3c5df7-19f0-45d7-9b20-1abcc57858e1"/>
+  <w:style w:type="table" w:styleId="NormalTable_5d7667b4-b66f-4e1f-b589-60d0c0c933ae" w:customStyle="1">
+    <w:name w:val="Normal Table_5d7667b4-b66f-4e1f-b589-60d0c0c933ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_faa62a06-116a-4a29-821f-180ce94b3eaf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9b3c5df7-19f0-45d7-9b20-1abcc57858e1"/>
+  <w:style w:type="table" w:styleId="TableGrid_de99d5f6-eaf1-452f-b4c3-76d37490959c" w:customStyle="1">
+    <w:name w:val="Table Grid_de99d5f6-eaf1-452f-b4c3-76d37490959c"/>
+    <w:basedOn w:val="NormalTable_5d7667b4-b66f-4e1f-b589-60d0c0c933ae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f56f6b68-7111-41ee-83f2-249173620eb3" w:customStyle="1">
-    <w:name w:val="Normal Table_f56f6b68-7111-41ee-83f2-249173620eb3"/>
+  <w:style w:type="table" w:styleId="NormalTable_55400255-baac-4f1b-b47c-306af9b92412" w:customStyle="1">
+    <w:name w:val="Normal Table_55400255-baac-4f1b-b47c-306af9b92412"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4525b447-2f48-4de5-93b2-af8abc48ea65" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f56f6b68-7111-41ee-83f2-249173620eb3"/>
+  <w:style w:type="table" w:styleId="TableGrid_c126e670-f97c-4117-bcc8-d5a3a49f64c8" w:customStyle="1">
+    <w:name w:val="Table Grid_c126e670-f97c-4117-bcc8-d5a3a49f64c8"/>
+    <w:basedOn w:val="NormalTable_55400255-baac-4f1b-b47c-306af9b92412"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>