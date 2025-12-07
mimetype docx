--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -2074,89 +2074,106 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f835b501-0332-4fc1-940c-d9e9e2ab132f"/>
+      <w:tblStyle w:val="TableGrid_d5d8b1e9-8de1-4ac7-acc0-d354608eca8b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4960"/>
       <w:gridCol w:w="4961"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:50:51 </w:t>
+            <w:t xml:space="preserve">07.12.2025 22:28:41 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2184,74 +2201,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_17a76fc6-71fa-467e-a4e5-eeaeb03b0523"/>
+      <w:tblStyle w:val="TableGrid_8b936f5f-5d57-4938-8545-018c902904a0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6657"/>
       <w:gridCol w:w="2388"/>
       <w:gridCol w:w="876"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6657"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 100. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -2269,408 +2303,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="876"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+            <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+      <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_772872c0-b3d0-4603-b54b-35c039b94d47"/>
+      <w:tblStyle w:val="TableGrid_bfd4f499-2d6a-4d04-a5ce-7249775294bb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6449"/>
       <w:gridCol w:w="3472"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6449"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_12e6b0d7-939e-4aa0-90d6-bd81678e97c8"/>
+            <w:tblStyle w:val="TableGrid_0c86a9bf-257d-4868-baa4-849781839e7f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+            <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3472"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5263eb58-67ff-4276-b390-96037a0a7917"/>
+            <w:tblStyle w:val="TableGrid_8bd362b0-b298-48a9-b3da-6542fd11fd68"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+            <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+      <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="257650BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="*"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3251,51 +3370,51 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
@@ -3801,629 +3920,629 @@
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f" w:customStyle="1">
-    <w:name w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+  <w:style w:type="paragraph" w:styleId="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3" w:customStyle="1">
+    <w:name w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+    <w:basedOn w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_59d957fc-ab0e-46ca-95ba-b7fbed051999" w:customStyle="1">
-    <w:name w:val="Normal Table_59d957fc-ab0e-46ca-95ba-b7fbed051999"/>
+  <w:style w:type="table" w:styleId="NormalTable_09db6a01-d759-4656-8a43-36e4ef8a04dd" w:customStyle="1">
+    <w:name w:val="Normal Table_09db6a01-d759-4656-8a43-36e4ef8a04dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_59d957fc-ab0e-46ca-95ba-b7fbed051999"/>
+    <w:basedOn w:val="NormalTable_09db6a01-d759-4656-8a43-36e4ef8a04dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+    <w:basedOn w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e2e4417b-aef7-4408-b7db-0d417e10a35f"/>
+    <w:basedOn w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db70aad7-4099-49ba-abd7-bbaa4cea27af" w:customStyle="1">
-    <w:name w:val="Normal Table_db70aad7-4099-49ba-abd7-bbaa4cea27af"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e3b33f2-046e-496c-956d-3661e6f2ec72" w:customStyle="1">
+    <w:name w:val="Normal Table_1e3b33f2-046e-496c-956d-3661e6f2ec72"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_153504b5-5b8b-476c-ac08-20c63fe1ed5e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db70aad7-4099-49ba-abd7-bbaa4cea27af"/>
+  <w:style w:type="table" w:styleId="TableGrid_c6b2fe69-a67e-48c2-9383-406f59a681c9" w:customStyle="1">
+    <w:name w:val="Table Grid_c6b2fe69-a67e-48c2-9383-406f59a681c9"/>
+    <w:basedOn w:val="NormalTable_1e3b33f2-046e-496c-956d-3661e6f2ec72"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0b2216a9-ad44-4939-8022-ce04f6dc7268" w:customStyle="1">
-    <w:name w:val="Normal Table_0b2216a9-ad44-4939-8022-ce04f6dc7268"/>
+  <w:style w:type="table" w:styleId="NormalTable_74cd2679-cd66-4890-a906-02f4274114bc" w:customStyle="1">
+    <w:name w:val="Normal Table_74cd2679-cd66-4890-a906-02f4274114bc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_142bc814-949b-4430-b235-d388817b57cd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0b2216a9-ad44-4939-8022-ce04f6dc7268"/>
+  <w:style w:type="table" w:styleId="TableGrid_8596664f-fd84-408b-9c5d-68bc43cfcac1" w:customStyle="1">
+    <w:name w:val="Table Grid_8596664f-fd84-408b-9c5d-68bc43cfcac1"/>
+    <w:basedOn w:val="NormalTable_74cd2679-cd66-4890-a906-02f4274114bc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_705f866c-bb2d-44eb-a573-61b5ea197226" w:customStyle="1">
-    <w:name w:val="Normal Table_705f866c-bb2d-44eb-a573-61b5ea197226"/>
+  <w:style w:type="table" w:styleId="NormalTable_a2b78424-0f95-400c-b570-2fa5a066ebe0" w:customStyle="1">
+    <w:name w:val="Normal Table_a2b78424-0f95-400c-b570-2fa5a066ebe0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_de92d123-72ca-4859-8596-decaca429289" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_705f866c-bb2d-44eb-a573-61b5ea197226"/>
+  <w:style w:type="table" w:styleId="TableGrid_e57723b7-8bb8-4e53-92b3-3a4a4f552451" w:customStyle="1">
+    <w:name w:val="Table Grid_e57723b7-8bb8-4e53-92b3-3a4a4f552451"/>
+    <w:basedOn w:val="NormalTable_a2b78424-0f95-400c-b570-2fa5a066ebe0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_23b7dcc9-73b8-4ae4-914f-2f6b249b0034" w:customStyle="1">
-    <w:name w:val="Normal Table_23b7dcc9-73b8-4ae4-914f-2f6b249b0034"/>
+  <w:style w:type="table" w:styleId="NormalTable_255cc6e2-f4b1-4d2b-a830-07f558dea9bc" w:customStyle="1">
+    <w:name w:val="Normal Table_255cc6e2-f4b1-4d2b-a830-07f558dea9bc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3e3117db-2776-4fb2-b532-892dafd634c0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_23b7dcc9-73b8-4ae4-914f-2f6b249b0034"/>
+  <w:style w:type="table" w:styleId="TableGrid_ec0b6ea7-9e84-4540-9f8b-cc741c31af8c" w:customStyle="1">
+    <w:name w:val="Table Grid_ec0b6ea7-9e84-4540-9f8b-cc741c31af8c"/>
+    <w:basedOn w:val="NormalTable_255cc6e2-f4b1-4d2b-a830-07f558dea9bc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b2c82bd3-5773-43f3-8e15-fd817cd3e55c" w:customStyle="1">
-    <w:name w:val="Normal Table_b2c82bd3-5773-43f3-8e15-fd817cd3e55c"/>
+  <w:style w:type="table" w:styleId="NormalTable_9e702d82-82d0-4265-8427-d39ffd206cf6" w:customStyle="1">
+    <w:name w:val="Normal Table_9e702d82-82d0-4265-8427-d39ffd206cf6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f835b501-0332-4fc1-940c-d9e9e2ab132f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b2c82bd3-5773-43f3-8e15-fd817cd3e55c"/>
+  <w:style w:type="table" w:styleId="TableGrid_d5d8b1e9-8de1-4ac7-acc0-d354608eca8b" w:customStyle="1">
+    <w:name w:val="Table Grid_d5d8b1e9-8de1-4ac7-acc0-d354608eca8b"/>
+    <w:basedOn w:val="NormalTable_9e702d82-82d0-4265-8427-d39ffd206cf6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a83f7060-d920-49c7-a108-19e622a70e68" w:customStyle="1">
-    <w:name w:val="Normal Table_a83f7060-d920-49c7-a108-19e622a70e68"/>
+  <w:style w:type="table" w:styleId="NormalTable_8fd29f8b-087d-467a-8aee-155938ea5307" w:customStyle="1">
+    <w:name w:val="Normal Table_8fd29f8b-087d-467a-8aee-155938ea5307"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_17a76fc6-71fa-467e-a4e5-eeaeb03b0523" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a83f7060-d920-49c7-a108-19e622a70e68"/>
+  <w:style w:type="table" w:styleId="TableGrid_8b936f5f-5d57-4938-8545-018c902904a0" w:customStyle="1">
+    <w:name w:val="Table Grid_8b936f5f-5d57-4938-8545-018c902904a0"/>
+    <w:basedOn w:val="NormalTable_8fd29f8b-087d-467a-8aee-155938ea5307"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d3a2361b-f15d-40f6-97ce-ca257d3d51ce" w:customStyle="1">
-    <w:name w:val="Normal Table_d3a2361b-f15d-40f6-97ce-ca257d3d51ce"/>
+  <w:style w:type="table" w:styleId="NormalTable_ab234a82-ab2c-407f-a861-5e1a41501327" w:customStyle="1">
+    <w:name w:val="Normal Table_ab234a82-ab2c-407f-a861-5e1a41501327"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_12e6b0d7-939e-4aa0-90d6-bd81678e97c8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d3a2361b-f15d-40f6-97ce-ca257d3d51ce"/>
+  <w:style w:type="table" w:styleId="TableGrid_0c86a9bf-257d-4868-baa4-849781839e7f" w:customStyle="1">
+    <w:name w:val="Table Grid_0c86a9bf-257d-4868-baa4-849781839e7f"/>
+    <w:basedOn w:val="NormalTable_ab234a82-ab2c-407f-a861-5e1a41501327"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4d42989a-5133-46a9-9f34-c26037a71c71" w:customStyle="1">
-    <w:name w:val="Normal Table_4d42989a-5133-46a9-9f34-c26037a71c71"/>
+  <w:style w:type="table" w:styleId="NormalTable_196ae9af-0935-44c1-b0ef-8d56c06a5e7e" w:customStyle="1">
+    <w:name w:val="Normal Table_196ae9af-0935-44c1-b0ef-8d56c06a5e7e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5263eb58-67ff-4276-b390-96037a0a7917" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4d42989a-5133-46a9-9f34-c26037a71c71"/>
+  <w:style w:type="table" w:styleId="TableGrid_8bd362b0-b298-48a9-b3da-6542fd11fd68" w:customStyle="1">
+    <w:name w:val="Table Grid_8bd362b0-b298-48a9-b3da-6542fd11fd68"/>
+    <w:basedOn w:val="NormalTable_196ae9af-0935-44c1-b0ef-8d56c06a5e7e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e53a909f-9090-4915-975c-0f4064fb7b86" w:customStyle="1">
-    <w:name w:val="Normal Table_e53a909f-9090-4915-975c-0f4064fb7b86"/>
+  <w:style w:type="table" w:styleId="NormalTable_23b38dd4-e53a-4cec-96bb-ea27dd838639" w:customStyle="1">
+    <w:name w:val="Normal Table_23b38dd4-e53a-4cec-96bb-ea27dd838639"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_772872c0-b3d0-4603-b54b-35c039b94d47" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e53a909f-9090-4915-975c-0f4064fb7b86"/>
+  <w:style w:type="table" w:styleId="TableGrid_bfd4f499-2d6a-4d04-a5ce-7249775294bb" w:customStyle="1">
+    <w:name w:val="Table Grid_bfd4f499-2d6a-4d04-a5ce-7249775294bb"/>
+    <w:basedOn w:val="NormalTable_23b38dd4-e53a-4cec-96bb-ea27dd838639"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>