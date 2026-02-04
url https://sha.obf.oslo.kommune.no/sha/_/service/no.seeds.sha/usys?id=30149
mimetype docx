--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -2074,51 +2074,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d5d8b1e9-8de1-4ac7-acc0-d354608eca8b"/>
+      <w:tblStyle w:val="TableGrid_6b1120cb-afbc-4f3d-bc5b-1f43a0f879d1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4960"/>
       <w:gridCol w:w="4961"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2129,51 +2129,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 22:28:41 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2201,51 +2201,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8b936f5f-5d57-4938-8545-018c902904a0"/>
+      <w:tblStyle w:val="TableGrid_6e8161f6-dcd8-4ffc-97f5-c95a2dca51f9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6657"/>
       <w:gridCol w:w="2388"/>
       <w:gridCol w:w="876"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2303,51 +2303,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="876"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+            <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2360,59 +2360,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+      <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_bfd4f499-2d6a-4d04-a5ce-7249775294bb"/>
+      <w:tblStyle w:val="TableGrid_42dad711-cd80-40ab-a195-0115cb86e39e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6449"/>
       <w:gridCol w:w="3472"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2423,51 +2423,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6449"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0c86a9bf-257d-4868-baa4-849781839e7f"/>
+            <w:tblStyle w:val="TableGrid_a1c0a47d-0db8-48d4-a94b-c0058aa04e14"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2568,72 +2568,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+            <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3472"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8bd362b0-b298-48a9-b3da-6542fd11fd68"/>
+            <w:tblStyle w:val="TableGrid_ffa7a1ac-8594-4b94-9504-9d7162b9770f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2734,62 +2734,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+            <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+      <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="257650BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="*"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3920,629 +3920,629 @@
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3" w:customStyle="1">
-    <w:name w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+  <w:style w:type="paragraph" w:styleId="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81" w:customStyle="1">
+    <w:name w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+    <w:basedOn w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_09db6a01-d759-4656-8a43-36e4ef8a04dd" w:customStyle="1">
-    <w:name w:val="Normal Table_09db6a01-d759-4656-8a43-36e4ef8a04dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_82038a9c-c992-466b-baff-2f5d23b7bf4d" w:customStyle="1">
+    <w:name w:val="Normal Table_82038a9c-c992-466b-baff-2f5d23b7bf4d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_09db6a01-d759-4656-8a43-36e4ef8a04dd"/>
+    <w:basedOn w:val="NormalTable_82038a9c-c992-466b-baff-2f5d23b7bf4d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+    <w:basedOn w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_a3156f67-ff9f-4704-a82f-af5f4e20a6d3"/>
+    <w:basedOn w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1e3b33f2-046e-496c-956d-3661e6f2ec72" w:customStyle="1">
-    <w:name w:val="Normal Table_1e3b33f2-046e-496c-956d-3661e6f2ec72"/>
+  <w:style w:type="table" w:styleId="NormalTable_af038b66-219d-4962-903d-664410ce4e38" w:customStyle="1">
+    <w:name w:val="Normal Table_af038b66-219d-4962-903d-664410ce4e38"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c6b2fe69-a67e-48c2-9383-406f59a681c9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1e3b33f2-046e-496c-956d-3661e6f2ec72"/>
+  <w:style w:type="table" w:styleId="TableGrid_483b6782-ea3e-4242-938c-d04154420747" w:customStyle="1">
+    <w:name w:val="Table Grid_483b6782-ea3e-4242-938c-d04154420747"/>
+    <w:basedOn w:val="NormalTable_af038b66-219d-4962-903d-664410ce4e38"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_74cd2679-cd66-4890-a906-02f4274114bc" w:customStyle="1">
-    <w:name w:val="Normal Table_74cd2679-cd66-4890-a906-02f4274114bc"/>
+  <w:style w:type="table" w:styleId="NormalTable_15a9efa2-f075-430d-b200-40dff5c834ae" w:customStyle="1">
+    <w:name w:val="Normal Table_15a9efa2-f075-430d-b200-40dff5c834ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8596664f-fd84-408b-9c5d-68bc43cfcac1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_74cd2679-cd66-4890-a906-02f4274114bc"/>
+  <w:style w:type="table" w:styleId="TableGrid_e4ec4358-4b52-4325-9589-001f5ee88018" w:customStyle="1">
+    <w:name w:val="Table Grid_e4ec4358-4b52-4325-9589-001f5ee88018"/>
+    <w:basedOn w:val="NormalTable_15a9efa2-f075-430d-b200-40dff5c834ae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a2b78424-0f95-400c-b570-2fa5a066ebe0" w:customStyle="1">
-    <w:name w:val="Normal Table_a2b78424-0f95-400c-b570-2fa5a066ebe0"/>
+  <w:style w:type="table" w:styleId="NormalTable_08504126-6fdc-4cb7-9145-eb154596856c" w:customStyle="1">
+    <w:name w:val="Normal Table_08504126-6fdc-4cb7-9145-eb154596856c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e57723b7-8bb8-4e53-92b3-3a4a4f552451" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a2b78424-0f95-400c-b570-2fa5a066ebe0"/>
+  <w:style w:type="table" w:styleId="TableGrid_2ab946dc-50fc-4dd7-9c29-ab89de101cd2" w:customStyle="1">
+    <w:name w:val="Table Grid_2ab946dc-50fc-4dd7-9c29-ab89de101cd2"/>
+    <w:basedOn w:val="NormalTable_08504126-6fdc-4cb7-9145-eb154596856c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_255cc6e2-f4b1-4d2b-a830-07f558dea9bc" w:customStyle="1">
-    <w:name w:val="Normal Table_255cc6e2-f4b1-4d2b-a830-07f558dea9bc"/>
+  <w:style w:type="table" w:styleId="NormalTable_406217e3-366c-4efb-948b-83d47bb037ff" w:customStyle="1">
+    <w:name w:val="Normal Table_406217e3-366c-4efb-948b-83d47bb037ff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ec0b6ea7-9e84-4540-9f8b-cc741c31af8c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_255cc6e2-f4b1-4d2b-a830-07f558dea9bc"/>
+  <w:style w:type="table" w:styleId="TableGrid_1d4aea68-a178-46a1-8de0-9bd45546b599" w:customStyle="1">
+    <w:name w:val="Table Grid_1d4aea68-a178-46a1-8de0-9bd45546b599"/>
+    <w:basedOn w:val="NormalTable_406217e3-366c-4efb-948b-83d47bb037ff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9e702d82-82d0-4265-8427-d39ffd206cf6" w:customStyle="1">
-    <w:name w:val="Normal Table_9e702d82-82d0-4265-8427-d39ffd206cf6"/>
+  <w:style w:type="table" w:styleId="NormalTable_99c8136b-7052-436e-aba7-a7a03d47b2f8" w:customStyle="1">
+    <w:name w:val="Normal Table_99c8136b-7052-436e-aba7-a7a03d47b2f8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5d8b1e9-8de1-4ac7-acc0-d354608eca8b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9e702d82-82d0-4265-8427-d39ffd206cf6"/>
+  <w:style w:type="table" w:styleId="TableGrid_6b1120cb-afbc-4f3d-bc5b-1f43a0f879d1" w:customStyle="1">
+    <w:name w:val="Table Grid_6b1120cb-afbc-4f3d-bc5b-1f43a0f879d1"/>
+    <w:basedOn w:val="NormalTable_99c8136b-7052-436e-aba7-a7a03d47b2f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8fd29f8b-087d-467a-8aee-155938ea5307" w:customStyle="1">
-    <w:name w:val="Normal Table_8fd29f8b-087d-467a-8aee-155938ea5307"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f81e44b-d619-4b0e-913f-8b5d71489c76" w:customStyle="1">
+    <w:name w:val="Normal Table_0f81e44b-d619-4b0e-913f-8b5d71489c76"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8b936f5f-5d57-4938-8545-018c902904a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8fd29f8b-087d-467a-8aee-155938ea5307"/>
+  <w:style w:type="table" w:styleId="TableGrid_6e8161f6-dcd8-4ffc-97f5-c95a2dca51f9" w:customStyle="1">
+    <w:name w:val="Table Grid_6e8161f6-dcd8-4ffc-97f5-c95a2dca51f9"/>
+    <w:basedOn w:val="NormalTable_0f81e44b-d619-4b0e-913f-8b5d71489c76"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ab234a82-ab2c-407f-a861-5e1a41501327" w:customStyle="1">
-    <w:name w:val="Normal Table_ab234a82-ab2c-407f-a861-5e1a41501327"/>
+  <w:style w:type="table" w:styleId="NormalTable_b76fa301-1bf2-4267-8976-3e7b735d817f" w:customStyle="1">
+    <w:name w:val="Normal Table_b76fa301-1bf2-4267-8976-3e7b735d817f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0c86a9bf-257d-4868-baa4-849781839e7f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ab234a82-ab2c-407f-a861-5e1a41501327"/>
+  <w:style w:type="table" w:styleId="TableGrid_a1c0a47d-0db8-48d4-a94b-c0058aa04e14" w:customStyle="1">
+    <w:name w:val="Table Grid_a1c0a47d-0db8-48d4-a94b-c0058aa04e14"/>
+    <w:basedOn w:val="NormalTable_b76fa301-1bf2-4267-8976-3e7b735d817f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_196ae9af-0935-44c1-b0ef-8d56c06a5e7e" w:customStyle="1">
-    <w:name w:val="Normal Table_196ae9af-0935-44c1-b0ef-8d56c06a5e7e"/>
+  <w:style w:type="table" w:styleId="NormalTable_be8fd917-d8ea-41d6-b431-186f430a2152" w:customStyle="1">
+    <w:name w:val="Normal Table_be8fd917-d8ea-41d6-b431-186f430a2152"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8bd362b0-b298-48a9-b3da-6542fd11fd68" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_196ae9af-0935-44c1-b0ef-8d56c06a5e7e"/>
+  <w:style w:type="table" w:styleId="TableGrid_ffa7a1ac-8594-4b94-9504-9d7162b9770f" w:customStyle="1">
+    <w:name w:val="Table Grid_ffa7a1ac-8594-4b94-9504-9d7162b9770f"/>
+    <w:basedOn w:val="NormalTable_be8fd917-d8ea-41d6-b431-186f430a2152"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_23b38dd4-e53a-4cec-96bb-ea27dd838639" w:customStyle="1">
-    <w:name w:val="Normal Table_23b38dd4-e53a-4cec-96bb-ea27dd838639"/>
+  <w:style w:type="table" w:styleId="NormalTable_5e404a5a-8225-4242-975d-f026e603ad26" w:customStyle="1">
+    <w:name w:val="Normal Table_5e404a5a-8225-4242-975d-f026e603ad26"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bfd4f499-2d6a-4d04-a5ce-7249775294bb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_23b38dd4-e53a-4cec-96bb-ea27dd838639"/>
+  <w:style w:type="table" w:styleId="TableGrid_42dad711-cd80-40ab-a195-0115cb86e39e" w:customStyle="1">
+    <w:name w:val="Table Grid_42dad711-cd80-40ab-a195-0115cb86e39e"/>
+    <w:basedOn w:val="NormalTable_5e404a5a-8225-4242-975d-f026e603ad26"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>