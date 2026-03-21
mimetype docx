--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -2074,51 +2074,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6b1120cb-afbc-4f3d-bc5b-1f43a0f879d1"/>
+      <w:tblStyle w:val="TableGrid_3c771475-3ded-4eee-9bdb-5db0f1f9964f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4960"/>
       <w:gridCol w:w="4961"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2129,51 +2129,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:39 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:54 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2201,51 +2201,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6e8161f6-dcd8-4ffc-97f5-c95a2dca51f9"/>
+      <w:tblStyle w:val="TableGrid_e2a0a67a-cfb3-43a5-8aed-92e88aabd649"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6657"/>
       <w:gridCol w:w="2388"/>
       <w:gridCol w:w="876"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2303,51 +2303,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="876"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+            <w:pStyle w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2360,59 +2360,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+      <w:pStyle w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_42dad711-cd80-40ab-a195-0115cb86e39e"/>
+      <w:tblStyle w:val="TableGrid_33b36261-c642-4cea-8590-fbc793aecd00"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6449"/>
       <w:gridCol w:w="3472"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2423,51 +2423,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6449"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a1c0a47d-0db8-48d4-a94b-c0058aa04e14"/>
+            <w:tblStyle w:val="TableGrid_5877e373-c5d6-46b3-a994-c5aa20e06dbb"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2568,72 +2568,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+            <w:pStyle w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3472"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ffa7a1ac-8594-4b94-9504-9d7162b9770f"/>
+            <w:tblStyle w:val="TableGrid_7a6d594d-809e-4805-830b-263e4be43fb6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2734,62 +2734,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+            <w:pStyle w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+      <w:pStyle w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="257650BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="*"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3920,629 +3920,629 @@
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81" w:customStyle="1">
-    <w:name w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+  <w:style w:type="paragraph" w:styleId="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420" w:customStyle="1">
+    <w:name w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+    <w:basedOn w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_82038a9c-c992-466b-baff-2f5d23b7bf4d" w:customStyle="1">
-    <w:name w:val="Normal Table_82038a9c-c992-466b-baff-2f5d23b7bf4d"/>
+  <w:style w:type="table" w:styleId="NormalTable_35009241-86ae-4533-b036-bc334e1b58cc" w:customStyle="1">
+    <w:name w:val="Normal Table_35009241-86ae-4533-b036-bc334e1b58cc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_82038a9c-c992-466b-baff-2f5d23b7bf4d"/>
+    <w:basedOn w:val="NormalTable_35009241-86ae-4533-b036-bc334e1b58cc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+    <w:basedOn w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_bb4b84f0-c62f-4cd6-9391-79cee9007a81"/>
+    <w:basedOn w:val="Normal_afcbec7c-64e1-4d6b-814c-54922afbb420"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_af038b66-219d-4962-903d-664410ce4e38" w:customStyle="1">
-    <w:name w:val="Normal Table_af038b66-219d-4962-903d-664410ce4e38"/>
+  <w:style w:type="table" w:styleId="NormalTable_5d690a59-3dfb-44b7-9d1b-bcfb6f2b90a6" w:customStyle="1">
+    <w:name w:val="Normal Table_5d690a59-3dfb-44b7-9d1b-bcfb6f2b90a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_483b6782-ea3e-4242-938c-d04154420747" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_af038b66-219d-4962-903d-664410ce4e38"/>
+  <w:style w:type="table" w:styleId="TableGrid_b5be1d26-9f3d-4f00-8779-04ac789a7ca4" w:customStyle="1">
+    <w:name w:val="Table Grid_b5be1d26-9f3d-4f00-8779-04ac789a7ca4"/>
+    <w:basedOn w:val="NormalTable_5d690a59-3dfb-44b7-9d1b-bcfb6f2b90a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_15a9efa2-f075-430d-b200-40dff5c834ae" w:customStyle="1">
-    <w:name w:val="Normal Table_15a9efa2-f075-430d-b200-40dff5c834ae"/>
+  <w:style w:type="table" w:styleId="NormalTable_6d9f2f31-f07a-4f61-af13-86cf136232d8" w:customStyle="1">
+    <w:name w:val="Normal Table_6d9f2f31-f07a-4f61-af13-86cf136232d8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e4ec4358-4b52-4325-9589-001f5ee88018" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_15a9efa2-f075-430d-b200-40dff5c834ae"/>
+  <w:style w:type="table" w:styleId="TableGrid_087688b0-b814-4b5a-a94d-2a767fbb1313" w:customStyle="1">
+    <w:name w:val="Table Grid_087688b0-b814-4b5a-a94d-2a767fbb1313"/>
+    <w:basedOn w:val="NormalTable_6d9f2f31-f07a-4f61-af13-86cf136232d8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08504126-6fdc-4cb7-9145-eb154596856c" w:customStyle="1">
-    <w:name w:val="Normal Table_08504126-6fdc-4cb7-9145-eb154596856c"/>
+  <w:style w:type="table" w:styleId="NormalTable_4d97ddcc-f498-4e36-880c-31afffcde31f" w:customStyle="1">
+    <w:name w:val="Normal Table_4d97ddcc-f498-4e36-880c-31afffcde31f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2ab946dc-50fc-4dd7-9c29-ab89de101cd2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08504126-6fdc-4cb7-9145-eb154596856c"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6f27036-da2d-4dd3-8edb-a92ce588bb19" w:customStyle="1">
+    <w:name w:val="Table Grid_b6f27036-da2d-4dd3-8edb-a92ce588bb19"/>
+    <w:basedOn w:val="NormalTable_4d97ddcc-f498-4e36-880c-31afffcde31f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_406217e3-366c-4efb-948b-83d47bb037ff" w:customStyle="1">
-    <w:name w:val="Normal Table_406217e3-366c-4efb-948b-83d47bb037ff"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f9e49e6-aad3-48b6-9fbf-ca718ed02be0" w:customStyle="1">
+    <w:name w:val="Normal Table_0f9e49e6-aad3-48b6-9fbf-ca718ed02be0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1d4aea68-a178-46a1-8de0-9bd45546b599" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_406217e3-366c-4efb-948b-83d47bb037ff"/>
+  <w:style w:type="table" w:styleId="TableGrid_8b75db11-b216-4656-b792-b0d767fe9eab" w:customStyle="1">
+    <w:name w:val="Table Grid_8b75db11-b216-4656-b792-b0d767fe9eab"/>
+    <w:basedOn w:val="NormalTable_0f9e49e6-aad3-48b6-9fbf-ca718ed02be0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_99c8136b-7052-436e-aba7-a7a03d47b2f8" w:customStyle="1">
-    <w:name w:val="Normal Table_99c8136b-7052-436e-aba7-a7a03d47b2f8"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e4d512d-5787-441a-acc7-d2027869b96d" w:customStyle="1">
+    <w:name w:val="Normal Table_7e4d512d-5787-441a-acc7-d2027869b96d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6b1120cb-afbc-4f3d-bc5b-1f43a0f879d1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_99c8136b-7052-436e-aba7-a7a03d47b2f8"/>
+  <w:style w:type="table" w:styleId="TableGrid_3c771475-3ded-4eee-9bdb-5db0f1f9964f" w:customStyle="1">
+    <w:name w:val="Table Grid_3c771475-3ded-4eee-9bdb-5db0f1f9964f"/>
+    <w:basedOn w:val="NormalTable_7e4d512d-5787-441a-acc7-d2027869b96d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0f81e44b-d619-4b0e-913f-8b5d71489c76" w:customStyle="1">
-    <w:name w:val="Normal Table_0f81e44b-d619-4b0e-913f-8b5d71489c76"/>
+  <w:style w:type="table" w:styleId="NormalTable_2618faed-007e-44eb-8636-9e2fc264fe54" w:customStyle="1">
+    <w:name w:val="Normal Table_2618faed-007e-44eb-8636-9e2fc264fe54"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6e8161f6-dcd8-4ffc-97f5-c95a2dca51f9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0f81e44b-d619-4b0e-913f-8b5d71489c76"/>
+  <w:style w:type="table" w:styleId="TableGrid_e2a0a67a-cfb3-43a5-8aed-92e88aabd649" w:customStyle="1">
+    <w:name w:val="Table Grid_e2a0a67a-cfb3-43a5-8aed-92e88aabd649"/>
+    <w:basedOn w:val="NormalTable_2618faed-007e-44eb-8636-9e2fc264fe54"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b76fa301-1bf2-4267-8976-3e7b735d817f" w:customStyle="1">
-    <w:name w:val="Normal Table_b76fa301-1bf2-4267-8976-3e7b735d817f"/>
+  <w:style w:type="table" w:styleId="NormalTable_5a97e3c2-94fd-4ae5-87c6-fec7e00e57e8" w:customStyle="1">
+    <w:name w:val="Normal Table_5a97e3c2-94fd-4ae5-87c6-fec7e00e57e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a1c0a47d-0db8-48d4-a94b-c0058aa04e14" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b76fa301-1bf2-4267-8976-3e7b735d817f"/>
+  <w:style w:type="table" w:styleId="TableGrid_5877e373-c5d6-46b3-a994-c5aa20e06dbb" w:customStyle="1">
+    <w:name w:val="Table Grid_5877e373-c5d6-46b3-a994-c5aa20e06dbb"/>
+    <w:basedOn w:val="NormalTable_5a97e3c2-94fd-4ae5-87c6-fec7e00e57e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_be8fd917-d8ea-41d6-b431-186f430a2152" w:customStyle="1">
-    <w:name w:val="Normal Table_be8fd917-d8ea-41d6-b431-186f430a2152"/>
+  <w:style w:type="table" w:styleId="NormalTable_57b7099a-057f-4a4d-a1d3-d3b1afd1b5b2" w:customStyle="1">
+    <w:name w:val="Normal Table_57b7099a-057f-4a4d-a1d3-d3b1afd1b5b2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ffa7a1ac-8594-4b94-9504-9d7162b9770f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_be8fd917-d8ea-41d6-b431-186f430a2152"/>
+  <w:style w:type="table" w:styleId="TableGrid_7a6d594d-809e-4805-830b-263e4be43fb6" w:customStyle="1">
+    <w:name w:val="Table Grid_7a6d594d-809e-4805-830b-263e4be43fb6"/>
+    <w:basedOn w:val="NormalTable_57b7099a-057f-4a4d-a1d3-d3b1afd1b5b2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5e404a5a-8225-4242-975d-f026e603ad26" w:customStyle="1">
-    <w:name w:val="Normal Table_5e404a5a-8225-4242-975d-f026e603ad26"/>
+  <w:style w:type="table" w:styleId="NormalTable_610c5d82-e605-4876-ba3c-7dfe745db4d5" w:customStyle="1">
+    <w:name w:val="Normal Table_610c5d82-e605-4876-ba3c-7dfe745db4d5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_42dad711-cd80-40ab-a195-0115cb86e39e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5e404a5a-8225-4242-975d-f026e603ad26"/>
+  <w:style w:type="table" w:styleId="TableGrid_33b36261-c642-4cea-8590-fbc793aecd00" w:customStyle="1">
+    <w:name w:val="Table Grid_33b36261-c642-4cea-8590-fbc793aecd00"/>
+    <w:basedOn w:val="NormalTable_610c5d82-e605-4876-ba3c-7dfe745db4d5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>