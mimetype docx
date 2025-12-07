--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -165,53 +165,50 @@
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="pct" w:w="7"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="527"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="5" w:colLast="5" w:edGrp="everyone" w:id="65036013"/>
-[...1 lines deleted...]
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="395536501"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">PROSJEKT:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="2699"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -314,53 +311,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="512"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="65036013"/>
-[...1 lines deleted...]
-      <w:permEnd w:id="395536501"/>
       <w:tr>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:type="pct" w:w="7"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="4993"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
@@ -599,51 +593,51 @@
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Overskrift1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="431" w:hanging="431"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Toc384799062"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="16785035"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
               <w:t xml:space="preserve">Skole i drift</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
@@ -677,52 +671,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Toc384799063"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="640028693"/>
-            <w:permEnd w:id="16785035"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="4"/>
+            <w:permEnd w:id="3"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid nær installasjoner i grunnen</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -742,52 +736,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Toc384799064"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="164380479"/>
-            <w:permEnd w:id="640028693"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="5"/>
+            <w:permEnd w:id="4"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid nær høyspentledninger</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> og elektriske installasjoner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
@@ -813,52 +807,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Toc384799065"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="209784258"/>
-            <w:permEnd w:id="164380479"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="6"/>
+            <w:permEnd w:id="5"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid på steder med passerende trafikk</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -880,52 +874,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_Toc384799066"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="51990683"/>
-            <w:permEnd w:id="209784258"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="7"/>
+            <w:permEnd w:id="6"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid hvor arbeidstakere kan bli utsatt for ras eller synke i gjørme</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -947,52 +941,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="_Toc384799067"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1851392903"/>
-            <w:permEnd w:id="51990683"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="8"/>
+            <w:permEnd w:id="7"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer bruk av sprengstoff</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1014,52 +1008,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Toc384799068"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2036289457"/>
-            <w:permEnd w:id="1851392903"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="9"/>
+            <w:permEnd w:id="8"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid i sjakter, underjordisk masseforflytning og arbeid i tunneler</w:t>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1081,52 +1075,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="9" w:name="_Toc384799069"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1899039069"/>
-            <w:permEnd w:id="2036289457"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="10"/>
+            <w:permEnd w:id="9"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer fare for drukning</w:t>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1148,52 +1142,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_Toc384799070"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1047938964"/>
-            <w:permEnd w:id="1899039069"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="11"/>
+            <w:permEnd w:id="10"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid i senkekasser der luften er komprimert</w:t>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1215,52 +1209,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="_Toc384799071"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1693607601"/>
-            <w:permEnd w:id="1047938964"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="12"/>
+            <w:permEnd w:id="11"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer bruk av dykkerutstyr</w:t>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1282,52 +1276,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="_Toc384799072"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="677279489"/>
-            <w:permEnd w:id="1693607601"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="13"/>
+            <w:permEnd w:id="12"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer at personer kan bli skadet ved fall eller av fallende gjenstander</w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1349,52 +1343,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="13" w:name="_Toc384799073"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1668441166"/>
-            <w:permEnd w:id="677279489"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="14"/>
+            <w:permEnd w:id="13"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer riving av bærende konstruksjoner</w:t>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1416,52 +1410,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="14" w:name="_Toc384799074"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="828205153"/>
-            <w:permEnd w:id="1668441166"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="15"/>
+            <w:permEnd w:id="14"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid med montering og demontering av tunge elementer</w:t>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1483,52 +1477,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="_Toc384799075"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="407766149"/>
-            <w:permEnd w:id="828205153"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="16"/>
+            <w:permEnd w:id="15"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer fare for helseskadelig eksponering for støv, gass, støy eller vibrasjoner</w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1550,52 +1544,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="753" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="16" w:name="_Toc384799076"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="913842122"/>
-            <w:permEnd w:id="407766149"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="17"/>
+            <w:permEnd w:id="16"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som utsetter personer for kjemiske eller biologiske stoffer som kan medføre en belastning for sikkerhet, helse og arbeidsmiljø, eller som innebærer et lov- eller forskriftsfestet krav til helsekontroll</w:t>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1617,52 +1611,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="17" w:name="_Toc384799077"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1631277854"/>
-            <w:permEnd w:id="913842122"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="18"/>
+            <w:permEnd w:id="17"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid med ioniserende stråling som krever at det utpekes kontrollerte eller overvåkede soner</w:t>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1684,52 +1678,52 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="18" w:name="_Toc384799078"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2046516326"/>
-            <w:permEnd w:id="1631277854"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="19"/>
+            <w:permEnd w:id="18"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer brann- og eksplosjonsfare</w:t>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1750,52 +1744,52 @@
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1039164974"/>
-            <w:permEnd w:id="2046516326"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="20"/>
+            <w:permEnd w:id="19"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeid som innebærer fare for helseskadelige ergonomiske belastninger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1816,51 +1810,51 @@
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="454" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="3310"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Tiltak1"/>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:id="19" w:name="_Toc384799079"/>
-            <w:permEnd w:id="1039164974"/>
+            <w:permEnd w:id="20"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andre risikoforhold</w:t>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="pct" w:w="1690"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
             <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1929,89 +1923,106 @@
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_742037a3-b46d-40a4-9386-84ed280aaa86"/>
+      <w:tblStyle w:val="TableGrid_1bf64868-4adf-4e4b-a6cd-8883a233595a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:50:17 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:59 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2039,74 +2050,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_50ef000c-f7ab-44e4-8d4b-4c6322a41197"/>
+      <w:tblStyle w:val="TableGrid_79ca0ac4-11da-447a-83d0-ee81ed4dfc68"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6086"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 98. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -2124,408 +2152,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+            <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+      <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_854ddb76-669e-4481-aa84-0ac8b493f6a3"/>
+      <w:tblStyle w:val="TableGrid_1a1b606d-d5fa-4393-ad7f-9ea9336a2e6f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7974ea1f-a08d-4b3c-b889-d5d3a2f2600a"/>
+            <w:tblStyle w:val="TableGrid_cae938b7-fe4f-429e-9a4b-aa23cf2aa68d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+            <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d4c52225-ea4a-4d72-a157-5038d010be89"/>
+            <w:tblStyle w:val="TableGrid_0ce125c5-7b27-4de2-870b-2dbe2b7b0b15"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Vedlegg</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+            <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+      <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="27034A2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2983,51 +3096,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
@@ -3924,629 +4037,629 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tiltak1" w:customStyle="1">
     <w:name w:val="Tiltak1"/>
     <w:basedOn w:val="Overskrift3"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:ind w:left="266" w:hanging="96"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a" w:customStyle="1">
-    <w:name w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d" w:customStyle="1">
+    <w:name w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+    <w:basedOn w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1cbdb5ce-3b0b-4208-b3f3-46ef2f0cdee2" w:customStyle="1">
-    <w:name w:val="Normal Table_1cbdb5ce-3b0b-4208-b3f3-46ef2f0cdee2"/>
+  <w:style w:type="table" w:styleId="NormalTable_7d47b7c9-419a-417a-88d6-cd3e8f142f63" w:customStyle="1">
+    <w:name w:val="Normal Table_7d47b7c9-419a-417a-88d6-cd3e8f142f63"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2333fa94-e0e7-43db-8929-decb3c32503d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1cbdb5ce-3b0b-4208-b3f3-46ef2f0cdee2"/>
+  <w:style w:type="table" w:styleId="TableGrid_95628e5b-4cf4-4698-bf63-768dc4e622d5" w:customStyle="1">
+    <w:name w:val="Table Grid_95628e5b-4cf4-4698-bf63-768dc4e622d5"/>
+    <w:basedOn w:val="NormalTable_7d47b7c9-419a-417a-88d6-cd3e8f142f63"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+    <w:basedOn w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9888dc12-f321-4fd8-b5a8-f7f15bf46b0a"/>
+    <w:basedOn w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bd686f7f-2efe-4ae9-b254-feeaaab37d21" w:customStyle="1">
-    <w:name w:val="Normal Table_bd686f7f-2efe-4ae9-b254-feeaaab37d21"/>
+  <w:style w:type="table" w:styleId="NormalTable_526ee097-7d56-4495-ad06-1f90221fc7a9" w:customStyle="1">
+    <w:name w:val="Normal Table_526ee097-7d56-4495-ad06-1f90221fc7a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b9138cbb-097b-41cc-a166-7fe7e8303fbb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bd686f7f-2efe-4ae9-b254-feeaaab37d21"/>
+  <w:style w:type="table" w:styleId="TableGrid_06f99074-b39e-4ea6-a494-5d0c4ed2f5c2" w:customStyle="1">
+    <w:name w:val="Table Grid_06f99074-b39e-4ea6-a494-5d0c4ed2f5c2"/>
+    <w:basedOn w:val="NormalTable_526ee097-7d56-4495-ad06-1f90221fc7a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_145aa2b0-1fd3-45e7-981b-10cc7018c182" w:customStyle="1">
-    <w:name w:val="Normal Table_145aa2b0-1fd3-45e7-981b-10cc7018c182"/>
+  <w:style w:type="table" w:styleId="NormalTable_61e2c810-6cde-48a6-8db8-910901ce1944" w:customStyle="1">
+    <w:name w:val="Normal Table_61e2c810-6cde-48a6-8db8-910901ce1944"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f4b4ff55-9d35-4999-a246-044d2d729a3b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_145aa2b0-1fd3-45e7-981b-10cc7018c182"/>
+  <w:style w:type="table" w:styleId="TableGrid_f0794104-e2f1-458c-aa1d-6876a44826c4" w:customStyle="1">
+    <w:name w:val="Table Grid_f0794104-e2f1-458c-aa1d-6876a44826c4"/>
+    <w:basedOn w:val="NormalTable_61e2c810-6cde-48a6-8db8-910901ce1944"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0f95adf0-75fa-4f95-824a-436782a887dc" w:customStyle="1">
-    <w:name w:val="Normal Table_0f95adf0-75fa-4f95-824a-436782a887dc"/>
+  <w:style w:type="table" w:styleId="NormalTable_db1268ed-630b-4989-94d4-89137f2bdb6c" w:customStyle="1">
+    <w:name w:val="Normal Table_db1268ed-630b-4989-94d4-89137f2bdb6c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5452131-341b-4968-a330-8dfd0ac75582" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0f95adf0-75fa-4f95-824a-436782a887dc"/>
+  <w:style w:type="table" w:styleId="TableGrid_cca51efe-910f-4f4e-be4f-746c23aa656d" w:customStyle="1">
+    <w:name w:val="Table Grid_cca51efe-910f-4f4e-be4f-746c23aa656d"/>
+    <w:basedOn w:val="NormalTable_db1268ed-630b-4989-94d4-89137f2bdb6c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8c96eefa-313e-43ec-bd46-1edad814297b" w:customStyle="1">
-    <w:name w:val="Normal Table_8c96eefa-313e-43ec-bd46-1edad814297b"/>
+  <w:style w:type="table" w:styleId="NormalTable_f8df3c8e-e8a1-4d21-af6e-a79f761cd5ed" w:customStyle="1">
+    <w:name w:val="Normal Table_f8df3c8e-e8a1-4d21-af6e-a79f761cd5ed"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_37618ffa-0e88-4999-bd90-300eee2dfa22" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8c96eefa-313e-43ec-bd46-1edad814297b"/>
+  <w:style w:type="table" w:styleId="TableGrid_45a39a84-43d5-4e82-bcc1-64647b35c29b" w:customStyle="1">
+    <w:name w:val="Table Grid_45a39a84-43d5-4e82-bcc1-64647b35c29b"/>
+    <w:basedOn w:val="NormalTable_f8df3c8e-e8a1-4d21-af6e-a79f761cd5ed"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b81202bc-45a2-47d0-8c6e-f26b16c5e3c0" w:customStyle="1">
-    <w:name w:val="Normal Table_b81202bc-45a2-47d0-8c6e-f26b16c5e3c0"/>
+  <w:style w:type="table" w:styleId="NormalTable_fe85274c-e616-4224-b43f-155ba6030cd3" w:customStyle="1">
+    <w:name w:val="Normal Table_fe85274c-e616-4224-b43f-155ba6030cd3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_742037a3-b46d-40a4-9386-84ed280aaa86" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b81202bc-45a2-47d0-8c6e-f26b16c5e3c0"/>
+  <w:style w:type="table" w:styleId="TableGrid_1bf64868-4adf-4e4b-a6cd-8883a233595a" w:customStyle="1">
+    <w:name w:val="Table Grid_1bf64868-4adf-4e4b-a6cd-8883a233595a"/>
+    <w:basedOn w:val="NormalTable_fe85274c-e616-4224-b43f-155ba6030cd3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c62655a1-d295-4c95-86d0-0eb07a9f3193" w:customStyle="1">
-    <w:name w:val="Normal Table_c62655a1-d295-4c95-86d0-0eb07a9f3193"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ec46f8b-254d-4d0e-92d7-d2ab8a1d4902" w:customStyle="1">
+    <w:name w:val="Normal Table_2ec46f8b-254d-4d0e-92d7-d2ab8a1d4902"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_50ef000c-f7ab-44e4-8d4b-4c6322a41197" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c62655a1-d295-4c95-86d0-0eb07a9f3193"/>
+  <w:style w:type="table" w:styleId="TableGrid_79ca0ac4-11da-447a-83d0-ee81ed4dfc68" w:customStyle="1">
+    <w:name w:val="Table Grid_79ca0ac4-11da-447a-83d0-ee81ed4dfc68"/>
+    <w:basedOn w:val="NormalTable_2ec46f8b-254d-4d0e-92d7-d2ab8a1d4902"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e0537373-50f3-4b41-ae61-372bdef7540c" w:customStyle="1">
-    <w:name w:val="Normal Table_e0537373-50f3-4b41-ae61-372bdef7540c"/>
+  <w:style w:type="table" w:styleId="NormalTable_07bcdfb7-ff8d-4da3-97e5-621f640c25b0" w:customStyle="1">
+    <w:name w:val="Normal Table_07bcdfb7-ff8d-4da3-97e5-621f640c25b0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7974ea1f-a08d-4b3c-b889-d5d3a2f2600a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e0537373-50f3-4b41-ae61-372bdef7540c"/>
+  <w:style w:type="table" w:styleId="TableGrid_cae938b7-fe4f-429e-9a4b-aa23cf2aa68d" w:customStyle="1">
+    <w:name w:val="Table Grid_cae938b7-fe4f-429e-9a4b-aa23cf2aa68d"/>
+    <w:basedOn w:val="NormalTable_07bcdfb7-ff8d-4da3-97e5-621f640c25b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_447d0871-e8d6-49ce-9dd2-92cbf6f10da8" w:customStyle="1">
-    <w:name w:val="Normal Table_447d0871-e8d6-49ce-9dd2-92cbf6f10da8"/>
+  <w:style w:type="table" w:styleId="NormalTable_5b19b181-9b7d-43f6-ad77-7e05d75acc89" w:customStyle="1">
+    <w:name w:val="Normal Table_5b19b181-9b7d-43f6-ad77-7e05d75acc89"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d4c52225-ea4a-4d72-a157-5038d010be89" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_447d0871-e8d6-49ce-9dd2-92cbf6f10da8"/>
+  <w:style w:type="table" w:styleId="TableGrid_0ce125c5-7b27-4de2-870b-2dbe2b7b0b15" w:customStyle="1">
+    <w:name w:val="Table Grid_0ce125c5-7b27-4de2-870b-2dbe2b7b0b15"/>
+    <w:basedOn w:val="NormalTable_5b19b181-9b7d-43f6-ad77-7e05d75acc89"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fcf625c2-5e7e-4cb1-bc0e-50d731eaf899" w:customStyle="1">
-    <w:name w:val="Normal Table_fcf625c2-5e7e-4cb1-bc0e-50d731eaf899"/>
+  <w:style w:type="table" w:styleId="NormalTable_d82904ac-514e-4bed-a45f-49e7e18604c8" w:customStyle="1">
+    <w:name w:val="Normal Table_d82904ac-514e-4bed-a45f-49e7e18604c8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_854ddb76-669e-4481-aa84-0ac8b493f6a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fcf625c2-5e7e-4cb1-bc0e-50d731eaf899"/>
+  <w:style w:type="table" w:styleId="TableGrid_1a1b606d-d5fa-4393-ad7f-9ea9336a2e6f" w:customStyle="1">
+    <w:name w:val="Table Grid_1a1b606d-d5fa-4393-ad7f-9ea9336a2e6f"/>
+    <w:basedOn w:val="NormalTable_d82904ac-514e-4bed-a45f-49e7e18604c8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>