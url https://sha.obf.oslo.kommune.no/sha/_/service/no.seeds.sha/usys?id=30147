--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -1923,51 +1923,51 @@
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1bf64868-4adf-4e4b-a6cd-8883a233595a"/>
+      <w:tblStyle w:val="TableGrid_c9e95055-e116-4d3a-bdf4-d7db73608e51"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1978,51 +1978,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:59 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2050,51 +2050,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_79ca0ac4-11da-447a-83d0-ee81ed4dfc68"/>
+      <w:tblStyle w:val="TableGrid_95629908-e117-4215-8842-5f6ff5170012"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2152,51 +2152,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+            <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2209,59 +2209,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+      <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1a1b606d-d5fa-4393-ad7f-9ea9336a2e6f"/>
+      <w:tblStyle w:val="TableGrid_35cef83e-9d62-4a41-89be-7446123f87d1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2272,51 +2272,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_cae938b7-fe4f-429e-9a4b-aa23cf2aa68d"/>
+            <w:tblStyle w:val="TableGrid_9a99759e-4d92-4404-83dd-4ee11996db04"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2417,72 +2417,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+            <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0ce125c5-7b27-4de2-870b-2dbe2b7b0b15"/>
+            <w:tblStyle w:val="TableGrid_56f743b1-5355-46f9-b1a5-e7a74cd783dc"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2583,62 +2583,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+            <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+      <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="27034A2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -4037,629 +4037,629 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tiltak1" w:customStyle="1">
     <w:name w:val="Tiltak1"/>
     <w:basedOn w:val="Overskrift3"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:ind w:left="266" w:hanging="96"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d" w:customStyle="1">
-    <w:name w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9050e05a-895e-424d-929b-32d272fffcb1" w:customStyle="1">
+    <w:name w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+    <w:basedOn w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7d47b7c9-419a-417a-88d6-cd3e8f142f63" w:customStyle="1">
-    <w:name w:val="Normal Table_7d47b7c9-419a-417a-88d6-cd3e8f142f63"/>
+  <w:style w:type="table" w:styleId="NormalTable_445aff51-59e2-49a4-b3bf-add5bffed034" w:customStyle="1">
+    <w:name w:val="Normal Table_445aff51-59e2-49a4-b3bf-add5bffed034"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_95628e5b-4cf4-4698-bf63-768dc4e622d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7d47b7c9-419a-417a-88d6-cd3e8f142f63"/>
+  <w:style w:type="table" w:styleId="TableGrid_7abbb28e-7114-4d8b-a502-74734e4815a7" w:customStyle="1">
+    <w:name w:val="Table Grid_7abbb28e-7114-4d8b-a502-74734e4815a7"/>
+    <w:basedOn w:val="NormalTable_445aff51-59e2-49a4-b3bf-add5bffed034"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+    <w:basedOn w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_5fd62678-78a5-49b8-9e0d-913bded10c2d"/>
+    <w:basedOn w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_526ee097-7d56-4495-ad06-1f90221fc7a9" w:customStyle="1">
-    <w:name w:val="Normal Table_526ee097-7d56-4495-ad06-1f90221fc7a9"/>
+  <w:style w:type="table" w:styleId="NormalTable_f928c876-14ac-4e5c-88dd-fb576dbfc955" w:customStyle="1">
+    <w:name w:val="Normal Table_f928c876-14ac-4e5c-88dd-fb576dbfc955"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_06f99074-b39e-4ea6-a494-5d0c4ed2f5c2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_526ee097-7d56-4495-ad06-1f90221fc7a9"/>
+  <w:style w:type="table" w:styleId="TableGrid_44fbd60d-ad1e-425e-bc89-91221b87bd63" w:customStyle="1">
+    <w:name w:val="Table Grid_44fbd60d-ad1e-425e-bc89-91221b87bd63"/>
+    <w:basedOn w:val="NormalTable_f928c876-14ac-4e5c-88dd-fb576dbfc955"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_61e2c810-6cde-48a6-8db8-910901ce1944" w:customStyle="1">
-    <w:name w:val="Normal Table_61e2c810-6cde-48a6-8db8-910901ce1944"/>
+  <w:style w:type="table" w:styleId="NormalTable_a41e3d8f-7ee7-41d2-b2c0-75900c3ca289" w:customStyle="1">
+    <w:name w:val="Normal Table_a41e3d8f-7ee7-41d2-b2c0-75900c3ca289"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f0794104-e2f1-458c-aa1d-6876a44826c4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_61e2c810-6cde-48a6-8db8-910901ce1944"/>
+  <w:style w:type="table" w:styleId="TableGrid_faf5893e-74be-46c2-a512-8e5224c66ff3" w:customStyle="1">
+    <w:name w:val="Table Grid_faf5893e-74be-46c2-a512-8e5224c66ff3"/>
+    <w:basedOn w:val="NormalTable_a41e3d8f-7ee7-41d2-b2c0-75900c3ca289"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db1268ed-630b-4989-94d4-89137f2bdb6c" w:customStyle="1">
-    <w:name w:val="Normal Table_db1268ed-630b-4989-94d4-89137f2bdb6c"/>
+  <w:style w:type="table" w:styleId="NormalTable_b3e447b2-ab0f-40b3-95fd-ca1cd785528c" w:customStyle="1">
+    <w:name w:val="Normal Table_b3e447b2-ab0f-40b3-95fd-ca1cd785528c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cca51efe-910f-4f4e-be4f-746c23aa656d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db1268ed-630b-4989-94d4-89137f2bdb6c"/>
+  <w:style w:type="table" w:styleId="TableGrid_9e390f2e-bb13-44ca-ad14-a1de23f8fdec" w:customStyle="1">
+    <w:name w:val="Table Grid_9e390f2e-bb13-44ca-ad14-a1de23f8fdec"/>
+    <w:basedOn w:val="NormalTable_b3e447b2-ab0f-40b3-95fd-ca1cd785528c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f8df3c8e-e8a1-4d21-af6e-a79f761cd5ed" w:customStyle="1">
-    <w:name w:val="Normal Table_f8df3c8e-e8a1-4d21-af6e-a79f761cd5ed"/>
+  <w:style w:type="table" w:styleId="NormalTable_7684ef1c-bcaf-49bd-a0c4-eface8245665" w:customStyle="1">
+    <w:name w:val="Normal Table_7684ef1c-bcaf-49bd-a0c4-eface8245665"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45a39a84-43d5-4e82-bcc1-64647b35c29b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f8df3c8e-e8a1-4d21-af6e-a79f761cd5ed"/>
+  <w:style w:type="table" w:styleId="TableGrid_c435b35d-d98c-4b95-a418-368c3015da40" w:customStyle="1">
+    <w:name w:val="Table Grid_c435b35d-d98c-4b95-a418-368c3015da40"/>
+    <w:basedOn w:val="NormalTable_7684ef1c-bcaf-49bd-a0c4-eface8245665"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fe85274c-e616-4224-b43f-155ba6030cd3" w:customStyle="1">
-    <w:name w:val="Normal Table_fe85274c-e616-4224-b43f-155ba6030cd3"/>
+  <w:style w:type="table" w:styleId="NormalTable_53cc5a60-7713-4c21-90fc-365424eb1911" w:customStyle="1">
+    <w:name w:val="Normal Table_53cc5a60-7713-4c21-90fc-365424eb1911"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1bf64868-4adf-4e4b-a6cd-8883a233595a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fe85274c-e616-4224-b43f-155ba6030cd3"/>
+  <w:style w:type="table" w:styleId="TableGrid_c9e95055-e116-4d3a-bdf4-d7db73608e51" w:customStyle="1">
+    <w:name w:val="Table Grid_c9e95055-e116-4d3a-bdf4-d7db73608e51"/>
+    <w:basedOn w:val="NormalTable_53cc5a60-7713-4c21-90fc-365424eb1911"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ec46f8b-254d-4d0e-92d7-d2ab8a1d4902" w:customStyle="1">
-    <w:name w:val="Normal Table_2ec46f8b-254d-4d0e-92d7-d2ab8a1d4902"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1830c5c-1b02-4baa-9731-1b24bcadc3b9" w:customStyle="1">
+    <w:name w:val="Normal Table_c1830c5c-1b02-4baa-9731-1b24bcadc3b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_79ca0ac4-11da-447a-83d0-ee81ed4dfc68" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ec46f8b-254d-4d0e-92d7-d2ab8a1d4902"/>
+  <w:style w:type="table" w:styleId="TableGrid_95629908-e117-4215-8842-5f6ff5170012" w:customStyle="1">
+    <w:name w:val="Table Grid_95629908-e117-4215-8842-5f6ff5170012"/>
+    <w:basedOn w:val="NormalTable_c1830c5c-1b02-4baa-9731-1b24bcadc3b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_07bcdfb7-ff8d-4da3-97e5-621f640c25b0" w:customStyle="1">
-    <w:name w:val="Normal Table_07bcdfb7-ff8d-4da3-97e5-621f640c25b0"/>
+  <w:style w:type="table" w:styleId="NormalTable_5811893c-90c2-4012-9709-524aa2abc091" w:customStyle="1">
+    <w:name w:val="Normal Table_5811893c-90c2-4012-9709-524aa2abc091"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cae938b7-fe4f-429e-9a4b-aa23cf2aa68d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_07bcdfb7-ff8d-4da3-97e5-621f640c25b0"/>
+  <w:style w:type="table" w:styleId="TableGrid_9a99759e-4d92-4404-83dd-4ee11996db04" w:customStyle="1">
+    <w:name w:val="Table Grid_9a99759e-4d92-4404-83dd-4ee11996db04"/>
+    <w:basedOn w:val="NormalTable_5811893c-90c2-4012-9709-524aa2abc091"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5b19b181-9b7d-43f6-ad77-7e05d75acc89" w:customStyle="1">
-    <w:name w:val="Normal Table_5b19b181-9b7d-43f6-ad77-7e05d75acc89"/>
+  <w:style w:type="table" w:styleId="NormalTable_5165e3bc-d739-4da3-8765-e6b31b228ddb" w:customStyle="1">
+    <w:name w:val="Normal Table_5165e3bc-d739-4da3-8765-e6b31b228ddb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0ce125c5-7b27-4de2-870b-2dbe2b7b0b15" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5b19b181-9b7d-43f6-ad77-7e05d75acc89"/>
+  <w:style w:type="table" w:styleId="TableGrid_56f743b1-5355-46f9-b1a5-e7a74cd783dc" w:customStyle="1">
+    <w:name w:val="Table Grid_56f743b1-5355-46f9-b1a5-e7a74cd783dc"/>
+    <w:basedOn w:val="NormalTable_5165e3bc-d739-4da3-8765-e6b31b228ddb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d82904ac-514e-4bed-a45f-49e7e18604c8" w:customStyle="1">
-    <w:name w:val="Normal Table_d82904ac-514e-4bed-a45f-49e7e18604c8"/>
+  <w:style w:type="table" w:styleId="NormalTable_1079e992-c170-4fee-880f-2e88cda412ed" w:customStyle="1">
+    <w:name w:val="Normal Table_1079e992-c170-4fee-880f-2e88cda412ed"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1a1b606d-d5fa-4393-ad7f-9ea9336a2e6f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d82904ac-514e-4bed-a45f-49e7e18604c8"/>
+  <w:style w:type="table" w:styleId="TableGrid_35cef83e-9d62-4a41-89be-7446123f87d1" w:customStyle="1">
+    <w:name w:val="Table Grid_35cef83e-9d62-4a41-89be-7446123f87d1"/>
+    <w:basedOn w:val="NormalTable_1079e992-c170-4fee-880f-2e88cda412ed"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>