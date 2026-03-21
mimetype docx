--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1923,51 +1923,51 @@
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c9e95055-e116-4d3a-bdf4-d7db73608e51"/>
+      <w:tblStyle w:val="TableGrid_b0097278-73fb-448f-b2ae-c6a1fb760c03"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1978,51 +1978,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:10 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2050,51 +2050,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_95629908-e117-4215-8842-5f6ff5170012"/>
+      <w:tblStyle w:val="TableGrid_d69ceec3-c99f-4945-b926-724034d77f38"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2152,51 +2152,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+            <w:pStyle w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2209,59 +2209,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+      <w:pStyle w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_35cef83e-9d62-4a41-89be-7446123f87d1"/>
+      <w:tblStyle w:val="TableGrid_cb0ffd7e-ac63-4bd5-a1c3-7e2cbf63f56a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2272,51 +2272,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9a99759e-4d92-4404-83dd-4ee11996db04"/>
+            <w:tblStyle w:val="TableGrid_b97932c6-3a7c-4082-8207-719b29ef0e4a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2417,72 +2417,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+            <w:pStyle w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_56f743b1-5355-46f9-b1a5-e7a74cd783dc"/>
+            <w:tblStyle w:val="TableGrid_c31c25c6-acf5-4164-af59-dcd9c6ac43d5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2583,62 +2583,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+            <w:pStyle w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+      <w:pStyle w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="27034A2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -4037,629 +4037,629 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tiltak1" w:customStyle="1">
     <w:name w:val="Tiltak1"/>
     <w:basedOn w:val="Overskrift3"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:ind w:left="266" w:hanging="96"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9050e05a-895e-424d-929b-32d272fffcb1" w:customStyle="1">
-    <w:name w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6" w:customStyle="1">
+    <w:name w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+    <w:basedOn w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_445aff51-59e2-49a4-b3bf-add5bffed034" w:customStyle="1">
-    <w:name w:val="Normal Table_445aff51-59e2-49a4-b3bf-add5bffed034"/>
+  <w:style w:type="table" w:styleId="NormalTable_e0edad89-ec3e-4528-a9a0-386e6c549102" w:customStyle="1">
+    <w:name w:val="Normal Table_e0edad89-ec3e-4528-a9a0-386e6c549102"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7abbb28e-7114-4d8b-a502-74734e4815a7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_445aff51-59e2-49a4-b3bf-add5bffed034"/>
+  <w:style w:type="table" w:styleId="TableGrid_3e76a781-7b68-4a27-9e4e-6e9b1c6e187d" w:customStyle="1">
+    <w:name w:val="Table Grid_3e76a781-7b68-4a27-9e4e-6e9b1c6e187d"/>
+    <w:basedOn w:val="NormalTable_e0edad89-ec3e-4528-a9a0-386e6c549102"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+    <w:basedOn w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9050e05a-895e-424d-929b-32d272fffcb1"/>
+    <w:basedOn w:val="Normal_33a96451-c8ce-48ce-88a8-bbf9dc0704a6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f928c876-14ac-4e5c-88dd-fb576dbfc955" w:customStyle="1">
-    <w:name w:val="Normal Table_f928c876-14ac-4e5c-88dd-fb576dbfc955"/>
+  <w:style w:type="table" w:styleId="NormalTable_94a28531-6fd9-4ebf-acec-f5218b94bb06" w:customStyle="1">
+    <w:name w:val="Normal Table_94a28531-6fd9-4ebf-acec-f5218b94bb06"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_44fbd60d-ad1e-425e-bc89-91221b87bd63" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f928c876-14ac-4e5c-88dd-fb576dbfc955"/>
+  <w:style w:type="table" w:styleId="TableGrid_ce7c187e-d8f3-4134-ad30-1aab31777fff" w:customStyle="1">
+    <w:name w:val="Table Grid_ce7c187e-d8f3-4134-ad30-1aab31777fff"/>
+    <w:basedOn w:val="NormalTable_94a28531-6fd9-4ebf-acec-f5218b94bb06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a41e3d8f-7ee7-41d2-b2c0-75900c3ca289" w:customStyle="1">
-    <w:name w:val="Normal Table_a41e3d8f-7ee7-41d2-b2c0-75900c3ca289"/>
+  <w:style w:type="table" w:styleId="NormalTable_a2c24b8c-a5f0-4a88-8bf9-4df93e410588" w:customStyle="1">
+    <w:name w:val="Normal Table_a2c24b8c-a5f0-4a88-8bf9-4df93e410588"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_faf5893e-74be-46c2-a512-8e5224c66ff3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a41e3d8f-7ee7-41d2-b2c0-75900c3ca289"/>
+  <w:style w:type="table" w:styleId="TableGrid_a5d7ab54-5aec-4ccc-8275-5fed4f0fd323" w:customStyle="1">
+    <w:name w:val="Table Grid_a5d7ab54-5aec-4ccc-8275-5fed4f0fd323"/>
+    <w:basedOn w:val="NormalTable_a2c24b8c-a5f0-4a88-8bf9-4df93e410588"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b3e447b2-ab0f-40b3-95fd-ca1cd785528c" w:customStyle="1">
-    <w:name w:val="Normal Table_b3e447b2-ab0f-40b3-95fd-ca1cd785528c"/>
+  <w:style w:type="table" w:styleId="NormalTable_bf901623-9a9d-4da7-9b6a-a714ea05077b" w:customStyle="1">
+    <w:name w:val="Normal Table_bf901623-9a9d-4da7-9b6a-a714ea05077b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9e390f2e-bb13-44ca-ad14-a1de23f8fdec" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b3e447b2-ab0f-40b3-95fd-ca1cd785528c"/>
+  <w:style w:type="table" w:styleId="TableGrid_7b3945e0-b7f7-4abb-b1f8-b09eb9a23298" w:customStyle="1">
+    <w:name w:val="Table Grid_7b3945e0-b7f7-4abb-b1f8-b09eb9a23298"/>
+    <w:basedOn w:val="NormalTable_bf901623-9a9d-4da7-9b6a-a714ea05077b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7684ef1c-bcaf-49bd-a0c4-eface8245665" w:customStyle="1">
-    <w:name w:val="Normal Table_7684ef1c-bcaf-49bd-a0c4-eface8245665"/>
+  <w:style w:type="table" w:styleId="NormalTable_c38cf433-cdb5-48d3-b94d-6f108084243b" w:customStyle="1">
+    <w:name w:val="Normal Table_c38cf433-cdb5-48d3-b94d-6f108084243b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c435b35d-d98c-4b95-a418-368c3015da40" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7684ef1c-bcaf-49bd-a0c4-eface8245665"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f6f8fa3-8422-4e5b-98f3-0182340f5468" w:customStyle="1">
+    <w:name w:val="Table Grid_2f6f8fa3-8422-4e5b-98f3-0182340f5468"/>
+    <w:basedOn w:val="NormalTable_c38cf433-cdb5-48d3-b94d-6f108084243b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_53cc5a60-7713-4c21-90fc-365424eb1911" w:customStyle="1">
-    <w:name w:val="Normal Table_53cc5a60-7713-4c21-90fc-365424eb1911"/>
+  <w:style w:type="table" w:styleId="NormalTable_603e4c02-1bfa-4be2-bd28-d8edef5e4d90" w:customStyle="1">
+    <w:name w:val="Normal Table_603e4c02-1bfa-4be2-bd28-d8edef5e4d90"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c9e95055-e116-4d3a-bdf4-d7db73608e51" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_53cc5a60-7713-4c21-90fc-365424eb1911"/>
+  <w:style w:type="table" w:styleId="TableGrid_b0097278-73fb-448f-b2ae-c6a1fb760c03" w:customStyle="1">
+    <w:name w:val="Table Grid_b0097278-73fb-448f-b2ae-c6a1fb760c03"/>
+    <w:basedOn w:val="NormalTable_603e4c02-1bfa-4be2-bd28-d8edef5e4d90"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c1830c5c-1b02-4baa-9731-1b24bcadc3b9" w:customStyle="1">
-    <w:name w:val="Normal Table_c1830c5c-1b02-4baa-9731-1b24bcadc3b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_2a8af8fb-a884-45fc-9104-8d49aae74772" w:customStyle="1">
+    <w:name w:val="Normal Table_2a8af8fb-a884-45fc-9104-8d49aae74772"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_95629908-e117-4215-8842-5f6ff5170012" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c1830c5c-1b02-4baa-9731-1b24bcadc3b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_d69ceec3-c99f-4945-b926-724034d77f38" w:customStyle="1">
+    <w:name w:val="Table Grid_d69ceec3-c99f-4945-b926-724034d77f38"/>
+    <w:basedOn w:val="NormalTable_2a8af8fb-a884-45fc-9104-8d49aae74772"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5811893c-90c2-4012-9709-524aa2abc091" w:customStyle="1">
-    <w:name w:val="Normal Table_5811893c-90c2-4012-9709-524aa2abc091"/>
+  <w:style w:type="table" w:styleId="NormalTable_ff85fdbe-7d17-4481-b3ba-0dfb3f61423d" w:customStyle="1">
+    <w:name w:val="Normal Table_ff85fdbe-7d17-4481-b3ba-0dfb3f61423d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9a99759e-4d92-4404-83dd-4ee11996db04" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5811893c-90c2-4012-9709-524aa2abc091"/>
+  <w:style w:type="table" w:styleId="TableGrid_b97932c6-3a7c-4082-8207-719b29ef0e4a" w:customStyle="1">
+    <w:name w:val="Table Grid_b97932c6-3a7c-4082-8207-719b29ef0e4a"/>
+    <w:basedOn w:val="NormalTable_ff85fdbe-7d17-4481-b3ba-0dfb3f61423d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5165e3bc-d739-4da3-8765-e6b31b228ddb" w:customStyle="1">
-    <w:name w:val="Normal Table_5165e3bc-d739-4da3-8765-e6b31b228ddb"/>
+  <w:style w:type="table" w:styleId="NormalTable_173a78fc-f981-4a90-be9e-df5bf4db4c16" w:customStyle="1">
+    <w:name w:val="Normal Table_173a78fc-f981-4a90-be9e-df5bf4db4c16"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_56f743b1-5355-46f9-b1a5-e7a74cd783dc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5165e3bc-d739-4da3-8765-e6b31b228ddb"/>
+  <w:style w:type="table" w:styleId="TableGrid_c31c25c6-acf5-4164-af59-dcd9c6ac43d5" w:customStyle="1">
+    <w:name w:val="Table Grid_c31c25c6-acf5-4164-af59-dcd9c6ac43d5"/>
+    <w:basedOn w:val="NormalTable_173a78fc-f981-4a90-be9e-df5bf4db4c16"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1079e992-c170-4fee-880f-2e88cda412ed" w:customStyle="1">
-    <w:name w:val="Normal Table_1079e992-c170-4fee-880f-2e88cda412ed"/>
+  <w:style w:type="table" w:styleId="NormalTable_111b1765-4c04-4a10-9b0a-de8234498f1c" w:customStyle="1">
+    <w:name w:val="Normal Table_111b1765-4c04-4a10-9b0a-de8234498f1c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_35cef83e-9d62-4a41-89be-7446123f87d1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1079e992-c170-4fee-880f-2e88cda412ed"/>
+  <w:style w:type="table" w:styleId="TableGrid_cb0ffd7e-ac63-4bd5-a1c3-7e2cbf63f56a" w:customStyle="1">
+    <w:name w:val="Table Grid_cb0ffd7e-ac63-4bd5-a1c3-7e2cbf63f56a"/>
+    <w:basedOn w:val="NormalTable_111b1765-4c04-4a10-9b0a-de8234498f1c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>