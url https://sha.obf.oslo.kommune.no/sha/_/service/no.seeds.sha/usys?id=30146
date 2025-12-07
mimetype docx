--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -18962,51 +18962,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F75FE1E">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CA293BA">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId1"/>
           <w:footerReference w:type="default" r:id="rId2"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="23814" w:h="16839" w:orient="landscape"/>
+          <w:pgSz w:w="23814" w:h="16839"/>
           <w:pgMar w:top="2126" w:right="284" w:bottom="1134" w:left="720" w:header="454" w:footer="454" w:gutter="0"/>
           <w:pgBorders/>
           <w:pgNumType w:fmt="decimal"/>
           <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5409FD58">
       <w:pPr>
         <w:spacing/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -19038,51 +19038,51 @@
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E52EF7B">
       <w:pPr>
         <w:spacing/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EBA46C1">
       <w:pPr>
         <w:spacing/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId3"/>
           <w:footerReference w:type="default" r:id="rId4"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="23814" w:h="16839" w:orient="landscape"/>
+          <w:pgSz w:w="23814" w:h="16839"/>
           <w:pgMar w:top="1092" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="404" w:gutter="0"/>
           <w:pgBorders/>
           <w:pgNumType w:fmt="decimal"/>
           <w:cols w:num="2" w:equalWidth="1" w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabell 3: Vurdert risiko (risikobilde)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -21212,51 +21212,51 @@
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Uakseptabel risiko - avbøtende tiltak er nødvendig (høy risiko)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F63A497">
       <w:pPr>
         <w:spacing/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="23814" w:h="16839" w:orient="landscape"/>
+      <w:pgSz w:w="23814" w:h="16839"/>
       <w:pgMar w:top="1092" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="404" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="2" w:equalWidth="1" w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -21288,89 +21288,106 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c11c894c-ffc2-484b-8d23-bff5ed92def7"/>
+      <w:tblStyle w:val="TableGrid_f0abc53e-cfbd-4398-b78b-4f64c7ea6bf0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11405"/>
       <w:gridCol w:w="11405"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:47:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:33 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21398,89 +21415,106 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0a737603-d6ca-47ed-bccd-0293fc66b6b5"/>
+      <w:tblStyle w:val="TableGrid_b1044f72-38f1-476a-8cd2-5e71de7ec108"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:47:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:33 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21508,89 +21542,106 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8523fa67-aa85-4457-9a41-0d56c247c8da"/>
+      <w:tblStyle w:val="TableGrid_247eb717-99f2-412e-9651-ee38e015add4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:47:24 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:33 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21618,74 +21669,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9c70302d-ea1c-4ea1-947a-44495cd7e3e0"/>
+      <w:tblStyle w:val="TableGrid_add89eb3-5cb8-4519-978d-2fe38c74fce3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15305"/>
       <w:gridCol w:w="5490"/>
       <w:gridCol w:w="2015"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="15305"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 97. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -21703,444 +21771,546 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2015"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="1024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8fdbedfa-7d76-4f4b-b76a-e4a0170d0e19"/>
+      <w:tblStyle w:val="TableGrid_622691ad-4c0a-4924-90e6-4f8e2d2ded70"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14827"/>
       <w:gridCol w:w="7983"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14827"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_92fa9c48-4c5e-469f-b883-107e20f44d25"/>
+            <w:tblStyle w:val="TableGrid_4951caaa-714a-49a3-96f5-c0a4e5832b83"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7983"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_bda2d09b-ea2a-4f5c-aa7d-b6cf69cbcf0a"/>
+            <w:tblStyle w:val="TableGrid_ebfa03c6-d255-4fbf-9d29-4f882714c58d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_256da086-7956-4c8c-a904-d6fcac3f194e"/>
+      <w:tblStyle w:val="TableGrid_f409a0bf-2323-40f6-a57b-da0dc2df1398"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="15012"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 97. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -22158,444 +22328,546 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="2048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId8"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2948f30f-0d2b-4124-a486-956ec0a49f89"/>
+      <w:tblStyle w:val="TableGrid_5d27f207-9251-4b86-89df-b848f08c96eb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_cb32027c-7ddb-46ed-995a-96fbddf0ae6b"/>
+            <w:tblStyle w:val="TableGrid_52665a41-8eb4-40b6-8734-e71084fab95d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e65b7c22-adc7-4dce-85ee-2d206c5bd162"/>
+            <w:tblStyle w:val="TableGrid_821640bc-a945-4b8b-b638-f553014df05d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_62ba397b-614c-45f4-bb95-4a9125cd1953"/>
+      <w:tblStyle w:val="TableGrid_d7fec4e8-93d5-4fc0-9e4f-c692d2afc380"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="15012"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 97. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -22613,408 +22885,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId9"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c8f2cf4a-d0c5-4172-bd35-5a67660cba78"/>
+      <w:tblStyle w:val="TableGrid_86e39566-a5fd-4964-8386-9db0175b8682"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a44f7542-02ff-46db-9d7f-fe9694205020"/>
+            <w:tblStyle w:val="TableGrid_1bd03c96-5cee-46cc-a2ee-47ffe1eb6157"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4f2cf9c8-6988-4f71-8464-b19d1d939f59"/>
+            <w:tblStyle w:val="TableGrid_eede1f53-5a76-410d-88d8-57b024b5645f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -24030,51 +24387,51 @@
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
@@ -24696,1729 +25053,1729 @@
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550" w:customStyle="1">
-    <w:name w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+  <w:style w:type="paragraph" w:styleId="Normal_851959a0-313e-471f-831b-c37daad55a8e" w:customStyle="1">
+    <w:name w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+    <w:basedOn w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fe943712-b404-49d7-b289-29342f9702bd" w:customStyle="1">
-    <w:name w:val="Normal Table_fe943712-b404-49d7-b289-29342f9702bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_7f4d15cb-71fb-4dc7-a9aa-6fdccf8b425b" w:customStyle="1">
+    <w:name w:val="Normal Table_7f4d15cb-71fb-4dc7-a9aa-6fdccf8b425b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e36361fa-25ee-4929-be23-ee4ce5746e95" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fe943712-b404-49d7-b289-29342f9702bd"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9f15ab7-8185-4d0d-8d54-4de3eb41809d" w:customStyle="1">
+    <w:name w:val="Table Grid_b9f15ab7-8185-4d0d-8d54-4de3eb41809d"/>
+    <w:basedOn w:val="NormalTable_7f4d15cb-71fb-4dc7-a9aa-6fdccf8b425b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+    <w:basedOn w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_177da90e-1ad5-4d58-8157-a47d1f42d550"/>
+    <w:basedOn w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ca6c114c-4734-4858-828b-315d56287185" w:customStyle="1">
-    <w:name w:val="Normal Table_ca6c114c-4734-4858-828b-315d56287185"/>
+  <w:style w:type="table" w:styleId="NormalTable_00db23ff-74ce-4758-9084-90a08cdd4269" w:customStyle="1">
+    <w:name w:val="Normal Table_00db23ff-74ce-4758-9084-90a08cdd4269"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ecd6c191-ff78-4a76-86f7-d92335809c1a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ca6c114c-4734-4858-828b-315d56287185"/>
+  <w:style w:type="table" w:styleId="TableGrid_95a157b6-e070-40f7-84ec-415e3b954b87" w:customStyle="1">
+    <w:name w:val="Table Grid_95a157b6-e070-40f7-84ec-415e3b954b87"/>
+    <w:basedOn w:val="NormalTable_00db23ff-74ce-4758-9084-90a08cdd4269"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_933ceaff-bcb3-405d-b7b6-b0ee9fd81f53" w:customStyle="1">
-    <w:name w:val="Normal Table_933ceaff-bcb3-405d-b7b6-b0ee9fd81f53"/>
+  <w:style w:type="table" w:styleId="NormalTable_b6c6d8d8-faa3-4735-ba83-c759e9c5e7f9" w:customStyle="1">
+    <w:name w:val="Normal Table_b6c6d8d8-faa3-4735-ba83-c759e9c5e7f9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_693c5867-57e4-447d-b2c9-1930b9b21d8b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_933ceaff-bcb3-405d-b7b6-b0ee9fd81f53"/>
+  <w:style w:type="table" w:styleId="TableGrid_baf06f36-cb30-4451-a1ea-82aa68a2cdf7" w:customStyle="1">
+    <w:name w:val="Table Grid_baf06f36-cb30-4451-a1ea-82aa68a2cdf7"/>
+    <w:basedOn w:val="NormalTable_b6c6d8d8-faa3-4735-ba83-c759e9c5e7f9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aa8dc727-a545-4260-aa3e-6334103e77c3" w:customStyle="1">
-    <w:name w:val="Normal Table_aa8dc727-a545-4260-aa3e-6334103e77c3"/>
+  <w:style w:type="table" w:styleId="NormalTable_ff3ea59a-47a7-4899-946f-9c607afe62f8" w:customStyle="1">
+    <w:name w:val="Normal Table_ff3ea59a-47a7-4899-946f-9c607afe62f8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7322ce63-4d82-4caf-a04b-8742a4c95ce0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aa8dc727-a545-4260-aa3e-6334103e77c3"/>
+  <w:style w:type="table" w:styleId="TableGrid_147ea741-1df4-4cd2-993c-2f6ddc2f82e9" w:customStyle="1">
+    <w:name w:val="Table Grid_147ea741-1df4-4cd2-993c-2f6ddc2f82e9"/>
+    <w:basedOn w:val="NormalTable_ff3ea59a-47a7-4899-946f-9c607afe62f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ac5fc848-ab88-4d62-b3ad-97eddc13b937" w:customStyle="1">
-    <w:name w:val="Normal Table_ac5fc848-ab88-4d62-b3ad-97eddc13b937"/>
+  <w:style w:type="table" w:styleId="NormalTable_cb8167ab-617e-48a9-a769-64d388113824" w:customStyle="1">
+    <w:name w:val="Normal Table_cb8167ab-617e-48a9-a769-64d388113824"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2dfe631f-3cb2-4797-a146-5f2f458291b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ac5fc848-ab88-4d62-b3ad-97eddc13b937"/>
+  <w:style w:type="table" w:styleId="TableGrid_1652f809-468f-46d4-890a-7faa8969787b" w:customStyle="1">
+    <w:name w:val="Table Grid_1652f809-468f-46d4-890a-7faa8969787b"/>
+    <w:basedOn w:val="NormalTable_cb8167ab-617e-48a9-a769-64d388113824"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5e6470b1-76ad-4831-9697-87dd912a4da4" w:customStyle="1">
-    <w:name w:val="Normal Table_5e6470b1-76ad-4831-9697-87dd912a4da4"/>
+  <w:style w:type="table" w:styleId="NormalTable_46c46b6f-e5d1-4a6a-8125-1f5a96dc46ca" w:customStyle="1">
+    <w:name w:val="Normal Table_46c46b6f-e5d1-4a6a-8125-1f5a96dc46ca"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c11c894c-ffc2-484b-8d23-bff5ed92def7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5e6470b1-76ad-4831-9697-87dd912a4da4"/>
+  <w:style w:type="table" w:styleId="TableGrid_f0abc53e-cfbd-4398-b78b-4f64c7ea6bf0" w:customStyle="1">
+    <w:name w:val="Table Grid_f0abc53e-cfbd-4398-b78b-4f64c7ea6bf0"/>
+    <w:basedOn w:val="NormalTable_46c46b6f-e5d1-4a6a-8125-1f5a96dc46ca"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7b539625-63bf-45bc-af42-7b56c83141a7" w:customStyle="1">
-    <w:name w:val="Normal Table_7b539625-63bf-45bc-af42-7b56c83141a7"/>
+  <w:style w:type="table" w:styleId="NormalTable_044e9c6b-a679-42e1-9334-6a239ff0eabf" w:customStyle="1">
+    <w:name w:val="Normal Table_044e9c6b-a679-42e1-9334-6a239ff0eabf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c70302d-ea1c-4ea1-947a-44495cd7e3e0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7b539625-63bf-45bc-af42-7b56c83141a7"/>
+  <w:style w:type="table" w:styleId="TableGrid_add89eb3-5cb8-4519-978d-2fe38c74fce3" w:customStyle="1">
+    <w:name w:val="Table Grid_add89eb3-5cb8-4519-978d-2fe38c74fce3"/>
+    <w:basedOn w:val="NormalTable_044e9c6b-a679-42e1-9334-6a239ff0eabf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_41a70720-761a-41c9-a5a5-d7da49e2a896" w:customStyle="1">
-    <w:name w:val="Normal Table_41a70720-761a-41c9-a5a5-d7da49e2a896"/>
+  <w:style w:type="table" w:styleId="NormalTable_816bcd1d-056a-42f4-a711-8613193b18f0" w:customStyle="1">
+    <w:name w:val="Normal Table_816bcd1d-056a-42f4-a711-8613193b18f0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_92fa9c48-4c5e-469f-b883-107e20f44d25" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_41a70720-761a-41c9-a5a5-d7da49e2a896"/>
+  <w:style w:type="table" w:styleId="TableGrid_4951caaa-714a-49a3-96f5-c0a4e5832b83" w:customStyle="1">
+    <w:name w:val="Table Grid_4951caaa-714a-49a3-96f5-c0a4e5832b83"/>
+    <w:basedOn w:val="NormalTable_816bcd1d-056a-42f4-a711-8613193b18f0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e94f1c1-7d10-4352-befd-6c04c647d4b6" w:customStyle="1">
-    <w:name w:val="Normal Table_7e94f1c1-7d10-4352-befd-6c04c647d4b6"/>
+  <w:style w:type="table" w:styleId="NormalTable_27655a2b-3318-48c8-88a3-a6b0590b8be6" w:customStyle="1">
+    <w:name w:val="Normal Table_27655a2b-3318-48c8-88a3-a6b0590b8be6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bda2d09b-ea2a-4f5c-aa7d-b6cf69cbcf0a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e94f1c1-7d10-4352-befd-6c04c647d4b6"/>
+  <w:style w:type="table" w:styleId="TableGrid_ebfa03c6-d255-4fbf-9d29-4f882714c58d" w:customStyle="1">
+    <w:name w:val="Table Grid_ebfa03c6-d255-4fbf-9d29-4f882714c58d"/>
+    <w:basedOn w:val="NormalTable_27655a2b-3318-48c8-88a3-a6b0590b8be6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_947b3779-14d4-4a1a-b031-2e6be40097d9" w:customStyle="1">
-    <w:name w:val="Normal Table_947b3779-14d4-4a1a-b031-2e6be40097d9"/>
+  <w:style w:type="table" w:styleId="NormalTable_bcc56c43-ae9d-453b-839b-352ece2058e3" w:customStyle="1">
+    <w:name w:val="Normal Table_bcc56c43-ae9d-453b-839b-352ece2058e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8fdbedfa-7d76-4f4b-b76a-e4a0170d0e19" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_947b3779-14d4-4a1a-b031-2e6be40097d9"/>
+  <w:style w:type="table" w:styleId="TableGrid_622691ad-4c0a-4924-90e6-4f8e2d2ded70" w:customStyle="1">
+    <w:name w:val="Table Grid_622691ad-4c0a-4924-90e6-4f8e2d2ded70"/>
+    <w:basedOn w:val="NormalTable_bcc56c43-ae9d-453b-839b-352ece2058e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3b64c6eb-d2fa-4b1a-8b44-a4657af9567f" w:customStyle="1">
-    <w:name w:val="Normal Table_3b64c6eb-d2fa-4b1a-8b44-a4657af9567f"/>
+  <w:style w:type="table" w:styleId="NormalTable_3ef029fe-3e3b-45b0-961f-bd360e25950e" w:customStyle="1">
+    <w:name w:val="Normal Table_3ef029fe-3e3b-45b0-961f-bd360e25950e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_64feceb3-5a51-40d7-9af6-446389a79c40" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3b64c6eb-d2fa-4b1a-8b44-a4657af9567f"/>
+  <w:style w:type="table" w:styleId="TableGrid_ba0f7170-adb7-4f0c-b13c-b2f7b61d327f" w:customStyle="1">
+    <w:name w:val="Table Grid_ba0f7170-adb7-4f0c-b13c-b2f7b61d327f"/>
+    <w:basedOn w:val="NormalTable_3ef029fe-3e3b-45b0-961f-bd360e25950e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2a9ad7dd-2e6a-475b-ad2c-a4f358ccdf7b" w:customStyle="1">
-    <w:name w:val="Normal Table_2a9ad7dd-2e6a-475b-ad2c-a4f358ccdf7b"/>
+  <w:style w:type="table" w:styleId="NormalTable_787260b0-ed00-4529-8edf-8dceb57cc341" w:customStyle="1">
+    <w:name w:val="Normal Table_787260b0-ed00-4529-8edf-8dceb57cc341"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7df64a3e-b98b-461b-81f7-aabcf4d3918a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2a9ad7dd-2e6a-475b-ad2c-a4f358ccdf7b"/>
+  <w:style w:type="table" w:styleId="TableGrid_18ec686d-2b74-40a4-be9a-c42a9173ee15" w:customStyle="1">
+    <w:name w:val="Table Grid_18ec686d-2b74-40a4-be9a-c42a9173ee15"/>
+    <w:basedOn w:val="NormalTable_787260b0-ed00-4529-8edf-8dceb57cc341"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9c376f5f-fa9c-47e9-bbdb-4d67668cc8e9" w:customStyle="1">
-    <w:name w:val="Normal Table_9c376f5f-fa9c-47e9-bbdb-4d67668cc8e9"/>
+  <w:style w:type="table" w:styleId="NormalTable_e37c426b-5d7e-4ab8-9cf8-f991703c8e7f" w:customStyle="1">
+    <w:name w:val="Normal Table_e37c426b-5d7e-4ab8-9cf8-f991703c8e7f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b8caa31-b041-4fc9-8280-e4e4f51211a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9c376f5f-fa9c-47e9-bbdb-4d67668cc8e9"/>
+  <w:style w:type="table" w:styleId="TableGrid_245ae87d-e0a6-47bb-b67c-e0257904f922" w:customStyle="1">
+    <w:name w:val="Table Grid_245ae87d-e0a6-47bb-b67c-e0257904f922"/>
+    <w:basedOn w:val="NormalTable_e37c426b-5d7e-4ab8-9cf8-f991703c8e7f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c87f184d-bf50-4a55-8245-b0677bd2887e" w:customStyle="1">
-    <w:name w:val="Normal Table_c87f184d-bf50-4a55-8245-b0677bd2887e"/>
+  <w:style w:type="table" w:styleId="NormalTable_a051683a-991d-4679-b6d2-5a912be7c05b" w:customStyle="1">
+    <w:name w:val="Normal Table_a051683a-991d-4679-b6d2-5a912be7c05b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0f89006b-7290-49be-ba51-0de99ad9bce1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c87f184d-bf50-4a55-8245-b0677bd2887e"/>
+  <w:style w:type="table" w:styleId="TableGrid_efd790bc-fb95-466b-a4a6-42cd9e76cc74" w:customStyle="1">
+    <w:name w:val="Table Grid_efd790bc-fb95-466b-a4a6-42cd9e76cc74"/>
+    <w:basedOn w:val="NormalTable_a051683a-991d-4679-b6d2-5a912be7c05b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_81685474-df55-4390-a889-25e2c2f17fab" w:customStyle="1">
-    <w:name w:val="Normal Table_81685474-df55-4390-a889-25e2c2f17fab"/>
+  <w:style w:type="table" w:styleId="NormalTable_11ce7f38-b2b6-4f7c-bbaf-cdee035c37f7" w:customStyle="1">
+    <w:name w:val="Normal Table_11ce7f38-b2b6-4f7c-bbaf-cdee035c37f7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_63bd4c68-ee19-462c-99cc-cb9fd867f4e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_81685474-df55-4390-a889-25e2c2f17fab"/>
+  <w:style w:type="table" w:styleId="TableGrid_cbc871e5-18c0-452d-b768-d3a75e14cbb3" w:customStyle="1">
+    <w:name w:val="Table Grid_cbc871e5-18c0-452d-b768-d3a75e14cbb3"/>
+    <w:basedOn w:val="NormalTable_11ce7f38-b2b6-4f7c-bbaf-cdee035c37f7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ea93d610-e93f-4a3c-ae40-b3b67e1076b3" w:customStyle="1">
-    <w:name w:val="Normal Table_ea93d610-e93f-4a3c-ae40-b3b67e1076b3"/>
+  <w:style w:type="table" w:styleId="NormalTable_1a51fad2-6e4d-48f4-b1b5-75091804129a" w:customStyle="1">
+    <w:name w:val="Normal Table_1a51fad2-6e4d-48f4-b1b5-75091804129a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0a737603-d6ca-47ed-bccd-0293fc66b6b5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ea93d610-e93f-4a3c-ae40-b3b67e1076b3"/>
+  <w:style w:type="table" w:styleId="TableGrid_b1044f72-38f1-476a-8cd2-5e71de7ec108" w:customStyle="1">
+    <w:name w:val="Table Grid_b1044f72-38f1-476a-8cd2-5e71de7ec108"/>
+    <w:basedOn w:val="NormalTable_1a51fad2-6e4d-48f4-b1b5-75091804129a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b5f33870-a48c-4706-8c67-6718a373a929" w:customStyle="1">
-    <w:name w:val="Normal Table_b5f33870-a48c-4706-8c67-6718a373a929"/>
+  <w:style w:type="table" w:styleId="NormalTable_758f1c10-9962-430a-89d1-f6142e801649" w:customStyle="1">
+    <w:name w:val="Normal Table_758f1c10-9962-430a-89d1-f6142e801649"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_256da086-7956-4c8c-a904-d6fcac3f194e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b5f33870-a48c-4706-8c67-6718a373a929"/>
+  <w:style w:type="table" w:styleId="TableGrid_f409a0bf-2323-40f6-a57b-da0dc2df1398" w:customStyle="1">
+    <w:name w:val="Table Grid_f409a0bf-2323-40f6-a57b-da0dc2df1398"/>
+    <w:basedOn w:val="NormalTable_758f1c10-9962-430a-89d1-f6142e801649"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ec939cdf-8b49-4e5d-b082-5938356afc3c" w:customStyle="1">
-    <w:name w:val="Normal Table_ec939cdf-8b49-4e5d-b082-5938356afc3c"/>
+  <w:style w:type="table" w:styleId="NormalTable_0b64f346-2b43-4dee-89bc-4509aa21d70e" w:customStyle="1">
+    <w:name w:val="Normal Table_0b64f346-2b43-4dee-89bc-4509aa21d70e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cb32027c-7ddb-46ed-995a-96fbddf0ae6b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ec939cdf-8b49-4e5d-b082-5938356afc3c"/>
+  <w:style w:type="table" w:styleId="TableGrid_52665a41-8eb4-40b6-8734-e71084fab95d" w:customStyle="1">
+    <w:name w:val="Table Grid_52665a41-8eb4-40b6-8734-e71084fab95d"/>
+    <w:basedOn w:val="NormalTable_0b64f346-2b43-4dee-89bc-4509aa21d70e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c5903d00-3165-4130-adb8-4d8873901381" w:customStyle="1">
-    <w:name w:val="Normal Table_c5903d00-3165-4130-adb8-4d8873901381"/>
+  <w:style w:type="table" w:styleId="NormalTable_0bc0a324-bc85-4a0e-a2a2-b203266628ea" w:customStyle="1">
+    <w:name w:val="Normal Table_0bc0a324-bc85-4a0e-a2a2-b203266628ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e65b7c22-adc7-4dce-85ee-2d206c5bd162" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c5903d00-3165-4130-adb8-4d8873901381"/>
+  <w:style w:type="table" w:styleId="TableGrid_821640bc-a945-4b8b-b638-f553014df05d" w:customStyle="1">
+    <w:name w:val="Table Grid_821640bc-a945-4b8b-b638-f553014df05d"/>
+    <w:basedOn w:val="NormalTable_0bc0a324-bc85-4a0e-a2a2-b203266628ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_803a2996-11fc-41d6-a4a1-5cc2ea68d4bb" w:customStyle="1">
-    <w:name w:val="Normal Table_803a2996-11fc-41d6-a4a1-5cc2ea68d4bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_e177a377-f144-4b5e-ba7e-981373e1a06e" w:customStyle="1">
+    <w:name w:val="Normal Table_e177a377-f144-4b5e-ba7e-981373e1a06e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2948f30f-0d2b-4124-a486-956ec0a49f89" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_803a2996-11fc-41d6-a4a1-5cc2ea68d4bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_5d27f207-9251-4b86-89df-b848f08c96eb" w:customStyle="1">
+    <w:name w:val="Table Grid_5d27f207-9251-4b86-89df-b848f08c96eb"/>
+    <w:basedOn w:val="NormalTable_e177a377-f144-4b5e-ba7e-981373e1a06e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4dafcaa4-ec36-4a00-90b3-bb7cec7ed68b" w:customStyle="1">
-    <w:name w:val="Normal Table_4dafcaa4-ec36-4a00-90b3-bb7cec7ed68b"/>
+  <w:style w:type="table" w:styleId="NormalTable_3725acd8-5580-469b-a3b7-db099b6c0f0b" w:customStyle="1">
+    <w:name w:val="Normal Table_3725acd8-5580-469b-a3b7-db099b6c0f0b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2c725776-aa60-445b-b39e-843ca24e63ed" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4dafcaa4-ec36-4a00-90b3-bb7cec7ed68b"/>
+  <w:style w:type="table" w:styleId="TableGrid_bd9d50e4-c8f6-4906-8618-0e35fc135d8b" w:customStyle="1">
+    <w:name w:val="Table Grid_bd9d50e4-c8f6-4906-8618-0e35fc135d8b"/>
+    <w:basedOn w:val="NormalTable_3725acd8-5580-469b-a3b7-db099b6c0f0b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e7bdc426-f288-4b86-b9cb-bcfd6767bf9e" w:customStyle="1">
-    <w:name w:val="Normal Table_e7bdc426-f288-4b86-b9cb-bcfd6767bf9e"/>
+  <w:style w:type="table" w:styleId="NormalTable_34d66dae-3223-4a4f-bbba-04e8f3e9ef7d" w:customStyle="1">
+    <w:name w:val="Normal Table_34d66dae-3223-4a4f-bbba-04e8f3e9ef7d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e370eade-f328-4bc4-9519-d0708d8777e4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e7bdc426-f288-4b86-b9cb-bcfd6767bf9e"/>
+  <w:style w:type="table" w:styleId="TableGrid_19c23dc1-dcc4-4347-bacf-85f7b393fdbc" w:customStyle="1">
+    <w:name w:val="Table Grid_19c23dc1-dcc4-4347-bacf-85f7b393fdbc"/>
+    <w:basedOn w:val="NormalTable_34d66dae-3223-4a4f-bbba-04e8f3e9ef7d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_07d7b7f2-1b87-40f0-9ffd-6c517d5f37d2" w:customStyle="1">
-    <w:name w:val="Normal Table_07d7b7f2-1b87-40f0-9ffd-6c517d5f37d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_e51c2d9a-7e40-445f-a234-5cf1d837c6bb" w:customStyle="1">
+    <w:name w:val="Normal Table_e51c2d9a-7e40-445f-a234-5cf1d837c6bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_71048e32-a491-4364-a664-21fcbe722c93" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_07d7b7f2-1b87-40f0-9ffd-6c517d5f37d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_86e96dee-1a75-453a-bf31-6948de2d72ef" w:customStyle="1">
+    <w:name w:val="Table Grid_86e96dee-1a75-453a-bf31-6948de2d72ef"/>
+    <w:basedOn w:val="NormalTable_e51c2d9a-7e40-445f-a234-5cf1d837c6bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_95c14dec-0cf7-46ff-8b15-5851959a9eac" w:customStyle="1">
-    <w:name w:val="Normal Table_95c14dec-0cf7-46ff-8b15-5851959a9eac"/>
+  <w:style w:type="table" w:styleId="NormalTable_dfdef3c2-2738-4025-9b1d-4b3408456d03" w:customStyle="1">
+    <w:name w:val="Normal Table_dfdef3c2-2738-4025-9b1d-4b3408456d03"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_878561cb-c209-437b-be54-025ac22527ae" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_95c14dec-0cf7-46ff-8b15-5851959a9eac"/>
+  <w:style w:type="table" w:styleId="TableGrid_d72df04d-b5ca-4965-b6a5-a0ba2898dfd2" w:customStyle="1">
+    <w:name w:val="Table Grid_d72df04d-b5ca-4965-b6a5-a0ba2898dfd2"/>
+    <w:basedOn w:val="NormalTable_dfdef3c2-2738-4025-9b1d-4b3408456d03"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5c893ce4-e154-498c-99de-3382fe7438e8" w:customStyle="1">
-    <w:name w:val="Normal Table_5c893ce4-e154-498c-99de-3382fe7438e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_1411d20b-eefc-4a37-8a39-3b4c7a7d501b" w:customStyle="1">
+    <w:name w:val="Normal Table_1411d20b-eefc-4a37-8a39-3b4c7a7d501b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e0319b3d-2618-4fa6-82c8-e7d3340e3501" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5c893ce4-e154-498c-99de-3382fe7438e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_8944b9b4-358a-4c07-bdac-c195a55d7a3c" w:customStyle="1">
+    <w:name w:val="Table Grid_8944b9b4-358a-4c07-bdac-c195a55d7a3c"/>
+    <w:basedOn w:val="NormalTable_1411d20b-eefc-4a37-8a39-3b4c7a7d501b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a331cba8-9df1-4d09-b22d-c2399a876cfc" w:customStyle="1">
-    <w:name w:val="Normal Table_a331cba8-9df1-4d09-b22d-c2399a876cfc"/>
+  <w:style w:type="table" w:styleId="NormalTable_fb34ef54-f127-499c-bebe-3dad2f088e26" w:customStyle="1">
+    <w:name w:val="Normal Table_fb34ef54-f127-499c-bebe-3dad2f088e26"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8523fa67-aa85-4457-9a41-0d56c247c8da" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a331cba8-9df1-4d09-b22d-c2399a876cfc"/>
+  <w:style w:type="table" w:styleId="TableGrid_247eb717-99f2-412e-9651-ee38e015add4" w:customStyle="1">
+    <w:name w:val="Table Grid_247eb717-99f2-412e-9651-ee38e015add4"/>
+    <w:basedOn w:val="NormalTable_fb34ef54-f127-499c-bebe-3dad2f088e26"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_adc3fb0a-03e5-45e3-b77e-221d2908e94b" w:customStyle="1">
-    <w:name w:val="Normal Table_adc3fb0a-03e5-45e3-b77e-221d2908e94b"/>
+  <w:style w:type="table" w:styleId="NormalTable_130339ef-eb6f-4a84-85a6-7118c2fa0637" w:customStyle="1">
+    <w:name w:val="Normal Table_130339ef-eb6f-4a84-85a6-7118c2fa0637"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_62ba397b-614c-45f4-bb95-4a9125cd1953" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_adc3fb0a-03e5-45e3-b77e-221d2908e94b"/>
+  <w:style w:type="table" w:styleId="TableGrid_d7fec4e8-93d5-4fc0-9e4f-c692d2afc380" w:customStyle="1">
+    <w:name w:val="Table Grid_d7fec4e8-93d5-4fc0-9e4f-c692d2afc380"/>
+    <w:basedOn w:val="NormalTable_130339ef-eb6f-4a84-85a6-7118c2fa0637"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f3fbb8ef-6540-43c3-818f-22ecbf53433d" w:customStyle="1">
-    <w:name w:val="Normal Table_f3fbb8ef-6540-43c3-818f-22ecbf53433d"/>
+  <w:style w:type="table" w:styleId="NormalTable_2f9ae755-3519-4a1f-a7e8-9748cc1e99d1" w:customStyle="1">
+    <w:name w:val="Normal Table_2f9ae755-3519-4a1f-a7e8-9748cc1e99d1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a44f7542-02ff-46db-9d7f-fe9694205020" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f3fbb8ef-6540-43c3-818f-22ecbf53433d"/>
+  <w:style w:type="table" w:styleId="TableGrid_1bd03c96-5cee-46cc-a2ee-47ffe1eb6157" w:customStyle="1">
+    <w:name w:val="Table Grid_1bd03c96-5cee-46cc-a2ee-47ffe1eb6157"/>
+    <w:basedOn w:val="NormalTable_2f9ae755-3519-4a1f-a7e8-9748cc1e99d1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_504028d6-6337-4639-ac73-85394e6b5ffb" w:customStyle="1">
-    <w:name w:val="Normal Table_504028d6-6337-4639-ac73-85394e6b5ffb"/>
+  <w:style w:type="table" w:styleId="NormalTable_b688c1b2-7489-4acc-b2c6-18d146c2867c" w:customStyle="1">
+    <w:name w:val="Normal Table_b688c1b2-7489-4acc-b2c6-18d146c2867c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4f2cf9c8-6988-4f71-8464-b19d1d939f59" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_504028d6-6337-4639-ac73-85394e6b5ffb"/>
+  <w:style w:type="table" w:styleId="TableGrid_eede1f53-5a76-410d-88d8-57b024b5645f" w:customStyle="1">
+    <w:name w:val="Table Grid_eede1f53-5a76-410d-88d8-57b024b5645f"/>
+    <w:basedOn w:val="NormalTable_b688c1b2-7489-4acc-b2c6-18d146c2867c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_79db2fac-38ca-40a6-b9a8-e4e008d12878" w:customStyle="1">
-    <w:name w:val="Normal Table_79db2fac-38ca-40a6-b9a8-e4e008d12878"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c8cde1d-7323-4d05-a68a-7e89646a90d0" w:customStyle="1">
+    <w:name w:val="Normal Table_0c8cde1d-7323-4d05-a68a-7e89646a90d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c8f2cf4a-d0c5-4172-bd35-5a67660cba78" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_79db2fac-38ca-40a6-b9a8-e4e008d12878"/>
+  <w:style w:type="table" w:styleId="TableGrid_86e39566-a5fd-4964-8386-9db0175b8682" w:customStyle="1">
+    <w:name w:val="Table Grid_86e39566-a5fd-4964-8386-9db0175b8682"/>
+    <w:basedOn w:val="NormalTable_0c8cde1d-7323-4d05-a68a-7e89646a90d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>