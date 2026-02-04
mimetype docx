--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -21288,51 +21288,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f0abc53e-cfbd-4398-b78b-4f64c7ea6bf0"/>
+      <w:tblStyle w:val="TableGrid_60e23607-7ec7-4a32-bb41-990ed4a9f887"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11405"/>
       <w:gridCol w:w="11405"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21343,51 +21343,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:33 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21415,51 +21415,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b1044f72-38f1-476a-8cd2-5e71de7ec108"/>
+      <w:tblStyle w:val="TableGrid_18525857-aaaa-404a-821c-2edd474eb3d0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21470,51 +21470,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:33 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21542,51 +21542,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_247eb717-99f2-412e-9651-ee38e015add4"/>
+      <w:tblStyle w:val="TableGrid_1ef1d74f-267a-486d-81df-0156a46c967e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21597,51 +21597,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:33 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21669,51 +21669,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_add89eb3-5cb8-4519-978d-2fe38c74fce3"/>
+      <w:tblStyle w:val="TableGrid_58f9a143-56d3-48f5-b367-61c0461120f8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15305"/>
       <w:gridCol w:w="5490"/>
       <w:gridCol w:w="2015"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -21771,51 +21771,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2015"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -21828,59 +21828,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_622691ad-4c0a-4924-90e6-4f8e2d2ded70"/>
+      <w:tblStyle w:val="TableGrid_403c3d1e-139d-4a07-b3fa-674adf2a5be4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14827"/>
       <w:gridCol w:w="7983"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21891,51 +21891,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14827"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4951caaa-714a-49a3-96f5-c0a4e5832b83"/>
+            <w:tblStyle w:val="TableGrid_d6cba4a3-0a0c-42c2-b4f7-578443bd2d79"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22036,72 +22036,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7983"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ebfa03c6-d255-4fbf-9d29-4f882714c58d"/>
+            <w:tblStyle w:val="TableGrid_463071c3-3c77-4fc4-a45c-b094a7404e6c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22202,75 +22202,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f409a0bf-2323-40f6-a57b-da0dc2df1398"/>
+      <w:tblStyle w:val="TableGrid_d3fa7d35-a3c0-49e1-b8dc-b56e9927ad44"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -22328,51 +22328,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -22385,59 +22385,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5d27f207-9251-4b86-89df-b848f08c96eb"/>
+      <w:tblStyle w:val="TableGrid_e44ce2e1-04fb-4a18-b906-a6242fa91c01"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22448,51 +22448,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_52665a41-8eb4-40b6-8734-e71084fab95d"/>
+            <w:tblStyle w:val="TableGrid_244a76b3-5416-4ea1-9fff-eb3a642677bc"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22593,72 +22593,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_821640bc-a945-4b8b-b638-f553014df05d"/>
+            <w:tblStyle w:val="TableGrid_9b666d09-d150-44c7-8afe-6170789b41fc"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22759,75 +22759,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d7fec4e8-93d5-4fc0-9e4f-c692d2afc380"/>
+      <w:tblStyle w:val="TableGrid_d24e4f39-86ab-4456-958d-082ed8a8fc4a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -22885,51 +22885,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -22942,59 +22942,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_86e39566-a5fd-4964-8386-9db0175b8682"/>
+      <w:tblStyle w:val="TableGrid_ca8541f6-544f-4818-88cb-8d8f9431c0fa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23005,51 +23005,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1bd03c96-5cee-46cc-a2ee-47ffe1eb6157"/>
+            <w:tblStyle w:val="TableGrid_e0c2c852-5be6-49e6-8086-89bdae015af0"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23150,72 +23150,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_eede1f53-5a76-410d-88d8-57b024b5645f"/>
+            <w:tblStyle w:val="TableGrid_6c491a96-3b5d-4cc7-bd18-7f1e2ea870a7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23316,62 +23316,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -25053,1729 +25053,1729 @@
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_851959a0-313e-471f-831b-c37daad55a8e" w:customStyle="1">
-    <w:name w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+  <w:style w:type="paragraph" w:styleId="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb" w:customStyle="1">
+    <w:name w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+    <w:basedOn w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7f4d15cb-71fb-4dc7-a9aa-6fdccf8b425b" w:customStyle="1">
-    <w:name w:val="Normal Table_7f4d15cb-71fb-4dc7-a9aa-6fdccf8b425b"/>
+  <w:style w:type="table" w:styleId="NormalTable_7ad6886d-4371-486f-9b16-c34228a3745e" w:customStyle="1">
+    <w:name w:val="Normal Table_7ad6886d-4371-486f-9b16-c34228a3745e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b9f15ab7-8185-4d0d-8d54-4de3eb41809d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7f4d15cb-71fb-4dc7-a9aa-6fdccf8b425b"/>
+  <w:style w:type="table" w:styleId="TableGrid_36bd21ca-52df-4b20-8392-30884521a048" w:customStyle="1">
+    <w:name w:val="Table Grid_36bd21ca-52df-4b20-8392-30884521a048"/>
+    <w:basedOn w:val="NormalTable_7ad6886d-4371-486f-9b16-c34228a3745e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+    <w:basedOn w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_851959a0-313e-471f-831b-c37daad55a8e"/>
+    <w:basedOn w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_00db23ff-74ce-4758-9084-90a08cdd4269" w:customStyle="1">
-    <w:name w:val="Normal Table_00db23ff-74ce-4758-9084-90a08cdd4269"/>
+  <w:style w:type="table" w:styleId="NormalTable_d149222f-e0a6-4faa-97e8-8b42b978333c" w:customStyle="1">
+    <w:name w:val="Normal Table_d149222f-e0a6-4faa-97e8-8b42b978333c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_95a157b6-e070-40f7-84ec-415e3b954b87" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_00db23ff-74ce-4758-9084-90a08cdd4269"/>
+  <w:style w:type="table" w:styleId="TableGrid_f428f464-f43c-4b7c-8d2f-4995b518c02b" w:customStyle="1">
+    <w:name w:val="Table Grid_f428f464-f43c-4b7c-8d2f-4995b518c02b"/>
+    <w:basedOn w:val="NormalTable_d149222f-e0a6-4faa-97e8-8b42b978333c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b6c6d8d8-faa3-4735-ba83-c759e9c5e7f9" w:customStyle="1">
-    <w:name w:val="Normal Table_b6c6d8d8-faa3-4735-ba83-c759e9c5e7f9"/>
+  <w:style w:type="table" w:styleId="NormalTable_66a34cdc-1f2b-452c-b92e-690afd67a631" w:customStyle="1">
+    <w:name w:val="Normal Table_66a34cdc-1f2b-452c-b92e-690afd67a631"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_baf06f36-cb30-4451-a1ea-82aa68a2cdf7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b6c6d8d8-faa3-4735-ba83-c759e9c5e7f9"/>
+  <w:style w:type="table" w:styleId="TableGrid_f7dc74e1-87b7-4639-972c-5136f82d48cb" w:customStyle="1">
+    <w:name w:val="Table Grid_f7dc74e1-87b7-4639-972c-5136f82d48cb"/>
+    <w:basedOn w:val="NormalTable_66a34cdc-1f2b-452c-b92e-690afd67a631"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ff3ea59a-47a7-4899-946f-9c607afe62f8" w:customStyle="1">
-    <w:name w:val="Normal Table_ff3ea59a-47a7-4899-946f-9c607afe62f8"/>
+  <w:style w:type="table" w:styleId="NormalTable_3c870d02-6842-4b7a-8fdb-438ca27fca28" w:customStyle="1">
+    <w:name w:val="Normal Table_3c870d02-6842-4b7a-8fdb-438ca27fca28"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_147ea741-1df4-4cd2-993c-2f6ddc2f82e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ff3ea59a-47a7-4899-946f-9c607afe62f8"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc23781a-7bdb-4f8b-8cbf-1d053098c001" w:customStyle="1">
+    <w:name w:val="Table Grid_fc23781a-7bdb-4f8b-8cbf-1d053098c001"/>
+    <w:basedOn w:val="NormalTable_3c870d02-6842-4b7a-8fdb-438ca27fca28"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cb8167ab-617e-48a9-a769-64d388113824" w:customStyle="1">
-    <w:name w:val="Normal Table_cb8167ab-617e-48a9-a769-64d388113824"/>
+  <w:style w:type="table" w:styleId="NormalTable_b413dbb6-067f-4a3f-9282-84f0e85d0163" w:customStyle="1">
+    <w:name w:val="Normal Table_b413dbb6-067f-4a3f-9282-84f0e85d0163"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1652f809-468f-46d4-890a-7faa8969787b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cb8167ab-617e-48a9-a769-64d388113824"/>
+  <w:style w:type="table" w:styleId="TableGrid_81f8519e-d20e-461b-b981-52e117c02b73" w:customStyle="1">
+    <w:name w:val="Table Grid_81f8519e-d20e-461b-b981-52e117c02b73"/>
+    <w:basedOn w:val="NormalTable_b413dbb6-067f-4a3f-9282-84f0e85d0163"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_46c46b6f-e5d1-4a6a-8125-1f5a96dc46ca" w:customStyle="1">
-    <w:name w:val="Normal Table_46c46b6f-e5d1-4a6a-8125-1f5a96dc46ca"/>
+  <w:style w:type="table" w:styleId="NormalTable_935bb584-46bc-4cb1-a6bb-cc87963ddd6e" w:customStyle="1">
+    <w:name w:val="Normal Table_935bb584-46bc-4cb1-a6bb-cc87963ddd6e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f0abc53e-cfbd-4398-b78b-4f64c7ea6bf0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_46c46b6f-e5d1-4a6a-8125-1f5a96dc46ca"/>
+  <w:style w:type="table" w:styleId="TableGrid_60e23607-7ec7-4a32-bb41-990ed4a9f887" w:customStyle="1">
+    <w:name w:val="Table Grid_60e23607-7ec7-4a32-bb41-990ed4a9f887"/>
+    <w:basedOn w:val="NormalTable_935bb584-46bc-4cb1-a6bb-cc87963ddd6e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_044e9c6b-a679-42e1-9334-6a239ff0eabf" w:customStyle="1">
-    <w:name w:val="Normal Table_044e9c6b-a679-42e1-9334-6a239ff0eabf"/>
+  <w:style w:type="table" w:styleId="NormalTable_7b511f18-0f6f-4750-9574-2316e845a8de" w:customStyle="1">
+    <w:name w:val="Normal Table_7b511f18-0f6f-4750-9574-2316e845a8de"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_add89eb3-5cb8-4519-978d-2fe38c74fce3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_044e9c6b-a679-42e1-9334-6a239ff0eabf"/>
+  <w:style w:type="table" w:styleId="TableGrid_58f9a143-56d3-48f5-b367-61c0461120f8" w:customStyle="1">
+    <w:name w:val="Table Grid_58f9a143-56d3-48f5-b367-61c0461120f8"/>
+    <w:basedOn w:val="NormalTable_7b511f18-0f6f-4750-9574-2316e845a8de"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_816bcd1d-056a-42f4-a711-8613193b18f0" w:customStyle="1">
-    <w:name w:val="Normal Table_816bcd1d-056a-42f4-a711-8613193b18f0"/>
+  <w:style w:type="table" w:styleId="NormalTable_85c9c72f-26e3-42f9-897a-faf88a85f145" w:customStyle="1">
+    <w:name w:val="Normal Table_85c9c72f-26e3-42f9-897a-faf88a85f145"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4951caaa-714a-49a3-96f5-c0a4e5832b83" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_816bcd1d-056a-42f4-a711-8613193b18f0"/>
+  <w:style w:type="table" w:styleId="TableGrid_d6cba4a3-0a0c-42c2-b4f7-578443bd2d79" w:customStyle="1">
+    <w:name w:val="Table Grid_d6cba4a3-0a0c-42c2-b4f7-578443bd2d79"/>
+    <w:basedOn w:val="NormalTable_85c9c72f-26e3-42f9-897a-faf88a85f145"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_27655a2b-3318-48c8-88a3-a6b0590b8be6" w:customStyle="1">
-    <w:name w:val="Normal Table_27655a2b-3318-48c8-88a3-a6b0590b8be6"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e70a713-1864-4e37-b02a-1d4cf1332e2d" w:customStyle="1">
+    <w:name w:val="Normal Table_1e70a713-1864-4e37-b02a-1d4cf1332e2d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ebfa03c6-d255-4fbf-9d29-4f882714c58d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_27655a2b-3318-48c8-88a3-a6b0590b8be6"/>
+  <w:style w:type="table" w:styleId="TableGrid_463071c3-3c77-4fc4-a45c-b094a7404e6c" w:customStyle="1">
+    <w:name w:val="Table Grid_463071c3-3c77-4fc4-a45c-b094a7404e6c"/>
+    <w:basedOn w:val="NormalTable_1e70a713-1864-4e37-b02a-1d4cf1332e2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bcc56c43-ae9d-453b-839b-352ece2058e3" w:customStyle="1">
-    <w:name w:val="Normal Table_bcc56c43-ae9d-453b-839b-352ece2058e3"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f589d95-7005-45d8-9af0-c776b462a981" w:customStyle="1">
+    <w:name w:val="Normal Table_3f589d95-7005-45d8-9af0-c776b462a981"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_622691ad-4c0a-4924-90e6-4f8e2d2ded70" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bcc56c43-ae9d-453b-839b-352ece2058e3"/>
+  <w:style w:type="table" w:styleId="TableGrid_403c3d1e-139d-4a07-b3fa-674adf2a5be4" w:customStyle="1">
+    <w:name w:val="Table Grid_403c3d1e-139d-4a07-b3fa-674adf2a5be4"/>
+    <w:basedOn w:val="NormalTable_3f589d95-7005-45d8-9af0-c776b462a981"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3ef029fe-3e3b-45b0-961f-bd360e25950e" w:customStyle="1">
-    <w:name w:val="Normal Table_3ef029fe-3e3b-45b0-961f-bd360e25950e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1401b81-6bb5-47b1-9b33-861b862940a9" w:customStyle="1">
+    <w:name w:val="Normal Table_c1401b81-6bb5-47b1-9b33-861b862940a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba0f7170-adb7-4f0c-b13c-b2f7b61d327f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3ef029fe-3e3b-45b0-961f-bd360e25950e"/>
+  <w:style w:type="table" w:styleId="TableGrid_e815ded7-a7a2-426c-b14d-99c6b6c651eb" w:customStyle="1">
+    <w:name w:val="Table Grid_e815ded7-a7a2-426c-b14d-99c6b6c651eb"/>
+    <w:basedOn w:val="NormalTable_c1401b81-6bb5-47b1-9b33-861b862940a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_787260b0-ed00-4529-8edf-8dceb57cc341" w:customStyle="1">
-    <w:name w:val="Normal Table_787260b0-ed00-4529-8edf-8dceb57cc341"/>
+  <w:style w:type="table" w:styleId="NormalTable_5eea9398-8f95-4d99-843d-46c2a62811a2" w:customStyle="1">
+    <w:name w:val="Normal Table_5eea9398-8f95-4d99-843d-46c2a62811a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18ec686d-2b74-40a4-be9a-c42a9173ee15" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_787260b0-ed00-4529-8edf-8dceb57cc341"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee5a8384-5efb-423f-b950-57c9a7ae7406" w:customStyle="1">
+    <w:name w:val="Table Grid_ee5a8384-5efb-423f-b950-57c9a7ae7406"/>
+    <w:basedOn w:val="NormalTable_5eea9398-8f95-4d99-843d-46c2a62811a2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e37c426b-5d7e-4ab8-9cf8-f991703c8e7f" w:customStyle="1">
-    <w:name w:val="Normal Table_e37c426b-5d7e-4ab8-9cf8-f991703c8e7f"/>
+  <w:style w:type="table" w:styleId="NormalTable_5fed1e11-91d6-4e20-9d52-8e01cc913c6b" w:customStyle="1">
+    <w:name w:val="Normal Table_5fed1e11-91d6-4e20-9d52-8e01cc913c6b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_245ae87d-e0a6-47bb-b67c-e0257904f922" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e37c426b-5d7e-4ab8-9cf8-f991703c8e7f"/>
+  <w:style w:type="table" w:styleId="TableGrid_6a7543a6-7927-40ca-9e37-13d8a63ba2b5" w:customStyle="1">
+    <w:name w:val="Table Grid_6a7543a6-7927-40ca-9e37-13d8a63ba2b5"/>
+    <w:basedOn w:val="NormalTable_5fed1e11-91d6-4e20-9d52-8e01cc913c6b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a051683a-991d-4679-b6d2-5a912be7c05b" w:customStyle="1">
-    <w:name w:val="Normal Table_a051683a-991d-4679-b6d2-5a912be7c05b"/>
+  <w:style w:type="table" w:styleId="NormalTable_17405276-a96b-48f2-b8aa-1fb81a83b7c3" w:customStyle="1">
+    <w:name w:val="Normal Table_17405276-a96b-48f2-b8aa-1fb81a83b7c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_efd790bc-fb95-466b-a4a6-42cd9e76cc74" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a051683a-991d-4679-b6d2-5a912be7c05b"/>
+  <w:style w:type="table" w:styleId="TableGrid_705a7dba-5537-4e50-9136-4ece79cc12ee" w:customStyle="1">
+    <w:name w:val="Table Grid_705a7dba-5537-4e50-9136-4ece79cc12ee"/>
+    <w:basedOn w:val="NormalTable_17405276-a96b-48f2-b8aa-1fb81a83b7c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_11ce7f38-b2b6-4f7c-bbaf-cdee035c37f7" w:customStyle="1">
-    <w:name w:val="Normal Table_11ce7f38-b2b6-4f7c-bbaf-cdee035c37f7"/>
+  <w:style w:type="table" w:styleId="NormalTable_3bbfdfb7-1a85-4d6a-aa9f-f0293a2c44cd" w:customStyle="1">
+    <w:name w:val="Normal Table_3bbfdfb7-1a85-4d6a-aa9f-f0293a2c44cd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cbc871e5-18c0-452d-b768-d3a75e14cbb3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_11ce7f38-b2b6-4f7c-bbaf-cdee035c37f7"/>
+  <w:style w:type="table" w:styleId="TableGrid_2a6eca24-eebc-4956-bf77-5a5ceb59d1d2" w:customStyle="1">
+    <w:name w:val="Table Grid_2a6eca24-eebc-4956-bf77-5a5ceb59d1d2"/>
+    <w:basedOn w:val="NormalTable_3bbfdfb7-1a85-4d6a-aa9f-f0293a2c44cd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1a51fad2-6e4d-48f4-b1b5-75091804129a" w:customStyle="1">
-    <w:name w:val="Normal Table_1a51fad2-6e4d-48f4-b1b5-75091804129a"/>
+  <w:style w:type="table" w:styleId="NormalTable_a912ab28-e699-44e9-bd8d-c2bd11d761dc" w:customStyle="1">
+    <w:name w:val="Normal Table_a912ab28-e699-44e9-bd8d-c2bd11d761dc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b1044f72-38f1-476a-8cd2-5e71de7ec108" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1a51fad2-6e4d-48f4-b1b5-75091804129a"/>
+  <w:style w:type="table" w:styleId="TableGrid_18525857-aaaa-404a-821c-2edd474eb3d0" w:customStyle="1">
+    <w:name w:val="Table Grid_18525857-aaaa-404a-821c-2edd474eb3d0"/>
+    <w:basedOn w:val="NormalTable_a912ab28-e699-44e9-bd8d-c2bd11d761dc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_758f1c10-9962-430a-89d1-f6142e801649" w:customStyle="1">
-    <w:name w:val="Normal Table_758f1c10-9962-430a-89d1-f6142e801649"/>
+  <w:style w:type="table" w:styleId="NormalTable_75286fc2-d2dc-4bea-9d65-07ece8981a81" w:customStyle="1">
+    <w:name w:val="Normal Table_75286fc2-d2dc-4bea-9d65-07ece8981a81"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f409a0bf-2323-40f6-a57b-da0dc2df1398" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_758f1c10-9962-430a-89d1-f6142e801649"/>
+  <w:style w:type="table" w:styleId="TableGrid_d3fa7d35-a3c0-49e1-b8dc-b56e9927ad44" w:customStyle="1">
+    <w:name w:val="Table Grid_d3fa7d35-a3c0-49e1-b8dc-b56e9927ad44"/>
+    <w:basedOn w:val="NormalTable_75286fc2-d2dc-4bea-9d65-07ece8981a81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0b64f346-2b43-4dee-89bc-4509aa21d70e" w:customStyle="1">
-    <w:name w:val="Normal Table_0b64f346-2b43-4dee-89bc-4509aa21d70e"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee368872-f8d1-4a7f-9eb7-41f456b5c27a" w:customStyle="1">
+    <w:name w:val="Normal Table_ee368872-f8d1-4a7f-9eb7-41f456b5c27a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_52665a41-8eb4-40b6-8734-e71084fab95d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0b64f346-2b43-4dee-89bc-4509aa21d70e"/>
+  <w:style w:type="table" w:styleId="TableGrid_244a76b3-5416-4ea1-9fff-eb3a642677bc" w:customStyle="1">
+    <w:name w:val="Table Grid_244a76b3-5416-4ea1-9fff-eb3a642677bc"/>
+    <w:basedOn w:val="NormalTable_ee368872-f8d1-4a7f-9eb7-41f456b5c27a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0bc0a324-bc85-4a0e-a2a2-b203266628ea" w:customStyle="1">
-    <w:name w:val="Normal Table_0bc0a324-bc85-4a0e-a2a2-b203266628ea"/>
+  <w:style w:type="table" w:styleId="NormalTable_6232db63-62fb-4fe6-bd01-586ba9ed660c" w:customStyle="1">
+    <w:name w:val="Normal Table_6232db63-62fb-4fe6-bd01-586ba9ed660c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_821640bc-a945-4b8b-b638-f553014df05d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0bc0a324-bc85-4a0e-a2a2-b203266628ea"/>
+  <w:style w:type="table" w:styleId="TableGrid_9b666d09-d150-44c7-8afe-6170789b41fc" w:customStyle="1">
+    <w:name w:val="Table Grid_9b666d09-d150-44c7-8afe-6170789b41fc"/>
+    <w:basedOn w:val="NormalTable_6232db63-62fb-4fe6-bd01-586ba9ed660c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e177a377-f144-4b5e-ba7e-981373e1a06e" w:customStyle="1">
-    <w:name w:val="Normal Table_e177a377-f144-4b5e-ba7e-981373e1a06e"/>
+  <w:style w:type="table" w:styleId="NormalTable_0df66f53-ac2f-4c78-84ac-c6c0d7687326" w:customStyle="1">
+    <w:name w:val="Normal Table_0df66f53-ac2f-4c78-84ac-c6c0d7687326"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5d27f207-9251-4b86-89df-b848f08c96eb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e177a377-f144-4b5e-ba7e-981373e1a06e"/>
+  <w:style w:type="table" w:styleId="TableGrid_e44ce2e1-04fb-4a18-b906-a6242fa91c01" w:customStyle="1">
+    <w:name w:val="Table Grid_e44ce2e1-04fb-4a18-b906-a6242fa91c01"/>
+    <w:basedOn w:val="NormalTable_0df66f53-ac2f-4c78-84ac-c6c0d7687326"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3725acd8-5580-469b-a3b7-db099b6c0f0b" w:customStyle="1">
-    <w:name w:val="Normal Table_3725acd8-5580-469b-a3b7-db099b6c0f0b"/>
+  <w:style w:type="table" w:styleId="NormalTable_bd2254a0-462b-4689-b81e-e5eb5851f5e1" w:customStyle="1">
+    <w:name w:val="Normal Table_bd2254a0-462b-4689-b81e-e5eb5851f5e1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bd9d50e4-c8f6-4906-8618-0e35fc135d8b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3725acd8-5580-469b-a3b7-db099b6c0f0b"/>
+  <w:style w:type="table" w:styleId="TableGrid_7898d189-853c-4153-a8b5-622734ed2ac3" w:customStyle="1">
+    <w:name w:val="Table Grid_7898d189-853c-4153-a8b5-622734ed2ac3"/>
+    <w:basedOn w:val="NormalTable_bd2254a0-462b-4689-b81e-e5eb5851f5e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_34d66dae-3223-4a4f-bbba-04e8f3e9ef7d" w:customStyle="1">
-    <w:name w:val="Normal Table_34d66dae-3223-4a4f-bbba-04e8f3e9ef7d"/>
+  <w:style w:type="table" w:styleId="NormalTable_134dfccd-eef9-4649-90bf-dc2a23ba1abe" w:customStyle="1">
+    <w:name w:val="Normal Table_134dfccd-eef9-4649-90bf-dc2a23ba1abe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_19c23dc1-dcc4-4347-bacf-85f7b393fdbc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_34d66dae-3223-4a4f-bbba-04e8f3e9ef7d"/>
+  <w:style w:type="table" w:styleId="TableGrid_1c50b241-728e-4c7b-9ac7-b551e308b21c" w:customStyle="1">
+    <w:name w:val="Table Grid_1c50b241-728e-4c7b-9ac7-b551e308b21c"/>
+    <w:basedOn w:val="NormalTable_134dfccd-eef9-4649-90bf-dc2a23ba1abe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e51c2d9a-7e40-445f-a234-5cf1d837c6bb" w:customStyle="1">
-    <w:name w:val="Normal Table_e51c2d9a-7e40-445f-a234-5cf1d837c6bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_90eb6b9f-3b3e-4443-b8d4-7c07320ee6ac" w:customStyle="1">
+    <w:name w:val="Normal Table_90eb6b9f-3b3e-4443-b8d4-7c07320ee6ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86e96dee-1a75-453a-bf31-6948de2d72ef" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e51c2d9a-7e40-445f-a234-5cf1d837c6bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_cbbc6958-084e-46ea-9678-f1e2ec28ea54" w:customStyle="1">
+    <w:name w:val="Table Grid_cbbc6958-084e-46ea-9678-f1e2ec28ea54"/>
+    <w:basedOn w:val="NormalTable_90eb6b9f-3b3e-4443-b8d4-7c07320ee6ac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dfdef3c2-2738-4025-9b1d-4b3408456d03" w:customStyle="1">
-    <w:name w:val="Normal Table_dfdef3c2-2738-4025-9b1d-4b3408456d03"/>
+  <w:style w:type="table" w:styleId="NormalTable_7faf99df-5521-434f-9cc6-5a7e747d05c4" w:customStyle="1">
+    <w:name w:val="Normal Table_7faf99df-5521-434f-9cc6-5a7e747d05c4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d72df04d-b5ca-4965-b6a5-a0ba2898dfd2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dfdef3c2-2738-4025-9b1d-4b3408456d03"/>
+  <w:style w:type="table" w:styleId="TableGrid_3c2d46ec-79e1-48d0-9dc9-6b4d64a7b00c" w:customStyle="1">
+    <w:name w:val="Table Grid_3c2d46ec-79e1-48d0-9dc9-6b4d64a7b00c"/>
+    <w:basedOn w:val="NormalTable_7faf99df-5521-434f-9cc6-5a7e747d05c4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1411d20b-eefc-4a37-8a39-3b4c7a7d501b" w:customStyle="1">
-    <w:name w:val="Normal Table_1411d20b-eefc-4a37-8a39-3b4c7a7d501b"/>
+  <w:style w:type="table" w:styleId="NormalTable_0453fd02-44f4-4fcc-b5f6-ee3d0803fe7a" w:customStyle="1">
+    <w:name w:val="Normal Table_0453fd02-44f4-4fcc-b5f6-ee3d0803fe7a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8944b9b4-358a-4c07-bdac-c195a55d7a3c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1411d20b-eefc-4a37-8a39-3b4c7a7d501b"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc418bcd-3afe-4f87-beb3-e10121828ae1" w:customStyle="1">
+    <w:name w:val="Table Grid_fc418bcd-3afe-4f87-beb3-e10121828ae1"/>
+    <w:basedOn w:val="NormalTable_0453fd02-44f4-4fcc-b5f6-ee3d0803fe7a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fb34ef54-f127-499c-bebe-3dad2f088e26" w:customStyle="1">
-    <w:name w:val="Normal Table_fb34ef54-f127-499c-bebe-3dad2f088e26"/>
+  <w:style w:type="table" w:styleId="NormalTable_6b337875-0842-4f90-b0e3-a030f5c007f5" w:customStyle="1">
+    <w:name w:val="Normal Table_6b337875-0842-4f90-b0e3-a030f5c007f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_247eb717-99f2-412e-9651-ee38e015add4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fb34ef54-f127-499c-bebe-3dad2f088e26"/>
+  <w:style w:type="table" w:styleId="TableGrid_1ef1d74f-267a-486d-81df-0156a46c967e" w:customStyle="1">
+    <w:name w:val="Table Grid_1ef1d74f-267a-486d-81df-0156a46c967e"/>
+    <w:basedOn w:val="NormalTable_6b337875-0842-4f90-b0e3-a030f5c007f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_130339ef-eb6f-4a84-85a6-7118c2fa0637" w:customStyle="1">
-    <w:name w:val="Normal Table_130339ef-eb6f-4a84-85a6-7118c2fa0637"/>
+  <w:style w:type="table" w:styleId="NormalTable_30af62c3-2611-4a74-a3d0-15c23443bba3" w:customStyle="1">
+    <w:name w:val="Normal Table_30af62c3-2611-4a74-a3d0-15c23443bba3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d7fec4e8-93d5-4fc0-9e4f-c692d2afc380" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_130339ef-eb6f-4a84-85a6-7118c2fa0637"/>
+  <w:style w:type="table" w:styleId="TableGrid_d24e4f39-86ab-4456-958d-082ed8a8fc4a" w:customStyle="1">
+    <w:name w:val="Table Grid_d24e4f39-86ab-4456-958d-082ed8a8fc4a"/>
+    <w:basedOn w:val="NormalTable_30af62c3-2611-4a74-a3d0-15c23443bba3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f9ae755-3519-4a1f-a7e8-9748cc1e99d1" w:customStyle="1">
-    <w:name w:val="Normal Table_2f9ae755-3519-4a1f-a7e8-9748cc1e99d1"/>
+  <w:style w:type="table" w:styleId="NormalTable_a93a4484-ea5e-473b-aa6b-b1d856ce214f" w:customStyle="1">
+    <w:name w:val="Normal Table_a93a4484-ea5e-473b-aa6b-b1d856ce214f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1bd03c96-5cee-46cc-a2ee-47ffe1eb6157" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f9ae755-3519-4a1f-a7e8-9748cc1e99d1"/>
+  <w:style w:type="table" w:styleId="TableGrid_e0c2c852-5be6-49e6-8086-89bdae015af0" w:customStyle="1">
+    <w:name w:val="Table Grid_e0c2c852-5be6-49e6-8086-89bdae015af0"/>
+    <w:basedOn w:val="NormalTable_a93a4484-ea5e-473b-aa6b-b1d856ce214f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b688c1b2-7489-4acc-b2c6-18d146c2867c" w:customStyle="1">
-    <w:name w:val="Normal Table_b688c1b2-7489-4acc-b2c6-18d146c2867c"/>
+  <w:style w:type="table" w:styleId="NormalTable_813bdcd6-3f80-46f1-bf7b-4e5592a86071" w:customStyle="1">
+    <w:name w:val="Normal Table_813bdcd6-3f80-46f1-bf7b-4e5592a86071"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eede1f53-5a76-410d-88d8-57b024b5645f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b688c1b2-7489-4acc-b2c6-18d146c2867c"/>
+  <w:style w:type="table" w:styleId="TableGrid_6c491a96-3b5d-4cc7-bd18-7f1e2ea870a7" w:customStyle="1">
+    <w:name w:val="Table Grid_6c491a96-3b5d-4cc7-bd18-7f1e2ea870a7"/>
+    <w:basedOn w:val="NormalTable_813bdcd6-3f80-46f1-bf7b-4e5592a86071"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0c8cde1d-7323-4d05-a68a-7e89646a90d0" w:customStyle="1">
-    <w:name w:val="Normal Table_0c8cde1d-7323-4d05-a68a-7e89646a90d0"/>
+  <w:style w:type="table" w:styleId="NormalTable_5e42c1a4-d530-4630-8c02-7d5c93d0bbec" w:customStyle="1">
+    <w:name w:val="Normal Table_5e42c1a4-d530-4630-8c02-7d5c93d0bbec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86e39566-a5fd-4964-8386-9db0175b8682" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0c8cde1d-7323-4d05-a68a-7e89646a90d0"/>
+  <w:style w:type="table" w:styleId="TableGrid_ca8541f6-544f-4818-88cb-8d8f9431c0fa" w:customStyle="1">
+    <w:name w:val="Table Grid_ca8541f6-544f-4818-88cb-8d8f9431c0fa"/>
+    <w:basedOn w:val="NormalTable_5e42c1a4-d530-4630-8c02-7d5c93d0bbec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>