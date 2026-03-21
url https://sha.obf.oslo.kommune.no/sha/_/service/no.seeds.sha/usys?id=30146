--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -21288,51 +21288,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_60e23607-7ec7-4a32-bb41-990ed4a9f887"/>
+      <w:tblStyle w:val="TableGrid_e8e2a7d1-0440-4d23-a1d0-09a4101c17b4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11405"/>
       <w:gridCol w:w="11405"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21343,51 +21343,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:08 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21415,51 +21415,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_18525857-aaaa-404a-821c-2edd474eb3d0"/>
+      <w:tblStyle w:val="TableGrid_c0cd95af-c38c-4aff-af3e-f42b5e72ddbb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21470,51 +21470,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:08 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21542,51 +21542,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1ef1d74f-267a-486d-81df-0156a46c967e"/>
+      <w:tblStyle w:val="TableGrid_80ba2e6f-cd14-4466-be71-0b8d4972c98a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21597,51 +21597,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:52 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:08 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21669,51 +21669,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_58f9a143-56d3-48f5-b367-61c0461120f8"/>
+      <w:tblStyle w:val="TableGrid_7adb74ce-b399-40f3-8870-02f9eb5f4963"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15305"/>
       <w:gridCol w:w="5490"/>
       <w:gridCol w:w="2015"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -21771,51 +21771,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2015"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -21828,59 +21828,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+      <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_403c3d1e-139d-4a07-b3fa-674adf2a5be4"/>
+      <w:tblStyle w:val="TableGrid_b736c46e-9e95-4b48-93b1-8647b783febb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14827"/>
       <w:gridCol w:w="7983"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21891,51 +21891,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14827"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d6cba4a3-0a0c-42c2-b4f7-578443bd2d79"/>
+            <w:tblStyle w:val="TableGrid_87ff25c7-eaf6-451d-9233-ff9a4a353b87"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22036,72 +22036,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7983"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_463071c3-3c77-4fc4-a45c-b094a7404e6c"/>
+            <w:tblStyle w:val="TableGrid_2ed227d0-d45f-4ad4-bd88-d43c1675a614"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22202,75 +22202,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+      <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d3fa7d35-a3c0-49e1-b8dc-b56e9927ad44"/>
+      <w:tblStyle w:val="TableGrid_a48f44d0-2e35-426a-9eae-a6d097fa6e5a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -22328,51 +22328,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -22385,59 +22385,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+      <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e44ce2e1-04fb-4a18-b906-a6242fa91c01"/>
+      <w:tblStyle w:val="TableGrid_536ae21f-d155-42bc-93bf-bb7a645d39de"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22448,51 +22448,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_244a76b3-5416-4ea1-9fff-eb3a642677bc"/>
+            <w:tblStyle w:val="TableGrid_49392693-481f-4a08-9b20-5ed5a9bc19a5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22593,72 +22593,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9b666d09-d150-44c7-8afe-6170789b41fc"/>
+            <w:tblStyle w:val="TableGrid_fa594eab-b02e-46a3-af33-23c976f6a0f2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22759,75 +22759,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+      <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d24e4f39-86ab-4456-958d-082ed8a8fc4a"/>
+      <w:tblStyle w:val="TableGrid_a3d94109-1837-4591-8002-0cdf984e5e0a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -22885,51 +22885,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -22942,59 +22942,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+      <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ca8541f6-544f-4818-88cb-8d8f9431c0fa"/>
+      <w:tblStyle w:val="TableGrid_72a27ec0-41d5-4cfb-9926-4952f4b0ddfc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23005,51 +23005,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e0c2c852-5be6-49e6-8086-89bdae015af0"/>
+            <w:tblStyle w:val="TableGrid_aa668e3d-02a7-49d4-baca-786e61b6dd46"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23150,72 +23150,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6c491a96-3b5d-4cc7-bd18-7f1e2ea870a7"/>
+            <w:tblStyle w:val="TableGrid_0c675689-b1d9-472b-ae2f-c83f4b5254c8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23316,62 +23316,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+            <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+      <w:pStyle w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -25053,1729 +25053,1729 @@
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb" w:customStyle="1">
-    <w:name w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+  <w:style w:type="paragraph" w:styleId="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62" w:customStyle="1">
+    <w:name w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+    <w:basedOn w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7ad6886d-4371-486f-9b16-c34228a3745e" w:customStyle="1">
-    <w:name w:val="Normal Table_7ad6886d-4371-486f-9b16-c34228a3745e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f25456c9-0fca-4ec8-8aab-aea9605deb3d" w:customStyle="1">
+    <w:name w:val="Normal Table_f25456c9-0fca-4ec8-8aab-aea9605deb3d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_36bd21ca-52df-4b20-8392-30884521a048" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7ad6886d-4371-486f-9b16-c34228a3745e"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f971b09-615c-46ef-8d43-2cc51a2cafff" w:customStyle="1">
+    <w:name w:val="Table Grid_2f971b09-615c-46ef-8d43-2cc51a2cafff"/>
+    <w:basedOn w:val="NormalTable_f25456c9-0fca-4ec8-8aab-aea9605deb3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+    <w:basedOn w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_667765f7-5d61-4f3c-a569-657eebddb0eb"/>
+    <w:basedOn w:val="Normal_b10efc77-afa4-4a63-ad71-e24edf03ea62"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d149222f-e0a6-4faa-97e8-8b42b978333c" w:customStyle="1">
-    <w:name w:val="Normal Table_d149222f-e0a6-4faa-97e8-8b42b978333c"/>
+  <w:style w:type="table" w:styleId="NormalTable_3a5b0978-84ff-44a4-b484-495653dd07ec" w:customStyle="1">
+    <w:name w:val="Normal Table_3a5b0978-84ff-44a4-b484-495653dd07ec"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f428f464-f43c-4b7c-8d2f-4995b518c02b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d149222f-e0a6-4faa-97e8-8b42b978333c"/>
+  <w:style w:type="table" w:styleId="TableGrid_4db7890f-33b3-4816-8dfe-61acf7f22bbe" w:customStyle="1">
+    <w:name w:val="Table Grid_4db7890f-33b3-4816-8dfe-61acf7f22bbe"/>
+    <w:basedOn w:val="NormalTable_3a5b0978-84ff-44a4-b484-495653dd07ec"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_66a34cdc-1f2b-452c-b92e-690afd67a631" w:customStyle="1">
-    <w:name w:val="Normal Table_66a34cdc-1f2b-452c-b92e-690afd67a631"/>
+  <w:style w:type="table" w:styleId="NormalTable_d5dd1444-09fb-4023-be25-fad11cc09286" w:customStyle="1">
+    <w:name w:val="Normal Table_d5dd1444-09fb-4023-be25-fad11cc09286"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f7dc74e1-87b7-4639-972c-5136f82d48cb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_66a34cdc-1f2b-452c-b92e-690afd67a631"/>
+  <w:style w:type="table" w:styleId="TableGrid_bc78b764-fb7c-48f1-9c68-74c861195ac1" w:customStyle="1">
+    <w:name w:val="Table Grid_bc78b764-fb7c-48f1-9c68-74c861195ac1"/>
+    <w:basedOn w:val="NormalTable_d5dd1444-09fb-4023-be25-fad11cc09286"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3c870d02-6842-4b7a-8fdb-438ca27fca28" w:customStyle="1">
-    <w:name w:val="Normal Table_3c870d02-6842-4b7a-8fdb-438ca27fca28"/>
+  <w:style w:type="table" w:styleId="NormalTable_b0684033-ebdb-494e-a889-a89ebcf2705d" w:customStyle="1">
+    <w:name w:val="Normal Table_b0684033-ebdb-494e-a889-a89ebcf2705d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc23781a-7bdb-4f8b-8cbf-1d053098c001" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3c870d02-6842-4b7a-8fdb-438ca27fca28"/>
+  <w:style w:type="table" w:styleId="TableGrid_ee367684-a7b3-4596-992f-5cfc57cae5b7" w:customStyle="1">
+    <w:name w:val="Table Grid_ee367684-a7b3-4596-992f-5cfc57cae5b7"/>
+    <w:basedOn w:val="NormalTable_b0684033-ebdb-494e-a889-a89ebcf2705d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b413dbb6-067f-4a3f-9282-84f0e85d0163" w:customStyle="1">
-    <w:name w:val="Normal Table_b413dbb6-067f-4a3f-9282-84f0e85d0163"/>
+  <w:style w:type="table" w:styleId="NormalTable_a88e71fc-7fa2-4185-930b-f96c7fd56bf1" w:customStyle="1">
+    <w:name w:val="Normal Table_a88e71fc-7fa2-4185-930b-f96c7fd56bf1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_81f8519e-d20e-461b-b981-52e117c02b73" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b413dbb6-067f-4a3f-9282-84f0e85d0163"/>
+  <w:style w:type="table" w:styleId="TableGrid_2e3efe7d-a40f-440f-82c3-5bfc5d0be83d" w:customStyle="1">
+    <w:name w:val="Table Grid_2e3efe7d-a40f-440f-82c3-5bfc5d0be83d"/>
+    <w:basedOn w:val="NormalTable_a88e71fc-7fa2-4185-930b-f96c7fd56bf1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_935bb584-46bc-4cb1-a6bb-cc87963ddd6e" w:customStyle="1">
-    <w:name w:val="Normal Table_935bb584-46bc-4cb1-a6bb-cc87963ddd6e"/>
+  <w:style w:type="table" w:styleId="NormalTable_650a6273-7546-4046-9e9c-4e021aea9a5a" w:customStyle="1">
+    <w:name w:val="Normal Table_650a6273-7546-4046-9e9c-4e021aea9a5a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_60e23607-7ec7-4a32-bb41-990ed4a9f887" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_935bb584-46bc-4cb1-a6bb-cc87963ddd6e"/>
+  <w:style w:type="table" w:styleId="TableGrid_e8e2a7d1-0440-4d23-a1d0-09a4101c17b4" w:customStyle="1">
+    <w:name w:val="Table Grid_e8e2a7d1-0440-4d23-a1d0-09a4101c17b4"/>
+    <w:basedOn w:val="NormalTable_650a6273-7546-4046-9e9c-4e021aea9a5a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7b511f18-0f6f-4750-9574-2316e845a8de" w:customStyle="1">
-    <w:name w:val="Normal Table_7b511f18-0f6f-4750-9574-2316e845a8de"/>
+  <w:style w:type="table" w:styleId="NormalTable_25aca634-bf98-41e7-8a4d-6c1c98ef121d" w:customStyle="1">
+    <w:name w:val="Normal Table_25aca634-bf98-41e7-8a4d-6c1c98ef121d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_58f9a143-56d3-48f5-b367-61c0461120f8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7b511f18-0f6f-4750-9574-2316e845a8de"/>
+  <w:style w:type="table" w:styleId="TableGrid_7adb74ce-b399-40f3-8870-02f9eb5f4963" w:customStyle="1">
+    <w:name w:val="Table Grid_7adb74ce-b399-40f3-8870-02f9eb5f4963"/>
+    <w:basedOn w:val="NormalTable_25aca634-bf98-41e7-8a4d-6c1c98ef121d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_85c9c72f-26e3-42f9-897a-faf88a85f145" w:customStyle="1">
-    <w:name w:val="Normal Table_85c9c72f-26e3-42f9-897a-faf88a85f145"/>
+  <w:style w:type="table" w:styleId="NormalTable_966f464a-ebc6-496b-8d2f-9b5609b7cc8f" w:customStyle="1">
+    <w:name w:val="Normal Table_966f464a-ebc6-496b-8d2f-9b5609b7cc8f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d6cba4a3-0a0c-42c2-b4f7-578443bd2d79" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_85c9c72f-26e3-42f9-897a-faf88a85f145"/>
+  <w:style w:type="table" w:styleId="TableGrid_87ff25c7-eaf6-451d-9233-ff9a4a353b87" w:customStyle="1">
+    <w:name w:val="Table Grid_87ff25c7-eaf6-451d-9233-ff9a4a353b87"/>
+    <w:basedOn w:val="NormalTable_966f464a-ebc6-496b-8d2f-9b5609b7cc8f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1e70a713-1864-4e37-b02a-1d4cf1332e2d" w:customStyle="1">
-    <w:name w:val="Normal Table_1e70a713-1864-4e37-b02a-1d4cf1332e2d"/>
+  <w:style w:type="table" w:styleId="NormalTable_5d85b60d-4014-4664-b2ff-843ed2fe9330" w:customStyle="1">
+    <w:name w:val="Normal Table_5d85b60d-4014-4664-b2ff-843ed2fe9330"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_463071c3-3c77-4fc4-a45c-b094a7404e6c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1e70a713-1864-4e37-b02a-1d4cf1332e2d"/>
+  <w:style w:type="table" w:styleId="TableGrid_2ed227d0-d45f-4ad4-bd88-d43c1675a614" w:customStyle="1">
+    <w:name w:val="Table Grid_2ed227d0-d45f-4ad4-bd88-d43c1675a614"/>
+    <w:basedOn w:val="NormalTable_5d85b60d-4014-4664-b2ff-843ed2fe9330"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3f589d95-7005-45d8-9af0-c776b462a981" w:customStyle="1">
-    <w:name w:val="Normal Table_3f589d95-7005-45d8-9af0-c776b462a981"/>
+  <w:style w:type="table" w:styleId="NormalTable_cbdc666e-e7f5-4aae-bd80-89875ac24538" w:customStyle="1">
+    <w:name w:val="Normal Table_cbdc666e-e7f5-4aae-bd80-89875ac24538"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_403c3d1e-139d-4a07-b3fa-674adf2a5be4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3f589d95-7005-45d8-9af0-c776b462a981"/>
+  <w:style w:type="table" w:styleId="TableGrid_b736c46e-9e95-4b48-93b1-8647b783febb" w:customStyle="1">
+    <w:name w:val="Table Grid_b736c46e-9e95-4b48-93b1-8647b783febb"/>
+    <w:basedOn w:val="NormalTable_cbdc666e-e7f5-4aae-bd80-89875ac24538"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c1401b81-6bb5-47b1-9b33-861b862940a9" w:customStyle="1">
-    <w:name w:val="Normal Table_c1401b81-6bb5-47b1-9b33-861b862940a9"/>
+  <w:style w:type="table" w:styleId="NormalTable_f2d6f82a-7e58-4764-b420-5700b06f4fa9" w:customStyle="1">
+    <w:name w:val="Normal Table_f2d6f82a-7e58-4764-b420-5700b06f4fa9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e815ded7-a7a2-426c-b14d-99c6b6c651eb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c1401b81-6bb5-47b1-9b33-861b862940a9"/>
+  <w:style w:type="table" w:styleId="TableGrid_f42ac317-c1bf-4f9f-9bfc-820a4fbbf6b2" w:customStyle="1">
+    <w:name w:val="Table Grid_f42ac317-c1bf-4f9f-9bfc-820a4fbbf6b2"/>
+    <w:basedOn w:val="NormalTable_f2d6f82a-7e58-4764-b420-5700b06f4fa9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5eea9398-8f95-4d99-843d-46c2a62811a2" w:customStyle="1">
-    <w:name w:val="Normal Table_5eea9398-8f95-4d99-843d-46c2a62811a2"/>
+  <w:style w:type="table" w:styleId="NormalTable_0bb136ad-6d7e-4c9b-8481-a7d08e841c48" w:customStyle="1">
+    <w:name w:val="Normal Table_0bb136ad-6d7e-4c9b-8481-a7d08e841c48"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ee5a8384-5efb-423f-b950-57c9a7ae7406" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5eea9398-8f95-4d99-843d-46c2a62811a2"/>
+  <w:style w:type="table" w:styleId="TableGrid_1f815eb9-1aa9-4e1d-afed-25e005d34ea0" w:customStyle="1">
+    <w:name w:val="Table Grid_1f815eb9-1aa9-4e1d-afed-25e005d34ea0"/>
+    <w:basedOn w:val="NormalTable_0bb136ad-6d7e-4c9b-8481-a7d08e841c48"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5fed1e11-91d6-4e20-9d52-8e01cc913c6b" w:customStyle="1">
-    <w:name w:val="Normal Table_5fed1e11-91d6-4e20-9d52-8e01cc913c6b"/>
+  <w:style w:type="table" w:styleId="NormalTable_5ddc0e39-6645-478d-bef7-229390acfc50" w:customStyle="1">
+    <w:name w:val="Normal Table_5ddc0e39-6645-478d-bef7-229390acfc50"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6a7543a6-7927-40ca-9e37-13d8a63ba2b5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5fed1e11-91d6-4e20-9d52-8e01cc913c6b"/>
+  <w:style w:type="table" w:styleId="TableGrid_fbfae34d-9a3a-4979-a574-d319717a5bd4" w:customStyle="1">
+    <w:name w:val="Table Grid_fbfae34d-9a3a-4979-a574-d319717a5bd4"/>
+    <w:basedOn w:val="NormalTable_5ddc0e39-6645-478d-bef7-229390acfc50"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_17405276-a96b-48f2-b8aa-1fb81a83b7c3" w:customStyle="1">
-    <w:name w:val="Normal Table_17405276-a96b-48f2-b8aa-1fb81a83b7c3"/>
+  <w:style w:type="table" w:styleId="NormalTable_63480276-38ba-4b68-a8cd-d0873c7f0fa1" w:customStyle="1">
+    <w:name w:val="Normal Table_63480276-38ba-4b68-a8cd-d0873c7f0fa1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_705a7dba-5537-4e50-9136-4ece79cc12ee" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_17405276-a96b-48f2-b8aa-1fb81a83b7c3"/>
+  <w:style w:type="table" w:styleId="TableGrid_c1a31f70-87cb-4c8f-b59f-929d7965724f" w:customStyle="1">
+    <w:name w:val="Table Grid_c1a31f70-87cb-4c8f-b59f-929d7965724f"/>
+    <w:basedOn w:val="NormalTable_63480276-38ba-4b68-a8cd-d0873c7f0fa1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3bbfdfb7-1a85-4d6a-aa9f-f0293a2c44cd" w:customStyle="1">
-    <w:name w:val="Normal Table_3bbfdfb7-1a85-4d6a-aa9f-f0293a2c44cd"/>
+  <w:style w:type="table" w:styleId="NormalTable_857a1bf1-eba7-4e3a-87ce-c1b94dbfe34a" w:customStyle="1">
+    <w:name w:val="Normal Table_857a1bf1-eba7-4e3a-87ce-c1b94dbfe34a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2a6eca24-eebc-4956-bf77-5a5ceb59d1d2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3bbfdfb7-1a85-4d6a-aa9f-f0293a2c44cd"/>
+  <w:style w:type="table" w:styleId="TableGrid_b33ddea9-0fb5-4b47-a525-8e1de469e72c" w:customStyle="1">
+    <w:name w:val="Table Grid_b33ddea9-0fb5-4b47-a525-8e1de469e72c"/>
+    <w:basedOn w:val="NormalTable_857a1bf1-eba7-4e3a-87ce-c1b94dbfe34a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a912ab28-e699-44e9-bd8d-c2bd11d761dc" w:customStyle="1">
-    <w:name w:val="Normal Table_a912ab28-e699-44e9-bd8d-c2bd11d761dc"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a3ac197-9ab1-44b2-bef7-d260ef86c57d" w:customStyle="1">
+    <w:name w:val="Normal Table_7a3ac197-9ab1-44b2-bef7-d260ef86c57d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18525857-aaaa-404a-821c-2edd474eb3d0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a912ab28-e699-44e9-bd8d-c2bd11d761dc"/>
+  <w:style w:type="table" w:styleId="TableGrid_c0cd95af-c38c-4aff-af3e-f42b5e72ddbb" w:customStyle="1">
+    <w:name w:val="Table Grid_c0cd95af-c38c-4aff-af3e-f42b5e72ddbb"/>
+    <w:basedOn w:val="NormalTable_7a3ac197-9ab1-44b2-bef7-d260ef86c57d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_75286fc2-d2dc-4bea-9d65-07ece8981a81" w:customStyle="1">
-    <w:name w:val="Normal Table_75286fc2-d2dc-4bea-9d65-07ece8981a81"/>
+  <w:style w:type="table" w:styleId="NormalTable_e22c1078-82a9-4351-80a9-8703d055c30d" w:customStyle="1">
+    <w:name w:val="Normal Table_e22c1078-82a9-4351-80a9-8703d055c30d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d3fa7d35-a3c0-49e1-b8dc-b56e9927ad44" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_75286fc2-d2dc-4bea-9d65-07ece8981a81"/>
+  <w:style w:type="table" w:styleId="TableGrid_a48f44d0-2e35-426a-9eae-a6d097fa6e5a" w:customStyle="1">
+    <w:name w:val="Table Grid_a48f44d0-2e35-426a-9eae-a6d097fa6e5a"/>
+    <w:basedOn w:val="NormalTable_e22c1078-82a9-4351-80a9-8703d055c30d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee368872-f8d1-4a7f-9eb7-41f456b5c27a" w:customStyle="1">
-    <w:name w:val="Normal Table_ee368872-f8d1-4a7f-9eb7-41f456b5c27a"/>
+  <w:style w:type="table" w:styleId="NormalTable_02af0339-550b-4bab-b039-6ca8659cf4c1" w:customStyle="1">
+    <w:name w:val="Normal Table_02af0339-550b-4bab-b039-6ca8659cf4c1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_244a76b3-5416-4ea1-9fff-eb3a642677bc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee368872-f8d1-4a7f-9eb7-41f456b5c27a"/>
+  <w:style w:type="table" w:styleId="TableGrid_49392693-481f-4a08-9b20-5ed5a9bc19a5" w:customStyle="1">
+    <w:name w:val="Table Grid_49392693-481f-4a08-9b20-5ed5a9bc19a5"/>
+    <w:basedOn w:val="NormalTable_02af0339-550b-4bab-b039-6ca8659cf4c1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6232db63-62fb-4fe6-bd01-586ba9ed660c" w:customStyle="1">
-    <w:name w:val="Normal Table_6232db63-62fb-4fe6-bd01-586ba9ed660c"/>
+  <w:style w:type="table" w:styleId="NormalTable_39b812c3-9a3f-44e9-a2a6-e6780467f362" w:customStyle="1">
+    <w:name w:val="Normal Table_39b812c3-9a3f-44e9-a2a6-e6780467f362"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9b666d09-d150-44c7-8afe-6170789b41fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6232db63-62fb-4fe6-bd01-586ba9ed660c"/>
+  <w:style w:type="table" w:styleId="TableGrid_fa594eab-b02e-46a3-af33-23c976f6a0f2" w:customStyle="1">
+    <w:name w:val="Table Grid_fa594eab-b02e-46a3-af33-23c976f6a0f2"/>
+    <w:basedOn w:val="NormalTable_39b812c3-9a3f-44e9-a2a6-e6780467f362"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0df66f53-ac2f-4c78-84ac-c6c0d7687326" w:customStyle="1">
-    <w:name w:val="Normal Table_0df66f53-ac2f-4c78-84ac-c6c0d7687326"/>
+  <w:style w:type="table" w:styleId="NormalTable_1a930821-a347-4203-b02e-8a9f9bb939d7" w:customStyle="1">
+    <w:name w:val="Normal Table_1a930821-a347-4203-b02e-8a9f9bb939d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e44ce2e1-04fb-4a18-b906-a6242fa91c01" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0df66f53-ac2f-4c78-84ac-c6c0d7687326"/>
+  <w:style w:type="table" w:styleId="TableGrid_536ae21f-d155-42bc-93bf-bb7a645d39de" w:customStyle="1">
+    <w:name w:val="Table Grid_536ae21f-d155-42bc-93bf-bb7a645d39de"/>
+    <w:basedOn w:val="NormalTable_1a930821-a347-4203-b02e-8a9f9bb939d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bd2254a0-462b-4689-b81e-e5eb5851f5e1" w:customStyle="1">
-    <w:name w:val="Normal Table_bd2254a0-462b-4689-b81e-e5eb5851f5e1"/>
+  <w:style w:type="table" w:styleId="NormalTable_28b9c152-c14f-4b8e-b047-de142f82d18b" w:customStyle="1">
+    <w:name w:val="Normal Table_28b9c152-c14f-4b8e-b047-de142f82d18b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7898d189-853c-4153-a8b5-622734ed2ac3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bd2254a0-462b-4689-b81e-e5eb5851f5e1"/>
+  <w:style w:type="table" w:styleId="TableGrid_b5fbd4de-d19d-4584-8262-ccf7d67d20fc" w:customStyle="1">
+    <w:name w:val="Table Grid_b5fbd4de-d19d-4584-8262-ccf7d67d20fc"/>
+    <w:basedOn w:val="NormalTable_28b9c152-c14f-4b8e-b047-de142f82d18b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_134dfccd-eef9-4649-90bf-dc2a23ba1abe" w:customStyle="1">
-    <w:name w:val="Normal Table_134dfccd-eef9-4649-90bf-dc2a23ba1abe"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc0a464c-580c-41b0-92a7-c473bf4425bd" w:customStyle="1">
+    <w:name w:val="Normal Table_fc0a464c-580c-41b0-92a7-c473bf4425bd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1c50b241-728e-4c7b-9ac7-b551e308b21c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_134dfccd-eef9-4649-90bf-dc2a23ba1abe"/>
+  <w:style w:type="table" w:styleId="TableGrid_e99d77b8-e934-46aa-9cc4-546467c61384" w:customStyle="1">
+    <w:name w:val="Table Grid_e99d77b8-e934-46aa-9cc4-546467c61384"/>
+    <w:basedOn w:val="NormalTable_fc0a464c-580c-41b0-92a7-c473bf4425bd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_90eb6b9f-3b3e-4443-b8d4-7c07320ee6ac" w:customStyle="1">
-    <w:name w:val="Normal Table_90eb6b9f-3b3e-4443-b8d4-7c07320ee6ac"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ed1bf76-22e0-406a-8536-a93b58cf2275" w:customStyle="1">
+    <w:name w:val="Normal Table_2ed1bf76-22e0-406a-8536-a93b58cf2275"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cbbc6958-084e-46ea-9678-f1e2ec28ea54" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_90eb6b9f-3b3e-4443-b8d4-7c07320ee6ac"/>
+  <w:style w:type="table" w:styleId="TableGrid_57b6f547-a904-4054-8693-cc9493aa3877" w:customStyle="1">
+    <w:name w:val="Table Grid_57b6f547-a904-4054-8693-cc9493aa3877"/>
+    <w:basedOn w:val="NormalTable_2ed1bf76-22e0-406a-8536-a93b58cf2275"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7faf99df-5521-434f-9cc6-5a7e747d05c4" w:customStyle="1">
-    <w:name w:val="Normal Table_7faf99df-5521-434f-9cc6-5a7e747d05c4"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b2880c5-c03d-4d2b-a393-833cafcf41d0" w:customStyle="1">
+    <w:name w:val="Normal Table_2b2880c5-c03d-4d2b-a393-833cafcf41d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3c2d46ec-79e1-48d0-9dc9-6b4d64a7b00c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7faf99df-5521-434f-9cc6-5a7e747d05c4"/>
+  <w:style w:type="table" w:styleId="TableGrid_0f6bd31d-dff8-4c53-877b-f6748038d664" w:customStyle="1">
+    <w:name w:val="Table Grid_0f6bd31d-dff8-4c53-877b-f6748038d664"/>
+    <w:basedOn w:val="NormalTable_2b2880c5-c03d-4d2b-a393-833cafcf41d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0453fd02-44f4-4fcc-b5f6-ee3d0803fe7a" w:customStyle="1">
-    <w:name w:val="Normal Table_0453fd02-44f4-4fcc-b5f6-ee3d0803fe7a"/>
+  <w:style w:type="table" w:styleId="NormalTable_26714c62-467d-4511-941d-424531ff3f12" w:customStyle="1">
+    <w:name w:val="Normal Table_26714c62-467d-4511-941d-424531ff3f12"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc418bcd-3afe-4f87-beb3-e10121828ae1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0453fd02-44f4-4fcc-b5f6-ee3d0803fe7a"/>
+  <w:style w:type="table" w:styleId="TableGrid_0dcdfc8c-2ad3-4e52-951d-a16fb27dd265" w:customStyle="1">
+    <w:name w:val="Table Grid_0dcdfc8c-2ad3-4e52-951d-a16fb27dd265"/>
+    <w:basedOn w:val="NormalTable_26714c62-467d-4511-941d-424531ff3f12"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6b337875-0842-4f90-b0e3-a030f5c007f5" w:customStyle="1">
-    <w:name w:val="Normal Table_6b337875-0842-4f90-b0e3-a030f5c007f5"/>
+  <w:style w:type="table" w:styleId="NormalTable_45547cc4-245e-412b-813c-67a00a6732d5" w:customStyle="1">
+    <w:name w:val="Normal Table_45547cc4-245e-412b-813c-67a00a6732d5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1ef1d74f-267a-486d-81df-0156a46c967e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6b337875-0842-4f90-b0e3-a030f5c007f5"/>
+  <w:style w:type="table" w:styleId="TableGrid_80ba2e6f-cd14-4466-be71-0b8d4972c98a" w:customStyle="1">
+    <w:name w:val="Table Grid_80ba2e6f-cd14-4466-be71-0b8d4972c98a"/>
+    <w:basedOn w:val="NormalTable_45547cc4-245e-412b-813c-67a00a6732d5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_30af62c3-2611-4a74-a3d0-15c23443bba3" w:customStyle="1">
-    <w:name w:val="Normal Table_30af62c3-2611-4a74-a3d0-15c23443bba3"/>
+  <w:style w:type="table" w:styleId="NormalTable_d0ba301e-a6cc-4cfc-8d89-8c476e90ba25" w:customStyle="1">
+    <w:name w:val="Normal Table_d0ba301e-a6cc-4cfc-8d89-8c476e90ba25"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d24e4f39-86ab-4456-958d-082ed8a8fc4a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_30af62c3-2611-4a74-a3d0-15c23443bba3"/>
+  <w:style w:type="table" w:styleId="TableGrid_a3d94109-1837-4591-8002-0cdf984e5e0a" w:customStyle="1">
+    <w:name w:val="Table Grid_a3d94109-1837-4591-8002-0cdf984e5e0a"/>
+    <w:basedOn w:val="NormalTable_d0ba301e-a6cc-4cfc-8d89-8c476e90ba25"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a93a4484-ea5e-473b-aa6b-b1d856ce214f" w:customStyle="1">
-    <w:name w:val="Normal Table_a93a4484-ea5e-473b-aa6b-b1d856ce214f"/>
+  <w:style w:type="table" w:styleId="NormalTable_f64f2b30-1613-49f4-97b3-b9a8b0901703" w:customStyle="1">
+    <w:name w:val="Normal Table_f64f2b30-1613-49f4-97b3-b9a8b0901703"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e0c2c852-5be6-49e6-8086-89bdae015af0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a93a4484-ea5e-473b-aa6b-b1d856ce214f"/>
+  <w:style w:type="table" w:styleId="TableGrid_aa668e3d-02a7-49d4-baca-786e61b6dd46" w:customStyle="1">
+    <w:name w:val="Table Grid_aa668e3d-02a7-49d4-baca-786e61b6dd46"/>
+    <w:basedOn w:val="NormalTable_f64f2b30-1613-49f4-97b3-b9a8b0901703"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_813bdcd6-3f80-46f1-bf7b-4e5592a86071" w:customStyle="1">
-    <w:name w:val="Normal Table_813bdcd6-3f80-46f1-bf7b-4e5592a86071"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ecef5b5-55e8-4923-942f-16273f87ecb0" w:customStyle="1">
+    <w:name w:val="Normal Table_4ecef5b5-55e8-4923-942f-16273f87ecb0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6c491a96-3b5d-4cc7-bd18-7f1e2ea870a7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_813bdcd6-3f80-46f1-bf7b-4e5592a86071"/>
+  <w:style w:type="table" w:styleId="TableGrid_0c675689-b1d9-472b-ae2f-c83f4b5254c8" w:customStyle="1">
+    <w:name w:val="Table Grid_0c675689-b1d9-472b-ae2f-c83f4b5254c8"/>
+    <w:basedOn w:val="NormalTable_4ecef5b5-55e8-4923-942f-16273f87ecb0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5e42c1a4-d530-4630-8c02-7d5c93d0bbec" w:customStyle="1">
-    <w:name w:val="Normal Table_5e42c1a4-d530-4630-8c02-7d5c93d0bbec"/>
+  <w:style w:type="table" w:styleId="NormalTable_3345ed96-1f41-4a2b-acd7-f2d947e87ec9" w:customStyle="1">
+    <w:name w:val="Normal Table_3345ed96-1f41-4a2b-acd7-f2d947e87ec9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ca8541f6-544f-4818-88cb-8d8f9431c0fa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5e42c1a4-d530-4630-8c02-7d5c93d0bbec"/>
+  <w:style w:type="table" w:styleId="TableGrid_72a27ec0-41d5-4cfb-9926-4952f4b0ddfc" w:customStyle="1">
+    <w:name w:val="Table Grid_72a27ec0-41d5-4cfb-9926-4952f4b0ddfc"/>
+    <w:basedOn w:val="NormalTable_3345ed96-1f41-4a2b-acd7-f2d947e87ec9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>