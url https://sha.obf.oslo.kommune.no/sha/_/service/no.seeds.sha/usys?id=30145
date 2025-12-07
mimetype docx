--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -100,51 +100,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">…………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F3D1B4">
       <w:pPr>
         <w:spacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251646976" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="4096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1848485</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>266700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1971675" cy="723900"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="10160" t="9525" r="8890" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="AutoShape 4" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1971675" cy="723900"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
@@ -187,70 +187,67 @@
                           </w:p>
                           <w:p>
                             <w:pPr>
                               <w:spacing/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">Oslo</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">bygg KF</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="91440" rIns="91440" tIns="45720" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" upright="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect style="position:absolute;margin-left:145.55pt;margin-top:21pt;width:155.25pt;height:57pt;z-index:251646976;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+              <v:roundrect style="position:absolute;margin-left:145.55pt;margin-top:21pt;width:155.25pt;height:57pt;z-index:4096;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000"/>
                 <v:fill opacity="65536f" rotate="t" angle="0" colors="0f #EEECE1;65536f #FFFFFF" type="gradient"/>
                 <v:textbox style="">
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:spacing/>
                         <w:jc w:val="center"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Byggherre BH</w:t>
                       </w:r>
                     </w:p>
                     <w:p>
                       <w:pPr>
                         <w:spacing/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
@@ -268,72 +265,74 @@
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C0A794">
       <w:pPr>
         <w:spacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73E9B3A7">
       <w:pPr>
         <w:spacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
-          <w14:textOutline xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
             <w14:solidFill>
-              <w14:srgbClr w14:val="000000"/>
+              <w14:srgbClr w14:val="000000">
+                <w14:alpha w14:val="0"/>
+              </w14:srgbClr>
             </w14:solidFill>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691520" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="17408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2843530</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>307975</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="133350"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="0" t="0" r="38100" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="19" name="Rett linje 19" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="133350"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln cap="flat" cmpd="sng">
                           <a:solidFill>
@@ -347,92 +346,89 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:srgbClr val="4F81BD">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:srgbClr val="4F81BD">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:srgbClr val="4F81BD">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:srgbClr val="000000">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="90005" rIns="90005" tIns="46799" bIns="46799" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line style="position:absolute;margin-left:223.9pt;margin-top:24.25pt;width:0pt;height:10.5pt;z-index:251691520;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+              <v:line style="position:absolute;margin-left:223.9pt;margin-top:24.25pt;width:0pt;height:10.5pt;z-index:17408;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#000000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
                 <v:fill opacity="65536f" color2="#FFFFFF"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="679DF42B">
       <w:pPr>
         <w:spacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1804035</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>102235</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2200275" cy="887730"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="13335" t="6985" r="5715" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="AutoShape 11" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2200275" cy="887730"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
@@ -485,70 +481,67 @@
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr/>
                             </w:pPr>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">F</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">irma:</w:t>
                             </w:r>
                           </w:p>
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr/>
                             </w:pPr>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">Navn:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="91440" rIns="91440" tIns="45720" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" upright="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect style="position:absolute;margin-left:142.05pt;margin-top:8.05pt;width:173.25pt;height:69.9pt;z-index:251649024;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#EEECE1" strokecolor="#000000" strokeweight="0.75pt">
+              <v:roundrect style="position:absolute;margin-left:142.05pt;margin-top:8.05pt;width:173.25pt;height:69.9pt;z-index:6144;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#EEECE1" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000"/>
                 <v:fill opacity="65536f" color2="#FFFFFF" rotate="t" angle="0" colors="0f #EEECE1;65536f #FFFFFE" type="gradient"/>
                 <v:textbox style="">
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Byggherrens </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">PL / R</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">epresentant </w:t>
                       </w:r>
                     </w:p>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -589,51 +582,51 @@
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55343377">
       <w:pPr>
         <w:spacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251690496" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="16384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2843530</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>304165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="1438275"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="0" t="0" r="38100" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="18" name="Rett linje 18" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="1438275"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln cap="flat" cmpd="sng">
                           <a:solidFill>
@@ -647,344 +640,356 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:srgbClr val="4F81BD">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:srgbClr val="4F81BD">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:srgbClr val="4F81BD">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:srgbClr val="000000">
                             <a:alpha val="100000"/>
                           </a:srgbClr>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="90005" rIns="90005" tIns="46799" bIns="46799" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line style="position:absolute;margin-left:223.9pt;margin-top:23.95pt;width:0pt;height:113.25pt;z-index:251690496;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
+              <v:line style="position:absolute;margin-left:223.9pt;margin-top:23.95pt;width:0pt;height:113.25pt;z-index:16384;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="miter" endcap="flat" color2="#000000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
                 <v:fill opacity="65536f" color2="#FFFFFF"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA74368">
       <w:pPr>
         <w:spacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="14336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4886325</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1400810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="398780"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="9525" t="10160" r="9525" b="10160"/>
                 <wp:wrapNone/>
-                <wp:docPr id="12" name="AutoShape 108" title=""/>
+                <wp:docPr id="12" name="AutoShape 108" title="">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:noFill/>
+                      </a14:hiddenFill>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="398780"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln cap="flat" cmpd="sng" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000">
                               <a:alpha val="100000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="90005" rIns="90005" tIns="46799" bIns="46799" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:384.75pt;margin-top:110.3pt;width:0pt;height:31.4pt;z-index:251667456;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
+              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:384.75pt;margin-top:110.3pt;width:0pt;height:31.4pt;z-index:14336;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="15360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1082675</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1400810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="398780"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="6350" t="10160" r="12700" b="10160"/>
                 <wp:wrapNone/>
-                <wp:docPr id="11" name="AutoShape 109" title=""/>
+                <wp:docPr id="11" name="AutoShape 109" title="">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:noFill/>
+                      </a14:hiddenFill>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="398780"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln cap="flat" cmpd="sng" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000">
                               <a:alpha val="100000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="90005" rIns="90005" tIns="46799" bIns="46799" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:85.25pt;margin-top:110.3pt;width:0pt;height:31.4pt;z-index:251668480;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
+              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:85.25pt;margin-top:110.3pt;width:0pt;height:31.4pt;z-index:15360;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="7168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2062480</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>596900</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1781175" cy="635"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="5080" t="6350" r="13970" b="12065"/>
                 <wp:wrapNone/>
-                <wp:docPr id="10" name="AutoShape 30" title=""/>
+                <wp:docPr id="10" name="AutoShape 30" title="">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:noFill/>
+                      </a14:hiddenFill>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1781175" cy="635"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln cap="flat" cmpd="sng" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000">
                               <a:alpha val="100000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="90005" rIns="90005" tIns="46799" bIns="46799" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:162.4pt;margin-top:47pt;width:140.25pt;height:0.05pt;z-index:251650048;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
+              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:162.4pt;margin-top:47pt;width:140.25pt;height:0.05pt;z-index:7168;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="12288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3843655</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3152140</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2000250" cy="885825"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="5080" t="8890" r="13970" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="AutoShape 103" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2000250" cy="885825"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
@@ -1012,278 +1017,285 @@
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr/>
                             </w:pPr>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">Underentreprenører/</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr/>
                               <w:br/>
                             </w:r>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">Sideentreprenører</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="91440" rIns="91440" tIns="45720" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" upright="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect style="position:absolute;margin-left:302.65pt;margin-top:248.2pt;width:157.5pt;height:69.75pt;z-index:251665408;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+              <v:roundrect style="position:absolute;margin-left:302.65pt;margin-top:248.2pt;width:157.5pt;height:69.75pt;z-index:12288;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000"/>
                 <v:fill opacity="65536f" rotate="t" angle="0" colors="0f #EEECE1;65536f #FFFFFF" type="gradient"/>
                 <v:textbox style="">
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Underentreprenører/</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr/>
                         <w:br/>
                       </w:r>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Sideentreprenører</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="11264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4886325</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2685415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="466725"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="9525" t="8890" r="9525" b="10160"/>
                 <wp:wrapNone/>
-                <wp:docPr id="8" name="AutoShape 99" title=""/>
+                <wp:docPr id="8" name="AutoShape 99" title="">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:noFill/>
+                      </a14:hiddenFill>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="466725"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln cap="flat" cmpd="sng" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000">
                               <a:alpha val="100000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="90005" rIns="90005" tIns="46799" bIns="46799" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:384.75pt;margin-top:211.45pt;width:0pt;height:36.75pt;z-index:251664384;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
+              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:384.75pt;margin-top:211.45pt;width:0pt;height:36.75pt;z-index:11264;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="13312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1082675</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1400810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3803650" cy="635"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="6350" t="10160" r="9525" b="8255"/>
                 <wp:wrapNone/>
-                <wp:docPr id="7" name="AutoShape 107" title=""/>
+                <wp:docPr id="7" name="AutoShape 107" title="">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                      <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a:noFill/>
+                      </a14:hiddenFill>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3803650" cy="635"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln cap="flat" cmpd="sng" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000">
                               <a:alpha val="100000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="90005" rIns="90005" tIns="46799" bIns="46799" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:85.25pt;margin-top:110.3pt;width:299.5pt;height:0.05pt;z-index:251666432;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
+              <v:shape type="#_x0000_t32" style="position:absolute;margin-left:85.25pt;margin-top:110.3pt;width:299.5pt;height:0.05pt;z-index:13312;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="f" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000" startarrow="none" startarrowwidth="medium" startarrowlength="medium" endarrow="none" endarrowwidth="medium" endarrowlength="medium"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648000" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="5120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3843655</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1799590</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2023745" cy="885825"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="5080" t="8890" r="9525" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="AutoShape 8" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2023745" cy="885825"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
@@ -1336,70 +1348,67 @@
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr/>
                             </w:pPr>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">Prosjektleder</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve"> / Anleggsleder</w:t>
                             </w:r>
                           </w:p>
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr/>
                             </w:pPr>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">Navn:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="91440" rIns="91440" tIns="45720" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" upright="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect style="position:absolute;margin-left:302.65pt;margin-top:141.7pt;width:159.35pt;height:69.75pt;z-index:251648000;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+              <v:roundrect style="position:absolute;margin-left:302.65pt;margin-top:141.7pt;width:159.35pt;height:69.75pt;z-index:5120;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000"/>
                 <v:fill opacity="65536f" rotate="t" angle="0" colors="0f #EEECE1;65536f #FFFFFF" type="gradient"/>
                 <v:textbox style="">
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Hovedbedrift</w:t>
                       </w:r>
                     </w:p>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Firma:</w:t>
                       </w:r>
                     </w:p>
                     <w:p>
@@ -1420,51 +1429,51 @@
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Navn:</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="10240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>186055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1799590</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1978025" cy="3654425"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="5080" t="8890" r="7620" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="AutoShape 95" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1978025" cy="3654425"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
@@ -1670,70 +1679,67 @@
                             </w:pPr>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">Firma:</w:t>
                             </w:r>
                           </w:p>
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr/>
                             </w:pPr>
                             <w:r>
                               <w:rPr/>
                               <w:t xml:space="preserve">Navn:</w:t>
                             </w:r>
                           </w:p>
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="91440" rIns="91440" tIns="45720" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" upright="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect style="position:absolute;margin-left:14.65pt;margin-top:141.7pt;width:155.75pt;height:287.75pt;z-index:251663360;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+              <v:roundrect style="position:absolute;margin-left:14.65pt;margin-top:141.7pt;width:155.75pt;height:287.75pt;z-index:10240;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000"/>
                 <v:fill opacity="65536f" rotate="t" angle="0" colors="0f #EEECE1;65536f #FFFFFF" type="gradient"/>
                 <v:textbox style="">
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">Prosjekterende</w:t>
                       </w:r>
                     </w:p>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t xml:space="preserve">RIB</w:t>
                       </w:r>
                     </w:p>
@@ -1907,51 +1913,51 @@
                         <w:t xml:space="preserve">Navn:</w:t>
                       </w:r>
                     </w:p>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3843655</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>141605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2000250" cy="885825"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="5080" t="8255" r="13970" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="AutoShape 91" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2000250" cy="885825"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
@@ -2016,70 +2022,67 @@
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="nn-NO"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="nn-NO"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="nn-NO"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Navn:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="91440" rIns="91440" tIns="45720" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" upright="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect style="position:absolute;margin-left:302.65pt;margin-top:11.15pt;width:157.5pt;height:69.75pt;z-index:251662336;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+              <v:roundrect style="position:absolute;margin-left:302.65pt;margin-top:11.15pt;width:157.5pt;height:69.75pt;z-index:9216;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000"/>
                 <v:fill opacity="65536f" rotate="t" angle="0" colors="0f #EEECE1;65536f #FFFFFF" type="gradient"/>
                 <v:textbox style="">
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:lang w:val="nn-NO"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="nn-NO"/>
                         </w:rPr>
                         <w:t xml:space="preserve">SHA koordinator K</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="nn-NO"/>
                         </w:rPr>
                         <w:t xml:space="preserve">U</w:t>
                       </w:r>
                     </w:p>
                     <w:p>
@@ -2112,51 +2115,51 @@
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="nn-NO"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Navn:</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="8192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>186055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>141605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1876425" cy="885825"/>
                 <wp:effectExtent xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" l="5080" t="8255" r="13970" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="AutoShape 90" title=""/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1876425" cy="885825"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 16667"/>
                           </a:avLst>
                         </a:prstGeom>
@@ -2221,70 +2224,67 @@
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="nn-NO"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p>
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="nn-NO"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="nn-NO"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Navn:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" wrap="square" lIns="91440" rIns="91440" tIns="45720" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1" upright="1" vert="horz">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect style="position:absolute;margin-left:14.65pt;margin-top:11.15pt;width:147.75pt;height:69.75pt;z-index:251661312;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
+              <v:roundrect style="position:absolute;margin-left:14.65pt;margin-top:11.15pt;width:147.75pt;height:69.75pt;z-index:8192;;v-text-anchor:top;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0pt;" filled="t" fillcolor="#FFFFFF" strokecolor="#000000" strokeweight="0.75pt">
                 <v:stroke dashstyle="solid" linestyle="single" joinstyle="round" endcap="flat" color2="#000000"/>
                 <v:fill opacity="65536f" rotate="t" angle="0" colors="0f #EEECE1;65536f #FFFFFF" type="gradient"/>
                 <v:textbox style="">
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:lang w:val="nn-NO"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="nn-NO"/>
                         </w:rPr>
                         <w:t xml:space="preserve">SHA koordinator K</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="nn-NO"/>
                         </w:rPr>
                         <w:t xml:space="preserve">P</w:t>
                       </w:r>
                     </w:p>
                     <w:p>
@@ -2362,89 +2362,106 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8bacf1c9-9b66-49a8-84f4-fe2f36bf8f51"/>
+      <w:tblStyle w:val="TableGrid_d28c6cf4-e312-4640-8c8e-29eedf71de3f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:22:34 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:31:31 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2472,74 +2489,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7ddfcb2a-ddcb-4a23-913d-0367869803bb"/>
+      <w:tblStyle w:val="TableGrid_e2944c5b-0058-4ea0-b302-723bc7174ddc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 96. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -2557,425 +2591,510 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+            <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+      <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_921dc623-60b6-49f0-8477-8717c004398b"/>
+      <w:tblStyle w:val="TableGrid_a822133b-8967-46fe-a824-0442271334e7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_339d56ce-74a5-4eb8-9429-ed9be398cf2e"/>
+            <w:tblStyle w:val="TableGrid_ea065c69-0f28-4ce3-ac83-0d08b9bd04f9"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+            <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8d65b106-f8f1-4308-be43-a05421e065a2"/>
+            <w:tblStyle w:val="TableGrid_9e8a1900-fcd3-46b9-9e20-61aa2a8b612e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+            <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+      <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="229"/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -3473,629 +3592,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7" w:customStyle="1">
-    <w:name w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+  <w:style w:type="paragraph" w:styleId="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3" w:customStyle="1">
+    <w:name w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+    <w:basedOn w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e3a13147-f8ab-483e-99f0-de865a47b0e3" w:customStyle="1">
-    <w:name w:val="Normal Table_e3a13147-f8ab-483e-99f0-de865a47b0e3"/>
+  <w:style w:type="table" w:styleId="NormalTable_693e2727-9a10-4e4a-9757-92e431ea6be1" w:customStyle="1">
+    <w:name w:val="Normal Table_693e2727-9a10-4e4a-9757-92e431ea6be1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_e3a13147-f8ab-483e-99f0-de865a47b0e3"/>
+    <w:basedOn w:val="NormalTable_693e2727-9a10-4e4a-9757-92e431ea6be1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+    <w:basedOn w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_2e5ca728-1d85-43f1-822f-7f07121dc3b7"/>
+    <w:basedOn w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4354195d-3fbf-4308-8098-b22cf0905852" w:customStyle="1">
-    <w:name w:val="Normal Table_4354195d-3fbf-4308-8098-b22cf0905852"/>
+  <w:style w:type="table" w:styleId="NormalTable_23e08ccc-069b-404e-9506-d81343c2a16c" w:customStyle="1">
+    <w:name w:val="Normal Table_23e08ccc-069b-404e-9506-d81343c2a16c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f52af2fc-fcaa-4276-841d-f7ddbab0241b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4354195d-3fbf-4308-8098-b22cf0905852"/>
+  <w:style w:type="table" w:styleId="TableGrid_42ba57ff-331b-4234-8448-ad4e521a1798" w:customStyle="1">
+    <w:name w:val="Table Grid_42ba57ff-331b-4234-8448-ad4e521a1798"/>
+    <w:basedOn w:val="NormalTable_23e08ccc-069b-404e-9506-d81343c2a16c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_48188acb-4e97-4136-b374-967a1f5fb5b9" w:customStyle="1">
-    <w:name w:val="Normal Table_48188acb-4e97-4136-b374-967a1f5fb5b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_d1b925cb-8a8f-485d-9ef8-a02dd2ac5b38" w:customStyle="1">
+    <w:name w:val="Normal Table_d1b925cb-8a8f-485d-9ef8-a02dd2ac5b38"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ff04a439-c68b-4d9b-9152-1c41e3e29a5b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_48188acb-4e97-4136-b374-967a1f5fb5b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_18d4c1f0-ab5d-4762-9895-5432cb50f060" w:customStyle="1">
+    <w:name w:val="Table Grid_18d4c1f0-ab5d-4762-9895-5432cb50f060"/>
+    <w:basedOn w:val="NormalTable_d1b925cb-8a8f-485d-9ef8-a02dd2ac5b38"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b878a1d8-7e67-49db-987d-0d488b995546" w:customStyle="1">
-    <w:name w:val="Normal Table_b878a1d8-7e67-49db-987d-0d488b995546"/>
+  <w:style w:type="table" w:styleId="NormalTable_b4a24c54-3b4e-4063-bffc-17e3bc170923" w:customStyle="1">
+    <w:name w:val="Normal Table_b4a24c54-3b4e-4063-bffc-17e3bc170923"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba79445f-6160-435d-b93e-e64b6530d5a6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b878a1d8-7e67-49db-987d-0d488b995546"/>
+  <w:style w:type="table" w:styleId="TableGrid_8dcf39e5-2753-4812-8ba0-1fcc313b8c4d" w:customStyle="1">
+    <w:name w:val="Table Grid_8dcf39e5-2753-4812-8ba0-1fcc313b8c4d"/>
+    <w:basedOn w:val="NormalTable_b4a24c54-3b4e-4063-bffc-17e3bc170923"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e2e5382c-63a5-4c97-8aad-3afcf1b16195" w:customStyle="1">
-    <w:name w:val="Normal Table_e2e5382c-63a5-4c97-8aad-3afcf1b16195"/>
+  <w:style w:type="table" w:styleId="NormalTable_06d1d0f2-0bcf-4039-9708-a9d9ecd75772" w:customStyle="1">
+    <w:name w:val="Normal Table_06d1d0f2-0bcf-4039-9708-a9d9ecd75772"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_14733817-f478-4384-a8c7-b3a6a48f3069" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e2e5382c-63a5-4c97-8aad-3afcf1b16195"/>
+  <w:style w:type="table" w:styleId="TableGrid_84ceef5f-17b4-4482-9bfc-11868892214a" w:customStyle="1">
+    <w:name w:val="Table Grid_84ceef5f-17b4-4482-9bfc-11868892214a"/>
+    <w:basedOn w:val="NormalTable_06d1d0f2-0bcf-4039-9708-a9d9ecd75772"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e9d82301-4c3d-439e-ac47-0e95aa91cab8" w:customStyle="1">
-    <w:name w:val="Normal Table_e9d82301-4c3d-439e-ac47-0e95aa91cab8"/>
+  <w:style w:type="table" w:styleId="NormalTable_e9d1ed29-1dfd-4bf6-a263-8af254a0d9b5" w:customStyle="1">
+    <w:name w:val="Normal Table_e9d1ed29-1dfd-4bf6-a263-8af254a0d9b5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8bacf1c9-9b66-49a8-84f4-fe2f36bf8f51" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e9d82301-4c3d-439e-ac47-0e95aa91cab8"/>
+  <w:style w:type="table" w:styleId="TableGrid_d28c6cf4-e312-4640-8c8e-29eedf71de3f" w:customStyle="1">
+    <w:name w:val="Table Grid_d28c6cf4-e312-4640-8c8e-29eedf71de3f"/>
+    <w:basedOn w:val="NormalTable_e9d1ed29-1dfd-4bf6-a263-8af254a0d9b5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b43c2072-5b1c-4c1f-a748-3332aa346688" w:customStyle="1">
-    <w:name w:val="Normal Table_b43c2072-5b1c-4c1f-a748-3332aa346688"/>
+  <w:style w:type="table" w:styleId="NormalTable_ab963152-a28a-4dbd-a7c7-3a04d25577c2" w:customStyle="1">
+    <w:name w:val="Normal Table_ab963152-a28a-4dbd-a7c7-3a04d25577c2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7ddfcb2a-ddcb-4a23-913d-0367869803bb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b43c2072-5b1c-4c1f-a748-3332aa346688"/>
+  <w:style w:type="table" w:styleId="TableGrid_e2944c5b-0058-4ea0-b302-723bc7174ddc" w:customStyle="1">
+    <w:name w:val="Table Grid_e2944c5b-0058-4ea0-b302-723bc7174ddc"/>
+    <w:basedOn w:val="NormalTable_ab963152-a28a-4dbd-a7c7-3a04d25577c2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7fab4d04-836f-4792-a4c4-bf419a6a0f4e" w:customStyle="1">
-    <w:name w:val="Normal Table_7fab4d04-836f-4792-a4c4-bf419a6a0f4e"/>
+  <w:style w:type="table" w:styleId="NormalTable_9206e7e0-0a97-4e89-bb81-c0d0f2a4a4b9" w:customStyle="1">
+    <w:name w:val="Normal Table_9206e7e0-0a97-4e89-bb81-c0d0f2a4a4b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_339d56ce-74a5-4eb8-9429-ed9be398cf2e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7fab4d04-836f-4792-a4c4-bf419a6a0f4e"/>
+  <w:style w:type="table" w:styleId="TableGrid_ea065c69-0f28-4ce3-ac83-0d08b9bd04f9" w:customStyle="1">
+    <w:name w:val="Table Grid_ea065c69-0f28-4ce3-ac83-0d08b9bd04f9"/>
+    <w:basedOn w:val="NormalTable_9206e7e0-0a97-4e89-bb81-c0d0f2a4a4b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_20400922-aaea-4a6d-a794-062323d1d384" w:customStyle="1">
-    <w:name w:val="Normal Table_20400922-aaea-4a6d-a794-062323d1d384"/>
+  <w:style w:type="table" w:styleId="NormalTable_35cea57f-d9f0-46e0-9602-1e8cf8ced1b9" w:customStyle="1">
+    <w:name w:val="Normal Table_35cea57f-d9f0-46e0-9602-1e8cf8ced1b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8d65b106-f8f1-4308-be43-a05421e065a2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_20400922-aaea-4a6d-a794-062323d1d384"/>
+  <w:style w:type="table" w:styleId="TableGrid_9e8a1900-fcd3-46b9-9e20-61aa2a8b612e" w:customStyle="1">
+    <w:name w:val="Table Grid_9e8a1900-fcd3-46b9-9e20-61aa2a8b612e"/>
+    <w:basedOn w:val="NormalTable_35cea57f-d9f0-46e0-9602-1e8cf8ced1b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_10e84042-c03d-4844-90fc-36a8f7339c8e" w:customStyle="1">
-    <w:name w:val="Normal Table_10e84042-c03d-4844-90fc-36a8f7339c8e"/>
+  <w:style w:type="table" w:styleId="NormalTable_336ce3a4-5297-4c8b-88d8-fc3bd4cf8f8a" w:customStyle="1">
+    <w:name w:val="Normal Table_336ce3a4-5297-4c8b-88d8-fc3bd4cf8f8a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_921dc623-60b6-49f0-8477-8717c004398b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_10e84042-c03d-4844-90fc-36a8f7339c8e"/>
+  <w:style w:type="table" w:styleId="TableGrid_a822133b-8967-46fe-a824-0442271334e7" w:customStyle="1">
+    <w:name w:val="Table Grid_a822133b-8967-46fe-a824-0442271334e7"/>
+    <w:basedOn w:val="NormalTable_336ce3a4-5297-4c8b-88d8-fc3bd4cf8f8a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>