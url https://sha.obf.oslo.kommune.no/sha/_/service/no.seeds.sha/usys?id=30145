--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -2362,51 +2362,51 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d28c6cf4-e312-4640-8c8e-29eedf71de3f"/>
+      <w:tblStyle w:val="TableGrid_bda14531-3069-4bf0-ba59-f3dcfb063982"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2417,51 +2417,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:31:31 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:19 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2489,51 +2489,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e2944c5b-0058-4ea0-b302-723bc7174ddc"/>
+      <w:tblStyle w:val="TableGrid_1653fe90-9c05-4643-97f3-7ab285746e4d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2591,51 +2591,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+            <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2648,59 +2648,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+      <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a822133b-8967-46fe-a824-0442271334e7"/>
+      <w:tblStyle w:val="TableGrid_f4dd8068-bd29-4175-b58d-d8847ef57bae"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2711,51 +2711,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ea065c69-0f28-4ce3-ac83-0d08b9bd04f9"/>
+            <w:tblStyle w:val="TableGrid_4cd49d67-dfb2-434e-9a91-2a1802ea7577"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2856,72 +2856,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+            <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9e8a1900-fcd3-46b9-9e20-61aa2a8b612e"/>
+            <w:tblStyle w:val="TableGrid_a490dcda-e926-4799-9a0c-b0e47f93ba31"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3022,62 +3022,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+            <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+      <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="229"/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
@@ -3592,629 +3592,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3" w:customStyle="1">
-    <w:name w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+  <w:style w:type="paragraph" w:styleId="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76" w:customStyle="1">
+    <w:name w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+    <w:basedOn w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_693e2727-9a10-4e4a-9757-92e431ea6be1" w:customStyle="1">
-    <w:name w:val="Normal Table_693e2727-9a10-4e4a-9757-92e431ea6be1"/>
+  <w:style w:type="table" w:styleId="NormalTable_443c04c1-269f-4502-b9e3-c534fd34ac23" w:customStyle="1">
+    <w:name w:val="Normal Table_443c04c1-269f-4502-b9e3-c534fd34ac23"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_693e2727-9a10-4e4a-9757-92e431ea6be1"/>
+    <w:basedOn w:val="NormalTable_443c04c1-269f-4502-b9e3-c534fd34ac23"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+    <w:basedOn w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_486b344e-7b56-44f2-b0b6-b3a1c3e375e3"/>
+    <w:basedOn w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_23e08ccc-069b-404e-9506-d81343c2a16c" w:customStyle="1">
-    <w:name w:val="Normal Table_23e08ccc-069b-404e-9506-d81343c2a16c"/>
+  <w:style w:type="table" w:styleId="NormalTable_86c7ad94-5048-4527-b876-94a1ee14fbe9" w:customStyle="1">
+    <w:name w:val="Normal Table_86c7ad94-5048-4527-b876-94a1ee14fbe9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_42ba57ff-331b-4234-8448-ad4e521a1798" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_23e08ccc-069b-404e-9506-d81343c2a16c"/>
+  <w:style w:type="table" w:styleId="TableGrid_b11129a8-7ace-4f06-8a77-714452cec4c9" w:customStyle="1">
+    <w:name w:val="Table Grid_b11129a8-7ace-4f06-8a77-714452cec4c9"/>
+    <w:basedOn w:val="NormalTable_86c7ad94-5048-4527-b876-94a1ee14fbe9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d1b925cb-8a8f-485d-9ef8-a02dd2ac5b38" w:customStyle="1">
-    <w:name w:val="Normal Table_d1b925cb-8a8f-485d-9ef8-a02dd2ac5b38"/>
+  <w:style w:type="table" w:styleId="NormalTable_51245c8c-ffad-48ea-8bde-fd7b4f0bca8e" w:customStyle="1">
+    <w:name w:val="Normal Table_51245c8c-ffad-48ea-8bde-fd7b4f0bca8e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18d4c1f0-ab5d-4762-9895-5432cb50f060" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d1b925cb-8a8f-485d-9ef8-a02dd2ac5b38"/>
+  <w:style w:type="table" w:styleId="TableGrid_b79f0d11-c7b7-4f19-9682-721abc29f589" w:customStyle="1">
+    <w:name w:val="Table Grid_b79f0d11-c7b7-4f19-9682-721abc29f589"/>
+    <w:basedOn w:val="NormalTable_51245c8c-ffad-48ea-8bde-fd7b4f0bca8e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b4a24c54-3b4e-4063-bffc-17e3bc170923" w:customStyle="1">
-    <w:name w:val="Normal Table_b4a24c54-3b4e-4063-bffc-17e3bc170923"/>
+  <w:style w:type="table" w:styleId="NormalTable_b158bbf2-7a9e-4188-b75d-9590bf8a666d" w:customStyle="1">
+    <w:name w:val="Normal Table_b158bbf2-7a9e-4188-b75d-9590bf8a666d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8dcf39e5-2753-4812-8ba0-1fcc313b8c4d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b4a24c54-3b4e-4063-bffc-17e3bc170923"/>
+  <w:style w:type="table" w:styleId="TableGrid_b8d6306d-176d-48db-bc08-6469448b3793" w:customStyle="1">
+    <w:name w:val="Table Grid_b8d6306d-176d-48db-bc08-6469448b3793"/>
+    <w:basedOn w:val="NormalTable_b158bbf2-7a9e-4188-b75d-9590bf8a666d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_06d1d0f2-0bcf-4039-9708-a9d9ecd75772" w:customStyle="1">
-    <w:name w:val="Normal Table_06d1d0f2-0bcf-4039-9708-a9d9ecd75772"/>
+  <w:style w:type="table" w:styleId="NormalTable_dd4d1c6b-0588-4cdf-a40e-4d2a801df0dc" w:customStyle="1">
+    <w:name w:val="Normal Table_dd4d1c6b-0588-4cdf-a40e-4d2a801df0dc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_84ceef5f-17b4-4482-9bfc-11868892214a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_06d1d0f2-0bcf-4039-9708-a9d9ecd75772"/>
+  <w:style w:type="table" w:styleId="TableGrid_a317253b-29c5-4706-9a1b-944562699e07" w:customStyle="1">
+    <w:name w:val="Table Grid_a317253b-29c5-4706-9a1b-944562699e07"/>
+    <w:basedOn w:val="NormalTable_dd4d1c6b-0588-4cdf-a40e-4d2a801df0dc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e9d1ed29-1dfd-4bf6-a263-8af254a0d9b5" w:customStyle="1">
-    <w:name w:val="Normal Table_e9d1ed29-1dfd-4bf6-a263-8af254a0d9b5"/>
+  <w:style w:type="table" w:styleId="NormalTable_760e6fdf-fcf3-4ead-82f1-d0a76e8fea5b" w:customStyle="1">
+    <w:name w:val="Normal Table_760e6fdf-fcf3-4ead-82f1-d0a76e8fea5b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d28c6cf4-e312-4640-8c8e-29eedf71de3f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e9d1ed29-1dfd-4bf6-a263-8af254a0d9b5"/>
+  <w:style w:type="table" w:styleId="TableGrid_bda14531-3069-4bf0-ba59-f3dcfb063982" w:customStyle="1">
+    <w:name w:val="Table Grid_bda14531-3069-4bf0-ba59-f3dcfb063982"/>
+    <w:basedOn w:val="NormalTable_760e6fdf-fcf3-4ead-82f1-d0a76e8fea5b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ab963152-a28a-4dbd-a7c7-3a04d25577c2" w:customStyle="1">
-    <w:name w:val="Normal Table_ab963152-a28a-4dbd-a7c7-3a04d25577c2"/>
+  <w:style w:type="table" w:styleId="NormalTable_db291edc-1b92-410e-9a2c-e229d81c948b" w:customStyle="1">
+    <w:name w:val="Normal Table_db291edc-1b92-410e-9a2c-e229d81c948b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e2944c5b-0058-4ea0-b302-723bc7174ddc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ab963152-a28a-4dbd-a7c7-3a04d25577c2"/>
+  <w:style w:type="table" w:styleId="TableGrid_1653fe90-9c05-4643-97f3-7ab285746e4d" w:customStyle="1">
+    <w:name w:val="Table Grid_1653fe90-9c05-4643-97f3-7ab285746e4d"/>
+    <w:basedOn w:val="NormalTable_db291edc-1b92-410e-9a2c-e229d81c948b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9206e7e0-0a97-4e89-bb81-c0d0f2a4a4b9" w:customStyle="1">
-    <w:name w:val="Normal Table_9206e7e0-0a97-4e89-bb81-c0d0f2a4a4b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_430ae3a7-312d-48e2-9b11-23753f152311" w:customStyle="1">
+    <w:name w:val="Normal Table_430ae3a7-312d-48e2-9b11-23753f152311"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ea065c69-0f28-4ce3-ac83-0d08b9bd04f9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9206e7e0-0a97-4e89-bb81-c0d0f2a4a4b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_4cd49d67-dfb2-434e-9a91-2a1802ea7577" w:customStyle="1">
+    <w:name w:val="Table Grid_4cd49d67-dfb2-434e-9a91-2a1802ea7577"/>
+    <w:basedOn w:val="NormalTable_430ae3a7-312d-48e2-9b11-23753f152311"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_35cea57f-d9f0-46e0-9602-1e8cf8ced1b9" w:customStyle="1">
-    <w:name w:val="Normal Table_35cea57f-d9f0-46e0-9602-1e8cf8ced1b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_5000f890-7a09-4bdf-9949-8042a98f9422" w:customStyle="1">
+    <w:name w:val="Normal Table_5000f890-7a09-4bdf-9949-8042a98f9422"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9e8a1900-fcd3-46b9-9e20-61aa2a8b612e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_35cea57f-d9f0-46e0-9602-1e8cf8ced1b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_a490dcda-e926-4799-9a0c-b0e47f93ba31" w:customStyle="1">
+    <w:name w:val="Table Grid_a490dcda-e926-4799-9a0c-b0e47f93ba31"/>
+    <w:basedOn w:val="NormalTable_5000f890-7a09-4bdf-9949-8042a98f9422"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_336ce3a4-5297-4c8b-88d8-fc3bd4cf8f8a" w:customStyle="1">
-    <w:name w:val="Normal Table_336ce3a4-5297-4c8b-88d8-fc3bd4cf8f8a"/>
+  <w:style w:type="table" w:styleId="NormalTable_aa39d929-cc67-4e48-8740-9ac767113080" w:customStyle="1">
+    <w:name w:val="Normal Table_aa39d929-cc67-4e48-8740-9ac767113080"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a822133b-8967-46fe-a824-0442271334e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_336ce3a4-5297-4c8b-88d8-fc3bd4cf8f8a"/>
+  <w:style w:type="table" w:styleId="TableGrid_f4dd8068-bd29-4175-b58d-d8847ef57bae" w:customStyle="1">
+    <w:name w:val="Table Grid_f4dd8068-bd29-4175-b58d-d8847ef57bae"/>
+    <w:basedOn w:val="NormalTable_aa39d929-cc67-4e48-8740-9ac767113080"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>