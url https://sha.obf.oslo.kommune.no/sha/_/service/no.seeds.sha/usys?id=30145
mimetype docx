--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -2362,51 +2362,51 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_bda14531-3069-4bf0-ba59-f3dcfb063982"/>
+      <w:tblStyle w:val="TableGrid_700c7045-9124-4f28-b42a-c56a438bb540"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2417,51 +2417,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:19 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:27 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2489,51 +2489,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1653fe90-9c05-4643-97f3-7ab285746e4d"/>
+      <w:tblStyle w:val="TableGrid_6655aece-c483-47f9-85aa-2eb1642f719c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2591,51 +2591,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+            <w:pStyle w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2648,59 +2648,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+      <w:pStyle w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f4dd8068-bd29-4175-b58d-d8847ef57bae"/>
+      <w:tblStyle w:val="TableGrid_f69eefcc-f707-4df3-b694-a8eda606cceb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2711,51 +2711,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4cd49d67-dfb2-434e-9a91-2a1802ea7577"/>
+            <w:tblStyle w:val="TableGrid_b5435a67-43b3-44f3-9bc8-0775493da9fb"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2856,72 +2856,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+            <w:pStyle w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a490dcda-e926-4799-9a0c-b0e47f93ba31"/>
+            <w:tblStyle w:val="TableGrid_82b49506-c12c-4549-b665-e219cbb538d9"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3022,62 +3022,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+            <w:pStyle w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+      <w:pStyle w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="229"/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
@@ -3592,629 +3592,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76" w:customStyle="1">
-    <w:name w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+  <w:style w:type="paragraph" w:styleId="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335" w:customStyle="1">
+    <w:name w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+    <w:basedOn w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_443c04c1-269f-4502-b9e3-c534fd34ac23" w:customStyle="1">
-    <w:name w:val="Normal Table_443c04c1-269f-4502-b9e3-c534fd34ac23"/>
+  <w:style w:type="table" w:styleId="NormalTable_5d193c00-87a2-4ec8-b9f3-5ad252e4cb06" w:customStyle="1">
+    <w:name w:val="Normal Table_5d193c00-87a2-4ec8-b9f3-5ad252e4cb06"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_443c04c1-269f-4502-b9e3-c534fd34ac23"/>
+    <w:basedOn w:val="NormalTable_5d193c00-87a2-4ec8-b9f3-5ad252e4cb06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+    <w:basedOn w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_666dfa92-6769-4acf-8b5c-3659305a6d76"/>
+    <w:basedOn w:val="Normal_ab46ba20-7e6d-466f-9f5c-2ff6c91d1335"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_86c7ad94-5048-4527-b876-94a1ee14fbe9" w:customStyle="1">
-    <w:name w:val="Normal Table_86c7ad94-5048-4527-b876-94a1ee14fbe9"/>
+  <w:style w:type="table" w:styleId="NormalTable_06e1327c-4389-4893-8e77-50aa6c1a1fc0" w:customStyle="1">
+    <w:name w:val="Normal Table_06e1327c-4389-4893-8e77-50aa6c1a1fc0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b11129a8-7ace-4f06-8a77-714452cec4c9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_86c7ad94-5048-4527-b876-94a1ee14fbe9"/>
+  <w:style w:type="table" w:styleId="TableGrid_4ed3494e-d3ff-46ac-ba20-b592fcc70372" w:customStyle="1">
+    <w:name w:val="Table Grid_4ed3494e-d3ff-46ac-ba20-b592fcc70372"/>
+    <w:basedOn w:val="NormalTable_06e1327c-4389-4893-8e77-50aa6c1a1fc0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_51245c8c-ffad-48ea-8bde-fd7b4f0bca8e" w:customStyle="1">
-    <w:name w:val="Normal Table_51245c8c-ffad-48ea-8bde-fd7b4f0bca8e"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ef22f18-e863-40fa-ae4d-56fab6d01c50" w:customStyle="1">
+    <w:name w:val="Normal Table_4ef22f18-e863-40fa-ae4d-56fab6d01c50"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b79f0d11-c7b7-4f19-9682-721abc29f589" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_51245c8c-ffad-48ea-8bde-fd7b4f0bca8e"/>
+  <w:style w:type="table" w:styleId="TableGrid_32477540-1609-4904-8ac1-2fd88fd13b81" w:customStyle="1">
+    <w:name w:val="Table Grid_32477540-1609-4904-8ac1-2fd88fd13b81"/>
+    <w:basedOn w:val="NormalTable_4ef22f18-e863-40fa-ae4d-56fab6d01c50"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b158bbf2-7a9e-4188-b75d-9590bf8a666d" w:customStyle="1">
-    <w:name w:val="Normal Table_b158bbf2-7a9e-4188-b75d-9590bf8a666d"/>
+  <w:style w:type="table" w:styleId="NormalTable_5f6018f8-d558-4ed8-961c-2e0828fe0785" w:customStyle="1">
+    <w:name w:val="Normal Table_5f6018f8-d558-4ed8-961c-2e0828fe0785"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b8d6306d-176d-48db-bc08-6469448b3793" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b158bbf2-7a9e-4188-b75d-9590bf8a666d"/>
+  <w:style w:type="table" w:styleId="TableGrid_6b564601-4999-48ee-a422-0d7f5f407238" w:customStyle="1">
+    <w:name w:val="Table Grid_6b564601-4999-48ee-a422-0d7f5f407238"/>
+    <w:basedOn w:val="NormalTable_5f6018f8-d558-4ed8-961c-2e0828fe0785"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dd4d1c6b-0588-4cdf-a40e-4d2a801df0dc" w:customStyle="1">
-    <w:name w:val="Normal Table_dd4d1c6b-0588-4cdf-a40e-4d2a801df0dc"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e0bd9e4-c62f-4ed7-b4b6-2d31302e67d2" w:customStyle="1">
+    <w:name w:val="Normal Table_4e0bd9e4-c62f-4ed7-b4b6-2d31302e67d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a317253b-29c5-4706-9a1b-944562699e07" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dd4d1c6b-0588-4cdf-a40e-4d2a801df0dc"/>
+  <w:style w:type="table" w:styleId="TableGrid_1aeb4556-a9c9-46f5-9198-8b46a22f87ba" w:customStyle="1">
+    <w:name w:val="Table Grid_1aeb4556-a9c9-46f5-9198-8b46a22f87ba"/>
+    <w:basedOn w:val="NormalTable_4e0bd9e4-c62f-4ed7-b4b6-2d31302e67d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_760e6fdf-fcf3-4ead-82f1-d0a76e8fea5b" w:customStyle="1">
-    <w:name w:val="Normal Table_760e6fdf-fcf3-4ead-82f1-d0a76e8fea5b"/>
+  <w:style w:type="table" w:styleId="NormalTable_2154d16a-91ac-42ef-849e-c0097fb25e62" w:customStyle="1">
+    <w:name w:val="Normal Table_2154d16a-91ac-42ef-849e-c0097fb25e62"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bda14531-3069-4bf0-ba59-f3dcfb063982" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_760e6fdf-fcf3-4ead-82f1-d0a76e8fea5b"/>
+  <w:style w:type="table" w:styleId="TableGrid_700c7045-9124-4f28-b42a-c56a438bb540" w:customStyle="1">
+    <w:name w:val="Table Grid_700c7045-9124-4f28-b42a-c56a438bb540"/>
+    <w:basedOn w:val="NormalTable_2154d16a-91ac-42ef-849e-c0097fb25e62"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db291edc-1b92-410e-9a2c-e229d81c948b" w:customStyle="1">
-    <w:name w:val="Normal Table_db291edc-1b92-410e-9a2c-e229d81c948b"/>
+  <w:style w:type="table" w:styleId="NormalTable_2de4f4d4-61a4-460e-a748-30bf0d015d97" w:customStyle="1">
+    <w:name w:val="Normal Table_2de4f4d4-61a4-460e-a748-30bf0d015d97"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1653fe90-9c05-4643-97f3-7ab285746e4d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db291edc-1b92-410e-9a2c-e229d81c948b"/>
+  <w:style w:type="table" w:styleId="TableGrid_6655aece-c483-47f9-85aa-2eb1642f719c" w:customStyle="1">
+    <w:name w:val="Table Grid_6655aece-c483-47f9-85aa-2eb1642f719c"/>
+    <w:basedOn w:val="NormalTable_2de4f4d4-61a4-460e-a748-30bf0d015d97"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_430ae3a7-312d-48e2-9b11-23753f152311" w:customStyle="1">
-    <w:name w:val="Normal Table_430ae3a7-312d-48e2-9b11-23753f152311"/>
+  <w:style w:type="table" w:styleId="NormalTable_6888a8eb-42d8-4dc3-bcf3-8dcca4d1ca32" w:customStyle="1">
+    <w:name w:val="Normal Table_6888a8eb-42d8-4dc3-bcf3-8dcca4d1ca32"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4cd49d67-dfb2-434e-9a91-2a1802ea7577" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_430ae3a7-312d-48e2-9b11-23753f152311"/>
+  <w:style w:type="table" w:styleId="TableGrid_b5435a67-43b3-44f3-9bc8-0775493da9fb" w:customStyle="1">
+    <w:name w:val="Table Grid_b5435a67-43b3-44f3-9bc8-0775493da9fb"/>
+    <w:basedOn w:val="NormalTable_6888a8eb-42d8-4dc3-bcf3-8dcca4d1ca32"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5000f890-7a09-4bdf-9949-8042a98f9422" w:customStyle="1">
-    <w:name w:val="Normal Table_5000f890-7a09-4bdf-9949-8042a98f9422"/>
+  <w:style w:type="table" w:styleId="NormalTable_92b953de-00e4-4cda-89c4-53dc9b1becfd" w:customStyle="1">
+    <w:name w:val="Normal Table_92b953de-00e4-4cda-89c4-53dc9b1becfd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a490dcda-e926-4799-9a0c-b0e47f93ba31" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5000f890-7a09-4bdf-9949-8042a98f9422"/>
+  <w:style w:type="table" w:styleId="TableGrid_82b49506-c12c-4549-b665-e219cbb538d9" w:customStyle="1">
+    <w:name w:val="Table Grid_82b49506-c12c-4549-b665-e219cbb538d9"/>
+    <w:basedOn w:val="NormalTable_92b953de-00e4-4cda-89c4-53dc9b1becfd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aa39d929-cc67-4e48-8740-9ac767113080" w:customStyle="1">
-    <w:name w:val="Normal Table_aa39d929-cc67-4e48-8740-9ac767113080"/>
+  <w:style w:type="table" w:styleId="NormalTable_61ef3c3d-5642-45df-9761-96c9247aa0a7" w:customStyle="1">
+    <w:name w:val="Normal Table_61ef3c3d-5642-45df-9761-96c9247aa0a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f4dd8068-bd29-4175-b58d-d8847ef57bae" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aa39d929-cc67-4e48-8740-9ac767113080"/>
+  <w:style w:type="table" w:styleId="TableGrid_f69eefcc-f707-4df3-b694-a8eda606cceb" w:customStyle="1">
+    <w:name w:val="Table Grid_f69eefcc-f707-4df3-b694-a8eda606cceb"/>
+    <w:basedOn w:val="NormalTable_61ef3c3d-5642-45df-9761-96c9247aa0a7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>