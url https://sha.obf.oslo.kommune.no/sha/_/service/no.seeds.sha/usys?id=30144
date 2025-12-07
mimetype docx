--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -4548,89 +4548,106 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1bbd7ac1-f04e-4592-a493-5de4e0d426e4"/>
+      <w:tblStyle w:val="TableGrid_853f2ff6-2d2f-4fa0-a8b8-a067e7c6e0f6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4748"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:15:38 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:26:38 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4658,74 +4675,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_36fcf1a1-e456-4346-a7e4-e3c2618a0d7c"/>
+      <w:tblStyle w:val="TableGrid_8a4a977d-e00b-4a8c-8c46-ff48314de724"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6371"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6371"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 95. Versjonsnummer: 4</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -4743,408 +4777,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+            <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+      <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fbee0e36-c058-41dd-b698-bbd97fee8121"/>
+      <w:tblStyle w:val="TableGrid_8177c484-3d50-44f2-99d6-36bbdc4db721"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6172"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6172"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_491a2f2b-8ac1-444f-8f6d-ed5482dd24d4"/>
+            <w:tblStyle w:val="TableGrid_a3dda785-55e7-4812-954a-54dfbee39c1b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">15.01.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+            <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3b4e171a-d13d-4d99-b40f-8ef318cbb917"/>
+            <w:tblStyle w:val="TableGrid_06abe5ce-5879-4451-ac3a-8d9b94167afb"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+            <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+      <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
@@ -8177,51 +8296,51 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -9229,663 +9348,664 @@
     <w:link w:val="annotationsubject"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Overskriftforinnholdsfortegnelse" w:customStyle="1">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Overskrift1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:numPr>
       <w:numId w:val="0"/>
     </w:numPr>
     <w:pPr>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="INNH3">
     <w:name w:val="TOC 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StilOverskrift3LatinBrdtekstCalibriAutomatiskFr" w:customStyle="1">
     <w:name w:val="Stil Overskrift 3 + (Latin) +Brødtekst (Calibri) Automatisk Før:..."/>
     <w:basedOn w:val="Overskrift3"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e9cad449-0567-4947-be2a-88ce55164338" w:customStyle="1">
-    <w:name w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+  <w:style w:type="paragraph" w:styleId="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71" w:customStyle="1">
+    <w:name w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+    <w:basedOn w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_52a33719-c981-4570-a855-74effafba11d" w:customStyle="1">
-    <w:name w:val="Normal Table_52a33719-c981-4570-a855-74effafba11d"/>
+  <w:style w:type="table" w:styleId="NormalTable_1ab241b4-ff94-4456-8efc-67239e4575f0" w:customStyle="1">
+    <w:name w:val="Normal Table_1ab241b4-ff94-4456-8efc-67239e4575f0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8d2c8ff0-bf22-4d16-bbf2-682f4b145375" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_52a33719-c981-4570-a855-74effafba11d"/>
+  <w:style w:type="table" w:styleId="TableGrid_d79ba13c-b5fe-4985-8824-b5c79795d8d8" w:customStyle="1">
+    <w:name w:val="Table Grid_d79ba13c-b5fe-4985-8824-b5c79795d8d8"/>
+    <w:basedOn w:val="NormalTable_1ab241b4-ff94-4456-8efc-67239e4575f0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+    <w:basedOn w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e9cad449-0567-4947-be2a-88ce55164338"/>
+    <w:basedOn w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2d7eb9b0-8c9d-4525-90a3-d25c94018a67" w:customStyle="1">
-    <w:name w:val="Normal Table_2d7eb9b0-8c9d-4525-90a3-d25c94018a67"/>
+  <w:style w:type="table" w:styleId="NormalTable_139def88-d7ea-46bd-af71-3cf02e1f1fb4" w:customStyle="1">
+    <w:name w:val="Normal Table_139def88-d7ea-46bd-af71-3cf02e1f1fb4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bdaa138b-ab6f-4e9c-a936-e0f8530c5b2c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2d7eb9b0-8c9d-4525-90a3-d25c94018a67"/>
+  <w:style w:type="table" w:styleId="TableGrid_bcf76789-425e-40ec-8cae-1c1e4f584ffc" w:customStyle="1">
+    <w:name w:val="Table Grid_bcf76789-425e-40ec-8cae-1c1e4f584ffc"/>
+    <w:basedOn w:val="NormalTable_139def88-d7ea-46bd-af71-3cf02e1f1fb4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_169f0aaf-cb32-4b81-aaed-f20f5566122c" w:customStyle="1">
-    <w:name w:val="Normal Table_169f0aaf-cb32-4b81-aaed-f20f5566122c"/>
+  <w:style w:type="table" w:styleId="NormalTable_67e03ae9-6a61-4c55-8f33-9321df064676" w:customStyle="1">
+    <w:name w:val="Normal Table_67e03ae9-6a61-4c55-8f33-9321df064676"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc2a4925-9f00-44da-a16d-d83e90cbf4fb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_169f0aaf-cb32-4b81-aaed-f20f5566122c"/>
+  <w:style w:type="table" w:styleId="TableGrid_16a2f1c5-6a1d-40c6-aa80-df832a3e12a1" w:customStyle="1">
+    <w:name w:val="Table Grid_16a2f1c5-6a1d-40c6-aa80-df832a3e12a1"/>
+    <w:basedOn w:val="NormalTable_67e03ae9-6a61-4c55-8f33-9321df064676"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3c41a240-f556-44e5-9a0b-d1b7329bdafe" w:customStyle="1">
-    <w:name w:val="Normal Table_3c41a240-f556-44e5-9a0b-d1b7329bdafe"/>
+  <w:style w:type="table" w:styleId="NormalTable_90fa0cef-9f3a-472a-a6fd-b28679e99790" w:customStyle="1">
+    <w:name w:val="Normal Table_90fa0cef-9f3a-472a-a6fd-b28679e99790"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_55ae9e6b-f7ff-4f11-8340-92d440915f1f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3c41a240-f556-44e5-9a0b-d1b7329bdafe"/>
+  <w:style w:type="table" w:styleId="TableGrid_dbbbe9e2-0363-4a82-ac60-ecaea9ab33ed" w:customStyle="1">
+    <w:name w:val="Table Grid_dbbbe9e2-0363-4a82-ac60-ecaea9ab33ed"/>
+    <w:basedOn w:val="NormalTable_90fa0cef-9f3a-472a-a6fd-b28679e99790"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a923e63c-5c32-4e9a-bc96-ff83fd2bed47" w:customStyle="1">
-    <w:name w:val="Normal Table_a923e63c-5c32-4e9a-bc96-ff83fd2bed47"/>
+  <w:style w:type="table" w:styleId="NormalTable_3885e841-2ac6-4136-b7f4-ec5b0a688c5a" w:customStyle="1">
+    <w:name w:val="Normal Table_3885e841-2ac6-4136-b7f4-ec5b0a688c5a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fb7ffe9b-67f9-4cbd-9356-16b95c959e01" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a923e63c-5c32-4e9a-bc96-ff83fd2bed47"/>
+  <w:style w:type="table" w:styleId="TableGrid_dd56466e-c2a2-4270-a7f7-26458c58863f" w:customStyle="1">
+    <w:name w:val="Table Grid_dd56466e-c2a2-4270-a7f7-26458c58863f"/>
+    <w:basedOn w:val="NormalTable_3885e841-2ac6-4136-b7f4-ec5b0a688c5a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e14b1d16-bccd-4d50-8b4e-c918f971e16a" w:customStyle="1">
-    <w:name w:val="Normal Table_e14b1d16-bccd-4d50-8b4e-c918f971e16a"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ca6bce9-e53e-400c-9dd8-09c627f88191" w:customStyle="1">
+    <w:name w:val="Normal Table_4ca6bce9-e53e-400c-9dd8-09c627f88191"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1bbd7ac1-f04e-4592-a493-5de4e0d426e4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e14b1d16-bccd-4d50-8b4e-c918f971e16a"/>
+  <w:style w:type="table" w:styleId="TableGrid_853f2ff6-2d2f-4fa0-a8b8-a067e7c6e0f6" w:customStyle="1">
+    <w:name w:val="Table Grid_853f2ff6-2d2f-4fa0-a8b8-a067e7c6e0f6"/>
+    <w:basedOn w:val="NormalTable_4ca6bce9-e53e-400c-9dd8-09c627f88191"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bc09b534-30b2-4dde-834d-24942e601062" w:customStyle="1">
-    <w:name w:val="Normal Table_bc09b534-30b2-4dde-834d-24942e601062"/>
+  <w:style w:type="table" w:styleId="NormalTable_885b35b0-0411-4b06-a534-7b29fa59e0a2" w:customStyle="1">
+    <w:name w:val="Normal Table_885b35b0-0411-4b06-a534-7b29fa59e0a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_36fcf1a1-e456-4346-a7e4-e3c2618a0d7c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bc09b534-30b2-4dde-834d-24942e601062"/>
+  <w:style w:type="table" w:styleId="TableGrid_8a4a977d-e00b-4a8c-8c46-ff48314de724" w:customStyle="1">
+    <w:name w:val="Table Grid_8a4a977d-e00b-4a8c-8c46-ff48314de724"/>
+    <w:basedOn w:val="NormalTable_885b35b0-0411-4b06-a534-7b29fa59e0a2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_88413195-8a31-4d9d-982f-3d0e55010651" w:customStyle="1">
-    <w:name w:val="Normal Table_88413195-8a31-4d9d-982f-3d0e55010651"/>
+  <w:style w:type="table" w:styleId="NormalTable_52c434d8-aa2e-45da-b069-3cd8da359548" w:customStyle="1">
+    <w:name w:val="Normal Table_52c434d8-aa2e-45da-b069-3cd8da359548"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_491a2f2b-8ac1-444f-8f6d-ed5482dd24d4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_88413195-8a31-4d9d-982f-3d0e55010651"/>
+  <w:style w:type="table" w:styleId="TableGrid_a3dda785-55e7-4812-954a-54dfbee39c1b" w:customStyle="1">
+    <w:name w:val="Table Grid_a3dda785-55e7-4812-954a-54dfbee39c1b"/>
+    <w:basedOn w:val="NormalTable_52c434d8-aa2e-45da-b069-3cd8da359548"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_25bd96b7-66f8-4c57-b90b-178896899862" w:customStyle="1">
-    <w:name w:val="Normal Table_25bd96b7-66f8-4c57-b90b-178896899862"/>
+  <w:style w:type="table" w:styleId="NormalTable_b1cc15eb-324e-4e72-a8bd-4714abd16754" w:customStyle="1">
+    <w:name w:val="Normal Table_b1cc15eb-324e-4e72-a8bd-4714abd16754"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b4e171a-d13d-4d99-b40f-8ef318cbb917" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_25bd96b7-66f8-4c57-b90b-178896899862"/>
+  <w:style w:type="table" w:styleId="TableGrid_06abe5ce-5879-4451-ac3a-8d9b94167afb" w:customStyle="1">
+    <w:name w:val="Table Grid_06abe5ce-5879-4451-ac3a-8d9b94167afb"/>
+    <w:basedOn w:val="NormalTable_b1cc15eb-324e-4e72-a8bd-4714abd16754"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b9bf0c31-0411-4575-bca2-d196c16cf860" w:customStyle="1">
-    <w:name w:val="Normal Table_b9bf0c31-0411-4575-bca2-d196c16cf860"/>
+  <w:style w:type="table" w:styleId="NormalTable_badc56e7-3edf-4b41-b2f4-8f38c24f4733" w:customStyle="1">
+    <w:name w:val="Normal Table_badc56e7-3edf-4b41-b2f4-8f38c24f4733"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fbee0e36-c058-41dd-b698-bbd97fee8121" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b9bf0c31-0411-4575-bca2-d196c16cf860"/>
+  <w:style w:type="table" w:styleId="TableGrid_8177c484-3d50-44f2-99d6-36bbdc4db721" w:customStyle="1">
+    <w:name w:val="Table Grid_8177c484-3d50-44f2-99d6-36bbdc4db721"/>
+    <w:basedOn w:val="NormalTable_badc56e7-3edf-4b41-b2f4-8f38c24f4733"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>