--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -4548,51 +4548,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_853f2ff6-2d2f-4fa0-a8b8-a067e7c6e0f6"/>
+      <w:tblStyle w:val="TableGrid_757fd2ff-af95-4336-97d4-cb69632cd96b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4748"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4603,51 +4603,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:26:38 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:16 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4675,51 +4675,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8a4a977d-e00b-4a8c-8c46-ff48314de724"/>
+      <w:tblStyle w:val="TableGrid_a4e0884b-e580-42e5-9780-c11b53efd3e4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6371"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4777,51 +4777,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+            <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4834,59 +4834,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+      <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8177c484-3d50-44f2-99d6-36bbdc4db721"/>
+      <w:tblStyle w:val="TableGrid_906cf2a4-7207-4a92-8ec2-e67dfd988066"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6172"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4897,51 +4897,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6172"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a3dda785-55e7-4812-954a-54dfbee39c1b"/>
+            <w:tblStyle w:val="TableGrid_72f1d8ab-5f2d-4c06-b5db-13cd304f5423"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5042,72 +5042,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">15.01.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+            <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_06abe5ce-5879-4451-ac3a-8d9b94167afb"/>
+            <w:tblStyle w:val="TableGrid_929223e8-d6db-4dbb-b2cd-7a127c25578b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5208,62 +5208,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+            <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+      <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
@@ -9383,629 +9383,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="INNH3">
     <w:name w:val="TOC 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StilOverskrift3LatinBrdtekstCalibriAutomatiskFr" w:customStyle="1">
     <w:name w:val="Stil Overskrift 3 + (Latin) +Brødtekst (Calibri) Automatisk Før:..."/>
     <w:basedOn w:val="Overskrift3"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71" w:customStyle="1">
-    <w:name w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+  <w:style w:type="paragraph" w:styleId="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7" w:customStyle="1">
+    <w:name w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+    <w:basedOn w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1ab241b4-ff94-4456-8efc-67239e4575f0" w:customStyle="1">
-    <w:name w:val="Normal Table_1ab241b4-ff94-4456-8efc-67239e4575f0"/>
+  <w:style w:type="table" w:styleId="NormalTable_e53d978a-9a7f-4638-a97c-dc197b9fc10c" w:customStyle="1">
+    <w:name w:val="Normal Table_e53d978a-9a7f-4638-a97c-dc197b9fc10c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d79ba13c-b5fe-4985-8824-b5c79795d8d8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1ab241b4-ff94-4456-8efc-67239e4575f0"/>
+  <w:style w:type="table" w:styleId="TableGrid_8108eb75-7c12-4621-bef4-cd85b5ea7502" w:customStyle="1">
+    <w:name w:val="Table Grid_8108eb75-7c12-4621-bef4-cd85b5ea7502"/>
+    <w:basedOn w:val="NormalTable_e53d978a-9a7f-4638-a97c-dc197b9fc10c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+    <w:basedOn w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_dc22f7e7-cbd4-4aa5-8895-fa71d3713e71"/>
+    <w:basedOn w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_139def88-d7ea-46bd-af71-3cf02e1f1fb4" w:customStyle="1">
-    <w:name w:val="Normal Table_139def88-d7ea-46bd-af71-3cf02e1f1fb4"/>
+  <w:style w:type="table" w:styleId="NormalTable_2310901f-3fa9-4590-a61d-415bab5cbe92" w:customStyle="1">
+    <w:name w:val="Normal Table_2310901f-3fa9-4590-a61d-415bab5cbe92"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bcf76789-425e-40ec-8cae-1c1e4f584ffc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_139def88-d7ea-46bd-af71-3cf02e1f1fb4"/>
+  <w:style w:type="table" w:styleId="TableGrid_e7d71d76-992a-4e4a-8931-eac5529d3897" w:customStyle="1">
+    <w:name w:val="Table Grid_e7d71d76-992a-4e4a-8931-eac5529d3897"/>
+    <w:basedOn w:val="NormalTable_2310901f-3fa9-4590-a61d-415bab5cbe92"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_67e03ae9-6a61-4c55-8f33-9321df064676" w:customStyle="1">
-    <w:name w:val="Normal Table_67e03ae9-6a61-4c55-8f33-9321df064676"/>
+  <w:style w:type="table" w:styleId="NormalTable_d0e10980-889b-432c-a7d1-c47ddfb70c93" w:customStyle="1">
+    <w:name w:val="Normal Table_d0e10980-889b-432c-a7d1-c47ddfb70c93"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_16a2f1c5-6a1d-40c6-aa80-df832a3e12a1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_67e03ae9-6a61-4c55-8f33-9321df064676"/>
+  <w:style w:type="table" w:styleId="TableGrid_17dac4fb-e42a-46dd-b916-805c9553df9f" w:customStyle="1">
+    <w:name w:val="Table Grid_17dac4fb-e42a-46dd-b916-805c9553df9f"/>
+    <w:basedOn w:val="NormalTable_d0e10980-889b-432c-a7d1-c47ddfb70c93"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_90fa0cef-9f3a-472a-a6fd-b28679e99790" w:customStyle="1">
-    <w:name w:val="Normal Table_90fa0cef-9f3a-472a-a6fd-b28679e99790"/>
+  <w:style w:type="table" w:styleId="NormalTable_f2118a1d-f874-4d78-a389-c629dc724044" w:customStyle="1">
+    <w:name w:val="Normal Table_f2118a1d-f874-4d78-a389-c629dc724044"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dbbbe9e2-0363-4a82-ac60-ecaea9ab33ed" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_90fa0cef-9f3a-472a-a6fd-b28679e99790"/>
+  <w:style w:type="table" w:styleId="TableGrid_a2bdbe15-62ec-4c4e-bc6e-6462483a8efe" w:customStyle="1">
+    <w:name w:val="Table Grid_a2bdbe15-62ec-4c4e-bc6e-6462483a8efe"/>
+    <w:basedOn w:val="NormalTable_f2118a1d-f874-4d78-a389-c629dc724044"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3885e841-2ac6-4136-b7f4-ec5b0a688c5a" w:customStyle="1">
-    <w:name w:val="Normal Table_3885e841-2ac6-4136-b7f4-ec5b0a688c5a"/>
+  <w:style w:type="table" w:styleId="NormalTable_2324d8ef-a7d3-473a-8fdf-befcaef6f36c" w:customStyle="1">
+    <w:name w:val="Normal Table_2324d8ef-a7d3-473a-8fdf-befcaef6f36c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dd56466e-c2a2-4270-a7f7-26458c58863f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3885e841-2ac6-4136-b7f4-ec5b0a688c5a"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8947aab-cb60-4b28-881a-d4a955216678" w:customStyle="1">
+    <w:name w:val="Table Grid_c8947aab-cb60-4b28-881a-d4a955216678"/>
+    <w:basedOn w:val="NormalTable_2324d8ef-a7d3-473a-8fdf-befcaef6f36c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4ca6bce9-e53e-400c-9dd8-09c627f88191" w:customStyle="1">
-    <w:name w:val="Normal Table_4ca6bce9-e53e-400c-9dd8-09c627f88191"/>
+  <w:style w:type="table" w:styleId="NormalTable_6c0a2693-8d2e-4884-8a0d-ef9b87256d04" w:customStyle="1">
+    <w:name w:val="Normal Table_6c0a2693-8d2e-4884-8a0d-ef9b87256d04"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_853f2ff6-2d2f-4fa0-a8b8-a067e7c6e0f6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4ca6bce9-e53e-400c-9dd8-09c627f88191"/>
+  <w:style w:type="table" w:styleId="TableGrid_757fd2ff-af95-4336-97d4-cb69632cd96b" w:customStyle="1">
+    <w:name w:val="Table Grid_757fd2ff-af95-4336-97d4-cb69632cd96b"/>
+    <w:basedOn w:val="NormalTable_6c0a2693-8d2e-4884-8a0d-ef9b87256d04"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_885b35b0-0411-4b06-a534-7b29fa59e0a2" w:customStyle="1">
-    <w:name w:val="Normal Table_885b35b0-0411-4b06-a534-7b29fa59e0a2"/>
+  <w:style w:type="table" w:styleId="NormalTable_fcb6646a-add3-4fd3-8259-15ff725f36d6" w:customStyle="1">
+    <w:name w:val="Normal Table_fcb6646a-add3-4fd3-8259-15ff725f36d6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8a4a977d-e00b-4a8c-8c46-ff48314de724" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_885b35b0-0411-4b06-a534-7b29fa59e0a2"/>
+  <w:style w:type="table" w:styleId="TableGrid_a4e0884b-e580-42e5-9780-c11b53efd3e4" w:customStyle="1">
+    <w:name w:val="Table Grid_a4e0884b-e580-42e5-9780-c11b53efd3e4"/>
+    <w:basedOn w:val="NormalTable_fcb6646a-add3-4fd3-8259-15ff725f36d6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_52c434d8-aa2e-45da-b069-3cd8da359548" w:customStyle="1">
-    <w:name w:val="Normal Table_52c434d8-aa2e-45da-b069-3cd8da359548"/>
+  <w:style w:type="table" w:styleId="NormalTable_9bf6195c-41ae-4f98-8fb5-e07a58c27615" w:customStyle="1">
+    <w:name w:val="Normal Table_9bf6195c-41ae-4f98-8fb5-e07a58c27615"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a3dda785-55e7-4812-954a-54dfbee39c1b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_52c434d8-aa2e-45da-b069-3cd8da359548"/>
+  <w:style w:type="table" w:styleId="TableGrid_72f1d8ab-5f2d-4c06-b5db-13cd304f5423" w:customStyle="1">
+    <w:name w:val="Table Grid_72f1d8ab-5f2d-4c06-b5db-13cd304f5423"/>
+    <w:basedOn w:val="NormalTable_9bf6195c-41ae-4f98-8fb5-e07a58c27615"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b1cc15eb-324e-4e72-a8bd-4714abd16754" w:customStyle="1">
-    <w:name w:val="Normal Table_b1cc15eb-324e-4e72-a8bd-4714abd16754"/>
+  <w:style w:type="table" w:styleId="NormalTable_e6a0a447-11f0-4a55-9811-1b77e7c414ac" w:customStyle="1">
+    <w:name w:val="Normal Table_e6a0a447-11f0-4a55-9811-1b77e7c414ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_06abe5ce-5879-4451-ac3a-8d9b94167afb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b1cc15eb-324e-4e72-a8bd-4714abd16754"/>
+  <w:style w:type="table" w:styleId="TableGrid_929223e8-d6db-4dbb-b2cd-7a127c25578b" w:customStyle="1">
+    <w:name w:val="Table Grid_929223e8-d6db-4dbb-b2cd-7a127c25578b"/>
+    <w:basedOn w:val="NormalTable_e6a0a447-11f0-4a55-9811-1b77e7c414ac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_badc56e7-3edf-4b41-b2f4-8f38c24f4733" w:customStyle="1">
-    <w:name w:val="Normal Table_badc56e7-3edf-4b41-b2f4-8f38c24f4733"/>
+  <w:style w:type="table" w:styleId="NormalTable_6ee40944-ad14-45ae-8289-565f5c4cce4b" w:customStyle="1">
+    <w:name w:val="Normal Table_6ee40944-ad14-45ae-8289-565f5c4cce4b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8177c484-3d50-44f2-99d6-36bbdc4db721" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_badc56e7-3edf-4b41-b2f4-8f38c24f4733"/>
+  <w:style w:type="table" w:styleId="TableGrid_906cf2a4-7207-4a92-8ec2-e67dfd988066" w:customStyle="1">
+    <w:name w:val="Table Grid_906cf2a4-7207-4a92-8ec2-e67dfd988066"/>
+    <w:basedOn w:val="NormalTable_6ee40944-ad14-45ae-8289-565f5c4cce4b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>