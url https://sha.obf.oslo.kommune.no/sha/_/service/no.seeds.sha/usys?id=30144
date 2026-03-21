--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -4548,51 +4548,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_757fd2ff-af95-4336-97d4-cb69632cd96b"/>
+      <w:tblStyle w:val="TableGrid_7a6ccac8-82c1-4daa-83cd-f883e0230701"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4748"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4603,51 +4603,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:16 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:45:19 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4675,51 +4675,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a4e0884b-e580-42e5-9780-c11b53efd3e4"/>
+      <w:tblStyle w:val="TableGrid_2f67de46-5206-4459-8be0-0f3ee1cb2d16"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6371"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4777,51 +4777,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+            <w:pStyle w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4834,59 +4834,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+      <w:pStyle w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_906cf2a4-7207-4a92-8ec2-e67dfd988066"/>
+      <w:tblStyle w:val="TableGrid_8e6603b4-2dae-4efd-91fc-dd34107f1666"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6172"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4897,51 +4897,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6172"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_72f1d8ab-5f2d-4c06-b5db-13cd304f5423"/>
+            <w:tblStyle w:val="TableGrid_c59d2b24-04bc-4dfc-a4ba-97a628edae45"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5042,72 +5042,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">15.01.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+            <w:pStyle w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_929223e8-d6db-4dbb-b2cd-7a127c25578b"/>
+            <w:tblStyle w:val="TableGrid_fa0152d9-98a0-4cec-9c74-9a0cd12f1a32"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5208,62 +5208,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+            <w:pStyle w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+      <w:pStyle w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
@@ -9383,629 +9383,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="INNH3">
     <w:name w:val="TOC 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StilOverskrift3LatinBrdtekstCalibriAutomatiskFr" w:customStyle="1">
     <w:name w:val="Stil Overskrift 3 + (Latin) +Brødtekst (Calibri) Automatisk Før:..."/>
     <w:basedOn w:val="Overskrift3"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7" w:customStyle="1">
-    <w:name w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188" w:customStyle="1">
+    <w:name w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+    <w:basedOn w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e53d978a-9a7f-4638-a97c-dc197b9fc10c" w:customStyle="1">
-    <w:name w:val="Normal Table_e53d978a-9a7f-4638-a97c-dc197b9fc10c"/>
+  <w:style w:type="table" w:styleId="NormalTable_89591300-78ae-4261-9b84-ccde71a35724" w:customStyle="1">
+    <w:name w:val="Normal Table_89591300-78ae-4261-9b84-ccde71a35724"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8108eb75-7c12-4621-bef4-cd85b5ea7502" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e53d978a-9a7f-4638-a97c-dc197b9fc10c"/>
+  <w:style w:type="table" w:styleId="TableGrid_8385d0f3-a67e-4e87-9c4f-4264e4fd78c3" w:customStyle="1">
+    <w:name w:val="Table Grid_8385d0f3-a67e-4e87-9c4f-4264e4fd78c3"/>
+    <w:basedOn w:val="NormalTable_89591300-78ae-4261-9b84-ccde71a35724"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+    <w:basedOn w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_f52ac97c-1c4c-45c7-acc2-826138d8eab7"/>
+    <w:basedOn w:val="Normal_c4938e3a-0e52-4a42-a94a-fd09c062b188"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2310901f-3fa9-4590-a61d-415bab5cbe92" w:customStyle="1">
-    <w:name w:val="Normal Table_2310901f-3fa9-4590-a61d-415bab5cbe92"/>
+  <w:style w:type="table" w:styleId="NormalTable_1c42bc15-d2d3-42f5-9635-83bb95400e84" w:customStyle="1">
+    <w:name w:val="Normal Table_1c42bc15-d2d3-42f5-9635-83bb95400e84"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e7d71d76-992a-4e4a-8931-eac5529d3897" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2310901f-3fa9-4590-a61d-415bab5cbe92"/>
+  <w:style w:type="table" w:styleId="TableGrid_0095057f-c95a-4ec8-b105-27b8236843bf" w:customStyle="1">
+    <w:name w:val="Table Grid_0095057f-c95a-4ec8-b105-27b8236843bf"/>
+    <w:basedOn w:val="NormalTable_1c42bc15-d2d3-42f5-9635-83bb95400e84"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d0e10980-889b-432c-a7d1-c47ddfb70c93" w:customStyle="1">
-    <w:name w:val="Normal Table_d0e10980-889b-432c-a7d1-c47ddfb70c93"/>
+  <w:style w:type="table" w:styleId="NormalTable_ea37645a-a116-40a4-8d58-5357f91d538a" w:customStyle="1">
+    <w:name w:val="Normal Table_ea37645a-a116-40a4-8d58-5357f91d538a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_17dac4fb-e42a-46dd-b916-805c9553df9f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d0e10980-889b-432c-a7d1-c47ddfb70c93"/>
+  <w:style w:type="table" w:styleId="TableGrid_8db8300c-1879-4bdd-8ce7-0accb3bd2f24" w:customStyle="1">
+    <w:name w:val="Table Grid_8db8300c-1879-4bdd-8ce7-0accb3bd2f24"/>
+    <w:basedOn w:val="NormalTable_ea37645a-a116-40a4-8d58-5357f91d538a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f2118a1d-f874-4d78-a389-c629dc724044" w:customStyle="1">
-    <w:name w:val="Normal Table_f2118a1d-f874-4d78-a389-c629dc724044"/>
+  <w:style w:type="table" w:styleId="NormalTable_8efea86c-21c8-4f1d-baf1-b0d5855250b0" w:customStyle="1">
+    <w:name w:val="Normal Table_8efea86c-21c8-4f1d-baf1-b0d5855250b0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a2bdbe15-62ec-4c4e-bc6e-6462483a8efe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f2118a1d-f874-4d78-a389-c629dc724044"/>
+  <w:style w:type="table" w:styleId="TableGrid_20c030de-bf6b-44c9-b038-945cb2e13c22" w:customStyle="1">
+    <w:name w:val="Table Grid_20c030de-bf6b-44c9-b038-945cb2e13c22"/>
+    <w:basedOn w:val="NormalTable_8efea86c-21c8-4f1d-baf1-b0d5855250b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2324d8ef-a7d3-473a-8fdf-befcaef6f36c" w:customStyle="1">
-    <w:name w:val="Normal Table_2324d8ef-a7d3-473a-8fdf-befcaef6f36c"/>
+  <w:style w:type="table" w:styleId="NormalTable_00371f2c-dc4d-4266-b383-af111a490782" w:customStyle="1">
+    <w:name w:val="Normal Table_00371f2c-dc4d-4266-b383-af111a490782"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c8947aab-cb60-4b28-881a-d4a955216678" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2324d8ef-a7d3-473a-8fdf-befcaef6f36c"/>
+  <w:style w:type="table" w:styleId="TableGrid_62d644c0-756c-451d-8b87-5ed2266df638" w:customStyle="1">
+    <w:name w:val="Table Grid_62d644c0-756c-451d-8b87-5ed2266df638"/>
+    <w:basedOn w:val="NormalTable_00371f2c-dc4d-4266-b383-af111a490782"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6c0a2693-8d2e-4884-8a0d-ef9b87256d04" w:customStyle="1">
-    <w:name w:val="Normal Table_6c0a2693-8d2e-4884-8a0d-ef9b87256d04"/>
+  <w:style w:type="table" w:styleId="NormalTable_3ee7a6b4-8f30-41bc-a05f-c78662739dac" w:customStyle="1">
+    <w:name w:val="Normal Table_3ee7a6b4-8f30-41bc-a05f-c78662739dac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_757fd2ff-af95-4336-97d4-cb69632cd96b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6c0a2693-8d2e-4884-8a0d-ef9b87256d04"/>
+  <w:style w:type="table" w:styleId="TableGrid_7a6ccac8-82c1-4daa-83cd-f883e0230701" w:customStyle="1">
+    <w:name w:val="Table Grid_7a6ccac8-82c1-4daa-83cd-f883e0230701"/>
+    <w:basedOn w:val="NormalTable_3ee7a6b4-8f30-41bc-a05f-c78662739dac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fcb6646a-add3-4fd3-8259-15ff725f36d6" w:customStyle="1">
-    <w:name w:val="Normal Table_fcb6646a-add3-4fd3-8259-15ff725f36d6"/>
+  <w:style w:type="table" w:styleId="NormalTable_585de839-b80e-44d3-bffb-723c5a2f0a0f" w:customStyle="1">
+    <w:name w:val="Normal Table_585de839-b80e-44d3-bffb-723c5a2f0a0f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a4e0884b-e580-42e5-9780-c11b53efd3e4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fcb6646a-add3-4fd3-8259-15ff725f36d6"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f67de46-5206-4459-8be0-0f3ee1cb2d16" w:customStyle="1">
+    <w:name w:val="Table Grid_2f67de46-5206-4459-8be0-0f3ee1cb2d16"/>
+    <w:basedOn w:val="NormalTable_585de839-b80e-44d3-bffb-723c5a2f0a0f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9bf6195c-41ae-4f98-8fb5-e07a58c27615" w:customStyle="1">
-    <w:name w:val="Normal Table_9bf6195c-41ae-4f98-8fb5-e07a58c27615"/>
+  <w:style w:type="table" w:styleId="NormalTable_8ec394e9-79cf-4ad7-bc70-43ddc7acaa1c" w:customStyle="1">
+    <w:name w:val="Normal Table_8ec394e9-79cf-4ad7-bc70-43ddc7acaa1c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_72f1d8ab-5f2d-4c06-b5db-13cd304f5423" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9bf6195c-41ae-4f98-8fb5-e07a58c27615"/>
+  <w:style w:type="table" w:styleId="TableGrid_c59d2b24-04bc-4dfc-a4ba-97a628edae45" w:customStyle="1">
+    <w:name w:val="Table Grid_c59d2b24-04bc-4dfc-a4ba-97a628edae45"/>
+    <w:basedOn w:val="NormalTable_8ec394e9-79cf-4ad7-bc70-43ddc7acaa1c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e6a0a447-11f0-4a55-9811-1b77e7c414ac" w:customStyle="1">
-    <w:name w:val="Normal Table_e6a0a447-11f0-4a55-9811-1b77e7c414ac"/>
+  <w:style w:type="table" w:styleId="NormalTable_d6c92352-f34c-48c0-b664-3691b207a3d4" w:customStyle="1">
+    <w:name w:val="Normal Table_d6c92352-f34c-48c0-b664-3691b207a3d4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_929223e8-d6db-4dbb-b2cd-7a127c25578b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e6a0a447-11f0-4a55-9811-1b77e7c414ac"/>
+  <w:style w:type="table" w:styleId="TableGrid_fa0152d9-98a0-4cec-9c74-9a0cd12f1a32" w:customStyle="1">
+    <w:name w:val="Table Grid_fa0152d9-98a0-4cec-9c74-9a0cd12f1a32"/>
+    <w:basedOn w:val="NormalTable_d6c92352-f34c-48c0-b664-3691b207a3d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6ee40944-ad14-45ae-8289-565f5c4cce4b" w:customStyle="1">
-    <w:name w:val="Normal Table_6ee40944-ad14-45ae-8289-565f5c4cce4b"/>
+  <w:style w:type="table" w:styleId="NormalTable_9d96eaf9-a6d5-4dcd-bbcf-17ec8eccce96" w:customStyle="1">
+    <w:name w:val="Normal Table_9d96eaf9-a6d5-4dcd-bbcf-17ec8eccce96"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_906cf2a4-7207-4a92-8ec2-e67dfd988066" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6ee40944-ad14-45ae-8289-565f5c4cce4b"/>
+  <w:style w:type="table" w:styleId="TableGrid_8e6603b4-2dae-4efd-91fc-dd34107f1666" w:customStyle="1">
+    <w:name w:val="Table Grid_8e6603b4-2dae-4efd-91fc-dd34107f1666"/>
+    <w:basedOn w:val="NormalTable_9d96eaf9-a6d5-4dcd-bbcf-17ec8eccce96"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>