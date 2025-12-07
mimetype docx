--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -177,89 +177,106 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_09b69ecb-b43a-48e8-b627-970cddb387d9"/>
+      <w:tblStyle w:val="TableGrid_d36d8513-95ef-4789-a47c-56ceb3e85532"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:49:57 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:31:57 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -287,74 +304,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_529bb393-78f6-459c-a406-deef198986e3"/>
+      <w:tblStyle w:val="TableGrid_7461a44d-3b86-4cd6-92c5-47ec7606762d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6086"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 93. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -372,426 +406,511 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+            <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+      <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_682e3cc1-1020-4b0a-a5b4-d06be172a2e0"/>
+      <w:tblStyle w:val="TableGrid_ba0db4ef-28a6-4a7e-a768-dc971933eea8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b05d250c-6acb-4210-bfcb-2efc796dd6e9"/>
+            <w:tblStyle w:val="TableGrid_70c30465-e847-4b3f-99ac-2501409835d6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+            <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ccf92057-63c9-4bd4-9146-34c496a053fe"/>
+            <w:tblStyle w:val="TableGrid_da20e8be-fc57-484a-ad1d-7a08a1d0fa0d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+            <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+      <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1307,629 +1426,629 @@
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01" w:customStyle="1">
-    <w:name w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+  <w:style w:type="paragraph" w:styleId="Normal_0370666c-8a27-4cfc-a279-adfe463ad020" w:customStyle="1">
+    <w:name w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+    <w:basedOn w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_59904c82-6205-4299-981e-968437d2f589" w:customStyle="1">
-    <w:name w:val="Normal Table_59904c82-6205-4299-981e-968437d2f589"/>
+  <w:style w:type="table" w:styleId="NormalTable_488ba303-f7fb-4fdd-81e8-76d10fa96b7e" w:customStyle="1">
+    <w:name w:val="Normal Table_488ba303-f7fb-4fdd-81e8-76d10fa96b7e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_59904c82-6205-4299-981e-968437d2f589"/>
+    <w:basedOn w:val="NormalTable_488ba303-f7fb-4fdd-81e8-76d10fa96b7e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+    <w:basedOn w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_43bd3b7b-478f-406e-916b-dbba231a2e01"/>
+    <w:basedOn w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_494ee4d0-47af-4f9f-9636-22dc985eb827" w:customStyle="1">
-    <w:name w:val="Normal Table_494ee4d0-47af-4f9f-9636-22dc985eb827"/>
+  <w:style w:type="table" w:styleId="NormalTable_656a0d94-98d0-46bb-ab83-0f48ff95bb58" w:customStyle="1">
+    <w:name w:val="Normal Table_656a0d94-98d0-46bb-ab83-0f48ff95bb58"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_100b01ea-434b-43d5-b1af-f20039cefbd7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_494ee4d0-47af-4f9f-9636-22dc985eb827"/>
+  <w:style w:type="table" w:styleId="TableGrid_26c590df-5f0a-4b2c-8f1a-71ae917c8c87" w:customStyle="1">
+    <w:name w:val="Table Grid_26c590df-5f0a-4b2c-8f1a-71ae917c8c87"/>
+    <w:basedOn w:val="NormalTable_656a0d94-98d0-46bb-ab83-0f48ff95bb58"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_752b47f0-515a-4181-9606-f0fc7f585f7d" w:customStyle="1">
-    <w:name w:val="Normal Table_752b47f0-515a-4181-9606-f0fc7f585f7d"/>
+  <w:style w:type="table" w:styleId="NormalTable_6570d763-19ea-4d3e-9b9c-f01b9e6c58ee" w:customStyle="1">
+    <w:name w:val="Normal Table_6570d763-19ea-4d3e-9b9c-f01b9e6c58ee"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_56450d73-0dfe-4845-b11b-aa56cbc44996" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_752b47f0-515a-4181-9606-f0fc7f585f7d"/>
+  <w:style w:type="table" w:styleId="TableGrid_3fcdbedf-d395-4636-a574-7ecdf7e8b609" w:customStyle="1">
+    <w:name w:val="Table Grid_3fcdbedf-d395-4636-a574-7ecdf7e8b609"/>
+    <w:basedOn w:val="NormalTable_6570d763-19ea-4d3e-9b9c-f01b9e6c58ee"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f1ec49af-bd0f-4402-9eb0-c717a327aaa4" w:customStyle="1">
-    <w:name w:val="Normal Table_f1ec49af-bd0f-4402-9eb0-c717a327aaa4"/>
+  <w:style w:type="table" w:styleId="NormalTable_d5478300-9f4d-45f2-b12c-f26934054abf" w:customStyle="1">
+    <w:name w:val="Normal Table_d5478300-9f4d-45f2-b12c-f26934054abf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_99fb8029-97b2-4762-8c7f-1fa21d8b5ad6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f1ec49af-bd0f-4402-9eb0-c717a327aaa4"/>
+  <w:style w:type="table" w:styleId="TableGrid_b5cc9518-3e3f-4d71-b12f-8030bfae381c" w:customStyle="1">
+    <w:name w:val="Table Grid_b5cc9518-3e3f-4d71-b12f-8030bfae381c"/>
+    <w:basedOn w:val="NormalTable_d5478300-9f4d-45f2-b12c-f26934054abf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2e7ede50-ee13-4279-9548-9beffaf87304" w:customStyle="1">
-    <w:name w:val="Normal Table_2e7ede50-ee13-4279-9548-9beffaf87304"/>
+  <w:style w:type="table" w:styleId="NormalTable_d932bf6e-cbb4-483b-8b48-5e57b8472976" w:customStyle="1">
+    <w:name w:val="Normal Table_d932bf6e-cbb4-483b-8b48-5e57b8472976"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_122c8e74-b4cf-44a3-a301-34eb46ae7338" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2e7ede50-ee13-4279-9548-9beffaf87304"/>
+  <w:style w:type="table" w:styleId="TableGrid_bfd858b2-9d6c-43af-93c3-9a97dce0d6ef" w:customStyle="1">
+    <w:name w:val="Table Grid_bfd858b2-9d6c-43af-93c3-9a97dce0d6ef"/>
+    <w:basedOn w:val="NormalTable_d932bf6e-cbb4-483b-8b48-5e57b8472976"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1949beda-38fb-4137-8352-9ca880130bfe" w:customStyle="1">
-    <w:name w:val="Normal Table_1949beda-38fb-4137-8352-9ca880130bfe"/>
+  <w:style w:type="table" w:styleId="NormalTable_e9011b30-69f4-4569-81fc-2ded1ef5231b" w:customStyle="1">
+    <w:name w:val="Normal Table_e9011b30-69f4-4569-81fc-2ded1ef5231b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_09b69ecb-b43a-48e8-b627-970cddb387d9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1949beda-38fb-4137-8352-9ca880130bfe"/>
+  <w:style w:type="table" w:styleId="TableGrid_d36d8513-95ef-4789-a47c-56ceb3e85532" w:customStyle="1">
+    <w:name w:val="Table Grid_d36d8513-95ef-4789-a47c-56ceb3e85532"/>
+    <w:basedOn w:val="NormalTable_e9011b30-69f4-4569-81fc-2ded1ef5231b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e147b0e4-3a22-402e-a790-ea0337ea25f0" w:customStyle="1">
-    <w:name w:val="Normal Table_e147b0e4-3a22-402e-a790-ea0337ea25f0"/>
+  <w:style w:type="table" w:styleId="NormalTable_b162ee37-12a1-4990-943e-ac8229525c25" w:customStyle="1">
+    <w:name w:val="Normal Table_b162ee37-12a1-4990-943e-ac8229525c25"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_529bb393-78f6-459c-a406-deef198986e3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e147b0e4-3a22-402e-a790-ea0337ea25f0"/>
+  <w:style w:type="table" w:styleId="TableGrid_7461a44d-3b86-4cd6-92c5-47ec7606762d" w:customStyle="1">
+    <w:name w:val="Table Grid_7461a44d-3b86-4cd6-92c5-47ec7606762d"/>
+    <w:basedOn w:val="NormalTable_b162ee37-12a1-4990-943e-ac8229525c25"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_15e673d3-f426-4a11-be22-326215937ea2" w:customStyle="1">
-    <w:name w:val="Normal Table_15e673d3-f426-4a11-be22-326215937ea2"/>
+  <w:style w:type="table" w:styleId="NormalTable_98099d36-078f-4345-bb12-2c5a86cc7aae" w:customStyle="1">
+    <w:name w:val="Normal Table_98099d36-078f-4345-bb12-2c5a86cc7aae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b05d250c-6acb-4210-bfcb-2efc796dd6e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_15e673d3-f426-4a11-be22-326215937ea2"/>
+  <w:style w:type="table" w:styleId="TableGrid_70c30465-e847-4b3f-99ac-2501409835d6" w:customStyle="1">
+    <w:name w:val="Table Grid_70c30465-e847-4b3f-99ac-2501409835d6"/>
+    <w:basedOn w:val="NormalTable_98099d36-078f-4345-bb12-2c5a86cc7aae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_172c5f5e-fef5-48c8-adf9-43e6672b0f6e" w:customStyle="1">
-    <w:name w:val="Normal Table_172c5f5e-fef5-48c8-adf9-43e6672b0f6e"/>
+  <w:style w:type="table" w:styleId="NormalTable_6eddd899-3246-49d4-b9e7-4b79e91680c9" w:customStyle="1">
+    <w:name w:val="Normal Table_6eddd899-3246-49d4-b9e7-4b79e91680c9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ccf92057-63c9-4bd4-9146-34c496a053fe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_172c5f5e-fef5-48c8-adf9-43e6672b0f6e"/>
+  <w:style w:type="table" w:styleId="TableGrid_da20e8be-fc57-484a-ad1d-7a08a1d0fa0d" w:customStyle="1">
+    <w:name w:val="Table Grid_da20e8be-fc57-484a-ad1d-7a08a1d0fa0d"/>
+    <w:basedOn w:val="NormalTable_6eddd899-3246-49d4-b9e7-4b79e91680c9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bf283b3a-92bc-43cc-917e-0c074d5a4091" w:customStyle="1">
-    <w:name w:val="Normal Table_bf283b3a-92bc-43cc-917e-0c074d5a4091"/>
+  <w:style w:type="table" w:styleId="NormalTable_1603651b-def4-4114-a9dd-5b205e639961" w:customStyle="1">
+    <w:name w:val="Normal Table_1603651b-def4-4114-a9dd-5b205e639961"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_682e3cc1-1020-4b0a-a5b4-d06be172a2e0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bf283b3a-92bc-43cc-917e-0c074d5a4091"/>
+  <w:style w:type="table" w:styleId="TableGrid_ba0db4ef-28a6-4a7e-a768-dc971933eea8" w:customStyle="1">
+    <w:name w:val="Table Grid_ba0db4ef-28a6-4a7e-a768-dc971933eea8"/>
+    <w:basedOn w:val="NormalTable_1603651b-def4-4114-a9dd-5b205e639961"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>