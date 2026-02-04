--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -177,51 +177,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d36d8513-95ef-4789-a47c-56ceb3e85532"/>
+      <w:tblStyle w:val="TableGrid_fa86b0a0-856d-4ecb-986f-0a1dbe27b58e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -232,51 +232,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:31:57 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:52:44 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -304,51 +304,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7461a44d-3b86-4cd6-92c5-47ec7606762d"/>
+      <w:tblStyle w:val="TableGrid_2d1b822d-9f9b-49be-84b0-79ab4ea06b99"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -406,51 +406,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+            <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -463,59 +463,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+      <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ba0db4ef-28a6-4a7e-a768-dc971933eea8"/>
+      <w:tblStyle w:val="TableGrid_a8a94147-3ae5-4853-8436-b03e1484dd6c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -526,51 +526,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_70c30465-e847-4b3f-99ac-2501409835d6"/>
+            <w:tblStyle w:val="TableGrid_a8bba145-c52b-4113-b282-398cce1846f1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -671,72 +671,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+            <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_da20e8be-fc57-484a-ad1d-7a08a1d0fa0d"/>
+            <w:tblStyle w:val="TableGrid_10b90abc-e9b8-46f8-acd5-38bef327dae3"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -837,62 +837,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+            <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+      <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -1426,629 +1426,629 @@
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_0370666c-8a27-4cfc-a279-adfe463ad020" w:customStyle="1">
-    <w:name w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+  <w:style w:type="paragraph" w:styleId="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804" w:customStyle="1">
+    <w:name w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+    <w:basedOn w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_488ba303-f7fb-4fdd-81e8-76d10fa96b7e" w:customStyle="1">
-    <w:name w:val="Normal Table_488ba303-f7fb-4fdd-81e8-76d10fa96b7e"/>
+  <w:style w:type="table" w:styleId="NormalTable_45fa372b-e9cb-49d4-abd4-549adb492d89" w:customStyle="1">
+    <w:name w:val="Normal Table_45fa372b-e9cb-49d4-abd4-549adb492d89"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_488ba303-f7fb-4fdd-81e8-76d10fa96b7e"/>
+    <w:basedOn w:val="NormalTable_45fa372b-e9cb-49d4-abd4-549adb492d89"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+    <w:basedOn w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_0370666c-8a27-4cfc-a279-adfe463ad020"/>
+    <w:basedOn w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_656a0d94-98d0-46bb-ab83-0f48ff95bb58" w:customStyle="1">
-    <w:name w:val="Normal Table_656a0d94-98d0-46bb-ab83-0f48ff95bb58"/>
+  <w:style w:type="table" w:styleId="NormalTable_b362c461-c19c-40ed-9d87-7072a1353419" w:customStyle="1">
+    <w:name w:val="Normal Table_b362c461-c19c-40ed-9d87-7072a1353419"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_26c590df-5f0a-4b2c-8f1a-71ae917c8c87" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_656a0d94-98d0-46bb-ab83-0f48ff95bb58"/>
+  <w:style w:type="table" w:styleId="TableGrid_ec824098-cf8b-45d1-89d2-eb5e693e3e5f" w:customStyle="1">
+    <w:name w:val="Table Grid_ec824098-cf8b-45d1-89d2-eb5e693e3e5f"/>
+    <w:basedOn w:val="NormalTable_b362c461-c19c-40ed-9d87-7072a1353419"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6570d763-19ea-4d3e-9b9c-f01b9e6c58ee" w:customStyle="1">
-    <w:name w:val="Normal Table_6570d763-19ea-4d3e-9b9c-f01b9e6c58ee"/>
+  <w:style w:type="table" w:styleId="NormalTable_64e89bc5-eac7-4bd1-9ecc-b5c2aa6ff9ee" w:customStyle="1">
+    <w:name w:val="Normal Table_64e89bc5-eac7-4bd1-9ecc-b5c2aa6ff9ee"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3fcdbedf-d395-4636-a574-7ecdf7e8b609" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6570d763-19ea-4d3e-9b9c-f01b9e6c58ee"/>
+  <w:style w:type="table" w:styleId="TableGrid_a1c95a8a-bba6-46e5-8e01-c6674a943241" w:customStyle="1">
+    <w:name w:val="Table Grid_a1c95a8a-bba6-46e5-8e01-c6674a943241"/>
+    <w:basedOn w:val="NormalTable_64e89bc5-eac7-4bd1-9ecc-b5c2aa6ff9ee"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d5478300-9f4d-45f2-b12c-f26934054abf" w:customStyle="1">
-    <w:name w:val="Normal Table_d5478300-9f4d-45f2-b12c-f26934054abf"/>
+  <w:style w:type="table" w:styleId="NormalTable_f5cee344-59d5-4fc9-a677-e8aded0a720b" w:customStyle="1">
+    <w:name w:val="Normal Table_f5cee344-59d5-4fc9-a677-e8aded0a720b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b5cc9518-3e3f-4d71-b12f-8030bfae381c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d5478300-9f4d-45f2-b12c-f26934054abf"/>
+  <w:style w:type="table" w:styleId="TableGrid_60612ed6-a2df-4a19-bdce-a53aa8a02b8d" w:customStyle="1">
+    <w:name w:val="Table Grid_60612ed6-a2df-4a19-bdce-a53aa8a02b8d"/>
+    <w:basedOn w:val="NormalTable_f5cee344-59d5-4fc9-a677-e8aded0a720b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d932bf6e-cbb4-483b-8b48-5e57b8472976" w:customStyle="1">
-    <w:name w:val="Normal Table_d932bf6e-cbb4-483b-8b48-5e57b8472976"/>
+  <w:style w:type="table" w:styleId="NormalTable_85886e2c-8f66-4400-8c97-29bad6378111" w:customStyle="1">
+    <w:name w:val="Normal Table_85886e2c-8f66-4400-8c97-29bad6378111"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bfd858b2-9d6c-43af-93c3-9a97dce0d6ef" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d932bf6e-cbb4-483b-8b48-5e57b8472976"/>
+  <w:style w:type="table" w:styleId="TableGrid_81b56053-bffa-4889-be75-51a851210e41" w:customStyle="1">
+    <w:name w:val="Table Grid_81b56053-bffa-4889-be75-51a851210e41"/>
+    <w:basedOn w:val="NormalTable_85886e2c-8f66-4400-8c97-29bad6378111"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e9011b30-69f4-4569-81fc-2ded1ef5231b" w:customStyle="1">
-    <w:name w:val="Normal Table_e9011b30-69f4-4569-81fc-2ded1ef5231b"/>
+  <w:style w:type="table" w:styleId="NormalTable_a0c4c008-2009-4d04-a0a1-75950ce1cbd3" w:customStyle="1">
+    <w:name w:val="Normal Table_a0c4c008-2009-4d04-a0a1-75950ce1cbd3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d36d8513-95ef-4789-a47c-56ceb3e85532" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e9011b30-69f4-4569-81fc-2ded1ef5231b"/>
+  <w:style w:type="table" w:styleId="TableGrid_fa86b0a0-856d-4ecb-986f-0a1dbe27b58e" w:customStyle="1">
+    <w:name w:val="Table Grid_fa86b0a0-856d-4ecb-986f-0a1dbe27b58e"/>
+    <w:basedOn w:val="NormalTable_a0c4c008-2009-4d04-a0a1-75950ce1cbd3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b162ee37-12a1-4990-943e-ac8229525c25" w:customStyle="1">
-    <w:name w:val="Normal Table_b162ee37-12a1-4990-943e-ac8229525c25"/>
+  <w:style w:type="table" w:styleId="NormalTable_f2167e55-166e-4702-8359-17e40519dede" w:customStyle="1">
+    <w:name w:val="Normal Table_f2167e55-166e-4702-8359-17e40519dede"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7461a44d-3b86-4cd6-92c5-47ec7606762d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b162ee37-12a1-4990-943e-ac8229525c25"/>
+  <w:style w:type="table" w:styleId="TableGrid_2d1b822d-9f9b-49be-84b0-79ab4ea06b99" w:customStyle="1">
+    <w:name w:val="Table Grid_2d1b822d-9f9b-49be-84b0-79ab4ea06b99"/>
+    <w:basedOn w:val="NormalTable_f2167e55-166e-4702-8359-17e40519dede"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98099d36-078f-4345-bb12-2c5a86cc7aae" w:customStyle="1">
-    <w:name w:val="Normal Table_98099d36-078f-4345-bb12-2c5a86cc7aae"/>
+  <w:style w:type="table" w:styleId="NormalTable_b89b3ae5-b96f-4ab6-b2ec-f23e8dab6df1" w:customStyle="1">
+    <w:name w:val="Normal Table_b89b3ae5-b96f-4ab6-b2ec-f23e8dab6df1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_70c30465-e847-4b3f-99ac-2501409835d6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_98099d36-078f-4345-bb12-2c5a86cc7aae"/>
+  <w:style w:type="table" w:styleId="TableGrid_a8bba145-c52b-4113-b282-398cce1846f1" w:customStyle="1">
+    <w:name w:val="Table Grid_a8bba145-c52b-4113-b282-398cce1846f1"/>
+    <w:basedOn w:val="NormalTable_b89b3ae5-b96f-4ab6-b2ec-f23e8dab6df1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6eddd899-3246-49d4-b9e7-4b79e91680c9" w:customStyle="1">
-    <w:name w:val="Normal Table_6eddd899-3246-49d4-b9e7-4b79e91680c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_77ad9b2f-965c-4181-b63f-6569723d6a06" w:customStyle="1">
+    <w:name w:val="Normal Table_77ad9b2f-965c-4181-b63f-6569723d6a06"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_da20e8be-fc57-484a-ad1d-7a08a1d0fa0d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6eddd899-3246-49d4-b9e7-4b79e91680c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_10b90abc-e9b8-46f8-acd5-38bef327dae3" w:customStyle="1">
+    <w:name w:val="Table Grid_10b90abc-e9b8-46f8-acd5-38bef327dae3"/>
+    <w:basedOn w:val="NormalTable_77ad9b2f-965c-4181-b63f-6569723d6a06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1603651b-def4-4114-a9dd-5b205e639961" w:customStyle="1">
-    <w:name w:val="Normal Table_1603651b-def4-4114-a9dd-5b205e639961"/>
+  <w:style w:type="table" w:styleId="NormalTable_acf2b0bc-dcf4-4673-afd5-1f2e5e9d4ffe" w:customStyle="1">
+    <w:name w:val="Normal Table_acf2b0bc-dcf4-4673-afd5-1f2e5e9d4ffe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba0db4ef-28a6-4a7e-a768-dc971933eea8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1603651b-def4-4114-a9dd-5b205e639961"/>
+  <w:style w:type="table" w:styleId="TableGrid_a8a94147-3ae5-4853-8436-b03e1484dd6c" w:customStyle="1">
+    <w:name w:val="Table Grid_a8a94147-3ae5-4853-8436-b03e1484dd6c"/>
+    <w:basedOn w:val="NormalTable_acf2b0bc-dcf4-4673-afd5-1f2e5e9d4ffe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>