--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -177,51 +177,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fa86b0a0-856d-4ecb-986f-0a1dbe27b58e"/>
+      <w:tblStyle w:val="TableGrid_31b91de4-56ed-45e1-8b35-6b29fb8c4b88"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -232,51 +232,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:52:44 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:50:49 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -304,51 +304,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2d1b822d-9f9b-49be-84b0-79ab4ea06b99"/>
+      <w:tblStyle w:val="TableGrid_1db02d1e-8151-4ce1-baab-b347c26bea38"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -406,51 +406,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+            <w:pStyle w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -463,59 +463,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+      <w:pStyle w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a8a94147-3ae5-4853-8436-b03e1484dd6c"/>
+      <w:tblStyle w:val="TableGrid_c924a4ec-5a1d-4f99-81a2-9301429d266f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -526,51 +526,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a8bba145-c52b-4113-b282-398cce1846f1"/>
+            <w:tblStyle w:val="TableGrid_daef881c-35dc-4fe4-b4b2-fb4b06ddf422"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -671,72 +671,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+            <w:pStyle w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_10b90abc-e9b8-46f8-acd5-38bef327dae3"/>
+            <w:tblStyle w:val="TableGrid_7cb7dfb4-4c04-47a8-a31f-1aaa5565f62d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -837,62 +837,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+            <w:pStyle w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+      <w:pStyle w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -1426,629 +1426,629 @@
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804" w:customStyle="1">
-    <w:name w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+  <w:style w:type="paragraph" w:styleId="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e" w:customStyle="1">
+    <w:name w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+    <w:basedOn w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_45fa372b-e9cb-49d4-abd4-549adb492d89" w:customStyle="1">
-    <w:name w:val="Normal Table_45fa372b-e9cb-49d4-abd4-549adb492d89"/>
+  <w:style w:type="table" w:styleId="NormalTable_20a37e5d-9e89-45b1-847f-f7cc605a8e39" w:customStyle="1">
+    <w:name w:val="Normal Table_20a37e5d-9e89-45b1-847f-f7cc605a8e39"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_45fa372b-e9cb-49d4-abd4-549adb492d89"/>
+    <w:basedOn w:val="NormalTable_20a37e5d-9e89-45b1-847f-f7cc605a8e39"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+    <w:basedOn w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_64210a7d-4ecc-45e8-963d-d6f410c70804"/>
+    <w:basedOn w:val="Normal_2e4deb2a-9a9f-4fe6-888b-f34e3c96b83e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b362c461-c19c-40ed-9d87-7072a1353419" w:customStyle="1">
-    <w:name w:val="Normal Table_b362c461-c19c-40ed-9d87-7072a1353419"/>
+  <w:style w:type="table" w:styleId="NormalTable_e29b8c08-2b94-4825-a64f-e617d4736a09" w:customStyle="1">
+    <w:name w:val="Normal Table_e29b8c08-2b94-4825-a64f-e617d4736a09"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ec824098-cf8b-45d1-89d2-eb5e693e3e5f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b362c461-c19c-40ed-9d87-7072a1353419"/>
+  <w:style w:type="table" w:styleId="TableGrid_eaa446f8-b644-4558-8338-4b364934f998" w:customStyle="1">
+    <w:name w:val="Table Grid_eaa446f8-b644-4558-8338-4b364934f998"/>
+    <w:basedOn w:val="NormalTable_e29b8c08-2b94-4825-a64f-e617d4736a09"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_64e89bc5-eac7-4bd1-9ecc-b5c2aa6ff9ee" w:customStyle="1">
-    <w:name w:val="Normal Table_64e89bc5-eac7-4bd1-9ecc-b5c2aa6ff9ee"/>
+  <w:style w:type="table" w:styleId="NormalTable_a34be278-cb52-462e-bfa8-df24b978479b" w:customStyle="1">
+    <w:name w:val="Normal Table_a34be278-cb52-462e-bfa8-df24b978479b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a1c95a8a-bba6-46e5-8e01-c6674a943241" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_64e89bc5-eac7-4bd1-9ecc-b5c2aa6ff9ee"/>
+  <w:style w:type="table" w:styleId="TableGrid_49cd94f0-e9de-40fd-9ade-566761c0c75d" w:customStyle="1">
+    <w:name w:val="Table Grid_49cd94f0-e9de-40fd-9ade-566761c0c75d"/>
+    <w:basedOn w:val="NormalTable_a34be278-cb52-462e-bfa8-df24b978479b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f5cee344-59d5-4fc9-a677-e8aded0a720b" w:customStyle="1">
-    <w:name w:val="Normal Table_f5cee344-59d5-4fc9-a677-e8aded0a720b"/>
+  <w:style w:type="table" w:styleId="NormalTable_aea40207-966c-4d0c-b15e-22bb6a13b65b" w:customStyle="1">
+    <w:name w:val="Normal Table_aea40207-966c-4d0c-b15e-22bb6a13b65b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_60612ed6-a2df-4a19-bdce-a53aa8a02b8d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f5cee344-59d5-4fc9-a677-e8aded0a720b"/>
+  <w:style w:type="table" w:styleId="TableGrid_96e76d25-c068-4397-92f6-a25723c032ab" w:customStyle="1">
+    <w:name w:val="Table Grid_96e76d25-c068-4397-92f6-a25723c032ab"/>
+    <w:basedOn w:val="NormalTable_aea40207-966c-4d0c-b15e-22bb6a13b65b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_85886e2c-8f66-4400-8c97-29bad6378111" w:customStyle="1">
-    <w:name w:val="Normal Table_85886e2c-8f66-4400-8c97-29bad6378111"/>
+  <w:style w:type="table" w:styleId="NormalTable_e42ac252-d602-4929-a79e-4d056fbb531d" w:customStyle="1">
+    <w:name w:val="Normal Table_e42ac252-d602-4929-a79e-4d056fbb531d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_81b56053-bffa-4889-be75-51a851210e41" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_85886e2c-8f66-4400-8c97-29bad6378111"/>
+  <w:style w:type="table" w:styleId="TableGrid_46393ae8-91a6-4bc1-bc14-18c59ab25572" w:customStyle="1">
+    <w:name w:val="Table Grid_46393ae8-91a6-4bc1-bc14-18c59ab25572"/>
+    <w:basedOn w:val="NormalTable_e42ac252-d602-4929-a79e-4d056fbb531d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a0c4c008-2009-4d04-a0a1-75950ce1cbd3" w:customStyle="1">
-    <w:name w:val="Normal Table_a0c4c008-2009-4d04-a0a1-75950ce1cbd3"/>
+  <w:style w:type="table" w:styleId="NormalTable_aa7933c6-ee31-40ca-a3c5-e98b1acc99e0" w:customStyle="1">
+    <w:name w:val="Normal Table_aa7933c6-ee31-40ca-a3c5-e98b1acc99e0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa86b0a0-856d-4ecb-986f-0a1dbe27b58e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a0c4c008-2009-4d04-a0a1-75950ce1cbd3"/>
+  <w:style w:type="table" w:styleId="TableGrid_31b91de4-56ed-45e1-8b35-6b29fb8c4b88" w:customStyle="1">
+    <w:name w:val="Table Grid_31b91de4-56ed-45e1-8b35-6b29fb8c4b88"/>
+    <w:basedOn w:val="NormalTable_aa7933c6-ee31-40ca-a3c5-e98b1acc99e0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f2167e55-166e-4702-8359-17e40519dede" w:customStyle="1">
-    <w:name w:val="Normal Table_f2167e55-166e-4702-8359-17e40519dede"/>
+  <w:style w:type="table" w:styleId="NormalTable_d1ae459a-fb21-464b-984a-1bcc1e482858" w:customStyle="1">
+    <w:name w:val="Normal Table_d1ae459a-fb21-464b-984a-1bcc1e482858"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2d1b822d-9f9b-49be-84b0-79ab4ea06b99" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f2167e55-166e-4702-8359-17e40519dede"/>
+  <w:style w:type="table" w:styleId="TableGrid_1db02d1e-8151-4ce1-baab-b347c26bea38" w:customStyle="1">
+    <w:name w:val="Table Grid_1db02d1e-8151-4ce1-baab-b347c26bea38"/>
+    <w:basedOn w:val="NormalTable_d1ae459a-fb21-464b-984a-1bcc1e482858"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b89b3ae5-b96f-4ab6-b2ec-f23e8dab6df1" w:customStyle="1">
-    <w:name w:val="Normal Table_b89b3ae5-b96f-4ab6-b2ec-f23e8dab6df1"/>
+  <w:style w:type="table" w:styleId="NormalTable_7f3ff6b1-e39f-4dd2-88ae-22e7a1c0502e" w:customStyle="1">
+    <w:name w:val="Normal Table_7f3ff6b1-e39f-4dd2-88ae-22e7a1c0502e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a8bba145-c52b-4113-b282-398cce1846f1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b89b3ae5-b96f-4ab6-b2ec-f23e8dab6df1"/>
+  <w:style w:type="table" w:styleId="TableGrid_daef881c-35dc-4fe4-b4b2-fb4b06ddf422" w:customStyle="1">
+    <w:name w:val="Table Grid_daef881c-35dc-4fe4-b4b2-fb4b06ddf422"/>
+    <w:basedOn w:val="NormalTable_7f3ff6b1-e39f-4dd2-88ae-22e7a1c0502e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_77ad9b2f-965c-4181-b63f-6569723d6a06" w:customStyle="1">
-    <w:name w:val="Normal Table_77ad9b2f-965c-4181-b63f-6569723d6a06"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3035cd4-7348-4f60-b92f-41c5ce2c0b33" w:customStyle="1">
+    <w:name w:val="Normal Table_f3035cd4-7348-4f60-b92f-41c5ce2c0b33"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_10b90abc-e9b8-46f8-acd5-38bef327dae3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_77ad9b2f-965c-4181-b63f-6569723d6a06"/>
+  <w:style w:type="table" w:styleId="TableGrid_7cb7dfb4-4c04-47a8-a31f-1aaa5565f62d" w:customStyle="1">
+    <w:name w:val="Table Grid_7cb7dfb4-4c04-47a8-a31f-1aaa5565f62d"/>
+    <w:basedOn w:val="NormalTable_f3035cd4-7348-4f60-b92f-41c5ce2c0b33"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_acf2b0bc-dcf4-4673-afd5-1f2e5e9d4ffe" w:customStyle="1">
-    <w:name w:val="Normal Table_acf2b0bc-dcf4-4673-afd5-1f2e5e9d4ffe"/>
+  <w:style w:type="table" w:styleId="NormalTable_3aa1b2f4-912b-4c7d-b066-2bd63adc8a30" w:customStyle="1">
+    <w:name w:val="Normal Table_3aa1b2f4-912b-4c7d-b066-2bd63adc8a30"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a8a94147-3ae5-4853-8436-b03e1484dd6c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_acf2b0bc-dcf4-4673-afd5-1f2e5e9d4ffe"/>
+  <w:style w:type="table" w:styleId="TableGrid_c924a4ec-5a1d-4f99-81a2-9301429d266f" w:customStyle="1">
+    <w:name w:val="Table Grid_c924a4ec-5a1d-4f99-81a2-9301429d266f"/>
+    <w:basedOn w:val="NormalTable_3aa1b2f4-912b-4c7d-b066-2bd63adc8a30"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>