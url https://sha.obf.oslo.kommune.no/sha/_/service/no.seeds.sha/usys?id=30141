--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -2133,65 +2133,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Avtale BH-KU</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Avtale</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (HB)</w:t>
+              <w:t xml:space="preserve"> hovedbedrift (HB)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Rollekonflikt (M)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="900"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
@@ -2303,58 +2289,51 @@
               <w:t xml:space="preserve">2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6948"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evnt</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Evnt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Behandling i lokalt AMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="900"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
@@ -4538,60 +4517,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Entreprenør </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> -</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Dokumenter / henvisning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">er</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
@@ -4693,51 +4663,50 @@
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
@@ -4768,65 +4737,51 @@
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Samordnings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">skjema (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Se </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">)</w:t>
+              <w:t xml:space="preserve">Se HMSreg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4870,51 +4825,50 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4934,57 +4888,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6946"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Overføring av rollen som </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">hovedbedrift</w:t>
+              <w:t xml:space="preserve">Overføring av rollen som hovedbedrift</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(M)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
@@ -5027,72 +4975,64 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">X</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ved behov</w:t>
+              <w:t xml:space="preserve">X ved behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
@@ -5183,72 +5123,64 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">X</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ved behov</w:t>
+              <w:t xml:space="preserve">X ved behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
@@ -5394,51 +5326,50 @@
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
@@ -5531,51 +5462,50 @@
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
@@ -5687,51 +5617,50 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
@@ -5997,369 +5926,352 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">X</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ved behov</w:t>
+              <w:t xml:space="preserve">X ved behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="F2F2F2" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6946"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapportering av uønskede hendelser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="F2F2F2" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6946"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistikk / trender på byggeplassen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">HB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="709"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
@@ -7067,58 +6979,51 @@
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Sikker Jobbanalyse</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">utfylte </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">SJA</w:t>
+              <w:t xml:space="preserve">utfylte SJA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7418,51 +7323,65 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(PSI) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">inkl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kopi av grønt ID-kort og sertifikater/</w:t>
+              <w:t xml:space="preserve"> kopi av </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HMSkort</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og sertifikater/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">kompetansebeviser, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
@@ -8648,72 +8567,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6946"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prosedyrer for RTB inkl. </w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">renholdskvalitet</w:t>
+              <w:t xml:space="preserve">Prosedyrer for RTB inkl. Renholdsnivå og renholdskvalitet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="992"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9570,89 +9468,106 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_43edc32d-7304-4b97-9324-85f16400d300"/>
+      <w:tblStyle w:val="TableGrid_68ec5992-cdb9-464f-842e-3ec54601812b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 20:15:59 </w:t>
+            <w:t xml:space="preserve">07.12.2025 21:29:56 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -9680,493 +9595,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1220dbad-9c0b-4b63-83d3-0b1e1a535185"/>
+      <w:tblStyle w:val="TableGrid_8283016c-2e50-450d-a6ba-fd5f0ad62c6a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 92. Versjonsnummer: 7</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 92. Versjonsnummer: 8</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">0.0 SHA-Dokumentasjon (SHA-perm / arkivnøkkel)</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+            <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+      <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_840b33c9-ca9e-4ace-a734-a7ab85ad812c"/>
+      <w:tblStyle w:val="TableGrid_77108dec-e058-4afd-880e-404567a9b2b5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b6671c94-48b5-480d-ad6f-dae2e6ab654d"/>
+            <w:tblStyle w:val="TableGrid_3c403b63-b736-4bf8-8ddc-9ce42f76fa8f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">13.11.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+            <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_809f4f00-bcb3-4c7d-a648-9628d7b10268"/>
+            <w:tblStyle w:val="TableGrid_408b0ec8-451c-4ad0-8fed-0b648990115f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+            <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+      <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -11420,58 +11437,57 @@
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -13553,629 +13569,629 @@
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73" w:customStyle="1">
-    <w:name w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4" w:customStyle="1">
+    <w:name w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+    <w:basedOn w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6307432a-8995-4b6d-81ab-26f0dd2bfc57" w:customStyle="1">
-    <w:name w:val="Normal Table_6307432a-8995-4b6d-81ab-26f0dd2bfc57"/>
+  <w:style w:type="table" w:styleId="NormalTable_6569cf39-df4d-4e70-b52f-1641d5248803" w:customStyle="1">
+    <w:name w:val="Normal Table_6569cf39-df4d-4e70-b52f-1641d5248803"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_052ebe20-a0c8-4c6d-be16-9c77f88b90a9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6307432a-8995-4b6d-81ab-26f0dd2bfc57"/>
+  <w:style w:type="table" w:styleId="TableGrid_06d21730-a226-4398-bdcd-4de3a0a00fa3" w:customStyle="1">
+    <w:name w:val="Table Grid_06d21730-a226-4398-bdcd-4de3a0a00fa3"/>
+    <w:basedOn w:val="NormalTable_6569cf39-df4d-4e70-b52f-1641d5248803"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+    <w:basedOn w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_17ab2ea1-7754-4048-ab2a-3d6aaaf87e73"/>
+    <w:basedOn w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9596b89f-12b3-4c60-8a77-996f91fa0fa5" w:customStyle="1">
-    <w:name w:val="Normal Table_9596b89f-12b3-4c60-8a77-996f91fa0fa5"/>
+  <w:style w:type="table" w:styleId="NormalTable_c48b2816-1a0a-4a02-8204-abd32389dd68" w:customStyle="1">
+    <w:name w:val="Normal Table_c48b2816-1a0a-4a02-8204-abd32389dd68"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18211f7a-d6fe-4a86-9986-5042f932db9a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9596b89f-12b3-4c60-8a77-996f91fa0fa5"/>
+  <w:style w:type="table" w:styleId="TableGrid_442dabc3-a2cb-4c1e-abcb-5f56b931ffb5" w:customStyle="1">
+    <w:name w:val="Table Grid_442dabc3-a2cb-4c1e-abcb-5f56b931ffb5"/>
+    <w:basedOn w:val="NormalTable_c48b2816-1a0a-4a02-8204-abd32389dd68"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1444c9fb-4698-4556-a49c-cd7817fd2620" w:customStyle="1">
-    <w:name w:val="Normal Table_1444c9fb-4698-4556-a49c-cd7817fd2620"/>
+  <w:style w:type="table" w:styleId="NormalTable_18dbe1db-9f1a-4e75-aec6-c3bdce4887a4" w:customStyle="1">
+    <w:name w:val="Normal Table_18dbe1db-9f1a-4e75-aec6-c3bdce4887a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_db25e366-9be6-441d-b343-eec97b53fc4a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1444c9fb-4698-4556-a49c-cd7817fd2620"/>
+  <w:style w:type="table" w:styleId="TableGrid_9c4b22f7-ccc1-4aa8-9071-37cb57d3e96d" w:customStyle="1">
+    <w:name w:val="Table Grid_9c4b22f7-ccc1-4aa8-9071-37cb57d3e96d"/>
+    <w:basedOn w:val="NormalTable_18dbe1db-9f1a-4e75-aec6-c3bdce4887a4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e1ab570-9ab8-4e9e-99fb-f06dfd2e6b48" w:customStyle="1">
-    <w:name w:val="Normal Table_7e1ab570-9ab8-4e9e-99fb-f06dfd2e6b48"/>
+  <w:style w:type="table" w:styleId="NormalTable_96f7aa9b-e46f-4f81-a332-d2bbf83ee7f6" w:customStyle="1">
+    <w:name w:val="Normal Table_96f7aa9b-e46f-4f81-a332-d2bbf83ee7f6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_65cd16d7-ed06-46c1-bee6-50bff11632ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e1ab570-9ab8-4e9e-99fb-f06dfd2e6b48"/>
+  <w:style w:type="table" w:styleId="TableGrid_5538b825-3670-4f12-acd1-649fe9334d44" w:customStyle="1">
+    <w:name w:val="Table Grid_5538b825-3670-4f12-acd1-649fe9334d44"/>
+    <w:basedOn w:val="NormalTable_96f7aa9b-e46f-4f81-a332-d2bbf83ee7f6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8db507e5-5b54-425c-9158-a69f545c3dd4" w:customStyle="1">
-    <w:name w:val="Normal Table_8db507e5-5b54-425c-9158-a69f545c3dd4"/>
+  <w:style w:type="table" w:styleId="NormalTable_685f8d88-1ae2-4115-959b-205d62f7e519" w:customStyle="1">
+    <w:name w:val="Normal Table_685f8d88-1ae2-4115-959b-205d62f7e519"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_06532134-76a9-4cb1-b1a8-0ca3f76a8a68" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8db507e5-5b54-425c-9158-a69f545c3dd4"/>
+  <w:style w:type="table" w:styleId="TableGrid_d395d1db-168d-4920-9e3b-aacb9a6c1945" w:customStyle="1">
+    <w:name w:val="Table Grid_d395d1db-168d-4920-9e3b-aacb9a6c1945"/>
+    <w:basedOn w:val="NormalTable_685f8d88-1ae2-4115-959b-205d62f7e519"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3fefa19f-0cb6-477c-890b-28b4ccef7be9" w:customStyle="1">
-    <w:name w:val="Normal Table_3fefa19f-0cb6-477c-890b-28b4ccef7be9"/>
+  <w:style w:type="table" w:styleId="NormalTable_be5f23fa-f889-43ab-9741-674da0748978" w:customStyle="1">
+    <w:name w:val="Normal Table_be5f23fa-f889-43ab-9741-674da0748978"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_43edc32d-7304-4b97-9324-85f16400d300" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3fefa19f-0cb6-477c-890b-28b4ccef7be9"/>
+  <w:style w:type="table" w:styleId="TableGrid_68ec5992-cdb9-464f-842e-3ec54601812b" w:customStyle="1">
+    <w:name w:val="Table Grid_68ec5992-cdb9-464f-842e-3ec54601812b"/>
+    <w:basedOn w:val="NormalTable_be5f23fa-f889-43ab-9741-674da0748978"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7faa2f44-9d65-4ebc-b800-910493a33957" w:customStyle="1">
-    <w:name w:val="Normal Table_7faa2f44-9d65-4ebc-b800-910493a33957"/>
+  <w:style w:type="table" w:styleId="NormalTable_7051f791-a1f5-4c41-a15b-46005c45f273" w:customStyle="1">
+    <w:name w:val="Normal Table_7051f791-a1f5-4c41-a15b-46005c45f273"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1220dbad-9c0b-4b63-83d3-0b1e1a535185" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7faa2f44-9d65-4ebc-b800-910493a33957"/>
+  <w:style w:type="table" w:styleId="TableGrid_8283016c-2e50-450d-a6ba-fd5f0ad62c6a" w:customStyle="1">
+    <w:name w:val="Table Grid_8283016c-2e50-450d-a6ba-fd5f0ad62c6a"/>
+    <w:basedOn w:val="NormalTable_7051f791-a1f5-4c41-a15b-46005c45f273"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a93b577a-e1cb-4dae-b29e-a1005ef48b7c" w:customStyle="1">
-    <w:name w:val="Normal Table_a93b577a-e1cb-4dae-b29e-a1005ef48b7c"/>
+  <w:style w:type="table" w:styleId="NormalTable_3c788985-9177-4251-ae28-f952cf5c5984" w:customStyle="1">
+    <w:name w:val="Normal Table_3c788985-9177-4251-ae28-f952cf5c5984"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6671c94-48b5-480d-ad6f-dae2e6ab654d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a93b577a-e1cb-4dae-b29e-a1005ef48b7c"/>
+  <w:style w:type="table" w:styleId="TableGrid_3c403b63-b736-4bf8-8ddc-9ce42f76fa8f" w:customStyle="1">
+    <w:name w:val="Table Grid_3c403b63-b736-4bf8-8ddc-9ce42f76fa8f"/>
+    <w:basedOn w:val="NormalTable_3c788985-9177-4251-ae28-f952cf5c5984"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bc3cd0b5-b32d-4809-b3be-5b3dcf30ca31" w:customStyle="1">
-    <w:name w:val="Normal Table_bc3cd0b5-b32d-4809-b3be-5b3dcf30ca31"/>
+  <w:style w:type="table" w:styleId="NormalTable_9df372df-78d3-4112-afbf-4d4200891067" w:customStyle="1">
+    <w:name w:val="Normal Table_9df372df-78d3-4112-afbf-4d4200891067"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_809f4f00-bcb3-4c7d-a648-9628d7b10268" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bc3cd0b5-b32d-4809-b3be-5b3dcf30ca31"/>
+  <w:style w:type="table" w:styleId="TableGrid_408b0ec8-451c-4ad0-8fed-0b648990115f" w:customStyle="1">
+    <w:name w:val="Table Grid_408b0ec8-451c-4ad0-8fed-0b648990115f"/>
+    <w:basedOn w:val="NormalTable_9df372df-78d3-4112-afbf-4d4200891067"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b71b0603-138e-4dc4-83f1-100375abd490" w:customStyle="1">
-    <w:name w:val="Normal Table_b71b0603-138e-4dc4-83f1-100375abd490"/>
+  <w:style w:type="table" w:styleId="NormalTable_54f16f65-e756-491f-9fef-5cd32789dac4" w:customStyle="1">
+    <w:name w:val="Normal Table_54f16f65-e756-491f-9fef-5cd32789dac4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_840b33c9-ca9e-4ace-a734-a7ab85ad812c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b71b0603-138e-4dc4-83f1-100375abd490"/>
+  <w:style w:type="table" w:styleId="TableGrid_77108dec-e058-4afd-880e-404567a9b2b5" w:customStyle="1">
+    <w:name w:val="Table Grid_77108dec-e058-4afd-880e-404567a9b2b5"/>
+    <w:basedOn w:val="NormalTable_54f16f65-e756-491f-9fef-5cd32789dac4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -14488,51 +14504,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{974FEA4B-E518-44CF-B685-0847B5170DF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>651-2-0.0 SHA-perm (Arkivnøkkel).dot</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>490</Words>
-  <Characters>2603</Characters>
+  <Characters>2597</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus>Godkjent</cp:contentStatus>
 </cp:coreProperties>
 </file>