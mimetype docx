--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -9468,51 +9468,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_68ec5992-cdb9-464f-842e-3ec54601812b"/>
+      <w:tblStyle w:val="TableGrid_110ad60e-e024-495a-96f0-d01c0fafb40e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9523,51 +9523,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">07.12.2025 21:29:56 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:51:18 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -9595,51 +9595,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8283016c-2e50-450d-a6ba-fd5f0ad62c6a"/>
+      <w:tblStyle w:val="TableGrid_a31bb1fe-4dbd-4acd-b79b-b64a39a7a1ad"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -9697,51 +9697,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+            <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -9754,59 +9754,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+      <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_77108dec-e058-4afd-880e-404567a9b2b5"/>
+      <w:tblStyle w:val="TableGrid_b2868693-0793-477f-8f9b-9395954391ad"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9817,51 +9817,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3c403b63-b736-4bf8-8ddc-9ce42f76fa8f"/>
+            <w:tblStyle w:val="TableGrid_765e6b0e-ccfc-4804-aed9-d77ed1495fa1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9962,72 +9962,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.11.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+            <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_408b0ec8-451c-4ad0-8fed-0b648990115f"/>
+            <w:tblStyle w:val="TableGrid_e1f089b6-3577-4ac0-ace0-f10018f0619f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -10128,62 +10128,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+            <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+      <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -13569,629 +13569,629 @@
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4" w:customStyle="1">
-    <w:name w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+  <w:style w:type="paragraph" w:styleId="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4" w:customStyle="1">
+    <w:name w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+    <w:basedOn w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6569cf39-df4d-4e70-b52f-1641d5248803" w:customStyle="1">
-    <w:name w:val="Normal Table_6569cf39-df4d-4e70-b52f-1641d5248803"/>
+  <w:style w:type="table" w:styleId="NormalTable_1be3ccb1-22d4-423d-b906-a3ecdc569844" w:customStyle="1">
+    <w:name w:val="Normal Table_1be3ccb1-22d4-423d-b906-a3ecdc569844"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_06d21730-a226-4398-bdcd-4de3a0a00fa3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6569cf39-df4d-4e70-b52f-1641d5248803"/>
+  <w:style w:type="table" w:styleId="TableGrid_5f0ccf15-980d-4ce3-8ba1-4e237db85491" w:customStyle="1">
+    <w:name w:val="Table Grid_5f0ccf15-980d-4ce3-8ba1-4e237db85491"/>
+    <w:basedOn w:val="NormalTable_1be3ccb1-22d4-423d-b906-a3ecdc569844"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+    <w:basedOn w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c5fb21fb-3ac3-4878-99de-464b6a26aff4"/>
+    <w:basedOn w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c48b2816-1a0a-4a02-8204-abd32389dd68" w:customStyle="1">
-    <w:name w:val="Normal Table_c48b2816-1a0a-4a02-8204-abd32389dd68"/>
+  <w:style w:type="table" w:styleId="NormalTable_87d0e174-60b4-456f-9509-77812bc97bb8" w:customStyle="1">
+    <w:name w:val="Normal Table_87d0e174-60b4-456f-9509-77812bc97bb8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_442dabc3-a2cb-4c1e-abcb-5f56b931ffb5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c48b2816-1a0a-4a02-8204-abd32389dd68"/>
+  <w:style w:type="table" w:styleId="TableGrid_d8aa0985-587b-4120-838d-231d83313783" w:customStyle="1">
+    <w:name w:val="Table Grid_d8aa0985-587b-4120-838d-231d83313783"/>
+    <w:basedOn w:val="NormalTable_87d0e174-60b4-456f-9509-77812bc97bb8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_18dbe1db-9f1a-4e75-aec6-c3bdce4887a4" w:customStyle="1">
-    <w:name w:val="Normal Table_18dbe1db-9f1a-4e75-aec6-c3bdce4887a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_166b58f4-ef41-42b3-884c-21ca2e3ad97e" w:customStyle="1">
+    <w:name w:val="Normal Table_166b58f4-ef41-42b3-884c-21ca2e3ad97e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c4b22f7-ccc1-4aa8-9071-37cb57d3e96d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_18dbe1db-9f1a-4e75-aec6-c3bdce4887a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_3960bd49-1de5-4eb8-ae71-8fa8500d6e39" w:customStyle="1">
+    <w:name w:val="Table Grid_3960bd49-1de5-4eb8-ae71-8fa8500d6e39"/>
+    <w:basedOn w:val="NormalTable_166b58f4-ef41-42b3-884c-21ca2e3ad97e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_96f7aa9b-e46f-4f81-a332-d2bbf83ee7f6" w:customStyle="1">
-    <w:name w:val="Normal Table_96f7aa9b-e46f-4f81-a332-d2bbf83ee7f6"/>
+  <w:style w:type="table" w:styleId="NormalTable_8491fbcf-69fb-4768-a434-faeaae8fb64d" w:customStyle="1">
+    <w:name w:val="Normal Table_8491fbcf-69fb-4768-a434-faeaae8fb64d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5538b825-3670-4f12-acd1-649fe9334d44" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_96f7aa9b-e46f-4f81-a332-d2bbf83ee7f6"/>
+  <w:style w:type="table" w:styleId="TableGrid_ef987753-8ef5-4e13-949b-693fc3f4f094" w:customStyle="1">
+    <w:name w:val="Table Grid_ef987753-8ef5-4e13-949b-693fc3f4f094"/>
+    <w:basedOn w:val="NormalTable_8491fbcf-69fb-4768-a434-faeaae8fb64d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_685f8d88-1ae2-4115-959b-205d62f7e519" w:customStyle="1">
-    <w:name w:val="Normal Table_685f8d88-1ae2-4115-959b-205d62f7e519"/>
+  <w:style w:type="table" w:styleId="NormalTable_a7c4af99-599c-4191-82d5-66ac3359d63b" w:customStyle="1">
+    <w:name w:val="Normal Table_a7c4af99-599c-4191-82d5-66ac3359d63b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d395d1db-168d-4920-9e3b-aacb9a6c1945" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_685f8d88-1ae2-4115-959b-205d62f7e519"/>
+  <w:style w:type="table" w:styleId="TableGrid_d4eae1e9-bbc1-456f-af3e-b6be22ec8725" w:customStyle="1">
+    <w:name w:val="Table Grid_d4eae1e9-bbc1-456f-af3e-b6be22ec8725"/>
+    <w:basedOn w:val="NormalTable_a7c4af99-599c-4191-82d5-66ac3359d63b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_be5f23fa-f889-43ab-9741-674da0748978" w:customStyle="1">
-    <w:name w:val="Normal Table_be5f23fa-f889-43ab-9741-674da0748978"/>
+  <w:style w:type="table" w:styleId="NormalTable_3d13f309-aa2c-4a76-bdc2-eea58d93235d" w:customStyle="1">
+    <w:name w:val="Normal Table_3d13f309-aa2c-4a76-bdc2-eea58d93235d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_68ec5992-cdb9-464f-842e-3ec54601812b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_be5f23fa-f889-43ab-9741-674da0748978"/>
+  <w:style w:type="table" w:styleId="TableGrid_110ad60e-e024-495a-96f0-d01c0fafb40e" w:customStyle="1">
+    <w:name w:val="Table Grid_110ad60e-e024-495a-96f0-d01c0fafb40e"/>
+    <w:basedOn w:val="NormalTable_3d13f309-aa2c-4a76-bdc2-eea58d93235d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7051f791-a1f5-4c41-a15b-46005c45f273" w:customStyle="1">
-    <w:name w:val="Normal Table_7051f791-a1f5-4c41-a15b-46005c45f273"/>
+  <w:style w:type="table" w:styleId="NormalTable_fcb70250-337a-47f9-9040-0883ad5090bb" w:customStyle="1">
+    <w:name w:val="Normal Table_fcb70250-337a-47f9-9040-0883ad5090bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8283016c-2e50-450d-a6ba-fd5f0ad62c6a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7051f791-a1f5-4c41-a15b-46005c45f273"/>
+  <w:style w:type="table" w:styleId="TableGrid_a31bb1fe-4dbd-4acd-b79b-b64a39a7a1ad" w:customStyle="1">
+    <w:name w:val="Table Grid_a31bb1fe-4dbd-4acd-b79b-b64a39a7a1ad"/>
+    <w:basedOn w:val="NormalTable_fcb70250-337a-47f9-9040-0883ad5090bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3c788985-9177-4251-ae28-f952cf5c5984" w:customStyle="1">
-    <w:name w:val="Normal Table_3c788985-9177-4251-ae28-f952cf5c5984"/>
+  <w:style w:type="table" w:styleId="NormalTable_57ce13b3-c17d-49fb-aaff-203c1ed2a40c" w:customStyle="1">
+    <w:name w:val="Normal Table_57ce13b3-c17d-49fb-aaff-203c1ed2a40c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3c403b63-b736-4bf8-8ddc-9ce42f76fa8f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3c788985-9177-4251-ae28-f952cf5c5984"/>
+  <w:style w:type="table" w:styleId="TableGrid_765e6b0e-ccfc-4804-aed9-d77ed1495fa1" w:customStyle="1">
+    <w:name w:val="Table Grid_765e6b0e-ccfc-4804-aed9-d77ed1495fa1"/>
+    <w:basedOn w:val="NormalTable_57ce13b3-c17d-49fb-aaff-203c1ed2a40c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9df372df-78d3-4112-afbf-4d4200891067" w:customStyle="1">
-    <w:name w:val="Normal Table_9df372df-78d3-4112-afbf-4d4200891067"/>
+  <w:style w:type="table" w:styleId="NormalTable_b9ccf137-fc57-4292-92ac-915d1770b43c" w:customStyle="1">
+    <w:name w:val="Normal Table_b9ccf137-fc57-4292-92ac-915d1770b43c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_408b0ec8-451c-4ad0-8fed-0b648990115f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9df372df-78d3-4112-afbf-4d4200891067"/>
+  <w:style w:type="table" w:styleId="TableGrid_e1f089b6-3577-4ac0-ace0-f10018f0619f" w:customStyle="1">
+    <w:name w:val="Table Grid_e1f089b6-3577-4ac0-ace0-f10018f0619f"/>
+    <w:basedOn w:val="NormalTable_b9ccf137-fc57-4292-92ac-915d1770b43c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_54f16f65-e756-491f-9fef-5cd32789dac4" w:customStyle="1">
-    <w:name w:val="Normal Table_54f16f65-e756-491f-9fef-5cd32789dac4"/>
+  <w:style w:type="table" w:styleId="NormalTable_f1ccbfd2-1618-4825-b653-9f29c8856f9e" w:customStyle="1">
+    <w:name w:val="Normal Table_f1ccbfd2-1618-4825-b653-9f29c8856f9e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_77108dec-e058-4afd-880e-404567a9b2b5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_54f16f65-e756-491f-9fef-5cd32789dac4"/>
+  <w:style w:type="table" w:styleId="TableGrid_b2868693-0793-477f-8f9b-9395954391ad" w:customStyle="1">
+    <w:name w:val="Table Grid_b2868693-0793-477f-8f9b-9395954391ad"/>
+    <w:basedOn w:val="NormalTable_f1ccbfd2-1618-4825-b653-9f29c8856f9e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>