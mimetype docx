--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -4007,57 +4007,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="851"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="567"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="BFBFBF" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4508,51 +4501,51 @@
               <w:left w:val="single" w:color="auto" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="BFBFBF" w:color="auto" w:val="clear"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entreprenør </w:t>
+              <w:t xml:space="preserve">Hovedbedrift </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Dokumenter / henvisning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9389,50 +9382,70 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SHA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">slobygg.no</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="087B6315">
+      <w:pPr>
+        <w:pStyle w:val="Topptekst"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:right="-568"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HB = Hovedbedrift</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2126" w:right="1134" w:bottom="1134" w:left="1134" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
@@ -9468,51 +9481,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_110ad60e-e024-495a-96f0-d01c0fafb40e"/>
+      <w:tblStyle w:val="TableGrid_db009f9a-ef59-49ee-9fb0-eacb9f7768bb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9523,51 +9536,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">04.02.2026 03:51:18 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:44:24 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -9595,51 +9608,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a31bb1fe-4dbd-4acd-b79b-b64a39a7a1ad"/>
+      <w:tblStyle w:val="TableGrid_2550363b-80f7-4ad6-a6e8-09a5bf8eec2f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -9653,95 +9666,95 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 92. Versjonsnummer: 8</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 92. Versjonsnummer: 9</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">0.0 SHA-Dokumentasjon (SHA-perm / arkivnøkkel)</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+            <w:pStyle w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -9754,59 +9767,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+      <w:pStyle w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b2868693-0793-477f-8f9b-9395954391ad"/>
+      <w:tblStyle w:val="TableGrid_cfb4b469-e020-4f73-9a1b-e02cc0e64f01"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9817,51 +9830,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_765e6b0e-ccfc-4804-aed9-d77ed1495fa1"/>
+            <w:tblStyle w:val="TableGrid_99a531d4-ef9a-4ed4-813d-1f68e5a372b2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9954,80 +9967,80 @@
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">13.11.2025 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">09.02.2026 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+            <w:pStyle w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e1f089b6-3577-4ac0-ace0-f10018f0619f"/>
+            <w:tblStyle w:val="TableGrid_55f95a63-8c75-4f8e-86ac-c129286d0296"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -10128,62 +10141,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+            <w:pStyle w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+      <w:pStyle w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -13569,629 +13582,629 @@
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4" w:customStyle="1">
-    <w:name w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+  <w:style w:type="paragraph" w:styleId="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa" w:customStyle="1">
+    <w:name w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+    <w:basedOn w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1be3ccb1-22d4-423d-b906-a3ecdc569844" w:customStyle="1">
-    <w:name w:val="Normal Table_1be3ccb1-22d4-423d-b906-a3ecdc569844"/>
+  <w:style w:type="table" w:styleId="NormalTable_8aaef523-90df-45e8-97af-1db6f2e66269" w:customStyle="1">
+    <w:name w:val="Normal Table_8aaef523-90df-45e8-97af-1db6f2e66269"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5f0ccf15-980d-4ce3-8ba1-4e237db85491" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1be3ccb1-22d4-423d-b906-a3ecdc569844"/>
+  <w:style w:type="table" w:styleId="TableGrid_eb243fb3-9b62-4af2-aa32-363b76bd2dd6" w:customStyle="1">
+    <w:name w:val="Table Grid_eb243fb3-9b62-4af2-aa32-363b76bd2dd6"/>
+    <w:basedOn w:val="NormalTable_8aaef523-90df-45e8-97af-1db6f2e66269"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+    <w:basedOn w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_fd88a505-8911-4f9b-a851-7425ebf349d4"/>
+    <w:basedOn w:val="Normal_2cd22588-abeb-41aa-a4b3-392868e33faa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87d0e174-60b4-456f-9509-77812bc97bb8" w:customStyle="1">
-    <w:name w:val="Normal Table_87d0e174-60b4-456f-9509-77812bc97bb8"/>
+  <w:style w:type="table" w:styleId="NormalTable_c9460ea4-c54d-47a4-a450-c67ee33270ea" w:customStyle="1">
+    <w:name w:val="Normal Table_c9460ea4-c54d-47a4-a450-c67ee33270ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d8aa0985-587b-4120-838d-231d83313783" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87d0e174-60b4-456f-9509-77812bc97bb8"/>
+  <w:style w:type="table" w:styleId="TableGrid_7b4cb6d2-60d9-4f59-8155-859a3bf71f6a" w:customStyle="1">
+    <w:name w:val="Table Grid_7b4cb6d2-60d9-4f59-8155-859a3bf71f6a"/>
+    <w:basedOn w:val="NormalTable_c9460ea4-c54d-47a4-a450-c67ee33270ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_166b58f4-ef41-42b3-884c-21ca2e3ad97e" w:customStyle="1">
-    <w:name w:val="Normal Table_166b58f4-ef41-42b3-884c-21ca2e3ad97e"/>
+  <w:style w:type="table" w:styleId="NormalTable_cc7ec4ef-2ff7-4e84-9b3a-97645567f98b" w:customStyle="1">
+    <w:name w:val="Normal Table_cc7ec4ef-2ff7-4e84-9b3a-97645567f98b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3960bd49-1de5-4eb8-ae71-8fa8500d6e39" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_166b58f4-ef41-42b3-884c-21ca2e3ad97e"/>
+  <w:style w:type="table" w:styleId="TableGrid_44b7c6d7-26e0-46b5-97cf-5462e90183e4" w:customStyle="1">
+    <w:name w:val="Table Grid_44b7c6d7-26e0-46b5-97cf-5462e90183e4"/>
+    <w:basedOn w:val="NormalTable_cc7ec4ef-2ff7-4e84-9b3a-97645567f98b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8491fbcf-69fb-4768-a434-faeaae8fb64d" w:customStyle="1">
-    <w:name w:val="Normal Table_8491fbcf-69fb-4768-a434-faeaae8fb64d"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c89782d-4a4d-4291-baef-cce485f72dc7" w:customStyle="1">
+    <w:name w:val="Normal Table_0c89782d-4a4d-4291-baef-cce485f72dc7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef987753-8ef5-4e13-949b-693fc3f4f094" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8491fbcf-69fb-4768-a434-faeaae8fb64d"/>
+  <w:style w:type="table" w:styleId="TableGrid_4277cb86-b2c7-4bed-bb3c-b11b7f6f456d" w:customStyle="1">
+    <w:name w:val="Table Grid_4277cb86-b2c7-4bed-bb3c-b11b7f6f456d"/>
+    <w:basedOn w:val="NormalTable_0c89782d-4a4d-4291-baef-cce485f72dc7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a7c4af99-599c-4191-82d5-66ac3359d63b" w:customStyle="1">
-    <w:name w:val="Normal Table_a7c4af99-599c-4191-82d5-66ac3359d63b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4f793fb8-f977-47b6-a2a3-d371bc3e87f8" w:customStyle="1">
+    <w:name w:val="Normal Table_4f793fb8-f977-47b6-a2a3-d371bc3e87f8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d4eae1e9-bbc1-456f-af3e-b6be22ec8725" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a7c4af99-599c-4191-82d5-66ac3359d63b"/>
+  <w:style w:type="table" w:styleId="TableGrid_9f0e523c-2b9d-4cb5-bf37-e50bba82b9c6" w:customStyle="1">
+    <w:name w:val="Table Grid_9f0e523c-2b9d-4cb5-bf37-e50bba82b9c6"/>
+    <w:basedOn w:val="NormalTable_4f793fb8-f977-47b6-a2a3-d371bc3e87f8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3d13f309-aa2c-4a76-bdc2-eea58d93235d" w:customStyle="1">
-    <w:name w:val="Normal Table_3d13f309-aa2c-4a76-bdc2-eea58d93235d"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ee74d49-453d-4017-b41b-2a41c32eb4d3" w:customStyle="1">
+    <w:name w:val="Normal Table_2ee74d49-453d-4017-b41b-2a41c32eb4d3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_110ad60e-e024-495a-96f0-d01c0fafb40e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3d13f309-aa2c-4a76-bdc2-eea58d93235d"/>
+  <w:style w:type="table" w:styleId="TableGrid_db009f9a-ef59-49ee-9fb0-eacb9f7768bb" w:customStyle="1">
+    <w:name w:val="Table Grid_db009f9a-ef59-49ee-9fb0-eacb9f7768bb"/>
+    <w:basedOn w:val="NormalTable_2ee74d49-453d-4017-b41b-2a41c32eb4d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fcb70250-337a-47f9-9040-0883ad5090bb" w:customStyle="1">
-    <w:name w:val="Normal Table_fcb70250-337a-47f9-9040-0883ad5090bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_f15c4fef-f525-4ed1-9a14-4a072bd7b804" w:customStyle="1">
+    <w:name w:val="Normal Table_f15c4fef-f525-4ed1-9a14-4a072bd7b804"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a31bb1fe-4dbd-4acd-b79b-b64a39a7a1ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fcb70250-337a-47f9-9040-0883ad5090bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_2550363b-80f7-4ad6-a6e8-09a5bf8eec2f" w:customStyle="1">
+    <w:name w:val="Table Grid_2550363b-80f7-4ad6-a6e8-09a5bf8eec2f"/>
+    <w:basedOn w:val="NormalTable_f15c4fef-f525-4ed1-9a14-4a072bd7b804"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_57ce13b3-c17d-49fb-aaff-203c1ed2a40c" w:customStyle="1">
-    <w:name w:val="Normal Table_57ce13b3-c17d-49fb-aaff-203c1ed2a40c"/>
+  <w:style w:type="table" w:styleId="NormalTable_4b91d927-02ee-4305-ba07-b48406c0385e" w:customStyle="1">
+    <w:name w:val="Normal Table_4b91d927-02ee-4305-ba07-b48406c0385e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_765e6b0e-ccfc-4804-aed9-d77ed1495fa1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_57ce13b3-c17d-49fb-aaff-203c1ed2a40c"/>
+  <w:style w:type="table" w:styleId="TableGrid_99a531d4-ef9a-4ed4-813d-1f68e5a372b2" w:customStyle="1">
+    <w:name w:val="Table Grid_99a531d4-ef9a-4ed4-813d-1f68e5a372b2"/>
+    <w:basedOn w:val="NormalTable_4b91d927-02ee-4305-ba07-b48406c0385e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b9ccf137-fc57-4292-92ac-915d1770b43c" w:customStyle="1">
-    <w:name w:val="Normal Table_b9ccf137-fc57-4292-92ac-915d1770b43c"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e19550c-88f1-4f13-b47d-eea6f910d0e1" w:customStyle="1">
+    <w:name w:val="Normal Table_1e19550c-88f1-4f13-b47d-eea6f910d0e1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e1f089b6-3577-4ac0-ace0-f10018f0619f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b9ccf137-fc57-4292-92ac-915d1770b43c"/>
+  <w:style w:type="table" w:styleId="TableGrid_55f95a63-8c75-4f8e-86ac-c129286d0296" w:customStyle="1">
+    <w:name w:val="Table Grid_55f95a63-8c75-4f8e-86ac-c129286d0296"/>
+    <w:basedOn w:val="NormalTable_1e19550c-88f1-4f13-b47d-eea6f910d0e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f1ccbfd2-1618-4825-b653-9f29c8856f9e" w:customStyle="1">
-    <w:name w:val="Normal Table_f1ccbfd2-1618-4825-b653-9f29c8856f9e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0ff0109-6a5d-4099-8c4a-7c21dfecbdcd" w:customStyle="1">
+    <w:name w:val="Normal Table_c0ff0109-6a5d-4099-8c4a-7c21dfecbdcd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b2868693-0793-477f-8f9b-9395954391ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f1ccbfd2-1618-4825-b653-9f29c8856f9e"/>
+  <w:style w:type="table" w:styleId="TableGrid_cfb4b469-e020-4f73-9a1b-e02cc0e64f01" w:customStyle="1">
+    <w:name w:val="Table Grid_cfb4b469-e020-4f73-9a1b-e02cc0e64f01"/>
+    <w:basedOn w:val="NormalTable_c0ff0109-6a5d-4099-8c4a-7c21dfecbdcd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -14503,52 +14516,52 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{974FEA4B-E518-44CF-B685-0847B5170DF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>651-2-0.0 SHA-perm (Arkivnøkkel).dot</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>490</Words>
-  <Characters>2597</Characters>
+  <Words>492</Words>
+  <Characters>2613</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus>Godkjent</cp:contentStatus>
 </cp:coreProperties>
 </file>