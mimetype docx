--- v0 (2025-11-20)
+++ v1 (2026-01-19)
@@ -13811,51 +13811,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_761be3a6-2d7f-4f2d-8315-8daa840c832e"/>
+      <w:tblStyle w:val="TableGrid_ae99cd5b-54a4-485a-b786-e8186f6ff57d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -13866,51 +13866,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">20.11.2025 02:05:17 </w:t>
+            <w:t xml:space="preserve">19.01.2026 06:29:41 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13938,51 +13938,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3e0aaff7-c8fc-4cd5-85c2-aea43fa303f8"/>
+      <w:tblStyle w:val="TableGrid_0e336c72-f6dc-4477-890d-a6a94b14641f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14040,51 +14040,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+            <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14097,59 +14097,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+      <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4a3cf3b1-db02-481e-8e43-a68e5ac7080d"/>
+      <w:tblStyle w:val="TableGrid_ab663223-4ef0-45b0-b125-2dd2df2c4ec8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14160,51 +14160,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_dc49237d-509e-43ba-aa2c-7e3c9876008f"/>
+            <w:tblStyle w:val="TableGrid_94b46d8c-6925-42f7-9e84-97542c84e93c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14305,72 +14305,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+            <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_17f1f1c4-b7ed-4c5b-afd2-61684d73bd33"/>
+            <w:tblStyle w:val="TableGrid_08235335-ef68-461b-9b08-6a6c496aca4e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14471,62 +14471,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+            <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+      <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15686,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_8d9f30d9-6dcb-4534-b67a-470459867149" w:customStyle="1">
-    <w:name w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb" w:customStyle="1">
+    <w:name w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+    <w:basedOn w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eca2b269-5ba3-4014-86b8-5f111f7af276" w:customStyle="1">
-    <w:name w:val="Normal Table_eca2b269-5ba3-4014-86b8-5f111f7af276"/>
+  <w:style w:type="table" w:styleId="NormalTable_7801bebe-9545-4899-9f68-00e10ad8d4e8" w:customStyle="1">
+    <w:name w:val="Normal Table_7801bebe-9545-4899-9f68-00e10ad8d4e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5db74c7-4d3f-4121-8500-0717bdbb337d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eca2b269-5ba3-4014-86b8-5f111f7af276"/>
+  <w:style w:type="table" w:styleId="TableGrid_515d78a3-d9d4-4997-968e-a85526f85571" w:customStyle="1">
+    <w:name w:val="Table Grid_515d78a3-d9d4-4997-968e-a85526f85571"/>
+    <w:basedOn w:val="NormalTable_7801bebe-9545-4899-9f68-00e10ad8d4e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+    <w:basedOn w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_8d9f30d9-6dcb-4534-b67a-470459867149"/>
+    <w:basedOn w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2c051994-c101-4c23-9086-ef6ed69ca85c" w:customStyle="1">
-    <w:name w:val="Normal Table_2c051994-c101-4c23-9086-ef6ed69ca85c"/>
+  <w:style w:type="table" w:styleId="NormalTable_b0730073-7747-4247-aaea-586b3a207bf7" w:customStyle="1">
+    <w:name w:val="Normal Table_b0730073-7747-4247-aaea-586b3a207bf7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_747cd50d-c273-448a-ac6b-c94ab203b89a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2c051994-c101-4c23-9086-ef6ed69ca85c"/>
+  <w:style w:type="table" w:styleId="TableGrid_7552616e-6536-4c83-8094-f87563c3e8b4" w:customStyle="1">
+    <w:name w:val="Table Grid_7552616e-6536-4c83-8094-f87563c3e8b4"/>
+    <w:basedOn w:val="NormalTable_b0730073-7747-4247-aaea-586b3a207bf7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9880e091-4bbd-4034-a20f-71697eda561d" w:customStyle="1">
-    <w:name w:val="Normal Table_9880e091-4bbd-4034-a20f-71697eda561d"/>
+  <w:style w:type="table" w:styleId="NormalTable_66adebb1-3c3a-4b1d-b67a-7811c6f85c39" w:customStyle="1">
+    <w:name w:val="Normal Table_66adebb1-3c3a-4b1d-b67a-7811c6f85c39"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7062e576-d8f4-43af-844d-1d1745b187ec" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9880e091-4bbd-4034-a20f-71697eda561d"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8a77664-5362-4308-ae16-d02ba21298c8" w:customStyle="1">
+    <w:name w:val="Table Grid_c8a77664-5362-4308-ae16-d02ba21298c8"/>
+    <w:basedOn w:val="NormalTable_66adebb1-3c3a-4b1d-b67a-7811c6f85c39"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_53da6ebd-222e-4b2b-a767-ccb782604e69" w:customStyle="1">
-    <w:name w:val="Normal Table_53da6ebd-222e-4b2b-a767-ccb782604e69"/>
+  <w:style w:type="table" w:styleId="NormalTable_f85551ef-cdcf-4287-8da2-c28afe5e9bcc" w:customStyle="1">
+    <w:name w:val="Normal Table_f85551ef-cdcf-4287-8da2-c28afe5e9bcc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_044aed4f-3c71-4540-8881-c23d667a9ada" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_53da6ebd-222e-4b2b-a767-ccb782604e69"/>
+  <w:style w:type="table" w:styleId="TableGrid_85d69184-2361-49c7-8e38-e783155ecfd7" w:customStyle="1">
+    <w:name w:val="Table Grid_85d69184-2361-49c7-8e38-e783155ecfd7"/>
+    <w:basedOn w:val="NormalTable_f85551ef-cdcf-4287-8da2-c28afe5e9bcc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cfb5183d-4de7-4b07-8d00-4f8452eb319d" w:customStyle="1">
-    <w:name w:val="Normal Table_cfb5183d-4de7-4b07-8d00-4f8452eb319d"/>
+  <w:style w:type="table" w:styleId="NormalTable_8e908f4e-6930-4242-aa44-cfb0925849f1" w:customStyle="1">
+    <w:name w:val="Normal Table_8e908f4e-6930-4242-aa44-cfb0925849f1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6631e9ea-a33b-4201-8987-6c70859a7746" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cfb5183d-4de7-4b07-8d00-4f8452eb319d"/>
+  <w:style w:type="table" w:styleId="TableGrid_2fec8cda-5064-4b9c-a863-cdb98a8a59a5" w:customStyle="1">
+    <w:name w:val="Table Grid_2fec8cda-5064-4b9c-a863-cdb98a8a59a5"/>
+    <w:basedOn w:val="NormalTable_8e908f4e-6930-4242-aa44-cfb0925849f1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c891d721-ce90-4426-b38d-86a26f1e4d17" w:customStyle="1">
-    <w:name w:val="Normal Table_c891d721-ce90-4426-b38d-86a26f1e4d17"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee4d561d-a54b-4348-a707-e776d124637a" w:customStyle="1">
+    <w:name w:val="Normal Table_ee4d561d-a54b-4348-a707-e776d124637a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_761be3a6-2d7f-4f2d-8315-8daa840c832e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c891d721-ce90-4426-b38d-86a26f1e4d17"/>
+  <w:style w:type="table" w:styleId="TableGrid_ae99cd5b-54a4-485a-b786-e8186f6ff57d" w:customStyle="1">
+    <w:name w:val="Table Grid_ae99cd5b-54a4-485a-b786-e8186f6ff57d"/>
+    <w:basedOn w:val="NormalTable_ee4d561d-a54b-4348-a707-e776d124637a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3f8329ce-a9a3-4e8c-92d3-61ec9fa638b7" w:customStyle="1">
-    <w:name w:val="Normal Table_3f8329ce-a9a3-4e8c-92d3-61ec9fa638b7"/>
+  <w:style w:type="table" w:styleId="NormalTable_72ab0aaf-613a-49bb-9119-394cf53f522b" w:customStyle="1">
+    <w:name w:val="Normal Table_72ab0aaf-613a-49bb-9119-394cf53f522b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3e0aaff7-c8fc-4cd5-85c2-aea43fa303f8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3f8329ce-a9a3-4e8c-92d3-61ec9fa638b7"/>
+  <w:style w:type="table" w:styleId="TableGrid_0e336c72-f6dc-4477-890d-a6a94b14641f" w:customStyle="1">
+    <w:name w:val="Table Grid_0e336c72-f6dc-4477-890d-a6a94b14641f"/>
+    <w:basedOn w:val="NormalTable_72ab0aaf-613a-49bb-9119-394cf53f522b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b45d1cfc-f8b9-4408-b061-26a49330f67e" w:customStyle="1">
-    <w:name w:val="Normal Table_b45d1cfc-f8b9-4408-b061-26a49330f67e"/>
+  <w:style w:type="table" w:styleId="NormalTable_3356eab0-bb35-4138-a4a5-03469cda6825" w:customStyle="1">
+    <w:name w:val="Normal Table_3356eab0-bb35-4138-a4a5-03469cda6825"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dc49237d-509e-43ba-aa2c-7e3c9876008f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b45d1cfc-f8b9-4408-b061-26a49330f67e"/>
+  <w:style w:type="table" w:styleId="TableGrid_94b46d8c-6925-42f7-9e84-97542c84e93c" w:customStyle="1">
+    <w:name w:val="Table Grid_94b46d8c-6925-42f7-9e84-97542c84e93c"/>
+    <w:basedOn w:val="NormalTable_3356eab0-bb35-4138-a4a5-03469cda6825"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_160a84ed-b7aa-4f2d-a9d3-f79e812161e5" w:customStyle="1">
-    <w:name w:val="Normal Table_160a84ed-b7aa-4f2d-a9d3-f79e812161e5"/>
+  <w:style w:type="table" w:styleId="NormalTable_1bb3b48d-b5f0-49bc-8057-29be6ccdad60" w:customStyle="1">
+    <w:name w:val="Normal Table_1bb3b48d-b5f0-49bc-8057-29be6ccdad60"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_17f1f1c4-b7ed-4c5b-afd2-61684d73bd33" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_160a84ed-b7aa-4f2d-a9d3-f79e812161e5"/>
+  <w:style w:type="table" w:styleId="TableGrid_08235335-ef68-461b-9b08-6a6c496aca4e" w:customStyle="1">
+    <w:name w:val="Table Grid_08235335-ef68-461b-9b08-6a6c496aca4e"/>
+    <w:basedOn w:val="NormalTable_1bb3b48d-b5f0-49bc-8057-29be6ccdad60"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_edb24824-9cc1-4e54-8f7f-ccbc00c85a50" w:customStyle="1">
-    <w:name w:val="Normal Table_edb24824-9cc1-4e54-8f7f-ccbc00c85a50"/>
+  <w:style w:type="table" w:styleId="NormalTable_081aeec8-6286-4e95-b110-a7b04ac624d4" w:customStyle="1">
+    <w:name w:val="Normal Table_081aeec8-6286-4e95-b110-a7b04ac624d4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4a3cf3b1-db02-481e-8e43-a68e5ac7080d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_edb24824-9cc1-4e54-8f7f-ccbc00c85a50"/>
+  <w:style w:type="table" w:styleId="TableGrid_ab663223-4ef0-45b0-b125-2dd2df2c4ec8" w:customStyle="1">
+    <w:name w:val="Table Grid_ab663223-4ef0-45b0-b125-2dd2df2c4ec8"/>
+    <w:basedOn w:val="NormalTable_081aeec8-6286-4e95-b110-a7b04ac624d4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>