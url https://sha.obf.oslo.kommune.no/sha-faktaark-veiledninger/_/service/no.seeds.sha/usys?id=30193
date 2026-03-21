--- v1 (2026-01-19)
+++ v2 (2026-03-21)
@@ -13811,51 +13811,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ae99cd5b-54a4-485a-b786-e8186f6ff57d"/>
+      <w:tblStyle w:val="TableGrid_36e96c6e-74e4-40f8-854f-6e586aa01ab4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -13866,51 +13866,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">19.01.2026 06:29:41 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:46:51 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13938,51 +13938,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0e336c72-f6dc-4477-890d-a6a94b14641f"/>
+      <w:tblStyle w:val="TableGrid_e7b478f2-5dda-417d-9591-f18fcf3c9034"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14040,51 +14040,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14097,59 +14097,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+      <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ab663223-4ef0-45b0-b125-2dd2df2c4ec8"/>
+      <w:tblStyle w:val="TableGrid_bbeca932-f064-4d82-9c80-be739da7c454"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14160,51 +14160,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_94b46d8c-6925-42f7-9e84-97542c84e93c"/>
+            <w:tblStyle w:val="TableGrid_c34a4a4c-a161-4075-969b-82e113896c0c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14305,72 +14305,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_08235335-ef68-461b-9b08-6a6c496aca4e"/>
+            <w:tblStyle w:val="TableGrid_1fffc049-20ab-41a7-9915-4b9d0f880067"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14471,62 +14471,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+      <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15686,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb" w:customStyle="1">
-    <w:name w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf" w:customStyle="1">
+    <w:name w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7801bebe-9545-4899-9f68-00e10ad8d4e8" w:customStyle="1">
-    <w:name w:val="Normal Table_7801bebe-9545-4899-9f68-00e10ad8d4e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_6bf99f2b-8e28-4c77-a237-6c89167e35f4" w:customStyle="1">
+    <w:name w:val="Normal Table_6bf99f2b-8e28-4c77-a237-6c89167e35f4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_515d78a3-d9d4-4997-968e-a85526f85571" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7801bebe-9545-4899-9f68-00e10ad8d4e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_54b34739-a725-4341-b295-0293c9c980de" w:customStyle="1">
+    <w:name w:val="Table Grid_54b34739-a725-4341-b295-0293c9c980de"/>
+    <w:basedOn w:val="NormalTable_6bf99f2b-8e28-4c77-a237-6c89167e35f4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_7f04a6e2-8bd3-46fe-b1fe-67e8b451e3cb"/>
+    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b0730073-7747-4247-aaea-586b3a207bf7" w:customStyle="1">
-    <w:name w:val="Normal Table_b0730073-7747-4247-aaea-586b3a207bf7"/>
+  <w:style w:type="table" w:styleId="NormalTable_565f05b1-314a-4ec4-ba21-c8d4e1586bd2" w:customStyle="1">
+    <w:name w:val="Normal Table_565f05b1-314a-4ec4-ba21-c8d4e1586bd2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7552616e-6536-4c83-8094-f87563c3e8b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b0730073-7747-4247-aaea-586b3a207bf7"/>
+  <w:style w:type="table" w:styleId="TableGrid_a6734fd0-e10e-42f0-9602-e53ffa1693e5" w:customStyle="1">
+    <w:name w:val="Table Grid_a6734fd0-e10e-42f0-9602-e53ffa1693e5"/>
+    <w:basedOn w:val="NormalTable_565f05b1-314a-4ec4-ba21-c8d4e1586bd2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_66adebb1-3c3a-4b1d-b67a-7811c6f85c39" w:customStyle="1">
-    <w:name w:val="Normal Table_66adebb1-3c3a-4b1d-b67a-7811c6f85c39"/>
+  <w:style w:type="table" w:styleId="NormalTable_9126a30f-78c3-4fb6-8268-225d3158b9cd" w:customStyle="1">
+    <w:name w:val="Normal Table_9126a30f-78c3-4fb6-8268-225d3158b9cd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c8a77664-5362-4308-ae16-d02ba21298c8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_66adebb1-3c3a-4b1d-b67a-7811c6f85c39"/>
+  <w:style w:type="table" w:styleId="TableGrid_618c62ea-b098-4b37-b3c9-96f842c8b40e" w:customStyle="1">
+    <w:name w:val="Table Grid_618c62ea-b098-4b37-b3c9-96f842c8b40e"/>
+    <w:basedOn w:val="NormalTable_9126a30f-78c3-4fb6-8268-225d3158b9cd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f85551ef-cdcf-4287-8da2-c28afe5e9bcc" w:customStyle="1">
-    <w:name w:val="Normal Table_f85551ef-cdcf-4287-8da2-c28afe5e9bcc"/>
+  <w:style w:type="table" w:styleId="NormalTable_588f57bc-6a32-4bcf-aa81-34514840daaf" w:customStyle="1">
+    <w:name w:val="Normal Table_588f57bc-6a32-4bcf-aa81-34514840daaf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_85d69184-2361-49c7-8e38-e783155ecfd7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f85551ef-cdcf-4287-8da2-c28afe5e9bcc"/>
+  <w:style w:type="table" w:styleId="TableGrid_4a953f77-f99c-4615-bf7f-a22711a77c0d" w:customStyle="1">
+    <w:name w:val="Table Grid_4a953f77-f99c-4615-bf7f-a22711a77c0d"/>
+    <w:basedOn w:val="NormalTable_588f57bc-6a32-4bcf-aa81-34514840daaf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8e908f4e-6930-4242-aa44-cfb0925849f1" w:customStyle="1">
-    <w:name w:val="Normal Table_8e908f4e-6930-4242-aa44-cfb0925849f1"/>
+  <w:style w:type="table" w:styleId="NormalTable_331226c2-0214-4b5a-bf73-13f7cbd9ccf8" w:customStyle="1">
+    <w:name w:val="Normal Table_331226c2-0214-4b5a-bf73-13f7cbd9ccf8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2fec8cda-5064-4b9c-a863-cdb98a8a59a5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8e908f4e-6930-4242-aa44-cfb0925849f1"/>
+  <w:style w:type="table" w:styleId="TableGrid_8547402e-b30b-46e5-8ba3-1049d187fc53" w:customStyle="1">
+    <w:name w:val="Table Grid_8547402e-b30b-46e5-8ba3-1049d187fc53"/>
+    <w:basedOn w:val="NormalTable_331226c2-0214-4b5a-bf73-13f7cbd9ccf8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ee4d561d-a54b-4348-a707-e776d124637a" w:customStyle="1">
-    <w:name w:val="Normal Table_ee4d561d-a54b-4348-a707-e776d124637a"/>
+  <w:style w:type="table" w:styleId="NormalTable_ab4d83e8-07d0-45ef-b248-bffced9fcf04" w:customStyle="1">
+    <w:name w:val="Normal Table_ab4d83e8-07d0-45ef-b248-bffced9fcf04"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ae99cd5b-54a4-485a-b786-e8186f6ff57d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ee4d561d-a54b-4348-a707-e776d124637a"/>
+  <w:style w:type="table" w:styleId="TableGrid_36e96c6e-74e4-40f8-854f-6e586aa01ab4" w:customStyle="1">
+    <w:name w:val="Table Grid_36e96c6e-74e4-40f8-854f-6e586aa01ab4"/>
+    <w:basedOn w:val="NormalTable_ab4d83e8-07d0-45ef-b248-bffced9fcf04"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_72ab0aaf-613a-49bb-9119-394cf53f522b" w:customStyle="1">
-    <w:name w:val="Normal Table_72ab0aaf-613a-49bb-9119-394cf53f522b"/>
+  <w:style w:type="table" w:styleId="NormalTable_de9424c3-cb17-4f47-b30c-1ce5febd570b" w:customStyle="1">
+    <w:name w:val="Normal Table_de9424c3-cb17-4f47-b30c-1ce5febd570b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0e336c72-f6dc-4477-890d-a6a94b14641f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_72ab0aaf-613a-49bb-9119-394cf53f522b"/>
+  <w:style w:type="table" w:styleId="TableGrid_e7b478f2-5dda-417d-9591-f18fcf3c9034" w:customStyle="1">
+    <w:name w:val="Table Grid_e7b478f2-5dda-417d-9591-f18fcf3c9034"/>
+    <w:basedOn w:val="NormalTable_de9424c3-cb17-4f47-b30c-1ce5febd570b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3356eab0-bb35-4138-a4a5-03469cda6825" w:customStyle="1">
-    <w:name w:val="Normal Table_3356eab0-bb35-4138-a4a5-03469cda6825"/>
+  <w:style w:type="table" w:styleId="NormalTable_362518e2-f4e0-4611-a4c2-ad42a9399ffc" w:customStyle="1">
+    <w:name w:val="Normal Table_362518e2-f4e0-4611-a4c2-ad42a9399ffc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_94b46d8c-6925-42f7-9e84-97542c84e93c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3356eab0-bb35-4138-a4a5-03469cda6825"/>
+  <w:style w:type="table" w:styleId="TableGrid_c34a4a4c-a161-4075-969b-82e113896c0c" w:customStyle="1">
+    <w:name w:val="Table Grid_c34a4a4c-a161-4075-969b-82e113896c0c"/>
+    <w:basedOn w:val="NormalTable_362518e2-f4e0-4611-a4c2-ad42a9399ffc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1bb3b48d-b5f0-49bc-8057-29be6ccdad60" w:customStyle="1">
-    <w:name w:val="Normal Table_1bb3b48d-b5f0-49bc-8057-29be6ccdad60"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f5634df-b0da-4f15-a2bc-268844375abe" w:customStyle="1">
+    <w:name w:val="Normal Table_0f5634df-b0da-4f15-a2bc-268844375abe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_08235335-ef68-461b-9b08-6a6c496aca4e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1bb3b48d-b5f0-49bc-8057-29be6ccdad60"/>
+  <w:style w:type="table" w:styleId="TableGrid_1fffc049-20ab-41a7-9915-4b9d0f880067" w:customStyle="1">
+    <w:name w:val="Table Grid_1fffc049-20ab-41a7-9915-4b9d0f880067"/>
+    <w:basedOn w:val="NormalTable_0f5634df-b0da-4f15-a2bc-268844375abe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_081aeec8-6286-4e95-b110-a7b04ac624d4" w:customStyle="1">
-    <w:name w:val="Normal Table_081aeec8-6286-4e95-b110-a7b04ac624d4"/>
+  <w:style w:type="table" w:styleId="NormalTable_feecf525-cbd3-45cc-8ae0-4355f22445e3" w:customStyle="1">
+    <w:name w:val="Normal Table_feecf525-cbd3-45cc-8ae0-4355f22445e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ab663223-4ef0-45b0-b125-2dd2df2c4ec8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_081aeec8-6286-4e95-b110-a7b04ac624d4"/>
+  <w:style w:type="table" w:styleId="TableGrid_bbeca932-f064-4d82-9c80-be739da7c454" w:customStyle="1">
+    <w:name w:val="Table Grid_bbeca932-f064-4d82-9c80-be739da7c454"/>
+    <w:basedOn w:val="NormalTable_feecf525-cbd3-45cc-8ae0-4355f22445e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>