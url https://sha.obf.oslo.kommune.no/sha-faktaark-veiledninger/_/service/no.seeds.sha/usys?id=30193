--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -13811,51 +13811,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_36e96c6e-74e4-40f8-854f-6e586aa01ab4"/>
+      <w:tblStyle w:val="TableGrid_5bc4fc92-876d-45d4-bf4b-dee7d03bbad2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -13866,51 +13866,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">21.03.2026 08:46:51 </w:t>
+            <w:t xml:space="preserve">21.03.2026 10:44:27 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13938,51 +13938,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e7b478f2-5dda-417d-9591-f18fcf3c9034"/>
+      <w:tblStyle w:val="TableGrid_29682092-6a2c-4054-a4ea-41bdf14ef4d0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14040,51 +14040,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+            <w:pStyle w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14097,59 +14097,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+      <w:pStyle w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_bbeca932-f064-4d82-9c80-be739da7c454"/>
+      <w:tblStyle w:val="TableGrid_eab8b3fa-e95e-4eb4-a705-c0693914b127"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14160,51 +14160,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c34a4a4c-a161-4075-969b-82e113896c0c"/>
+            <w:tblStyle w:val="TableGrid_d28e44aa-698c-45b3-b6be-61eb246cd2a2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14305,72 +14305,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+            <w:pStyle w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1fffc049-20ab-41a7-9915-4b9d0f880067"/>
+            <w:tblStyle w:val="TableGrid_a4fe4400-0fe7-4e3c-b2a9-b2eda061090b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14471,62 +14471,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+            <w:pStyle w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+      <w:pStyle w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15686,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf" w:customStyle="1">
-    <w:name w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+  <w:style w:type="paragraph" w:styleId="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24" w:customStyle="1">
+    <w:name w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+    <w:basedOn w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6bf99f2b-8e28-4c77-a237-6c89167e35f4" w:customStyle="1">
-    <w:name w:val="Normal Table_6bf99f2b-8e28-4c77-a237-6c89167e35f4"/>
+  <w:style w:type="table" w:styleId="NormalTable_d6b5b07a-6298-4b88-8d03-027b6913dc09" w:customStyle="1">
+    <w:name w:val="Normal Table_d6b5b07a-6298-4b88-8d03-027b6913dc09"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_54b34739-a725-4341-b295-0293c9c980de" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6bf99f2b-8e28-4c77-a237-6c89167e35f4"/>
+  <w:style w:type="table" w:styleId="TableGrid_b84a234d-f07c-4da1-918a-65e0dfd39ed0" w:customStyle="1">
+    <w:name w:val="Table Grid_b84a234d-f07c-4da1-918a-65e0dfd39ed0"/>
+    <w:basedOn w:val="NormalTable_d6b5b07a-6298-4b88-8d03-027b6913dc09"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+    <w:basedOn w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c7cd7383-05e0-4064-9f77-9df984eecbcf"/>
+    <w:basedOn w:val="Normal_3a6f749a-707a-433d-8422-fbc8c1b73c24"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_565f05b1-314a-4ec4-ba21-c8d4e1586bd2" w:customStyle="1">
-    <w:name w:val="Normal Table_565f05b1-314a-4ec4-ba21-c8d4e1586bd2"/>
+  <w:style w:type="table" w:styleId="NormalTable_68981106-8be4-4593-a872-d571a8de3d5c" w:customStyle="1">
+    <w:name w:val="Normal Table_68981106-8be4-4593-a872-d571a8de3d5c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a6734fd0-e10e-42f0-9602-e53ffa1693e5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_565f05b1-314a-4ec4-ba21-c8d4e1586bd2"/>
+  <w:style w:type="table" w:styleId="TableGrid_caa370b3-7c2d-4712-8179-473035999e2f" w:customStyle="1">
+    <w:name w:val="Table Grid_caa370b3-7c2d-4712-8179-473035999e2f"/>
+    <w:basedOn w:val="NormalTable_68981106-8be4-4593-a872-d571a8de3d5c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9126a30f-78c3-4fb6-8268-225d3158b9cd" w:customStyle="1">
-    <w:name w:val="Normal Table_9126a30f-78c3-4fb6-8268-225d3158b9cd"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e5c9193-a5be-4d1b-9b10-09837ae137ee" w:customStyle="1">
+    <w:name w:val="Normal Table_4e5c9193-a5be-4d1b-9b10-09837ae137ee"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_618c62ea-b098-4b37-b3c9-96f842c8b40e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9126a30f-78c3-4fb6-8268-225d3158b9cd"/>
+  <w:style w:type="table" w:styleId="TableGrid_3053585f-a500-4335-a447-4019ece9468f" w:customStyle="1">
+    <w:name w:val="Table Grid_3053585f-a500-4335-a447-4019ece9468f"/>
+    <w:basedOn w:val="NormalTable_4e5c9193-a5be-4d1b-9b10-09837ae137ee"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_588f57bc-6a32-4bcf-aa81-34514840daaf" w:customStyle="1">
-    <w:name w:val="Normal Table_588f57bc-6a32-4bcf-aa81-34514840daaf"/>
+  <w:style w:type="table" w:styleId="NormalTable_b859b7aa-52c8-4beb-b8e9-281409f2f1c6" w:customStyle="1">
+    <w:name w:val="Normal Table_b859b7aa-52c8-4beb-b8e9-281409f2f1c6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4a953f77-f99c-4615-bf7f-a22711a77c0d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_588f57bc-6a32-4bcf-aa81-34514840daaf"/>
+  <w:style w:type="table" w:styleId="TableGrid_c1800175-fc6f-4ea4-bd0c-f646c421be52" w:customStyle="1">
+    <w:name w:val="Table Grid_c1800175-fc6f-4ea4-bd0c-f646c421be52"/>
+    <w:basedOn w:val="NormalTable_b859b7aa-52c8-4beb-b8e9-281409f2f1c6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_331226c2-0214-4b5a-bf73-13f7cbd9ccf8" w:customStyle="1">
-    <w:name w:val="Normal Table_331226c2-0214-4b5a-bf73-13f7cbd9ccf8"/>
+  <w:style w:type="table" w:styleId="NormalTable_88af8ef5-7fe7-4381-815c-78d584e1d53a" w:customStyle="1">
+    <w:name w:val="Normal Table_88af8ef5-7fe7-4381-815c-78d584e1d53a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8547402e-b30b-46e5-8ba3-1049d187fc53" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_331226c2-0214-4b5a-bf73-13f7cbd9ccf8"/>
+  <w:style w:type="table" w:styleId="TableGrid_6c4cd01e-b278-485d-a697-e2cf2edd03cc" w:customStyle="1">
+    <w:name w:val="Table Grid_6c4cd01e-b278-485d-a697-e2cf2edd03cc"/>
+    <w:basedOn w:val="NormalTable_88af8ef5-7fe7-4381-815c-78d584e1d53a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ab4d83e8-07d0-45ef-b248-bffced9fcf04" w:customStyle="1">
-    <w:name w:val="Normal Table_ab4d83e8-07d0-45ef-b248-bffced9fcf04"/>
+  <w:style w:type="table" w:styleId="NormalTable_050de10b-02a9-4763-afb8-dbce34b75bff" w:customStyle="1">
+    <w:name w:val="Normal Table_050de10b-02a9-4763-afb8-dbce34b75bff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_36e96c6e-74e4-40f8-854f-6e586aa01ab4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ab4d83e8-07d0-45ef-b248-bffced9fcf04"/>
+  <w:style w:type="table" w:styleId="TableGrid_5bc4fc92-876d-45d4-bf4b-dee7d03bbad2" w:customStyle="1">
+    <w:name w:val="Table Grid_5bc4fc92-876d-45d4-bf4b-dee7d03bbad2"/>
+    <w:basedOn w:val="NormalTable_050de10b-02a9-4763-afb8-dbce34b75bff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_de9424c3-cb17-4f47-b30c-1ce5febd570b" w:customStyle="1">
-    <w:name w:val="Normal Table_de9424c3-cb17-4f47-b30c-1ce5febd570b"/>
+  <w:style w:type="table" w:styleId="NormalTable_a0d05e76-6bf5-42e2-b77b-b89e15d4cfd4" w:customStyle="1">
+    <w:name w:val="Normal Table_a0d05e76-6bf5-42e2-b77b-b89e15d4cfd4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e7b478f2-5dda-417d-9591-f18fcf3c9034" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_de9424c3-cb17-4f47-b30c-1ce5febd570b"/>
+  <w:style w:type="table" w:styleId="TableGrid_29682092-6a2c-4054-a4ea-41bdf14ef4d0" w:customStyle="1">
+    <w:name w:val="Table Grid_29682092-6a2c-4054-a4ea-41bdf14ef4d0"/>
+    <w:basedOn w:val="NormalTable_a0d05e76-6bf5-42e2-b77b-b89e15d4cfd4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_362518e2-f4e0-4611-a4c2-ad42a9399ffc" w:customStyle="1">
-    <w:name w:val="Normal Table_362518e2-f4e0-4611-a4c2-ad42a9399ffc"/>
+  <w:style w:type="table" w:styleId="NormalTable_f08c4088-ffed-4bbd-8d30-50585d06bb70" w:customStyle="1">
+    <w:name w:val="Normal Table_f08c4088-ffed-4bbd-8d30-50585d06bb70"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c34a4a4c-a161-4075-969b-82e113896c0c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_362518e2-f4e0-4611-a4c2-ad42a9399ffc"/>
+  <w:style w:type="table" w:styleId="TableGrid_d28e44aa-698c-45b3-b6be-61eb246cd2a2" w:customStyle="1">
+    <w:name w:val="Table Grid_d28e44aa-698c-45b3-b6be-61eb246cd2a2"/>
+    <w:basedOn w:val="NormalTable_f08c4088-ffed-4bbd-8d30-50585d06bb70"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0f5634df-b0da-4f15-a2bc-268844375abe" w:customStyle="1">
-    <w:name w:val="Normal Table_0f5634df-b0da-4f15-a2bc-268844375abe"/>
+  <w:style w:type="table" w:styleId="NormalTable_50a0cfac-d8f3-410f-9f59-52922cdfa492" w:customStyle="1">
+    <w:name w:val="Normal Table_50a0cfac-d8f3-410f-9f59-52922cdfa492"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1fffc049-20ab-41a7-9915-4b9d0f880067" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0f5634df-b0da-4f15-a2bc-268844375abe"/>
+  <w:style w:type="table" w:styleId="TableGrid_a4fe4400-0fe7-4e3c-b2a9-b2eda061090b" w:customStyle="1">
+    <w:name w:val="Table Grid_a4fe4400-0fe7-4e3c-b2a9-b2eda061090b"/>
+    <w:basedOn w:val="NormalTable_50a0cfac-d8f3-410f-9f59-52922cdfa492"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_feecf525-cbd3-45cc-8ae0-4355f22445e3" w:customStyle="1">
-    <w:name w:val="Normal Table_feecf525-cbd3-45cc-8ae0-4355f22445e3"/>
+  <w:style w:type="table" w:styleId="NormalTable_4035fc99-efa4-4749-a7bd-9355562e969b" w:customStyle="1">
+    <w:name w:val="Normal Table_4035fc99-efa4-4749-a7bd-9355562e969b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bbeca932-f064-4d82-9c80-be739da7c454" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_feecf525-cbd3-45cc-8ae0-4355f22445e3"/>
+  <w:style w:type="table" w:styleId="TableGrid_eab8b3fa-e95e-4eb4-a705-c0693914b127" w:customStyle="1">
+    <w:name w:val="Table Grid_eab8b3fa-e95e-4eb4-a705-c0693914b127"/>
+    <w:basedOn w:val="NormalTable_4035fc99-efa4-4749-a7bd-9355562e969b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>