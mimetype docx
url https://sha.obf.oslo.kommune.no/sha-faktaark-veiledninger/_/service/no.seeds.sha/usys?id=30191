--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -6041,51 +6041,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">.000,- eks mva. i bot for manglende internkontroll</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
-      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgSz w:w="16838" w:h="11906"/>
       <w:pgMar w:top="2126" w:right="1418" w:bottom="1134" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -6103,100 +6103,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ad73e2ae-00cb-4b1d-a899-c6518d36ba9d"/>
+      <w:tblStyle w:val="TableGrid_3bbec24a-21d1-4813-b5df-60c23f003b42"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7001"/>
       <w:gridCol w:w="7001"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">18.10.2025 17:48:28 </w:t>
+            <w:t xml:space="preserve">09.12.2025 00:18:18 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6213,493 +6230,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c1e5a088-c0c7-40eb-84c6-2b3047a075c8"/>
+      <w:tblStyle w:val="TableGrid_01b457c1-a6c7-465e-a9c4-7f3ba40e5c38"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9395"/>
       <w:gridCol w:w="3370"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9395"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_d8116911-856d-4b85-b75a-afaa5b580b31"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_3f9932c6-058c-4bae-b5fb-d3eeb56f1de2"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d308c817-ff4e-4549-90e1-86edafc0699e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_1510026c-7c95-4890-aef8-2912961df986"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Faktaark - Brudd på sikkerhetsbestemmelser - tabell</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3370"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d308c817-ff4e-4549-90e1-86edafc0699e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_1510026c-7c95-4890-aef8-2912961df986"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+            <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+      <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_18b6a774-a8b5-4992-a8f7-a379775c2118"/>
+      <w:tblStyle w:val="TableGrid_73821249-4b20-4c01-b2f4-f5d871840d5e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9101"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9101"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e44013f2-a93c-4c5a-ab4c-4f4c26b56d8d"/>
+            <w:tblStyle w:val="TableGrid_6fe01960-68ed-46f2-b94f-acf2a0b3ab09"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+            <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_aadf7169-3fca-4440-b947-e8019f58a2af"/>
+            <w:tblStyle w:val="TableGrid_7dcd8c28-0bba-4092-a394-a07914cdebb1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+            <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+      <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12587B61"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -6801,51 +6920,51 @@
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -7376,629 +7495,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991" w:customStyle="1">
-    <w:name w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+  <w:style w:type="paragraph" w:styleId="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3" w:customStyle="1">
+    <w:name w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_a3e93d45-7c94-4f50-9546-a3b3fca9d9c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+    <w:basedOn w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_11034040-de5f-458b-a956-65750a8f11a1" w:customStyle="1">
-    <w:name w:val="Normal Table_11034040-de5f-458b-a956-65750a8f11a1"/>
+  <w:style w:type="table" w:styleId="NormalTable_816f9b5b-1cf3-4da1-adaa-c726c34516ba" w:customStyle="1">
+    <w:name w:val="Normal Table_816f9b5b-1cf3-4da1-adaa-c726c34516ba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2ad531dc-ccf3-4367-9741-41b0b525000d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_11034040-de5f-458b-a956-65750a8f11a1"/>
+  <w:style w:type="table" w:styleId="TableGrid_65077a4e-77ba-47e5-b589-e5dad4b9ac76" w:customStyle="1">
+    <w:name w:val="Table Grid_65077a4e-77ba-47e5-b589-e5dad4b9ac76"/>
+    <w:basedOn w:val="NormalTable_816f9b5b-1cf3-4da1-adaa-c726c34516ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_d8116911-856d-4b85-b75a-afaa5b580b31" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_3f9932c6-058c-4bae-b5fb-d3eeb56f1de2" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_3f9932c6-058c-4bae-b5fb-d3eeb56f1de2"/>
+    <w:basedOn w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_d308c817-ff4e-4549-90e1-86edafc0699e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_4d44953c-1402-4391-a2f9-dd4fcd04e991"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_1510026c-7c95-4890-aef8-2912961df986" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_1510026c-7c95-4890-aef8-2912961df986"/>
+    <w:basedOn w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_18a2be8b-49e8-48d8-8dba-d30d7f31b062" w:customStyle="1">
-    <w:name w:val="Normal Table_18a2be8b-49e8-48d8-8dba-d30d7f31b062"/>
+  <w:style w:type="table" w:styleId="NormalTable_87be1370-b2be-4a9d-8f31-d7a4774eedbe" w:customStyle="1">
+    <w:name w:val="Normal Table_87be1370-b2be-4a9d-8f31-d7a4774eedbe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_80f4ae39-4c0b-4685-9d43-a54b02460d12" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_18a2be8b-49e8-48d8-8dba-d30d7f31b062"/>
+  <w:style w:type="table" w:styleId="TableGrid_3df04a33-fb22-4e9a-9c48-c7c851b29a6d" w:customStyle="1">
+    <w:name w:val="Table Grid_3df04a33-fb22-4e9a-9c48-c7c851b29a6d"/>
+    <w:basedOn w:val="NormalTable_87be1370-b2be-4a9d-8f31-d7a4774eedbe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2865c39f-fac4-4d09-bafe-d98def0ad1f6" w:customStyle="1">
-    <w:name w:val="Normal Table_2865c39f-fac4-4d09-bafe-d98def0ad1f6"/>
+  <w:style w:type="table" w:styleId="NormalTable_9b012b97-97cb-4ac4-b029-f691be3b6bcc" w:customStyle="1">
+    <w:name w:val="Normal Table_9b012b97-97cb-4ac4-b029-f691be3b6bcc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_715b8640-1e11-4658-a048-68242f78f377" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2865c39f-fac4-4d09-bafe-d98def0ad1f6"/>
+  <w:style w:type="table" w:styleId="TableGrid_9c0cb5f1-5535-4e19-8e82-ed46bde7577f" w:customStyle="1">
+    <w:name w:val="Table Grid_9c0cb5f1-5535-4e19-8e82-ed46bde7577f"/>
+    <w:basedOn w:val="NormalTable_9b012b97-97cb-4ac4-b029-f691be3b6bcc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_22d671fb-9784-4b4f-bd80-6baaa9824f61" w:customStyle="1">
-    <w:name w:val="Normal Table_22d671fb-9784-4b4f-bd80-6baaa9824f61"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3622789-5449-41d8-8c30-7baf74e61c51" w:customStyle="1">
+    <w:name w:val="Normal Table_f3622789-5449-41d8-8c30-7baf74e61c51"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9dad4ad1-ee7c-4927-91fb-14bed19df282" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_22d671fb-9784-4b4f-bd80-6baaa9824f61"/>
+  <w:style w:type="table" w:styleId="TableGrid_6f3e4c7b-f98d-4c7b-abb1-4d6f9aa78fbe" w:customStyle="1">
+    <w:name w:val="Table Grid_6f3e4c7b-f98d-4c7b-abb1-4d6f9aa78fbe"/>
+    <w:basedOn w:val="NormalTable_f3622789-5449-41d8-8c30-7baf74e61c51"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fce0c158-2394-4c49-841a-1d7c768874c0" w:customStyle="1">
-    <w:name w:val="Normal Table_fce0c158-2394-4c49-841a-1d7c768874c0"/>
+  <w:style w:type="table" w:styleId="NormalTable_6af04f72-cbf6-4417-9fb7-9a7c2355a160" w:customStyle="1">
+    <w:name w:val="Normal Table_6af04f72-cbf6-4417-9fb7-9a7c2355a160"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_762f79ba-6a18-4605-a073-d12964ad9754" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fce0c158-2394-4c49-841a-1d7c768874c0"/>
+  <w:style w:type="table" w:styleId="TableGrid_38c3dbfa-6853-4e04-96fc-9154a565a087" w:customStyle="1">
+    <w:name w:val="Table Grid_38c3dbfa-6853-4e04-96fc-9154a565a087"/>
+    <w:basedOn w:val="NormalTable_6af04f72-cbf6-4417-9fb7-9a7c2355a160"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7d17c3a1-692a-490f-ba27-a8bc2d1a1bbe" w:customStyle="1">
-    <w:name w:val="Normal Table_7d17c3a1-692a-490f-ba27-a8bc2d1a1bbe"/>
+  <w:style w:type="table" w:styleId="NormalTable_5f56f598-ad3e-4442-9161-889d1ded144f" w:customStyle="1">
+    <w:name w:val="Normal Table_5f56f598-ad3e-4442-9161-889d1ded144f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ad73e2ae-00cb-4b1d-a899-c6518d36ba9d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7d17c3a1-692a-490f-ba27-a8bc2d1a1bbe"/>
+  <w:style w:type="table" w:styleId="TableGrid_3bbec24a-21d1-4813-b5df-60c23f003b42" w:customStyle="1">
+    <w:name w:val="Table Grid_3bbec24a-21d1-4813-b5df-60c23f003b42"/>
+    <w:basedOn w:val="NormalTable_5f56f598-ad3e-4442-9161-889d1ded144f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cbe7d18b-0146-42e7-9e21-68fbd14ecdfb" w:customStyle="1">
-    <w:name w:val="Normal Table_cbe7d18b-0146-42e7-9e21-68fbd14ecdfb"/>
+  <w:style w:type="table" w:styleId="NormalTable_c85cc2d8-83ad-4054-86bf-61425c907bcc" w:customStyle="1">
+    <w:name w:val="Normal Table_c85cc2d8-83ad-4054-86bf-61425c907bcc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c1e5a088-c0c7-40eb-84c6-2b3047a075c8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cbe7d18b-0146-42e7-9e21-68fbd14ecdfb"/>
+  <w:style w:type="table" w:styleId="TableGrid_01b457c1-a6c7-465e-a9c4-7f3ba40e5c38" w:customStyle="1">
+    <w:name w:val="Table Grid_01b457c1-a6c7-465e-a9c4-7f3ba40e5c38"/>
+    <w:basedOn w:val="NormalTable_c85cc2d8-83ad-4054-86bf-61425c907bcc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ad2e1c29-af35-44ea-9967-2bd37e25cd9a" w:customStyle="1">
-    <w:name w:val="Normal Table_ad2e1c29-af35-44ea-9967-2bd37e25cd9a"/>
+  <w:style w:type="table" w:styleId="NormalTable_39c97f3d-7575-4938-b636-b4c417dc9da3" w:customStyle="1">
+    <w:name w:val="Normal Table_39c97f3d-7575-4938-b636-b4c417dc9da3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e44013f2-a93c-4c5a-ab4c-4f4c26b56d8d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ad2e1c29-af35-44ea-9967-2bd37e25cd9a"/>
+  <w:style w:type="table" w:styleId="TableGrid_6fe01960-68ed-46f2-b94f-acf2a0b3ab09" w:customStyle="1">
+    <w:name w:val="Table Grid_6fe01960-68ed-46f2-b94f-acf2a0b3ab09"/>
+    <w:basedOn w:val="NormalTable_39c97f3d-7575-4938-b636-b4c417dc9da3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d1211890-f8cf-4ae0-93c7-6f974bc51eb5" w:customStyle="1">
-    <w:name w:val="Normal Table_d1211890-f8cf-4ae0-93c7-6f974bc51eb5"/>
+  <w:style w:type="table" w:styleId="NormalTable_f0db4f74-3955-428f-9b45-144ae9d04875" w:customStyle="1">
+    <w:name w:val="Normal Table_f0db4f74-3955-428f-9b45-144ae9d04875"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aadf7169-3fca-4440-b947-e8019f58a2af" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d1211890-f8cf-4ae0-93c7-6f974bc51eb5"/>
+  <w:style w:type="table" w:styleId="TableGrid_7dcd8c28-0bba-4092-a394-a07914cdebb1" w:customStyle="1">
+    <w:name w:val="Table Grid_7dcd8c28-0bba-4092-a394-a07914cdebb1"/>
+    <w:basedOn w:val="NormalTable_f0db4f74-3955-428f-9b45-144ae9d04875"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_198a3d82-c1dd-48ba-8895-adc0a15ff2f9" w:customStyle="1">
-    <w:name w:val="Normal Table_198a3d82-c1dd-48ba-8895-adc0a15ff2f9"/>
+  <w:style w:type="table" w:styleId="NormalTable_ceda08d6-5f3d-4800-8b44-a98a8c827685" w:customStyle="1">
+    <w:name w:val="Normal Table_ceda08d6-5f3d-4800-8b44-a98a8c827685"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_18b6a774-a8b5-4992-a8f7-a379775c2118" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_198a3d82-c1dd-48ba-8895-adc0a15ff2f9"/>
+  <w:style w:type="table" w:styleId="TableGrid_73821249-4b20-4c01-b2f4-f5d871840d5e" w:customStyle="1">
+    <w:name w:val="Table Grid_73821249-4b20-4c01-b2f4-f5d871840d5e"/>
+    <w:basedOn w:val="NormalTable_ceda08d6-5f3d-4800-8b44-a98a8c827685"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>