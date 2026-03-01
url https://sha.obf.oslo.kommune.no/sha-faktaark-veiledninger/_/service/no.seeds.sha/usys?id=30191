--- v1 (2025-12-08)
+++ v2 (2026-03-01)
@@ -107,155 +107,150 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="980"/>
         <w:gridCol w:w="672"/>
         <w:gridCol w:w="8533"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1456"/>
         <w:gridCol w:w="1661"/>
         <w:gridCol w:w="22"/>
         <w:gridCol w:w="22"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="980"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="672"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8533"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3161"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NB! se * nederst</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1720,51 +1715,75 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersom arbeidssted og omgivelser tillater kan frittstående m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">usikkanlegg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eller radio godkjennes med lydnivå maks 60 dbA (stemmenivå)</w:t>
+              <w:t xml:space="preserve"> eller radio godkjennes med lydnivå maks 60 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dbA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stemmenivå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
@@ -1920,244 +1939,196 @@
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="491C6A5A">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...41 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="53BA34EF">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14697" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="980"/>
         <w:gridCol w:w="672"/>
         <w:gridCol w:w="8535"/>
         <w:gridCol w:w="1349"/>
         <w:gridCol w:w="1343"/>
         <w:gridCol w:w="1683"/>
         <w:gridCol w:w="135"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="981"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="672"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8555"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1349"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3140"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NB! se * nederst</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2948,51 +2919,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8555"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ved manglende bruk av øyevern der hvor dette er påkrevd.</w:t>
+              <w:t xml:space="preserve">Ved manglende bruk av øyevern der hvor dette er </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">påkrevd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1349"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1340"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -3802,51 +3785,65 @@
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">(X)</w:t>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="981"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4071,243 +4068,195 @@
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="25F27D68">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...41 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3FDFB19C">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblW w:w="14502" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="983"/>
         <w:gridCol w:w="672"/>
         <w:gridCol w:w="8552"/>
         <w:gridCol w:w="1317"/>
         <w:gridCol w:w="33"/>
         <w:gridCol w:w="1284"/>
         <w:gridCol w:w="1661"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="983"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="672"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8552"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1317"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2978"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NB! se * nederst</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5272,51 +5221,63 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">sertifisert </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">opplæring til å bruke </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">(NB! Spes. ifm. varme arbeid).</w:t>
+              <w:t xml:space="preserve">(NB! </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spes.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ifm. varme arbeid).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1350"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1284"/>
             <w:tcBorders/>
@@ -5529,51 +5490,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8552"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anhuking med stropper som ikke skulle vært brukt, eller feil anhuking hvor hivet kan forskyve seg og komme ut av kontroll uten å stanse hivet. I grove tilfeller kan dette også føre til direkte bortvisning.</w:t>
+              <w:t xml:space="preserve">Anhuking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med stropper som ikke skulle vært brukt, eller feil </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anhuking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hvor hivet kan forskyve seg og komme ut av kontroll uten å stanse hivet. I grove tilfeller kan dette også føre til direkte bortvisning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1350"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1284"/>
             <w:tcBorders/>
@@ -5594,51 +5573,65 @@
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">(X)</w:t>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="983"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5993,93 +5986,50 @@
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45D9CEC0">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...41 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="16838" w:h="11906"/>
       <w:pgMar w:top="2126" w:right="1418" w:bottom="1134" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6103,117 +6053,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3bbec24a-21d1-4813-b5df-60c23f003b42"/>
+      <w:tblStyle w:val="TableGrid_90058ab1-6c30-4c26-b35f-d4e9f38705be"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7001"/>
       <w:gridCol w:w="7001"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">09.12.2025 00:18:18 </w:t>
+            <w:t xml:space="preserve">01.03.2026 02:21:48 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6230,153 +6180,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_01b457c1-a6c7-465e-a9c4-7f3ba40e5c38"/>
+      <w:tblStyle w:val="TableGrid_3affc23b-47af-4912-a147-4d59453e2eaf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9395"/>
       <w:gridCol w:w="3370"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9395"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_3f9932c6-058c-4bae-b5fb-d3eeb56f1de2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2f1abd76-ad6b-4ff1-beca-cffa27b2b19c"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 2</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_1510026c-7c95-4890-aef8-2912961df986"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbc4367-19a3-45d0-9275-2ea59d3bdcca"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Faktaark - Brudd på sikkerhetsbestemmelser - tabell</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3370"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_1510026c-7c95-4890-aef8-2912961df986"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbc4367-19a3-45d0-9275-2ea59d3bdcca"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+            <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6389,59 +6339,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+      <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_73821249-4b20-4c01-b2f4-f5d871840d5e"/>
+      <w:tblStyle w:val="TableGrid_eb54e663-b5cc-4502-aef4-42a257e0975c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9101"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6452,373 +6402,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9101"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6fe01960-68ed-46f2-b94f-acf2a0b3ab09"/>
+            <w:tblStyle w:val="TableGrid_d8859d05-0169-44e8-ab62-ece612b464a0"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">16.04.2024 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">09.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+            <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7dcd8c28-0bba-4092-a394-a07914cdebb1"/>
+            <w:tblStyle w:val="TableGrid_38bfee2a-63bc-4547-870f-143a4c7f304c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+            <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+      <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12587B61"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -6916,50 +6866,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -7495,629 +7446,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3" w:customStyle="1">
-    <w:name w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+  <w:style w:type="paragraph" w:styleId="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0" w:customStyle="1">
+    <w:name w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_3b80c323-50c0-4b61-a481-74fded1c4fc6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+    <w:basedOn w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_816f9b5b-1cf3-4da1-adaa-c726c34516ba" w:customStyle="1">
-    <w:name w:val="Normal Table_816f9b5b-1cf3-4da1-adaa-c726c34516ba"/>
+  <w:style w:type="table" w:styleId="NormalTable_f7c6b071-73dd-4eb6-80d2-62502eab8031" w:customStyle="1">
+    <w:name w:val="Normal Table_f7c6b071-73dd-4eb6-80d2-62502eab8031"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_65077a4e-77ba-47e5-b589-e5dad4b9ac76" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_816f9b5b-1cf3-4da1-adaa-c726c34516ba"/>
+  <w:style w:type="table" w:styleId="TableGrid_dab07ba7-4288-4283-aa89-348ffa09e9fc" w:customStyle="1">
+    <w:name w:val="Table Grid_dab07ba7-4288-4283-aa89-348ffa09e9fc"/>
+    <w:basedOn w:val="NormalTable_f7c6b071-73dd-4eb6-80d2-62502eab8031"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_3f9932c6-058c-4bae-b5fb-d3eeb56f1de2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_2f1abd76-ad6b-4ff1-beca-cffa27b2b19c" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2f1abd76-ad6b-4ff1-beca-cffa27b2b19c"/>
+    <w:basedOn w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_1510026c-7c95-4890-aef8-2912961df986" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_a39ad920-e97f-46f8-ac3b-ed668d4ea2d3"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbc4367-19a3-45d0-9275-2ea59d3bdcca" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbc4367-19a3-45d0-9275-2ea59d3bdcca"/>
+    <w:basedOn w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87be1370-b2be-4a9d-8f31-d7a4774eedbe" w:customStyle="1">
-    <w:name w:val="Normal Table_87be1370-b2be-4a9d-8f31-d7a4774eedbe"/>
+  <w:style w:type="table" w:styleId="NormalTable_8017f7e9-8428-42d1-bbbe-d92abc43ba4b" w:customStyle="1">
+    <w:name w:val="Normal Table_8017f7e9-8428-42d1-bbbe-d92abc43ba4b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3df04a33-fb22-4e9a-9c48-c7c851b29a6d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87be1370-b2be-4a9d-8f31-d7a4774eedbe"/>
+  <w:style w:type="table" w:styleId="TableGrid_0471fc3c-3cd2-4b6b-90fa-9fd5ace4b1c7" w:customStyle="1">
+    <w:name w:val="Table Grid_0471fc3c-3cd2-4b6b-90fa-9fd5ace4b1c7"/>
+    <w:basedOn w:val="NormalTable_8017f7e9-8428-42d1-bbbe-d92abc43ba4b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9b012b97-97cb-4ac4-b029-f691be3b6bcc" w:customStyle="1">
-    <w:name w:val="Normal Table_9b012b97-97cb-4ac4-b029-f691be3b6bcc"/>
+  <w:style w:type="table" w:styleId="NormalTable_b8d9f41a-2af8-4ccd-b7be-88184a8f73b9" w:customStyle="1">
+    <w:name w:val="Normal Table_b8d9f41a-2af8-4ccd-b7be-88184a8f73b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c0cb5f1-5535-4e19-8e82-ed46bde7577f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9b012b97-97cb-4ac4-b029-f691be3b6bcc"/>
+  <w:style w:type="table" w:styleId="TableGrid_ac0c0f03-f22b-4453-90b8-695fe6adc1c5" w:customStyle="1">
+    <w:name w:val="Table Grid_ac0c0f03-f22b-4453-90b8-695fe6adc1c5"/>
+    <w:basedOn w:val="NormalTable_b8d9f41a-2af8-4ccd-b7be-88184a8f73b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f3622789-5449-41d8-8c30-7baf74e61c51" w:customStyle="1">
-    <w:name w:val="Normal Table_f3622789-5449-41d8-8c30-7baf74e61c51"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f01d17e-efe2-4557-ac77-f3f4c6fd87c2" w:customStyle="1">
+    <w:name w:val="Normal Table_3f01d17e-efe2-4557-ac77-f3f4c6fd87c2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6f3e4c7b-f98d-4c7b-abb1-4d6f9aa78fbe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f3622789-5449-41d8-8c30-7baf74e61c51"/>
+  <w:style w:type="table" w:styleId="TableGrid_51aab746-24fb-4133-856c-f21f9eb99df7" w:customStyle="1">
+    <w:name w:val="Table Grid_51aab746-24fb-4133-856c-f21f9eb99df7"/>
+    <w:basedOn w:val="NormalTable_3f01d17e-efe2-4557-ac77-f3f4c6fd87c2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6af04f72-cbf6-4417-9fb7-9a7c2355a160" w:customStyle="1">
-    <w:name w:val="Normal Table_6af04f72-cbf6-4417-9fb7-9a7c2355a160"/>
+  <w:style w:type="table" w:styleId="NormalTable_f6585d16-7033-46da-9df8-ee4728b0d745" w:customStyle="1">
+    <w:name w:val="Normal Table_f6585d16-7033-46da-9df8-ee4728b0d745"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_38c3dbfa-6853-4e04-96fc-9154a565a087" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6af04f72-cbf6-4417-9fb7-9a7c2355a160"/>
+  <w:style w:type="table" w:styleId="TableGrid_89da72cf-053b-4f76-806f-96db6236c580" w:customStyle="1">
+    <w:name w:val="Table Grid_89da72cf-053b-4f76-806f-96db6236c580"/>
+    <w:basedOn w:val="NormalTable_f6585d16-7033-46da-9df8-ee4728b0d745"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5f56f598-ad3e-4442-9161-889d1ded144f" w:customStyle="1">
-    <w:name w:val="Normal Table_5f56f598-ad3e-4442-9161-889d1ded144f"/>
+  <w:style w:type="table" w:styleId="NormalTable_232b81c7-e476-4d24-a5b8-a7e9fa413dcb" w:customStyle="1">
+    <w:name w:val="Normal Table_232b81c7-e476-4d24-a5b8-a7e9fa413dcb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3bbec24a-21d1-4813-b5df-60c23f003b42" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5f56f598-ad3e-4442-9161-889d1ded144f"/>
+  <w:style w:type="table" w:styleId="TableGrid_90058ab1-6c30-4c26-b35f-d4e9f38705be" w:customStyle="1">
+    <w:name w:val="Table Grid_90058ab1-6c30-4c26-b35f-d4e9f38705be"/>
+    <w:basedOn w:val="NormalTable_232b81c7-e476-4d24-a5b8-a7e9fa413dcb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c85cc2d8-83ad-4054-86bf-61425c907bcc" w:customStyle="1">
-    <w:name w:val="Normal Table_c85cc2d8-83ad-4054-86bf-61425c907bcc"/>
+  <w:style w:type="table" w:styleId="NormalTable_99760701-4b03-4fe6-8a39-9a6329f8e12a" w:customStyle="1">
+    <w:name w:val="Normal Table_99760701-4b03-4fe6-8a39-9a6329f8e12a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_01b457c1-a6c7-465e-a9c4-7f3ba40e5c38" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c85cc2d8-83ad-4054-86bf-61425c907bcc"/>
+  <w:style w:type="table" w:styleId="TableGrid_3affc23b-47af-4912-a147-4d59453e2eaf" w:customStyle="1">
+    <w:name w:val="Table Grid_3affc23b-47af-4912-a147-4d59453e2eaf"/>
+    <w:basedOn w:val="NormalTable_99760701-4b03-4fe6-8a39-9a6329f8e12a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_39c97f3d-7575-4938-b636-b4c417dc9da3" w:customStyle="1">
-    <w:name w:val="Normal Table_39c97f3d-7575-4938-b636-b4c417dc9da3"/>
+  <w:style w:type="table" w:styleId="NormalTable_45dfd725-9ec2-4df6-9ffb-b6fc61f88234" w:customStyle="1">
+    <w:name w:val="Normal Table_45dfd725-9ec2-4df6-9ffb-b6fc61f88234"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6fe01960-68ed-46f2-b94f-acf2a0b3ab09" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_39c97f3d-7575-4938-b636-b4c417dc9da3"/>
+  <w:style w:type="table" w:styleId="TableGrid_d8859d05-0169-44e8-ab62-ece612b464a0" w:customStyle="1">
+    <w:name w:val="Table Grid_d8859d05-0169-44e8-ab62-ece612b464a0"/>
+    <w:basedOn w:val="NormalTable_45dfd725-9ec2-4df6-9ffb-b6fc61f88234"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f0db4f74-3955-428f-9b45-144ae9d04875" w:customStyle="1">
-    <w:name w:val="Normal Table_f0db4f74-3955-428f-9b45-144ae9d04875"/>
+  <w:style w:type="table" w:styleId="NormalTable_b765196f-5aac-4006-8951-5cc9daf41520" w:customStyle="1">
+    <w:name w:val="Normal Table_b765196f-5aac-4006-8951-5cc9daf41520"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7dcd8c28-0bba-4092-a394-a07914cdebb1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f0db4f74-3955-428f-9b45-144ae9d04875"/>
+  <w:style w:type="table" w:styleId="TableGrid_38bfee2a-63bc-4547-870f-143a4c7f304c" w:customStyle="1">
+    <w:name w:val="Table Grid_38bfee2a-63bc-4547-870f-143a4c7f304c"/>
+    <w:basedOn w:val="NormalTable_b765196f-5aac-4006-8951-5cc9daf41520"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ceda08d6-5f3d-4800-8b44-a98a8c827685" w:customStyle="1">
-    <w:name w:val="Normal Table_ceda08d6-5f3d-4800-8b44-a98a8c827685"/>
+  <w:style w:type="table" w:styleId="NormalTable_f60e5941-7db5-4af2-8f66-618f96290e5d" w:customStyle="1">
+    <w:name w:val="Normal Table_f60e5941-7db5-4af2-8f66-618f96290e5d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_73821249-4b20-4c01-b2f4-f5d871840d5e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ceda08d6-5f3d-4800-8b44-a98a8c827685"/>
+  <w:style w:type="table" w:styleId="TableGrid_eb54e663-b5cc-4502-aef4-42a257e0975c" w:customStyle="1">
+    <w:name w:val="Table Grid_eb54e663-b5cc-4502-aef4-42a257e0975c"/>
+    <w:basedOn w:val="NormalTable_f60e5941-7db5-4af2-8f66-618f96290e5d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -8426,59 +8377,59 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A20E1AC4-3223-4ED8-B032-1F52BEF5F7F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>637-2-Faktaark - Brudd på sikkerhetsbestemmelser</Template>
+  <Template>637-2-Faktaark - Brudd på sikkerhetsbestemmelser.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4028</Characters>
+  <Pages>3</Pages>
+  <Words>696</Words>
+  <Characters>3692</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_Enabled" pid="2">
     <vt:lpstr>true</vt:lpstr>