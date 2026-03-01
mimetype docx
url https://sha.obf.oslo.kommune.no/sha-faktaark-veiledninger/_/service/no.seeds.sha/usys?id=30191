--- v2 (2026-03-01)
+++ v3 (2026-03-01)
@@ -6053,117 +6053,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_90058ab1-6c30-4c26-b35f-d4e9f38705be"/>
+      <w:tblStyle w:val="TableGrid_bddd596b-16fb-4cee-940c-2c4587146cf5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7001"/>
       <w:gridCol w:w="7001"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">01.03.2026 02:21:48 </w:t>
+            <w:t xml:space="preserve">01.03.2026 04:22:17 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6180,153 +6180,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3affc23b-47af-4912-a147-4d59453e2eaf"/>
+      <w:tblStyle w:val="TableGrid_7d9cbdcd-48b3-43b0-9c74-dd635d7eac42"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9395"/>
       <w:gridCol w:w="3370"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9395"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_2f1abd76-ad6b-4ff1-beca-cffa27b2b19c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_d3bb9ccb-e66f-4fff-b09d-9fe58a2b3d6a"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbc4367-19a3-45d0-9275-2ea59d3bdcca"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c62af26d-2f09-42ea-9885-df62c6edc9f4"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Faktaark - Brudd på sikkerhetsbestemmelser - tabell</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3370"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbc4367-19a3-45d0-9275-2ea59d3bdcca"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c62af26d-2f09-42ea-9885-df62c6edc9f4"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+            <w:pStyle w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6339,59 +6339,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+      <w:pStyle w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_eb54e663-b5cc-4502-aef4-42a257e0975c"/>
+      <w:tblStyle w:val="TableGrid_c0c2e243-840e-43d9-9e16-117ff12b24f9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9101"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6402,373 +6402,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9101"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d8859d05-0169-44e8-ab62-ece612b464a0"/>
+            <w:tblStyle w:val="TableGrid_fbdd1aad-a32c-4e2c-b9ff-f4f4c12b149e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+            <w:pStyle w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_38bfee2a-63bc-4547-870f-143a4c7f304c"/>
+            <w:tblStyle w:val="TableGrid_22a61adf-2c98-4058-bae4-af16053542a1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+            <w:pStyle w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+      <w:pStyle w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12587B61"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -7446,629 +7446,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0" w:customStyle="1">
-    <w:name w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+  <w:style w:type="paragraph" w:styleId="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d" w:customStyle="1">
+    <w:name w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_ea446024-40a4-4b61-b544-e0e0d2bfe55a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d5aef2da-16d9-4ef8-ac0b-96fb1dd4e306"/>
+    <w:basedOn w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f7c6b071-73dd-4eb6-80d2-62502eab8031" w:customStyle="1">
-    <w:name w:val="Normal Table_f7c6b071-73dd-4eb6-80d2-62502eab8031"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e9a51a3-026f-4494-8192-be37b9f65ad9" w:customStyle="1">
+    <w:name w:val="Normal Table_1e9a51a3-026f-4494-8192-be37b9f65ad9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dab07ba7-4288-4283-aa89-348ffa09e9fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f7c6b071-73dd-4eb6-80d2-62502eab8031"/>
+  <w:style w:type="table" w:styleId="TableGrid_853dd432-0dba-4c4a-8563-b853e7bf24e1" w:customStyle="1">
+    <w:name w:val="Table Grid_853dd432-0dba-4c4a-8563-b853e7bf24e1"/>
+    <w:basedOn w:val="NormalTable_1e9a51a3-026f-4494-8192-be37b9f65ad9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_2f1abd76-ad6b-4ff1-beca-cffa27b2b19c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_d3bb9ccb-e66f-4fff-b09d-9fe58a2b3d6a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_d3bb9ccb-e66f-4fff-b09d-9fe58a2b3d6a"/>
+    <w:basedOn w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_fdbc4367-19a3-45d0-9275-2ea59d3bdcca" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_77f65e04-a16d-4ad5-b387-31f4f3f090b0"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_c62af26d-2f09-42ea-9885-df62c6edc9f4" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c62af26d-2f09-42ea-9885-df62c6edc9f4"/>
+    <w:basedOn w:val="Normal_6447d2d4-f601-4e07-8e9d-a8a20507919d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8017f7e9-8428-42d1-bbbe-d92abc43ba4b" w:customStyle="1">
-    <w:name w:val="Normal Table_8017f7e9-8428-42d1-bbbe-d92abc43ba4b"/>
+  <w:style w:type="table" w:styleId="NormalTable_15adac9f-5f03-4543-9010-42817a1b8514" w:customStyle="1">
+    <w:name w:val="Normal Table_15adac9f-5f03-4543-9010-42817a1b8514"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0471fc3c-3cd2-4b6b-90fa-9fd5ace4b1c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8017f7e9-8428-42d1-bbbe-d92abc43ba4b"/>
+  <w:style w:type="table" w:styleId="TableGrid_7488aa33-eee0-4e87-802a-58ff79ddece5" w:customStyle="1">
+    <w:name w:val="Table Grid_7488aa33-eee0-4e87-802a-58ff79ddece5"/>
+    <w:basedOn w:val="NormalTable_15adac9f-5f03-4543-9010-42817a1b8514"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b8d9f41a-2af8-4ccd-b7be-88184a8f73b9" w:customStyle="1">
-    <w:name w:val="Normal Table_b8d9f41a-2af8-4ccd-b7be-88184a8f73b9"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca906e0c-aeeb-4d4e-865e-0893fb2c47ac" w:customStyle="1">
+    <w:name w:val="Normal Table_ca906e0c-aeeb-4d4e-865e-0893fb2c47ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ac0c0f03-f22b-4453-90b8-695fe6adc1c5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b8d9f41a-2af8-4ccd-b7be-88184a8f73b9"/>
+  <w:style w:type="table" w:styleId="TableGrid_7db364a0-ca61-441d-a79e-b45749d55a3d" w:customStyle="1">
+    <w:name w:val="Table Grid_7db364a0-ca61-441d-a79e-b45749d55a3d"/>
+    <w:basedOn w:val="NormalTable_ca906e0c-aeeb-4d4e-865e-0893fb2c47ac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3f01d17e-efe2-4557-ac77-f3f4c6fd87c2" w:customStyle="1">
-    <w:name w:val="Normal Table_3f01d17e-efe2-4557-ac77-f3f4c6fd87c2"/>
+  <w:style w:type="table" w:styleId="NormalTable_c53e3404-26af-4415-a156-2e6bce97c2b2" w:customStyle="1">
+    <w:name w:val="Normal Table_c53e3404-26af-4415-a156-2e6bce97c2b2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_51aab746-24fb-4133-856c-f21f9eb99df7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3f01d17e-efe2-4557-ac77-f3f4c6fd87c2"/>
+  <w:style w:type="table" w:styleId="TableGrid_c4606120-1306-45bc-96e5-89b50b12cc6a" w:customStyle="1">
+    <w:name w:val="Table Grid_c4606120-1306-45bc-96e5-89b50b12cc6a"/>
+    <w:basedOn w:val="NormalTable_c53e3404-26af-4415-a156-2e6bce97c2b2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f6585d16-7033-46da-9df8-ee4728b0d745" w:customStyle="1">
-    <w:name w:val="Normal Table_f6585d16-7033-46da-9df8-ee4728b0d745"/>
+  <w:style w:type="table" w:styleId="NormalTable_30b16337-16cf-498c-aa25-9b8243da3d76" w:customStyle="1">
+    <w:name w:val="Normal Table_30b16337-16cf-498c-aa25-9b8243da3d76"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_89da72cf-053b-4f76-806f-96db6236c580" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f6585d16-7033-46da-9df8-ee4728b0d745"/>
+  <w:style w:type="table" w:styleId="TableGrid_142a413a-dd0f-4934-ad82-48cd3af57a07" w:customStyle="1">
+    <w:name w:val="Table Grid_142a413a-dd0f-4934-ad82-48cd3af57a07"/>
+    <w:basedOn w:val="NormalTable_30b16337-16cf-498c-aa25-9b8243da3d76"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_232b81c7-e476-4d24-a5b8-a7e9fa413dcb" w:customStyle="1">
-    <w:name w:val="Normal Table_232b81c7-e476-4d24-a5b8-a7e9fa413dcb"/>
+  <w:style w:type="table" w:styleId="NormalTable_fab208a6-e0a0-4aea-a86b-a182cf877bfa" w:customStyle="1">
+    <w:name w:val="Normal Table_fab208a6-e0a0-4aea-a86b-a182cf877bfa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_90058ab1-6c30-4c26-b35f-d4e9f38705be" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_232b81c7-e476-4d24-a5b8-a7e9fa413dcb"/>
+  <w:style w:type="table" w:styleId="TableGrid_bddd596b-16fb-4cee-940c-2c4587146cf5" w:customStyle="1">
+    <w:name w:val="Table Grid_bddd596b-16fb-4cee-940c-2c4587146cf5"/>
+    <w:basedOn w:val="NormalTable_fab208a6-e0a0-4aea-a86b-a182cf877bfa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_99760701-4b03-4fe6-8a39-9a6329f8e12a" w:customStyle="1">
-    <w:name w:val="Normal Table_99760701-4b03-4fe6-8a39-9a6329f8e12a"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b7a4d47-5b68-451a-b5b3-a2d3d47d0961" w:customStyle="1">
+    <w:name w:val="Normal Table_2b7a4d47-5b68-451a-b5b3-a2d3d47d0961"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3affc23b-47af-4912-a147-4d59453e2eaf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_99760701-4b03-4fe6-8a39-9a6329f8e12a"/>
+  <w:style w:type="table" w:styleId="TableGrid_7d9cbdcd-48b3-43b0-9c74-dd635d7eac42" w:customStyle="1">
+    <w:name w:val="Table Grid_7d9cbdcd-48b3-43b0-9c74-dd635d7eac42"/>
+    <w:basedOn w:val="NormalTable_2b7a4d47-5b68-451a-b5b3-a2d3d47d0961"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_45dfd725-9ec2-4df6-9ffb-b6fc61f88234" w:customStyle="1">
-    <w:name w:val="Normal Table_45dfd725-9ec2-4df6-9ffb-b6fc61f88234"/>
+  <w:style w:type="table" w:styleId="NormalTable_0365f071-2f4a-4df4-a054-5cc1902ea3cd" w:customStyle="1">
+    <w:name w:val="Normal Table_0365f071-2f4a-4df4-a054-5cc1902ea3cd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d8859d05-0169-44e8-ab62-ece612b464a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_45dfd725-9ec2-4df6-9ffb-b6fc61f88234"/>
+  <w:style w:type="table" w:styleId="TableGrid_fbdd1aad-a32c-4e2c-b9ff-f4f4c12b149e" w:customStyle="1">
+    <w:name w:val="Table Grid_fbdd1aad-a32c-4e2c-b9ff-f4f4c12b149e"/>
+    <w:basedOn w:val="NormalTable_0365f071-2f4a-4df4-a054-5cc1902ea3cd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b765196f-5aac-4006-8951-5cc9daf41520" w:customStyle="1">
-    <w:name w:val="Normal Table_b765196f-5aac-4006-8951-5cc9daf41520"/>
+  <w:style w:type="table" w:styleId="NormalTable_1049b784-0f5f-4d04-ba6b-a978e5b200e0" w:customStyle="1">
+    <w:name w:val="Normal Table_1049b784-0f5f-4d04-ba6b-a978e5b200e0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_38bfee2a-63bc-4547-870f-143a4c7f304c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b765196f-5aac-4006-8951-5cc9daf41520"/>
+  <w:style w:type="table" w:styleId="TableGrid_22a61adf-2c98-4058-bae4-af16053542a1" w:customStyle="1">
+    <w:name w:val="Table Grid_22a61adf-2c98-4058-bae4-af16053542a1"/>
+    <w:basedOn w:val="NormalTable_1049b784-0f5f-4d04-ba6b-a978e5b200e0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f60e5941-7db5-4af2-8f66-618f96290e5d" w:customStyle="1">
-    <w:name w:val="Normal Table_f60e5941-7db5-4af2-8f66-618f96290e5d"/>
+  <w:style w:type="table" w:styleId="NormalTable_feb0e7b2-0934-4201-a02d-40b77c1fb3e5" w:customStyle="1">
+    <w:name w:val="Normal Table_feb0e7b2-0934-4201-a02d-40b77c1fb3e5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eb54e663-b5cc-4502-aef4-42a257e0975c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f60e5941-7db5-4af2-8f66-618f96290e5d"/>
+  <w:style w:type="table" w:styleId="TableGrid_c0c2e243-840e-43d9-9e16-117ff12b24f9" w:customStyle="1">
+    <w:name w:val="Table Grid_c0c2e243-840e-43d9-9e16-117ff12b24f9"/>
+    <w:basedOn w:val="NormalTable_feb0e7b2-0934-4201-a02d-40b77c1fb3e5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>