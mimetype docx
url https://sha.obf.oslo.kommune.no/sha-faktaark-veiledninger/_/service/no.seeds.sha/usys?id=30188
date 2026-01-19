--- v0 (2025-11-20)
+++ v1 (2026-01-19)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f91285b7-79ae-460a-94ea-5d2ededa2a0b"/>
+      <w:tblStyle w:val="TableGrid_fd699f08-3994-481b-b7a8-20b28db21edd"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">20.11.2025 02:07:47 </w:t>
+            <w:t xml:space="preserve">19.01.2026 05:33:20 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2d3844c7-f729-4557-9967-0354be6f1d76"/>
+      <w:tblStyle w:val="TableGrid_3fb50357-0a16-4f63-b241-af5b2ba384db"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+            <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+      <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_65bd0f62-a49b-44e9-91cd-200c7114180f"/>
+      <w:tblStyle w:val="TableGrid_4be970a7-e877-4987-9c10-7f17636a7127"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b3061291-322d-4aec-a305-a86992e8a499"/>
+            <w:tblStyle w:val="TableGrid_291ca228-3bf1-41c4-9d8a-7a821730dbe1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+            <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5c983e6d-c5cc-4e87-8427-5dc13a6042cc"/>
+            <w:tblStyle w:val="TableGrid_9cdc0a97-7089-48d9-ac1d-d0a33205f3c4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+            <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+      <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_1f82744b-93b0-439d-8865-dbf04272514f" w:customStyle="1">
-    <w:name w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da" w:customStyle="1">
+    <w:name w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+    <w:basedOn w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_77ceac6c-7533-4ca1-ac21-ea8d2d2a6d8e" w:customStyle="1">
-    <w:name w:val="Normal Table_77ceac6c-7533-4ca1-ac21-ea8d2d2a6d8e"/>
+  <w:style w:type="table" w:styleId="NormalTable_615a0a04-0669-4990-b7f2-25bd16b55e17" w:customStyle="1">
+    <w:name w:val="Normal Table_615a0a04-0669-4990-b7f2-25bd16b55e17"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_77ceac6c-7533-4ca1-ac21-ea8d2d2a6d8e"/>
+    <w:basedOn w:val="NormalTable_615a0a04-0669-4990-b7f2-25bd16b55e17"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+    <w:basedOn w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_1f82744b-93b0-439d-8865-dbf04272514f"/>
+    <w:basedOn w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dcea3ebd-b2de-4854-984d-8d3e1f956d3a" w:customStyle="1">
-    <w:name w:val="Normal Table_dcea3ebd-b2de-4854-984d-8d3e1f956d3a"/>
+  <w:style w:type="table" w:styleId="NormalTable_19b7e0e5-af05-4f1d-a30d-8c76f8a44f22" w:customStyle="1">
+    <w:name w:val="Normal Table_19b7e0e5-af05-4f1d-a30d-8c76f8a44f22"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2bc38c6a-6d3d-4c40-a152-ade35cfd3f30" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dcea3ebd-b2de-4854-984d-8d3e1f956d3a"/>
+  <w:style w:type="table" w:styleId="TableGrid_aa0a2e5a-6332-4749-92b2-9a2b157b734c" w:customStyle="1">
+    <w:name w:val="Table Grid_aa0a2e5a-6332-4749-92b2-9a2b157b734c"/>
+    <w:basedOn w:val="NormalTable_19b7e0e5-af05-4f1d-a30d-8c76f8a44f22"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_095c25ee-58d7-4f16-ad77-8aff53bef18e" w:customStyle="1">
-    <w:name w:val="Normal Table_095c25ee-58d7-4f16-ad77-8aff53bef18e"/>
+  <w:style w:type="table" w:styleId="NormalTable_752d0353-3c51-4b30-9566-94e6a177d6ea" w:customStyle="1">
+    <w:name w:val="Normal Table_752d0353-3c51-4b30-9566-94e6a177d6ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5b10041b-b3aa-44be-ba46-e2a1a42fa326" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_095c25ee-58d7-4f16-ad77-8aff53bef18e"/>
+  <w:style w:type="table" w:styleId="TableGrid_07659c44-90f0-4948-ab24-eb481602b9b0" w:customStyle="1">
+    <w:name w:val="Table Grid_07659c44-90f0-4948-ab24-eb481602b9b0"/>
+    <w:basedOn w:val="NormalTable_752d0353-3c51-4b30-9566-94e6a177d6ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fda45385-ad65-4089-a7cd-4bef17b31dce" w:customStyle="1">
-    <w:name w:val="Normal Table_fda45385-ad65-4089-a7cd-4bef17b31dce"/>
+  <w:style w:type="table" w:styleId="NormalTable_9a3dd99e-a128-46c4-874f-16213f8a4433" w:customStyle="1">
+    <w:name w:val="Normal Table_9a3dd99e-a128-46c4-874f-16213f8a4433"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eb5a23ca-5ac4-4505-b3f9-80d1671e3ca9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fda45385-ad65-4089-a7cd-4bef17b31dce"/>
+  <w:style w:type="table" w:styleId="TableGrid_4da2199d-fa18-479f-ab4e-0e0366046585" w:customStyle="1">
+    <w:name w:val="Table Grid_4da2199d-fa18-479f-ab4e-0e0366046585"/>
+    <w:basedOn w:val="NormalTable_9a3dd99e-a128-46c4-874f-16213f8a4433"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_25d32270-4fc4-4138-878c-3755e80ac408" w:customStyle="1">
-    <w:name w:val="Normal Table_25d32270-4fc4-4138-878c-3755e80ac408"/>
+  <w:style w:type="table" w:styleId="NormalTable_cdbe134e-9cbf-41a9-b3a9-8beb77c824bb" w:customStyle="1">
+    <w:name w:val="Normal Table_cdbe134e-9cbf-41a9-b3a9-8beb77c824bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f8406be4-74fc-4720-bd18-8164d9117709" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_25d32270-4fc4-4138-878c-3755e80ac408"/>
+  <w:style w:type="table" w:styleId="TableGrid_4b39143d-e884-44e9-9da4-eb21eb84cfa9" w:customStyle="1">
+    <w:name w:val="Table Grid_4b39143d-e884-44e9-9da4-eb21eb84cfa9"/>
+    <w:basedOn w:val="NormalTable_cdbe134e-9cbf-41a9-b3a9-8beb77c824bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e73bbc3e-aece-46fd-adbf-086bab0031a3" w:customStyle="1">
-    <w:name w:val="Normal Table_e73bbc3e-aece-46fd-adbf-086bab0031a3"/>
+  <w:style w:type="table" w:styleId="NormalTable_39446589-9358-452b-ad96-dd070d6f4c4f" w:customStyle="1">
+    <w:name w:val="Normal Table_39446589-9358-452b-ad96-dd070d6f4c4f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f91285b7-79ae-460a-94ea-5d2ededa2a0b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e73bbc3e-aece-46fd-adbf-086bab0031a3"/>
+  <w:style w:type="table" w:styleId="TableGrid_fd699f08-3994-481b-b7a8-20b28db21edd" w:customStyle="1">
+    <w:name w:val="Table Grid_fd699f08-3994-481b-b7a8-20b28db21edd"/>
+    <w:basedOn w:val="NormalTable_39446589-9358-452b-ad96-dd070d6f4c4f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_45f4c02f-69c4-4a24-ab0c-85d2132de6da" w:customStyle="1">
-    <w:name w:val="Normal Table_45f4c02f-69c4-4a24-ab0c-85d2132de6da"/>
+  <w:style w:type="table" w:styleId="NormalTable_99bbafda-40b2-4638-b3fc-92e386edd88b" w:customStyle="1">
+    <w:name w:val="Normal Table_99bbafda-40b2-4638-b3fc-92e386edd88b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2d3844c7-f729-4557-9967-0354be6f1d76" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_45f4c02f-69c4-4a24-ab0c-85d2132de6da"/>
+  <w:style w:type="table" w:styleId="TableGrid_3fb50357-0a16-4f63-b241-af5b2ba384db" w:customStyle="1">
+    <w:name w:val="Table Grid_3fb50357-0a16-4f63-b241-af5b2ba384db"/>
+    <w:basedOn w:val="NormalTable_99bbafda-40b2-4638-b3fc-92e386edd88b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3fc4e166-b18f-43ae-ba09-f752d9aac328" w:customStyle="1">
-    <w:name w:val="Normal Table_3fc4e166-b18f-43ae-ba09-f752d9aac328"/>
+  <w:style w:type="table" w:styleId="NormalTable_5082ff4e-8510-4d28-8807-1b8a4804ab6a" w:customStyle="1">
+    <w:name w:val="Normal Table_5082ff4e-8510-4d28-8807-1b8a4804ab6a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b3061291-322d-4aec-a305-a86992e8a499" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3fc4e166-b18f-43ae-ba09-f752d9aac328"/>
+  <w:style w:type="table" w:styleId="TableGrid_291ca228-3bf1-41c4-9d8a-7a821730dbe1" w:customStyle="1">
+    <w:name w:val="Table Grid_291ca228-3bf1-41c4-9d8a-7a821730dbe1"/>
+    <w:basedOn w:val="NormalTable_5082ff4e-8510-4d28-8807-1b8a4804ab6a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_744bd9b1-c99a-4a60-90b9-28f906e561b4" w:customStyle="1">
-    <w:name w:val="Normal Table_744bd9b1-c99a-4a60-90b9-28f906e561b4"/>
+  <w:style w:type="table" w:styleId="NormalTable_406b9c1d-9e43-4f04-b4e1-68880028bfd3" w:customStyle="1">
+    <w:name w:val="Normal Table_406b9c1d-9e43-4f04-b4e1-68880028bfd3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5c983e6d-c5cc-4e87-8427-5dc13a6042cc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_744bd9b1-c99a-4a60-90b9-28f906e561b4"/>
+  <w:style w:type="table" w:styleId="TableGrid_9cdc0a97-7089-48d9-ac1d-d0a33205f3c4" w:customStyle="1">
+    <w:name w:val="Table Grid_9cdc0a97-7089-48d9-ac1d-d0a33205f3c4"/>
+    <w:basedOn w:val="NormalTable_406b9c1d-9e43-4f04-b4e1-68880028bfd3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_95fa6028-b5e6-4051-a26d-449b68bb8b6e" w:customStyle="1">
-    <w:name w:val="Normal Table_95fa6028-b5e6-4051-a26d-449b68bb8b6e"/>
+  <w:style w:type="table" w:styleId="NormalTable_7899bdc2-7705-40dd-8ef8-ce7799cdec38" w:customStyle="1">
+    <w:name w:val="Normal Table_7899bdc2-7705-40dd-8ef8-ce7799cdec38"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_65bd0f62-a49b-44e9-91cd-200c7114180f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_95fa6028-b5e6-4051-a26d-449b68bb8b6e"/>
+  <w:style w:type="table" w:styleId="TableGrid_4be970a7-e877-4987-9c10-7f17636a7127" w:customStyle="1">
+    <w:name w:val="Table Grid_4be970a7-e877-4987-9c10-7f17636a7127"/>
+    <w:basedOn w:val="NormalTable_7899bdc2-7705-40dd-8ef8-ce7799cdec38"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>