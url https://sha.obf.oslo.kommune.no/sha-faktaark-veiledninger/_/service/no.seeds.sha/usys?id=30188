--- v1 (2026-01-19)
+++ v2 (2026-03-21)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fd699f08-3994-481b-b7a8-20b28db21edd"/>
+      <w:tblStyle w:val="TableGrid_52b13424-0677-4cf1-9e59-4dd5f05e82d4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">19.01.2026 05:33:20 </w:t>
+            <w:t xml:space="preserve">21.03.2026 08:42:50 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3fb50357-0a16-4f63-b241-af5b2ba384db"/>
+      <w:tblStyle w:val="TableGrid_77b46ef8-51f7-47fe-8f0c-0a117e480d93"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+      <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4be970a7-e877-4987-9c10-7f17636a7127"/>
+      <w:tblStyle w:val="TableGrid_87bece9b-1218-4aca-8daf-f64de96f41d4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_291ca228-3bf1-41c4-9d8a-7a821730dbe1"/>
+            <w:tblStyle w:val="TableGrid_54902403-10a6-4326-9772-ab7dbba69462"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9cdc0a97-7089-48d9-ac1d-d0a33205f3c4"/>
+            <w:tblStyle w:val="TableGrid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+      <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da" w:customStyle="1">
-    <w:name w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+  <w:style w:type="paragraph" w:styleId="Normal_65c498e0-5430-411b-936e-3720b789795d" w:customStyle="1">
+    <w:name w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_615a0a04-0669-4990-b7f2-25bd16b55e17" w:customStyle="1">
-    <w:name w:val="Normal Table_615a0a04-0669-4990-b7f2-25bd16b55e17"/>
+  <w:style w:type="table" w:styleId="NormalTable_78643955-8060-4c5e-8ae1-f6fc0bb96207" w:customStyle="1">
+    <w:name w:val="Normal Table_78643955-8060-4c5e-8ae1-f6fc0bb96207"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_615a0a04-0669-4990-b7f2-25bd16b55e17"/>
+    <w:basedOn w:val="NormalTable_78643955-8060-4c5e-8ae1-f6fc0bb96207"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c1658360-ae6b-4cca-99ce-9590ab6495da"/>
+    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_19b7e0e5-af05-4f1d-a30d-8c76f8a44f22" w:customStyle="1">
-    <w:name w:val="Normal Table_19b7e0e5-af05-4f1d-a30d-8c76f8a44f22"/>
+  <w:style w:type="table" w:styleId="NormalTable_51139abc-7bc0-4544-b046-c0b26ae59dfe" w:customStyle="1">
+    <w:name w:val="Normal Table_51139abc-7bc0-4544-b046-c0b26ae59dfe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aa0a2e5a-6332-4749-92b2-9a2b157b734c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_19b7e0e5-af05-4f1d-a30d-8c76f8a44f22"/>
+  <w:style w:type="table" w:styleId="TableGrid_7076a2e7-18bc-4ddb-888a-a2b6f6239f46" w:customStyle="1">
+    <w:name w:val="Table Grid_7076a2e7-18bc-4ddb-888a-a2b6f6239f46"/>
+    <w:basedOn w:val="NormalTable_51139abc-7bc0-4544-b046-c0b26ae59dfe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_752d0353-3c51-4b30-9566-94e6a177d6ea" w:customStyle="1">
-    <w:name w:val="Normal Table_752d0353-3c51-4b30-9566-94e6a177d6ea"/>
+  <w:style w:type="table" w:styleId="NormalTable_91f3c237-e40b-45d6-b3a0-81fb5497d356" w:customStyle="1">
+    <w:name w:val="Normal Table_91f3c237-e40b-45d6-b3a0-81fb5497d356"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_07659c44-90f0-4948-ab24-eb481602b9b0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_752d0353-3c51-4b30-9566-94e6a177d6ea"/>
+  <w:style w:type="table" w:styleId="TableGrid_934a8061-9279-43ef-a11e-6b347e6064ba" w:customStyle="1">
+    <w:name w:val="Table Grid_934a8061-9279-43ef-a11e-6b347e6064ba"/>
+    <w:basedOn w:val="NormalTable_91f3c237-e40b-45d6-b3a0-81fb5497d356"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9a3dd99e-a128-46c4-874f-16213f8a4433" w:customStyle="1">
-    <w:name w:val="Normal Table_9a3dd99e-a128-46c4-874f-16213f8a4433"/>
+  <w:style w:type="table" w:styleId="NormalTable_deca610d-4a33-4515-975d-2347bc47ef52" w:customStyle="1">
+    <w:name w:val="Normal Table_deca610d-4a33-4515-975d-2347bc47ef52"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4da2199d-fa18-479f-ab4e-0e0366046585" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9a3dd99e-a128-46c4-874f-16213f8a4433"/>
+  <w:style w:type="table" w:styleId="TableGrid_106b4def-4464-4b70-b4c5-fbd193c6b5bb" w:customStyle="1">
+    <w:name w:val="Table Grid_106b4def-4464-4b70-b4c5-fbd193c6b5bb"/>
+    <w:basedOn w:val="NormalTable_deca610d-4a33-4515-975d-2347bc47ef52"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cdbe134e-9cbf-41a9-b3a9-8beb77c824bb" w:customStyle="1">
-    <w:name w:val="Normal Table_cdbe134e-9cbf-41a9-b3a9-8beb77c824bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_1aa54d74-b866-41a3-a1ae-f861e48fb75b" w:customStyle="1">
+    <w:name w:val="Normal Table_1aa54d74-b866-41a3-a1ae-f861e48fb75b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4b39143d-e884-44e9-9da4-eb21eb84cfa9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cdbe134e-9cbf-41a9-b3a9-8beb77c824bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_dd94f9f0-4bd2-4688-a988-2b1993694c6b" w:customStyle="1">
+    <w:name w:val="Table Grid_dd94f9f0-4bd2-4688-a988-2b1993694c6b"/>
+    <w:basedOn w:val="NormalTable_1aa54d74-b866-41a3-a1ae-f861e48fb75b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_39446589-9358-452b-ad96-dd070d6f4c4f" w:customStyle="1">
-    <w:name w:val="Normal Table_39446589-9358-452b-ad96-dd070d6f4c4f"/>
+  <w:style w:type="table" w:styleId="NormalTable_c79da7b0-708b-4d95-ab1d-9c1481faa8ba" w:customStyle="1">
+    <w:name w:val="Normal Table_c79da7b0-708b-4d95-ab1d-9c1481faa8ba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fd699f08-3994-481b-b7a8-20b28db21edd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_39446589-9358-452b-ad96-dd070d6f4c4f"/>
+  <w:style w:type="table" w:styleId="TableGrid_52b13424-0677-4cf1-9e59-4dd5f05e82d4" w:customStyle="1">
+    <w:name w:val="Table Grid_52b13424-0677-4cf1-9e59-4dd5f05e82d4"/>
+    <w:basedOn w:val="NormalTable_c79da7b0-708b-4d95-ab1d-9c1481faa8ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_99bbafda-40b2-4638-b3fc-92e386edd88b" w:customStyle="1">
-    <w:name w:val="Normal Table_99bbafda-40b2-4638-b3fc-92e386edd88b"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1186bec-2124-4f4b-9fde-c7ea3138873d" w:customStyle="1">
+    <w:name w:val="Normal Table_c1186bec-2124-4f4b-9fde-c7ea3138873d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3fb50357-0a16-4f63-b241-af5b2ba384db" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_99bbafda-40b2-4638-b3fc-92e386edd88b"/>
+  <w:style w:type="table" w:styleId="TableGrid_77b46ef8-51f7-47fe-8f0c-0a117e480d93" w:customStyle="1">
+    <w:name w:val="Table Grid_77b46ef8-51f7-47fe-8f0c-0a117e480d93"/>
+    <w:basedOn w:val="NormalTable_c1186bec-2124-4f4b-9fde-c7ea3138873d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5082ff4e-8510-4d28-8807-1b8a4804ab6a" w:customStyle="1">
-    <w:name w:val="Normal Table_5082ff4e-8510-4d28-8807-1b8a4804ab6a"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a435d91-f0a2-499c-ab48-2be36228193b" w:customStyle="1">
+    <w:name w:val="Normal Table_7a435d91-f0a2-499c-ab48-2be36228193b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_291ca228-3bf1-41c4-9d8a-7a821730dbe1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5082ff4e-8510-4d28-8807-1b8a4804ab6a"/>
+  <w:style w:type="table" w:styleId="TableGrid_54902403-10a6-4326-9772-ab7dbba69462" w:customStyle="1">
+    <w:name w:val="Table Grid_54902403-10a6-4326-9772-ab7dbba69462"/>
+    <w:basedOn w:val="NormalTable_7a435d91-f0a2-499c-ab48-2be36228193b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_406b9c1d-9e43-4f04-b4e1-68880028bfd3" w:customStyle="1">
-    <w:name w:val="Normal Table_406b9c1d-9e43-4f04-b4e1-68880028bfd3"/>
+  <w:style w:type="table" w:styleId="NormalTable_03235a9c-1fee-4d83-8a8f-8ba4f289d8db" w:customStyle="1">
+    <w:name w:val="Normal Table_03235a9c-1fee-4d83-8a8f-8ba4f289d8db"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9cdc0a97-7089-48d9-ac1d-d0a33205f3c4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_406b9c1d-9e43-4f04-b4e1-68880028bfd3"/>
+  <w:style w:type="table" w:styleId="TableGrid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c" w:customStyle="1">
+    <w:name w:val="Table Grid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c"/>
+    <w:basedOn w:val="NormalTable_03235a9c-1fee-4d83-8a8f-8ba4f289d8db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7899bdc2-7705-40dd-8ef8-ce7799cdec38" w:customStyle="1">
-    <w:name w:val="Normal Table_7899bdc2-7705-40dd-8ef8-ce7799cdec38"/>
+  <w:style w:type="table" w:styleId="NormalTable_717e9d25-89fb-45ba-b06d-40aa8993d3c3" w:customStyle="1">
+    <w:name w:val="Normal Table_717e9d25-89fb-45ba-b06d-40aa8993d3c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4be970a7-e877-4987-9c10-7f17636a7127" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7899bdc2-7705-40dd-8ef8-ce7799cdec38"/>
+  <w:style w:type="table" w:styleId="TableGrid_87bece9b-1218-4aca-8daf-f64de96f41d4" w:customStyle="1">
+    <w:name w:val="Table Grid_87bece9b-1218-4aca-8daf-f64de96f41d4"/>
+    <w:basedOn w:val="NormalTable_717e9d25-89fb-45ba-b06d-40aa8993d3c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>