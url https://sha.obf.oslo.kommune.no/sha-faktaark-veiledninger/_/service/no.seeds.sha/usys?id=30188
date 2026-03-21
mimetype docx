--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_52b13424-0677-4cf1-9e59-4dd5f05e82d4"/>
+      <w:tblStyle w:val="TableGrid_f55eaf0a-0fb6-47f3-96ba-f7d67c6d7d80"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">21.03.2026 08:42:50 </w:t>
+            <w:t xml:space="preserve">21.03.2026 10:51:37 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_77b46ef8-51f7-47fe-8f0c-0a117e480d93"/>
+      <w:tblStyle w:val="TableGrid_003c1e94-950e-44ea-a8c4-fbc75e22078c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+            <w:pStyle w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+      <w:pStyle w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_87bece9b-1218-4aca-8daf-f64de96f41d4"/>
+      <w:tblStyle w:val="TableGrid_c6385042-0a35-43ef-84fc-680899ba8fb3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_54902403-10a6-4326-9772-ab7dbba69462"/>
+            <w:tblStyle w:val="TableGrid_8dbf3c25-48e5-4c1c-a300-e3f0b404a031"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+            <w:pStyle w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c"/>
+            <w:tblStyle w:val="TableGrid_5d4a845f-09e4-4d84-8472-cbb49d87e44d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+            <w:pStyle w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+      <w:pStyle w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_65c498e0-5430-411b-936e-3720b789795d" w:customStyle="1">
-    <w:name w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21" w:customStyle="1">
+    <w:name w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+    <w:basedOn w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_78643955-8060-4c5e-8ae1-f6fc0bb96207" w:customStyle="1">
-    <w:name w:val="Normal Table_78643955-8060-4c5e-8ae1-f6fc0bb96207"/>
+  <w:style w:type="table" w:styleId="NormalTable_a05aac51-313d-4f48-b598-280ac7613d07" w:customStyle="1">
+    <w:name w:val="Normal Table_a05aac51-313d-4f48-b598-280ac7613d07"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_78643955-8060-4c5e-8ae1-f6fc0bb96207"/>
+    <w:basedOn w:val="NormalTable_a05aac51-313d-4f48-b598-280ac7613d07"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+    <w:basedOn w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_65c498e0-5430-411b-936e-3720b789795d"/>
+    <w:basedOn w:val="Normal_9b134b8d-bd56-4b98-af31-0ea79e136c21"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_51139abc-7bc0-4544-b046-c0b26ae59dfe" w:customStyle="1">
-    <w:name w:val="Normal Table_51139abc-7bc0-4544-b046-c0b26ae59dfe"/>
+  <w:style w:type="table" w:styleId="NormalTable_4b37270a-5e7d-4c63-abcf-2d1dff508bc5" w:customStyle="1">
+    <w:name w:val="Normal Table_4b37270a-5e7d-4c63-abcf-2d1dff508bc5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7076a2e7-18bc-4ddb-888a-a2b6f6239f46" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_51139abc-7bc0-4544-b046-c0b26ae59dfe"/>
+  <w:style w:type="table" w:styleId="TableGrid_ed97afe3-ebfa-4c91-9736-00580d49c269" w:customStyle="1">
+    <w:name w:val="Table Grid_ed97afe3-ebfa-4c91-9736-00580d49c269"/>
+    <w:basedOn w:val="NormalTable_4b37270a-5e7d-4c63-abcf-2d1dff508bc5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_91f3c237-e40b-45d6-b3a0-81fb5497d356" w:customStyle="1">
-    <w:name w:val="Normal Table_91f3c237-e40b-45d6-b3a0-81fb5497d356"/>
+  <w:style w:type="table" w:styleId="NormalTable_2cb98368-53ab-4fe0-8d3f-b5129c886f12" w:customStyle="1">
+    <w:name w:val="Normal Table_2cb98368-53ab-4fe0-8d3f-b5129c886f12"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_934a8061-9279-43ef-a11e-6b347e6064ba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_91f3c237-e40b-45d6-b3a0-81fb5497d356"/>
+  <w:style w:type="table" w:styleId="TableGrid_8bd56775-a8c7-4cf8-8493-71987a3eaf3a" w:customStyle="1">
+    <w:name w:val="Table Grid_8bd56775-a8c7-4cf8-8493-71987a3eaf3a"/>
+    <w:basedOn w:val="NormalTable_2cb98368-53ab-4fe0-8d3f-b5129c886f12"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_deca610d-4a33-4515-975d-2347bc47ef52" w:customStyle="1">
-    <w:name w:val="Normal Table_deca610d-4a33-4515-975d-2347bc47ef52"/>
+  <w:style w:type="table" w:styleId="NormalTable_1d7fd5fa-6cf3-47a8-ad3b-e8b5cec83901" w:customStyle="1">
+    <w:name w:val="Normal Table_1d7fd5fa-6cf3-47a8-ad3b-e8b5cec83901"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_106b4def-4464-4b70-b4c5-fbd193c6b5bb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_deca610d-4a33-4515-975d-2347bc47ef52"/>
+  <w:style w:type="table" w:styleId="TableGrid_9692fa0d-41f2-4ea4-b320-d566a07d1df0" w:customStyle="1">
+    <w:name w:val="Table Grid_9692fa0d-41f2-4ea4-b320-d566a07d1df0"/>
+    <w:basedOn w:val="NormalTable_1d7fd5fa-6cf3-47a8-ad3b-e8b5cec83901"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1aa54d74-b866-41a3-a1ae-f861e48fb75b" w:customStyle="1">
-    <w:name w:val="Normal Table_1aa54d74-b866-41a3-a1ae-f861e48fb75b"/>
+  <w:style w:type="table" w:styleId="NormalTable_03639712-cd57-4a03-bb96-3f00a653ab52" w:customStyle="1">
+    <w:name w:val="Normal Table_03639712-cd57-4a03-bb96-3f00a653ab52"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dd94f9f0-4bd2-4688-a988-2b1993694c6b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1aa54d74-b866-41a3-a1ae-f861e48fb75b"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc9dab3a-b265-44c7-8c20-312272344ec1" w:customStyle="1">
+    <w:name w:val="Table Grid_fc9dab3a-b265-44c7-8c20-312272344ec1"/>
+    <w:basedOn w:val="NormalTable_03639712-cd57-4a03-bb96-3f00a653ab52"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c79da7b0-708b-4d95-ab1d-9c1481faa8ba" w:customStyle="1">
-    <w:name w:val="Normal Table_c79da7b0-708b-4d95-ab1d-9c1481faa8ba"/>
+  <w:style w:type="table" w:styleId="NormalTable_ec188d9f-c018-4961-a873-ca584fdc6d9f" w:customStyle="1">
+    <w:name w:val="Normal Table_ec188d9f-c018-4961-a873-ca584fdc6d9f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_52b13424-0677-4cf1-9e59-4dd5f05e82d4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c79da7b0-708b-4d95-ab1d-9c1481faa8ba"/>
+  <w:style w:type="table" w:styleId="TableGrid_f55eaf0a-0fb6-47f3-96ba-f7d67c6d7d80" w:customStyle="1">
+    <w:name w:val="Table Grid_f55eaf0a-0fb6-47f3-96ba-f7d67c6d7d80"/>
+    <w:basedOn w:val="NormalTable_ec188d9f-c018-4961-a873-ca584fdc6d9f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c1186bec-2124-4f4b-9fde-c7ea3138873d" w:customStyle="1">
-    <w:name w:val="Normal Table_c1186bec-2124-4f4b-9fde-c7ea3138873d"/>
+  <w:style w:type="table" w:styleId="NormalTable_6b1e0b07-69d2-4dae-b4c8-5f0294cb2337" w:customStyle="1">
+    <w:name w:val="Normal Table_6b1e0b07-69d2-4dae-b4c8-5f0294cb2337"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_77b46ef8-51f7-47fe-8f0c-0a117e480d93" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c1186bec-2124-4f4b-9fde-c7ea3138873d"/>
+  <w:style w:type="table" w:styleId="TableGrid_003c1e94-950e-44ea-a8c4-fbc75e22078c" w:customStyle="1">
+    <w:name w:val="Table Grid_003c1e94-950e-44ea-a8c4-fbc75e22078c"/>
+    <w:basedOn w:val="NormalTable_6b1e0b07-69d2-4dae-b4c8-5f0294cb2337"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7a435d91-f0a2-499c-ab48-2be36228193b" w:customStyle="1">
-    <w:name w:val="Normal Table_7a435d91-f0a2-499c-ab48-2be36228193b"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca8f5010-301b-445d-8f86-8350f1a1eabc" w:customStyle="1">
+    <w:name w:val="Normal Table_ca8f5010-301b-445d-8f86-8350f1a1eabc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_54902403-10a6-4326-9772-ab7dbba69462" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7a435d91-f0a2-499c-ab48-2be36228193b"/>
+  <w:style w:type="table" w:styleId="TableGrid_8dbf3c25-48e5-4c1c-a300-e3f0b404a031" w:customStyle="1">
+    <w:name w:val="Table Grid_8dbf3c25-48e5-4c1c-a300-e3f0b404a031"/>
+    <w:basedOn w:val="NormalTable_ca8f5010-301b-445d-8f86-8350f1a1eabc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_03235a9c-1fee-4d83-8a8f-8ba4f289d8db" w:customStyle="1">
-    <w:name w:val="Normal Table_03235a9c-1fee-4d83-8a8f-8ba4f289d8db"/>
+  <w:style w:type="table" w:styleId="NormalTable_8675307f-258d-4f44-9669-32350e18afe1" w:customStyle="1">
+    <w:name w:val="Normal Table_8675307f-258d-4f44-9669-32350e18afe1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f9cc84fa-a23e-4d3d-9521-9a4b4f90e90c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_03235a9c-1fee-4d83-8a8f-8ba4f289d8db"/>
+  <w:style w:type="table" w:styleId="TableGrid_5d4a845f-09e4-4d84-8472-cbb49d87e44d" w:customStyle="1">
+    <w:name w:val="Table Grid_5d4a845f-09e4-4d84-8472-cbb49d87e44d"/>
+    <w:basedOn w:val="NormalTable_8675307f-258d-4f44-9669-32350e18afe1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_717e9d25-89fb-45ba-b06d-40aa8993d3c3" w:customStyle="1">
-    <w:name w:val="Normal Table_717e9d25-89fb-45ba-b06d-40aa8993d3c3"/>
+  <w:style w:type="table" w:styleId="NormalTable_37bba51d-5ce1-4471-86af-c6bac5ec5787" w:customStyle="1">
+    <w:name w:val="Normal Table_37bba51d-5ce1-4471-86af-c6bac5ec5787"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_87bece9b-1218-4aca-8daf-f64de96f41d4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_717e9d25-89fb-45ba-b06d-40aa8993d3c3"/>
+  <w:style w:type="table" w:styleId="TableGrid_c6385042-0a35-43ef-84fc-680899ba8fb3" w:customStyle="1">
+    <w:name w:val="Table Grid_c6385042-0a35-43ef-84fc-680899ba8fb3"/>
+    <w:basedOn w:val="NormalTable_37bba51d-5ce1-4471-86af-c6bac5ec5787"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>