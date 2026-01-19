--- v0 (2025-11-20)
+++ v1 (2026-01-19)
@@ -1572,117 +1572,117 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6c072663-3284-47d3-8c36-4780ce03a83d"/>
+      <w:tblStyle w:val="TableGrid_e6d13f90-a75b-41cb-b448-6154c129ead7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4820"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">20.11.2025 01:50:31 </w:t>
+            <w:t xml:space="preserve">19.01.2026 05:28:45 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1699,153 +1699,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_334e3648-a4c9-4ecc-a06f-f98240e6d3ab"/>
+      <w:tblStyle w:val="TableGrid_16873d93-66e6-484a-9384-91d0b62fa502"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2321"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b37cb3c8-5b4d-42ea-9dbd-f233c19f70e8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_08cf1c3d-5e29-4b1e-b2a7-cda592826e0c"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 849. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_5953c893-e2c9-41a4-bdb2-d660b69a03a8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0b0dd7e8-a57f-4864-b4ef-e01310bb661e"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Søknad om godkjenning av underleverandør Oslobygg</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_5953c893-e2c9-41a4-bdb2-d660b69a03a8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0b0dd7e8-a57f-4864-b4ef-e01310bb661e"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+            <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1858,59 +1858,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+      <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ec47972f-f18a-4f29-ae12-1abeaa992ee7"/>
+      <w:tblStyle w:val="TableGrid_f93e5a70-5ca5-4926-ae25-1af250ab5bdb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3374"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1921,373 +1921,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_34c72f65-29f9-43d2-9acd-ee42d46c69b9"/>
+            <w:tblStyle w:val="TableGrid_d59b738b-6d48-4a7b-a85c-26d87c46616b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Godkjenne underleverandør</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">10.09.2024 (Jens N. Kortner)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+            <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3374"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_22e4daf1-a834-4761-bb59-92e800aa5a88"/>
+            <w:tblStyle w:val="TableGrid_d1894ae8-7182-4bbb-abe3-571455763e45"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1280"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1280"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1280"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Jens N. Kortner</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+            <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+      <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="083A4B18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
@@ -6108,629 +6108,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridfe888e9f-fbee-47cd-ae16-d0bc110e7abb" w:customStyle="1">
     <w:name w:val="Table Grid_fe888e9f-fbee-47cd-ae16-d0bc110e7abb"/>
     <w:basedOn w:val="NormalTable8817ee43-4b4c-4510-937a-018281370d6a"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197" w:customStyle="1">
-    <w:name w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+  <w:style w:type="paragraph" w:styleId="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3" w:customStyle="1">
+    <w:name w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_c811553b-f2d2-46b6-9a11-fe22a1aca2e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+    <w:basedOn w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_00117c7b-8a27-4d1c-97c3-ea8d5eed36c1" w:customStyle="1">
-    <w:name w:val="Normal Table_00117c7b-8a27-4d1c-97c3-ea8d5eed36c1"/>
+  <w:style w:type="table" w:styleId="NormalTable_d2041663-2fa2-4cb6-adec-cf3b468f52dc" w:customStyle="1">
+    <w:name w:val="Normal Table_d2041663-2fa2-4cb6-adec-cf3b468f52dc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_81f0e56f-ed9e-40f2-b561-51e190dc1393" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_00117c7b-8a27-4d1c-97c3-ea8d5eed36c1"/>
+  <w:style w:type="table" w:styleId="TableGrid_7671204e-33b5-48d4-af74-16c068a63090" w:customStyle="1">
+    <w:name w:val="Table Grid_7671204e-33b5-48d4-af74-16c068a63090"/>
+    <w:basedOn w:val="NormalTable_d2041663-2fa2-4cb6-adec-cf3b468f52dc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_b37cb3c8-5b4d-42ea-9dbd-f233c19f70e8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_08cf1c3d-5e29-4b1e-b2a7-cda592826e0c" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_08cf1c3d-5e29-4b1e-b2a7-cda592826e0c"/>
+    <w:basedOn w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_5953c893-e2c9-41a4-bdb2-d660b69a03a8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_31909a2a-42c4-4e8a-915b-35fdc0371197"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_0b0dd7e8-a57f-4864-b4ef-e01310bb661e" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0b0dd7e8-a57f-4864-b4ef-e01310bb661e"/>
+    <w:basedOn w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6debd538-4131-4ce2-be91-9cea8ae12320" w:customStyle="1">
-    <w:name w:val="Normal Table_6debd538-4131-4ce2-be91-9cea8ae12320"/>
+  <w:style w:type="table" w:styleId="NormalTable_6b4f30f5-4dd4-4def-9a94-f14349bc6c19" w:customStyle="1">
+    <w:name w:val="Normal Table_6b4f30f5-4dd4-4def-9a94-f14349bc6c19"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2c046f7e-ff08-40b9-bbd1-b18a13a4111b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6debd538-4131-4ce2-be91-9cea8ae12320"/>
+  <w:style w:type="table" w:styleId="TableGrid_1183d988-b81c-4fce-b6ea-087e79e8750e" w:customStyle="1">
+    <w:name w:val="Table Grid_1183d988-b81c-4fce-b6ea-087e79e8750e"/>
+    <w:basedOn w:val="NormalTable_6b4f30f5-4dd4-4def-9a94-f14349bc6c19"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d7a8cfb-1ce4-440a-8bc3-7d992dc55fcc" w:customStyle="1">
-    <w:name w:val="Normal Table_6d7a8cfb-1ce4-440a-8bc3-7d992dc55fcc"/>
+  <w:style w:type="table" w:styleId="NormalTable_26c99295-5639-4184-bf3c-9a37ac726269" w:customStyle="1">
+    <w:name w:val="Normal Table_26c99295-5639-4184-bf3c-9a37ac726269"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_af41c996-5c7b-46c2-ac14-847be0cd028a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d7a8cfb-1ce4-440a-8bc3-7d992dc55fcc"/>
+  <w:style w:type="table" w:styleId="TableGrid_5f34684c-69c9-4a4a-858b-afc7a5e39673" w:customStyle="1">
+    <w:name w:val="Table Grid_5f34684c-69c9-4a4a-858b-afc7a5e39673"/>
+    <w:basedOn w:val="NormalTable_26c99295-5639-4184-bf3c-9a37ac726269"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4ad51c94-d9d0-4698-b697-648b5cb22753" w:customStyle="1">
-    <w:name w:val="Normal Table_4ad51c94-d9d0-4698-b697-648b5cb22753"/>
+  <w:style w:type="table" w:styleId="NormalTable_86541e3b-12a9-4f53-8368-681ba6177957" w:customStyle="1">
+    <w:name w:val="Normal Table_86541e3b-12a9-4f53-8368-681ba6177957"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_473d5103-dddb-4a24-933b-255ac4372ff4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4ad51c94-d9d0-4698-b697-648b5cb22753"/>
+  <w:style w:type="table" w:styleId="TableGrid_0494b300-e516-4184-9bb1-e628af9c8538" w:customStyle="1">
+    <w:name w:val="Table Grid_0494b300-e516-4184-9bb1-e628af9c8538"/>
+    <w:basedOn w:val="NormalTable_86541e3b-12a9-4f53-8368-681ba6177957"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_36a44a31-a042-40eb-a2c1-ede54f4071f5" w:customStyle="1">
-    <w:name w:val="Normal Table_36a44a31-a042-40eb-a2c1-ede54f4071f5"/>
+  <w:style w:type="table" w:styleId="NormalTable_1fb5527c-139a-4357-8133-48478d27d2f7" w:customStyle="1">
+    <w:name w:val="Normal Table_1fb5527c-139a-4357-8133-48478d27d2f7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0aac0636-0558-49cb-aba6-709324837a7a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_36a44a31-a042-40eb-a2c1-ede54f4071f5"/>
+  <w:style w:type="table" w:styleId="TableGrid_4846c597-e3f9-4656-907a-e04e0539b053" w:customStyle="1">
+    <w:name w:val="Table Grid_4846c597-e3f9-4656-907a-e04e0539b053"/>
+    <w:basedOn w:val="NormalTable_1fb5527c-139a-4357-8133-48478d27d2f7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7ef23190-b8eb-4ac3-b6b3-177713be618d" w:customStyle="1">
-    <w:name w:val="Normal Table_7ef23190-b8eb-4ac3-b6b3-177713be618d"/>
+  <w:style w:type="table" w:styleId="NormalTable_ceeba55a-6267-43b4-96df-dfae897a4839" w:customStyle="1">
+    <w:name w:val="Normal Table_ceeba55a-6267-43b4-96df-dfae897a4839"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6c072663-3284-47d3-8c36-4780ce03a83d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7ef23190-b8eb-4ac3-b6b3-177713be618d"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6d13f90-a75b-41cb-b448-6154c129ead7" w:customStyle="1">
+    <w:name w:val="Table Grid_e6d13f90-a75b-41cb-b448-6154c129ead7"/>
+    <w:basedOn w:val="NormalTable_ceeba55a-6267-43b4-96df-dfae897a4839"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c25bd4f5-9500-4823-bf4c-f5e09d34b080" w:customStyle="1">
-    <w:name w:val="Normal Table_c25bd4f5-9500-4823-bf4c-f5e09d34b080"/>
+  <w:style w:type="table" w:styleId="NormalTable_d1135873-e21a-4561-a37c-4cf64cfa7d20" w:customStyle="1">
+    <w:name w:val="Normal Table_d1135873-e21a-4561-a37c-4cf64cfa7d20"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_334e3648-a4c9-4ecc-a06f-f98240e6d3ab" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c25bd4f5-9500-4823-bf4c-f5e09d34b080"/>
+  <w:style w:type="table" w:styleId="TableGrid_16873d93-66e6-484a-9384-91d0b62fa502" w:customStyle="1">
+    <w:name w:val="Table Grid_16873d93-66e6-484a-9384-91d0b62fa502"/>
+    <w:basedOn w:val="NormalTable_d1135873-e21a-4561-a37c-4cf64cfa7d20"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_237afe75-6da8-4d8f-9617-f3916a66e193" w:customStyle="1">
-    <w:name w:val="Normal Table_237afe75-6da8-4d8f-9617-f3916a66e193"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e2cf651-14ae-41ca-8b99-758c628474bf" w:customStyle="1">
+    <w:name w:val="Normal Table_7e2cf651-14ae-41ca-8b99-758c628474bf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_34c72f65-29f9-43d2-9acd-ee42d46c69b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_237afe75-6da8-4d8f-9617-f3916a66e193"/>
+  <w:style w:type="table" w:styleId="TableGrid_d59b738b-6d48-4a7b-a85c-26d87c46616b" w:customStyle="1">
+    <w:name w:val="Table Grid_d59b738b-6d48-4a7b-a85c-26d87c46616b"/>
+    <w:basedOn w:val="NormalTable_7e2cf651-14ae-41ca-8b99-758c628474bf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_77253639-9aaa-4483-971c-3224cf3f911c" w:customStyle="1">
-    <w:name w:val="Normal Table_77253639-9aaa-4483-971c-3224cf3f911c"/>
+  <w:style w:type="table" w:styleId="NormalTable_7ee1199e-e124-43c1-bcae-b1cd35442fff" w:customStyle="1">
+    <w:name w:val="Normal Table_7ee1199e-e124-43c1-bcae-b1cd35442fff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_22e4daf1-a834-4761-bb59-92e800aa5a88" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_77253639-9aaa-4483-971c-3224cf3f911c"/>
+  <w:style w:type="table" w:styleId="TableGrid_d1894ae8-7182-4bbb-abe3-571455763e45" w:customStyle="1">
+    <w:name w:val="Table Grid_d1894ae8-7182-4bbb-abe3-571455763e45"/>
+    <w:basedOn w:val="NormalTable_7ee1199e-e124-43c1-bcae-b1cd35442fff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3aa96774-908c-4587-92e1-65f7087fcfd5" w:customStyle="1">
-    <w:name w:val="Normal Table_3aa96774-908c-4587-92e1-65f7087fcfd5"/>
+  <w:style w:type="table" w:styleId="NormalTable_5ad19e8a-563e-447e-a2cb-58f62d9c1a58" w:customStyle="1">
+    <w:name w:val="Normal Table_5ad19e8a-563e-447e-a2cb-58f62d9c1a58"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ec47972f-f18a-4f29-ae12-1abeaa992ee7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3aa96774-908c-4587-92e1-65f7087fcfd5"/>
+  <w:style w:type="table" w:styleId="TableGrid_f93e5a70-5ca5-4926-ae25-1af250ab5bdb" w:customStyle="1">
+    <w:name w:val="Table Grid_f93e5a70-5ca5-4926-ae25-1af250ab5bdb"/>
+    <w:basedOn w:val="NormalTable_5ad19e8a-563e-447e-a2cb-58f62d9c1a58"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>