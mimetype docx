--- v1 (2026-01-19)
+++ v2 (2026-03-09)
@@ -1572,117 +1572,117 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e6d13f90-a75b-41cb-b448-6154c129ead7"/>
+      <w:tblStyle w:val="TableGrid_65974e4e-6cab-4113-842c-5a4cf5040746"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4820"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">19.01.2026 05:28:45 </w:t>
+            <w:t xml:space="preserve">10.03.2026 00:45:18 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1699,153 +1699,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_16873d93-66e6-484a-9384-91d0b62fa502"/>
+      <w:tblStyle w:val="TableGrid_d2a5dbcf-d1a4-4718-a62a-af47f291ec4b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2321"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_08cf1c3d-5e29-4b1e-b2a7-cda592826e0c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_35ea76a8-ccc6-4f94-b5af-43b6b95e0bd4"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 849. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0b0dd7e8-a57f-4864-b4ef-e01310bb661e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_09bdfb82-851d-4188-a843-6173343a7204"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Søknad om godkjenning av underleverandør Oslobygg</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0b0dd7e8-a57f-4864-b4ef-e01310bb661e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_09bdfb82-851d-4188-a843-6173343a7204"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+            <w:pStyle w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1858,59 +1858,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+      <w:pStyle w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f93e5a70-5ca5-4926-ae25-1af250ab5bdb"/>
+      <w:tblStyle w:val="TableGrid_37a599ed-050e-40c9-8cbc-19459f4e4f70"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3374"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1921,373 +1921,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d59b738b-6d48-4a7b-a85c-26d87c46616b"/>
+            <w:tblStyle w:val="TableGrid_8ca7bc55-36da-41b9-8586-5b38a440ec27"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Godkjenne underleverandør</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">10.09.2024 (Jens N. Kortner)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+            <w:pStyle w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3374"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d1894ae8-7182-4bbb-abe3-571455763e45"/>
+            <w:tblStyle w:val="TableGrid_6f8508bb-0f3b-48a9-ba5a-9f6e0d0d748f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1280"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1280"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1280"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Jens N. Kortner</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+            <w:pStyle w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+      <w:pStyle w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="083A4B18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
@@ -6108,629 +6108,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridfe888e9f-fbee-47cd-ae16-d0bc110e7abb" w:customStyle="1">
     <w:name w:val="Table Grid_fe888e9f-fbee-47cd-ae16-d0bc110e7abb"/>
     <w:basedOn w:val="NormalTable8817ee43-4b4c-4510-937a-018281370d6a"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3" w:customStyle="1">
-    <w:name w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+  <w:style w:type="paragraph" w:styleId="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2" w:customStyle="1">
+    <w:name w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_6063c3b5-6471-408d-990b-6691d21b73e1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_bf5365cf-6c92-44e4-87cd-8b3a729712c8"/>
+    <w:basedOn w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d2041663-2fa2-4cb6-adec-cf3b468f52dc" w:customStyle="1">
-    <w:name w:val="Normal Table_d2041663-2fa2-4cb6-adec-cf3b468f52dc"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee2595a8-46ba-4b5d-818e-0c5e1c59c472" w:customStyle="1">
+    <w:name w:val="Normal Table_ee2595a8-46ba-4b5d-818e-0c5e1c59c472"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7671204e-33b5-48d4-af74-16c068a63090" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d2041663-2fa2-4cb6-adec-cf3b468f52dc"/>
+  <w:style w:type="table" w:styleId="TableGrid_8e5e55e2-0f81-41c4-8aaa-2d032413b93a" w:customStyle="1">
+    <w:name w:val="Table Grid_8e5e55e2-0f81-41c4-8aaa-2d032413b93a"/>
+    <w:basedOn w:val="NormalTable_ee2595a8-46ba-4b5d-818e-0c5e1c59c472"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_08cf1c3d-5e29-4b1e-b2a7-cda592826e0c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_35ea76a8-ccc6-4f94-b5af-43b6b95e0bd4" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_35ea76a8-ccc6-4f94-b5af-43b6b95e0bd4"/>
+    <w:basedOn w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_0b0dd7e8-a57f-4864-b4ef-e01310bb661e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_6814c7d8-27ed-4f7b-998e-9fc901aa6ca3"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_09bdfb82-851d-4188-a843-6173343a7204" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_09bdfb82-851d-4188-a843-6173343a7204"/>
+    <w:basedOn w:val="Normal_462f0906-77e3-43ef-b569-2f95cb66c6d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6b4f30f5-4dd4-4def-9a94-f14349bc6c19" w:customStyle="1">
-    <w:name w:val="Normal Table_6b4f30f5-4dd4-4def-9a94-f14349bc6c19"/>
+  <w:style w:type="table" w:styleId="NormalTable_d282eaca-5a84-4491-bc03-afc7b989f45f" w:customStyle="1">
+    <w:name w:val="Normal Table_d282eaca-5a84-4491-bc03-afc7b989f45f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1183d988-b81c-4fce-b6ea-087e79e8750e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6b4f30f5-4dd4-4def-9a94-f14349bc6c19"/>
+  <w:style w:type="table" w:styleId="TableGrid_2b427f30-f740-45c4-a63d-0bde71a69509" w:customStyle="1">
+    <w:name w:val="Table Grid_2b427f30-f740-45c4-a63d-0bde71a69509"/>
+    <w:basedOn w:val="NormalTable_d282eaca-5a84-4491-bc03-afc7b989f45f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_26c99295-5639-4184-bf3c-9a37ac726269" w:customStyle="1">
-    <w:name w:val="Normal Table_26c99295-5639-4184-bf3c-9a37ac726269"/>
+  <w:style w:type="table" w:styleId="NormalTable_25376314-ed8d-4b36-932f-3e2e417b7ea7" w:customStyle="1">
+    <w:name w:val="Normal Table_25376314-ed8d-4b36-932f-3e2e417b7ea7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5f34684c-69c9-4a4a-858b-afc7a5e39673" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_26c99295-5639-4184-bf3c-9a37ac726269"/>
+  <w:style w:type="table" w:styleId="TableGrid_278c34de-4ba7-4410-bdde-85a041c430e1" w:customStyle="1">
+    <w:name w:val="Table Grid_278c34de-4ba7-4410-bdde-85a041c430e1"/>
+    <w:basedOn w:val="NormalTable_25376314-ed8d-4b36-932f-3e2e417b7ea7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_86541e3b-12a9-4f53-8368-681ba6177957" w:customStyle="1">
-    <w:name w:val="Normal Table_86541e3b-12a9-4f53-8368-681ba6177957"/>
+  <w:style w:type="table" w:styleId="NormalTable_30791185-43a0-4d85-98e2-8709f7b59dde" w:customStyle="1">
+    <w:name w:val="Normal Table_30791185-43a0-4d85-98e2-8709f7b59dde"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0494b300-e516-4184-9bb1-e628af9c8538" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_86541e3b-12a9-4f53-8368-681ba6177957"/>
+  <w:style w:type="table" w:styleId="TableGrid_205a44ef-6357-40bf-9908-8ec3f928e97a" w:customStyle="1">
+    <w:name w:val="Table Grid_205a44ef-6357-40bf-9908-8ec3f928e97a"/>
+    <w:basedOn w:val="NormalTable_30791185-43a0-4d85-98e2-8709f7b59dde"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1fb5527c-139a-4357-8133-48478d27d2f7" w:customStyle="1">
-    <w:name w:val="Normal Table_1fb5527c-139a-4357-8133-48478d27d2f7"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c78cf33-8598-45c4-a14a-0000f497e1f6" w:customStyle="1">
+    <w:name w:val="Normal Table_0c78cf33-8598-45c4-a14a-0000f497e1f6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4846c597-e3f9-4656-907a-e04e0539b053" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1fb5527c-139a-4357-8133-48478d27d2f7"/>
+  <w:style w:type="table" w:styleId="TableGrid_584442dd-91a4-48fc-9c85-80201fd84fcd" w:customStyle="1">
+    <w:name w:val="Table Grid_584442dd-91a4-48fc-9c85-80201fd84fcd"/>
+    <w:basedOn w:val="NormalTable_0c78cf33-8598-45c4-a14a-0000f497e1f6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ceeba55a-6267-43b4-96df-dfae897a4839" w:customStyle="1">
-    <w:name w:val="Normal Table_ceeba55a-6267-43b4-96df-dfae897a4839"/>
+  <w:style w:type="table" w:styleId="NormalTable_be787d9c-aab7-45e4-8517-82f9799bfcdc" w:customStyle="1">
+    <w:name w:val="Normal Table_be787d9c-aab7-45e4-8517-82f9799bfcdc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6d13f90-a75b-41cb-b448-6154c129ead7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ceeba55a-6267-43b4-96df-dfae897a4839"/>
+  <w:style w:type="table" w:styleId="TableGrid_65974e4e-6cab-4113-842c-5a4cf5040746" w:customStyle="1">
+    <w:name w:val="Table Grid_65974e4e-6cab-4113-842c-5a4cf5040746"/>
+    <w:basedOn w:val="NormalTable_be787d9c-aab7-45e4-8517-82f9799bfcdc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d1135873-e21a-4561-a37c-4cf64cfa7d20" w:customStyle="1">
-    <w:name w:val="Normal Table_d1135873-e21a-4561-a37c-4cf64cfa7d20"/>
+  <w:style w:type="table" w:styleId="NormalTable_05ec82c2-8ee1-4f8c-b259-f2a626574091" w:customStyle="1">
+    <w:name w:val="Normal Table_05ec82c2-8ee1-4f8c-b259-f2a626574091"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_16873d93-66e6-484a-9384-91d0b62fa502" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d1135873-e21a-4561-a37c-4cf64cfa7d20"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2a5dbcf-d1a4-4718-a62a-af47f291ec4b" w:customStyle="1">
+    <w:name w:val="Table Grid_d2a5dbcf-d1a4-4718-a62a-af47f291ec4b"/>
+    <w:basedOn w:val="NormalTable_05ec82c2-8ee1-4f8c-b259-f2a626574091"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e2cf651-14ae-41ca-8b99-758c628474bf" w:customStyle="1">
-    <w:name w:val="Normal Table_7e2cf651-14ae-41ca-8b99-758c628474bf"/>
+  <w:style w:type="table" w:styleId="NormalTable_ba3ce036-f65f-4d9e-913d-ae2a45cf4ef0" w:customStyle="1">
+    <w:name w:val="Normal Table_ba3ce036-f65f-4d9e-913d-ae2a45cf4ef0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d59b738b-6d48-4a7b-a85c-26d87c46616b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e2cf651-14ae-41ca-8b99-758c628474bf"/>
+  <w:style w:type="table" w:styleId="TableGrid_8ca7bc55-36da-41b9-8586-5b38a440ec27" w:customStyle="1">
+    <w:name w:val="Table Grid_8ca7bc55-36da-41b9-8586-5b38a440ec27"/>
+    <w:basedOn w:val="NormalTable_ba3ce036-f65f-4d9e-913d-ae2a45cf4ef0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7ee1199e-e124-43c1-bcae-b1cd35442fff" w:customStyle="1">
-    <w:name w:val="Normal Table_7ee1199e-e124-43c1-bcae-b1cd35442fff"/>
+  <w:style w:type="table" w:styleId="NormalTable_5b3e88d3-d839-4845-8153-7ebb8ea83995" w:customStyle="1">
+    <w:name w:val="Normal Table_5b3e88d3-d839-4845-8153-7ebb8ea83995"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d1894ae8-7182-4bbb-abe3-571455763e45" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7ee1199e-e124-43c1-bcae-b1cd35442fff"/>
+  <w:style w:type="table" w:styleId="TableGrid_6f8508bb-0f3b-48a9-ba5a-9f6e0d0d748f" w:customStyle="1">
+    <w:name w:val="Table Grid_6f8508bb-0f3b-48a9-ba5a-9f6e0d0d748f"/>
+    <w:basedOn w:val="NormalTable_5b3e88d3-d839-4845-8153-7ebb8ea83995"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5ad19e8a-563e-447e-a2cb-58f62d9c1a58" w:customStyle="1">
-    <w:name w:val="Normal Table_5ad19e8a-563e-447e-a2cb-58f62d9c1a58"/>
+  <w:style w:type="table" w:styleId="NormalTable_32477781-5b4d-46cc-8fb0-75531dcdd5cf" w:customStyle="1">
+    <w:name w:val="Normal Table_32477781-5b4d-46cc-8fb0-75531dcdd5cf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f93e5a70-5ca5-4926-ae25-1af250ab5bdb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5ad19e8a-563e-447e-a2cb-58f62d9c1a58"/>
+  <w:style w:type="table" w:styleId="TableGrid_37a599ed-050e-40c9-8cbc-19459f4e4f70" w:customStyle="1">
+    <w:name w:val="Table Grid_37a599ed-050e-40c9-8cbc-19459f4e4f70"/>
+    <w:basedOn w:val="NormalTable_32477781-5b4d-46cc-8fb0-75531dcdd5cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>