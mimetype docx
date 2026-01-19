--- v0 (2025-11-20)
+++ v1 (2026-01-19)
@@ -1797,117 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_dbe15481-c69e-4422-807a-535b7355cf67"/>
+      <w:tblStyle w:val="TableGrid_7bb9b029-26b9-409f-b565-b6dbe641d70d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">20.11.2025 01:54:11 </w:t>
+            <w:t xml:space="preserve">19.01.2026 06:25:56 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1924,153 +1924,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_47e403c3-69be-455c-a19d-d9e12ab0504d"/>
+      <w:tblStyle w:val="TableGrid_e6c984dd-80ef-4a43-9bfa-2e8d77416764"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b34aa6cf-ce64-4bd6-980b-f7cb12000efe"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_72f6fd4c-666f-4aba-898a-ab24c968494d"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fe91d411-36fd-4673-8122-71052e7f61f6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_96c9f8a1-12a8-4e0a-bcc2-9611a284f197"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_fe91d411-36fd-4673-8122-71052e7f61f6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_96c9f8a1-12a8-4e0a-bcc2-9611a284f197"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+            <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2083,59 +2083,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+      <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_416a1bda-fe88-49b7-abc0-ca4cc088cf6c"/>
+      <w:tblStyle w:val="TableGrid_186cc075-324f-4ce1-9712-3c41fe2af692"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2146,373 +2146,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_02211106-bf21-44b4-a76c-30462a83d2e0"/>
+            <w:tblStyle w:val="TableGrid_fd8f9619-c9b1-48a0-8ccf-b40f483081e2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+            <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e6673848-8947-4288-8b69-9a7f8da8d440"/>
+            <w:tblStyle w:val="TableGrid_838cefb5-7ce1-4b67-88de-00ab635014fc"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+            <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+      <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4571,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_10369559-5415-47d7-8a88-b7955a1bed1b" w:customStyle="1">
-    <w:name w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875" w:customStyle="1">
+    <w:name w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_8312bd47-d732-49b3-ab72-fd6b8a33f7e8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+    <w:basedOn w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2455423d-3955-49ab-bd30-d881b2d201c0" w:customStyle="1">
-    <w:name w:val="Normal Table_2455423d-3955-49ab-bd30-d881b2d201c0"/>
+  <w:style w:type="table" w:styleId="NormalTable_c5b04b99-674e-4d92-93cf-7bfe6135ad54" w:customStyle="1">
+    <w:name w:val="Normal Table_c5b04b99-674e-4d92-93cf-7bfe6135ad54"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3ffefd75-91a2-42e9-9140-724a3d62a286" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2455423d-3955-49ab-bd30-d881b2d201c0"/>
+  <w:style w:type="table" w:styleId="TableGrid_d062e649-94f0-4b43-8971-907ef8a60bea" w:customStyle="1">
+    <w:name w:val="Table Grid_d062e649-94f0-4b43-8971-907ef8a60bea"/>
+    <w:basedOn w:val="NormalTable_c5b04b99-674e-4d92-93cf-7bfe6135ad54"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_b34aa6cf-ce64-4bd6-980b-f7cb12000efe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_72f6fd4c-666f-4aba-898a-ab24c968494d" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_72f6fd4c-666f-4aba-898a-ab24c968494d"/>
+    <w:basedOn w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_fe91d411-36fd-4673-8122-71052e7f61f6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_10369559-5415-47d7-8a88-b7955a1bed1b"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_96c9f8a1-12a8-4e0a-bcc2-9611a284f197" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_96c9f8a1-12a8-4e0a-bcc2-9611a284f197"/>
+    <w:basedOn w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87c03921-e90c-43e8-bf39-a4f641f083f4" w:customStyle="1">
-    <w:name w:val="Normal Table_87c03921-e90c-43e8-bf39-a4f641f083f4"/>
+  <w:style w:type="table" w:styleId="NormalTable_c7fb4a25-1c91-4393-b599-2d27083a4da4" w:customStyle="1">
+    <w:name w:val="Normal Table_c7fb4a25-1c91-4393-b599-2d27083a4da4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8361ab8e-ca50-482e-b4fc-3c97ad15f559" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87c03921-e90c-43e8-bf39-a4f641f083f4"/>
+  <w:style w:type="table" w:styleId="TableGrid_d635cac7-8a04-4ba8-9d2e-6c9222af80a0" w:customStyle="1">
+    <w:name w:val="Table Grid_d635cac7-8a04-4ba8-9d2e-6c9222af80a0"/>
+    <w:basedOn w:val="NormalTable_c7fb4a25-1c91-4393-b599-2d27083a4da4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_79ffec8b-a553-410c-85d1-4816576380bd" w:customStyle="1">
-    <w:name w:val="Normal Table_79ffec8b-a553-410c-85d1-4816576380bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_0946b50b-6daf-4860-a559-770088f893d6" w:customStyle="1">
+    <w:name w:val="Normal Table_0946b50b-6daf-4860-a559-770088f893d6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5ae357e9-f855-4661-9961-d2fa8563062e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_79ffec8b-a553-410c-85d1-4816576380bd"/>
+  <w:style w:type="table" w:styleId="TableGrid_e14795ee-d22b-496c-a350-4168b816a997" w:customStyle="1">
+    <w:name w:val="Table Grid_e14795ee-d22b-496c-a350-4168b816a997"/>
+    <w:basedOn w:val="NormalTable_0946b50b-6daf-4860-a559-770088f893d6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d9226117-e283-464d-bc7a-4df6d6000427" w:customStyle="1">
-    <w:name w:val="Normal Table_d9226117-e283-464d-bc7a-4df6d6000427"/>
+  <w:style w:type="table" w:styleId="NormalTable_132876c7-5fe4-4086-a7ae-7410a8b5c917" w:customStyle="1">
+    <w:name w:val="Normal Table_132876c7-5fe4-4086-a7ae-7410a8b5c917"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_104e548f-e349-483a-8115-a9cb370ea88b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d9226117-e283-464d-bc7a-4df6d6000427"/>
+  <w:style w:type="table" w:styleId="TableGrid_82b317e7-c454-453c-a3b4-1595d70aa720" w:customStyle="1">
+    <w:name w:val="Table Grid_82b317e7-c454-453c-a3b4-1595d70aa720"/>
+    <w:basedOn w:val="NormalTable_132876c7-5fe4-4086-a7ae-7410a8b5c917"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3d2d13fe-231f-4d21-8fb3-69c9a5cb1175" w:customStyle="1">
-    <w:name w:val="Normal Table_3d2d13fe-231f-4d21-8fb3-69c9a5cb1175"/>
+  <w:style w:type="table" w:styleId="NormalTable_a93ce203-5fff-4ccd-8332-cdb45f9dbb02" w:customStyle="1">
+    <w:name w:val="Normal Table_a93ce203-5fff-4ccd-8332-cdb45f9dbb02"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa9993e2-7675-46d0-8b1c-c14343c0eb17" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3d2d13fe-231f-4d21-8fb3-69c9a5cb1175"/>
+  <w:style w:type="table" w:styleId="TableGrid_0dfa3593-7388-415d-882b-50c802dc72ac" w:customStyle="1">
+    <w:name w:val="Table Grid_0dfa3593-7388-415d-882b-50c802dc72ac"/>
+    <w:basedOn w:val="NormalTable_a93ce203-5fff-4ccd-8332-cdb45f9dbb02"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_92217aac-7aa6-4eba-be91-0def21fd9f14" w:customStyle="1">
-    <w:name w:val="Normal Table_92217aac-7aa6-4eba-be91-0def21fd9f14"/>
+  <w:style w:type="table" w:styleId="NormalTable_dee4682f-ca46-4dc2-92df-51891517e08f" w:customStyle="1">
+    <w:name w:val="Normal Table_dee4682f-ca46-4dc2-92df-51891517e08f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dbe15481-c69e-4422-807a-535b7355cf67" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_92217aac-7aa6-4eba-be91-0def21fd9f14"/>
+  <w:style w:type="table" w:styleId="TableGrid_7bb9b029-26b9-409f-b565-b6dbe641d70d" w:customStyle="1">
+    <w:name w:val="Table Grid_7bb9b029-26b9-409f-b565-b6dbe641d70d"/>
+    <w:basedOn w:val="NormalTable_dee4682f-ca46-4dc2-92df-51891517e08f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_da444a3e-470e-495b-a3b4-1b7f4c523fa0" w:customStyle="1">
-    <w:name w:val="Normal Table_da444a3e-470e-495b-a3b4-1b7f4c523fa0"/>
+  <w:style w:type="table" w:styleId="NormalTable_274a1ed1-263e-4a61-a588-e0a9b4f64487" w:customStyle="1">
+    <w:name w:val="Normal Table_274a1ed1-263e-4a61-a588-e0a9b4f64487"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_47e403c3-69be-455c-a19d-d9e12ab0504d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_da444a3e-470e-495b-a3b4-1b7f4c523fa0"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6c984dd-80ef-4a43-9bfa-2e8d77416764" w:customStyle="1">
+    <w:name w:val="Table Grid_e6c984dd-80ef-4a43-9bfa-2e8d77416764"/>
+    <w:basedOn w:val="NormalTable_274a1ed1-263e-4a61-a588-e0a9b4f64487"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f3103d4a-2c01-4e84-8b80-5efce3fb8d2c" w:customStyle="1">
-    <w:name w:val="Normal Table_f3103d4a-2c01-4e84-8b80-5efce3fb8d2c"/>
+  <w:style w:type="table" w:styleId="NormalTable_06eaf60b-f9b8-40dc-9cbf-53241b37c3d8" w:customStyle="1">
+    <w:name w:val="Normal Table_06eaf60b-f9b8-40dc-9cbf-53241b37c3d8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_02211106-bf21-44b4-a76c-30462a83d2e0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f3103d4a-2c01-4e84-8b80-5efce3fb8d2c"/>
+  <w:style w:type="table" w:styleId="TableGrid_fd8f9619-c9b1-48a0-8ccf-b40f483081e2" w:customStyle="1">
+    <w:name w:val="Table Grid_fd8f9619-c9b1-48a0-8ccf-b40f483081e2"/>
+    <w:basedOn w:val="NormalTable_06eaf60b-f9b8-40dc-9cbf-53241b37c3d8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_84e0526e-d1a3-4d7e-a6a5-579b3cb70052" w:customStyle="1">
-    <w:name w:val="Normal Table_84e0526e-d1a3-4d7e-a6a5-579b3cb70052"/>
+  <w:style w:type="table" w:styleId="NormalTable_a39e4044-a278-46bf-bef6-68babf6f54e1" w:customStyle="1">
+    <w:name w:val="Normal Table_a39e4044-a278-46bf-bef6-68babf6f54e1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6673848-8947-4288-8b69-9a7f8da8d440" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_84e0526e-d1a3-4d7e-a6a5-579b3cb70052"/>
+  <w:style w:type="table" w:styleId="TableGrid_838cefb5-7ce1-4b67-88de-00ab635014fc" w:customStyle="1">
+    <w:name w:val="Table Grid_838cefb5-7ce1-4b67-88de-00ab635014fc"/>
+    <w:basedOn w:val="NormalTable_a39e4044-a278-46bf-bef6-68babf6f54e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d57a0760-ec57-4e0b-b02a-2bf3c63d50da" w:customStyle="1">
-    <w:name w:val="Normal Table_d57a0760-ec57-4e0b-b02a-2bf3c63d50da"/>
+  <w:style w:type="table" w:styleId="NormalTable_266e541b-40a9-46d9-be12-8ad1cc4beb61" w:customStyle="1">
+    <w:name w:val="Normal Table_266e541b-40a9-46d9-be12-8ad1cc4beb61"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_416a1bda-fe88-49b7-abc0-ca4cc088cf6c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d57a0760-ec57-4e0b-b02a-2bf3c63d50da"/>
+  <w:style w:type="table" w:styleId="TableGrid_186cc075-324f-4ce1-9712-3c41fe2af692" w:customStyle="1">
+    <w:name w:val="Table Grid_186cc075-324f-4ce1-9712-3c41fe2af692"/>
+    <w:basedOn w:val="NormalTable_266e541b-40a9-46d9-be12-8ad1cc4beb61"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>