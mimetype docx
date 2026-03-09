--- v1 (2026-01-19)
+++ v2 (2026-03-09)
@@ -1797,117 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7bb9b029-26b9-409f-b565-b6dbe641d70d"/>
+      <w:tblStyle w:val="TableGrid_e5ce741d-d832-4a68-8e78-c1b6e4877f34"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">19.01.2026 06:25:56 </w:t>
+            <w:t xml:space="preserve">10.03.2026 00:50:18 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1924,153 +1924,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e6c984dd-80ef-4a43-9bfa-2e8d77416764"/>
+      <w:tblStyle w:val="TableGrid_9ed0d21d-dadc-4a13-aa8c-f3c86c55a930"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_72f6fd4c-666f-4aba-898a-ab24c968494d"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_0ef4e57a-5f1f-4fb3-8e93-60d4cbc7220b"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_96c9f8a1-12a8-4e0a-bcc2-9611a284f197"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_f413692b-877b-4fb3-aa52-98a60c937ada"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
+            <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt eller kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_96c9f8a1-12a8-4e0a-bcc2-9611a284f197"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_f413692b-877b-4fb3-aa52-98a60c937ada"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+            <w:pStyle w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2083,59 +2083,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+      <w:pStyle w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_186cc075-324f-4ce1-9712-3c41fe2af692"/>
+      <w:tblStyle w:val="TableGrid_409f84f7-bf58-4f53-b4e3-44a5a70e44a4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2146,373 +2146,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_fd8f9619-c9b1-48a0-8ccf-b40f483081e2"/>
+            <w:tblStyle w:val="TableGrid_9e8e62f9-9f9a-401f-b69b-c2b2be854378"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+            <w:pStyle w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_838cefb5-7ce1-4b67-88de-00ab635014fc"/>
+            <w:tblStyle w:val="TableGrid_6c4516b2-0ffa-4b81-ad0c-157f3184f7fa"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+            <w:pStyle w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+      <w:pStyle w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4571,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875" w:customStyle="1">
-    <w:name w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+  <w:style w:type="paragraph" w:styleId="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55" w:customStyle="1">
+    <w:name w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_20aa222f-ce2d-4d9b-bb3b-af005bc69b5c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c375c084-b0e1-4e41-a575-e25408e247ea"/>
+    <w:basedOn w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c5b04b99-674e-4d92-93cf-7bfe6135ad54" w:customStyle="1">
-    <w:name w:val="Normal Table_c5b04b99-674e-4d92-93cf-7bfe6135ad54"/>
+  <w:style w:type="table" w:styleId="NormalTable_291686ac-e762-40a1-bf3d-7ae7de49278c" w:customStyle="1">
+    <w:name w:val="Normal Table_291686ac-e762-40a1-bf3d-7ae7de49278c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d062e649-94f0-4b43-8971-907ef8a60bea" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c5b04b99-674e-4d92-93cf-7bfe6135ad54"/>
+  <w:style w:type="table" w:styleId="TableGrid_28a39261-1744-4508-853b-7b4a9f8bcf30" w:customStyle="1">
+    <w:name w:val="Table Grid_28a39261-1744-4508-853b-7b4a9f8bcf30"/>
+    <w:basedOn w:val="NormalTable_291686ac-e762-40a1-bf3d-7ae7de49278c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_72f6fd4c-666f-4aba-898a-ab24c968494d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_0ef4e57a-5f1f-4fb3-8e93-60d4cbc7220b" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_0ef4e57a-5f1f-4fb3-8e93-60d4cbc7220b"/>
+    <w:basedOn w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_96c9f8a1-12a8-4e0a-bcc2-9611a284f197" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c3c590bf-e93c-4ff6-bd7e-2c7d70eb0875"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_f413692b-877b-4fb3-aa52-98a60c937ada" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_f413692b-877b-4fb3-aa52-98a60c937ada"/>
+    <w:basedOn w:val="Normal_86df7d03-c625-4372-a93f-1b1a600c3e55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c7fb4a25-1c91-4393-b599-2d27083a4da4" w:customStyle="1">
-    <w:name w:val="Normal Table_c7fb4a25-1c91-4393-b599-2d27083a4da4"/>
+  <w:style w:type="table" w:styleId="NormalTable_93be5739-7975-486a-a6e3-a945501a42ab" w:customStyle="1">
+    <w:name w:val="Normal Table_93be5739-7975-486a-a6e3-a945501a42ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d635cac7-8a04-4ba8-9d2e-6c9222af80a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c7fb4a25-1c91-4393-b599-2d27083a4da4"/>
+  <w:style w:type="table" w:styleId="TableGrid_f2cfdd5c-c28e-4a31-ab28-e537252b9b65" w:customStyle="1">
+    <w:name w:val="Table Grid_f2cfdd5c-c28e-4a31-ab28-e537252b9b65"/>
+    <w:basedOn w:val="NormalTable_93be5739-7975-486a-a6e3-a945501a42ab"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0946b50b-6daf-4860-a559-770088f893d6" w:customStyle="1">
-    <w:name w:val="Normal Table_0946b50b-6daf-4860-a559-770088f893d6"/>
+  <w:style w:type="table" w:styleId="NormalTable_af889c44-c9ae-4157-83be-96204c9fcb98" w:customStyle="1">
+    <w:name w:val="Normal Table_af889c44-c9ae-4157-83be-96204c9fcb98"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e14795ee-d22b-496c-a350-4168b816a997" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0946b50b-6daf-4860-a559-770088f893d6"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6be5d05-3a9a-4678-ba87-247e44e59cf1" w:customStyle="1">
+    <w:name w:val="Table Grid_e6be5d05-3a9a-4678-ba87-247e44e59cf1"/>
+    <w:basedOn w:val="NormalTable_af889c44-c9ae-4157-83be-96204c9fcb98"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_132876c7-5fe4-4086-a7ae-7410a8b5c917" w:customStyle="1">
-    <w:name w:val="Normal Table_132876c7-5fe4-4086-a7ae-7410a8b5c917"/>
+  <w:style w:type="table" w:styleId="NormalTable_3ee6aa19-edb4-4347-b910-510fba6f56b7" w:customStyle="1">
+    <w:name w:val="Normal Table_3ee6aa19-edb4-4347-b910-510fba6f56b7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_82b317e7-c454-453c-a3b4-1595d70aa720" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_132876c7-5fe4-4086-a7ae-7410a8b5c917"/>
+  <w:style w:type="table" w:styleId="TableGrid_a099c8f6-6a61-4032-b416-1381503c44c5" w:customStyle="1">
+    <w:name w:val="Table Grid_a099c8f6-6a61-4032-b416-1381503c44c5"/>
+    <w:basedOn w:val="NormalTable_3ee6aa19-edb4-4347-b910-510fba6f56b7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a93ce203-5fff-4ccd-8332-cdb45f9dbb02" w:customStyle="1">
-    <w:name w:val="Normal Table_a93ce203-5fff-4ccd-8332-cdb45f9dbb02"/>
+  <w:style w:type="table" w:styleId="NormalTable_5210b8f5-09e4-4543-aa4d-34d1c95ac678" w:customStyle="1">
+    <w:name w:val="Normal Table_5210b8f5-09e4-4543-aa4d-34d1c95ac678"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0dfa3593-7388-415d-882b-50c802dc72ac" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a93ce203-5fff-4ccd-8332-cdb45f9dbb02"/>
+  <w:style w:type="table" w:styleId="TableGrid_36fd2535-367a-462c-8a23-e8b63a281fcf" w:customStyle="1">
+    <w:name w:val="Table Grid_36fd2535-367a-462c-8a23-e8b63a281fcf"/>
+    <w:basedOn w:val="NormalTable_5210b8f5-09e4-4543-aa4d-34d1c95ac678"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dee4682f-ca46-4dc2-92df-51891517e08f" w:customStyle="1">
-    <w:name w:val="Normal Table_dee4682f-ca46-4dc2-92df-51891517e08f"/>
+  <w:style w:type="table" w:styleId="NormalTable_260c2378-d52c-43e6-ab20-dbed3a066ba0" w:customStyle="1">
+    <w:name w:val="Normal Table_260c2378-d52c-43e6-ab20-dbed3a066ba0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7bb9b029-26b9-409f-b565-b6dbe641d70d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dee4682f-ca46-4dc2-92df-51891517e08f"/>
+  <w:style w:type="table" w:styleId="TableGrid_e5ce741d-d832-4a68-8e78-c1b6e4877f34" w:customStyle="1">
+    <w:name w:val="Table Grid_e5ce741d-d832-4a68-8e78-c1b6e4877f34"/>
+    <w:basedOn w:val="NormalTable_260c2378-d52c-43e6-ab20-dbed3a066ba0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_274a1ed1-263e-4a61-a588-e0a9b4f64487" w:customStyle="1">
-    <w:name w:val="Normal Table_274a1ed1-263e-4a61-a588-e0a9b4f64487"/>
+  <w:style w:type="table" w:styleId="NormalTable_a223e4b5-21ee-443d-b825-0a6eb7ec5c39" w:customStyle="1">
+    <w:name w:val="Normal Table_a223e4b5-21ee-443d-b825-0a6eb7ec5c39"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6c984dd-80ef-4a43-9bfa-2e8d77416764" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_274a1ed1-263e-4a61-a588-e0a9b4f64487"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ed0d21d-dadc-4a13-aa8c-f3c86c55a930" w:customStyle="1">
+    <w:name w:val="Table Grid_9ed0d21d-dadc-4a13-aa8c-f3c86c55a930"/>
+    <w:basedOn w:val="NormalTable_a223e4b5-21ee-443d-b825-0a6eb7ec5c39"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_06eaf60b-f9b8-40dc-9cbf-53241b37c3d8" w:customStyle="1">
-    <w:name w:val="Normal Table_06eaf60b-f9b8-40dc-9cbf-53241b37c3d8"/>
+  <w:style w:type="table" w:styleId="NormalTable_26d65837-9e4d-4d1d-9e4c-ddafe9765edf" w:customStyle="1">
+    <w:name w:val="Normal Table_26d65837-9e4d-4d1d-9e4c-ddafe9765edf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fd8f9619-c9b1-48a0-8ccf-b40f483081e2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_06eaf60b-f9b8-40dc-9cbf-53241b37c3d8"/>
+  <w:style w:type="table" w:styleId="TableGrid_9e8e62f9-9f9a-401f-b69b-c2b2be854378" w:customStyle="1">
+    <w:name w:val="Table Grid_9e8e62f9-9f9a-401f-b69b-c2b2be854378"/>
+    <w:basedOn w:val="NormalTable_26d65837-9e4d-4d1d-9e4c-ddafe9765edf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a39e4044-a278-46bf-bef6-68babf6f54e1" w:customStyle="1">
-    <w:name w:val="Normal Table_a39e4044-a278-46bf-bef6-68babf6f54e1"/>
+  <w:style w:type="table" w:styleId="NormalTable_80829917-98fc-4ee1-8ea9-22231039111d" w:customStyle="1">
+    <w:name w:val="Normal Table_80829917-98fc-4ee1-8ea9-22231039111d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_838cefb5-7ce1-4b67-88de-00ab635014fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a39e4044-a278-46bf-bef6-68babf6f54e1"/>
+  <w:style w:type="table" w:styleId="TableGrid_6c4516b2-0ffa-4b81-ad0c-157f3184f7fa" w:customStyle="1">
+    <w:name w:val="Table Grid_6c4516b2-0ffa-4b81-ad0c-157f3184f7fa"/>
+    <w:basedOn w:val="NormalTable_80829917-98fc-4ee1-8ea9-22231039111d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_266e541b-40a9-46d9-be12-8ad1cc4beb61" w:customStyle="1">
-    <w:name w:val="Normal Table_266e541b-40a9-46d9-be12-8ad1cc4beb61"/>
+  <w:style w:type="table" w:styleId="NormalTable_667fef65-8315-46d9-b262-d5ff8d97b0e8" w:customStyle="1">
+    <w:name w:val="Normal Table_667fef65-8315-46d9-b262-d5ff8d97b0e8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_186cc075-324f-4ce1-9712-3c41fe2af692" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_266e541b-40a9-46d9-be12-8ad1cc4beb61"/>
+  <w:style w:type="table" w:styleId="TableGrid_409f84f7-bf58-4f53-b4e3-44a5a70e44a4" w:customStyle="1">
+    <w:name w:val="Table Grid_409f84f7-bf58-4f53-b4e3-44a5a70e44a4"/>
+    <w:basedOn w:val="NormalTable_667fef65-8315-46d9-b262-d5ff8d97b0e8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>